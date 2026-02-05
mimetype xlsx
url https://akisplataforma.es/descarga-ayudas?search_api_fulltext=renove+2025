--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,2792 +12,3161 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="914">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1037">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
     <t>Resolución, de 26/05/2025, de la Viceconsejería de Política Agraria Común y Políticas Agroambientales, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de conservación de razas autóctonas amenazadas de erosión genética en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Regional</t>
   </si>
   <si>
     <t>Castilla - La Mancha</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
+    <t>Resolución del consejero de economia, hacienda e innovación por la cual se aprueba la convocatoria de ayudas para los años 2024 i 2025 a los emprendedores y a las empresas con actividad en las illes balears para cubrir las comisiones de apertura i de estu</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Resolución, de 20/05/2025 de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de bienestar animal en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolución, de 27/05/2025, de la Viceconsejería de Política Agraria Común y Políticas Agroambientales, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de Apicultura para la biodiversidad en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 excepcionales dirigidas a explotaciones agrícolas del sector de la cereza  afectadas por desastres naturales, según Decreto-Ley 3/2025 de 27 de mayo</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>ORDEN DE 14  de  julio  de 2025, Ayudas contrat Seguros Agrarios Combin. 2025</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>Orden de 21 de julio 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se aprueba la convocatoria para el año 2025 de las ayudas de intervención en el sector apícola de la Comunidad Autónoma de la Región de Murcia.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria de ayudas para la campaña 2025-2026 a la gestión sostenible de los pastizales montanos en Navarra, incluidas en la Intervención 6881.1 Repoblación Forestal y Sistemas Agroforestales el PEPAC 2023- 2027</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>Orden de 25 de julio de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2026 ayudas para las actividades de promoción y comunicación de productos vinícolas en mercados de terceros países.</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis destinadas a las explotaciones agrarias de arroz que utilicen semilla certificada para 2025</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>Subvención 2025/26 ayudas para promoción de los productos agrícolas y alimenticios en regímenes de calidad, s/ Resolución de 22 de julio de 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>AYUDAS INVERSIONES INFRAESTRUCTURAS AGRARIAS FOMENTO COMPETITIVIDAD 2025</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>Acuerdo de 25 de septiembre de 2025, de la Junta de Castilla y León , por el que se autoriza la concesión directa de subvenciones a los  titulares de explotaciones agrarias dañadas y ubicadas en los municipios afectados por los incendios forestales.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
     <t>PLAN ANUAL DE SEGUROS AGRARIOS 2025</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
   </si>
   <si>
+    <t>Ayudas del Centro para el Desarrollo Tecnológicoa y la Innovación E.P.E. para la financiación de proyectos I+D (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
     <t>Orden de 12 de febrero de 2025, por la que se convocan para el ejercicio 2025 las subvenciones a la suscripción de seguros agrarios en el marco del Plan de Seguros Agrarios Combinados y se establecen las determinaciones en relación con dichas subvenciones</t>
   </si>
   <si>
-    <t>2025-02-19</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
   </si>
   <si>
-    <t>Ayudas del Centro para el Desarrollo Tecnológicoa y la Innovación E.P.E. para la financiación de proyectos I+D (2025)</t>
-[...5 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+    <t>Orden Disponibilidad de crédito ComerciO 2025 LÍNEA 1. NUEV ESTABLECIMIENTO</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
   </si>
   <si>
     <t>Orden Disponibilidad de crédito Comercio 2025 LÍNEA 2 MANT. ESTABLEC.</t>
   </si>
   <si>
-    <t>2025-02-28</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
   </si>
   <si>
-    <t>Orden Disponibilidad de crédito ComerciO 2025 LÍNEA 1. NUEV ESTABLECIMIENTO</t>
-[...137 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Resolución de 29/12/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas en régimen de minimis para paliar los daños relacionados con ataques de loboi</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Resolución de 29/12/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas en régimen de minimis para paliar los daños producidos en Castilla-La Manchap</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Orden DES/37/2025, de 22 diciembre de 2025, por la que se convocan las ayudas financiadas por el FEAGA (Fondo Europeo Agrícola de Garantía) y FEADER (Fondo Europeo Agrícola de Desarrollo Rural) incluidas en la solicitud única para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
   </si>
   <si>
     <t>Programas plurirregionales de formación 2025</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
+    <t>Orden de 30 de abril de 2025, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 2- Ayudas para promover e impulsar la fusión de entidades asociativas agroalimentarias de Andalucía</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria fomento de la innovación y divulgación forestal, periodo 2025 y 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de abril de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas para inversiones en modernización de infraestructuras y sistemas de riego en comunidades de regantes y comuni</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025. PROYECTOS GARANTÍA DE RENTAS</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de abril de 2025, de la Consejería de Medio Rural y Política Agraria, por la que se aprueba la convocatoria de subvenciones a las entidades sin ánimo de lucro, con destino a la celebración de certámenes de productos agroalimentarios</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Orden de 16/04/2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, 1ª Convocatoria ayudas para la concesión de subvenciones, intervención 7161 "Coop.Grupos Operativos de la Asociación Europea para la innovación agrícola"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2025 de la ayuda a inversiones en explotaciones agrarias PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2025 de la ayuda a inversiones en explotaciones agrarias (Objetivo Medioambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>AYUDAS A LA PRODUCCIÓN Y COMERCIALIZACIÓN DE LA MIEL AÑO 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>Resolución de 22/04/2025, de la Secretaría General, por la que se realiza la convocatoria, en régimen de concurrencia competitiva, para el año 2025, de ayudas a las organizaciones profesionales agrarias y a las entidades asociativas sin ánimo de lucro, pa</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de abril de 2025, de la Dirección General de Producción Agrícola y Ganadera por la que se convocan para el ejercicio 2025 las ayudas a la mejora de la competitividad y sostenibilidad de las explotaciones ganaderas de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>AYUDAS INVERSIONES MODERNIZACIÓN Y/O MEJORA EXPLOTACIONES AGRARIAS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 21 de abril de 2025, por la que se aprueba la convocatoria de subvenciones para servicios de asesoría en las pequeñas y medianas explotaciones agrarias del Principado de Asturias realizadas por ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de Agricultura, Pesca i Medio Natural de convocatoria pública de subvención para actividades de educación ambiental en las Illes Balears a favor de entidades sin ánimo de lucro para el ejercicio 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolución de 2 de mayo de 2025, de la SGIM, por la que se convocan los incentivos de transición justa en la provincia de Almería para el proyecto tractor «Innovación y sostenibilidad en la industria auxiliar de la agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolución del 5 de mayo 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas previstas en la intervención 7119.02 LEADER del Plan Estratégico de la PAC 2023-2027 en la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolución DG de Producción Agrícola y Ganadera, para el ejercicio 2025 las ayudas previstas en la Orden 6/2024, por la que se aprueban las bases reguladoras de las ayudas indemnizatorias para la erradicación y el control de la bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Resolución de la Conselleria de Agricultura, Agua, Ganadería y Pesca, por la que se convocan para el ejercicio 2025, ayudas a la certificación de la producción ecológica en la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolución de 8 de mayo de 2025 por la que se convocan subvenciones a organizaciones y entidades representativas del sector agrario y de desarrollo rural en Andalucía</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Ayudas para el fomento de las actuaciones de las agrupaciones de defensa forestal (ADF) para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Orden de 7 de mayo de 2025, de la Consejería de Industria, Comercio y Empleo, por la que se convocan las subvenciones para el año 2025 del programa de apoyo a la creación y al empleo en cooperativas y sociedades laborales. Programa II.- Inversiones</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a la producción y comercialización de la miel, en el marco de la intervención sectorial apícola.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas, por la realización de programas sanitarios de prevención, control y erradicación de enfermedades de los animales, año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ayudas a la promoción de productos agrícolas mediante la organización de certámenes ganaderos, para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Orden de 6 de mayo de 2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se convocan para el año 2025 subvenciones para las Organizaciones Profesionales Agrarias, para el fomento de actividades de servicio al sector agrario</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025 PARA PROYECTOS DE GARANTÍA DE RENTAS</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025 PARA PROYECTOS GENERADORES DE EMPLEO ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>AYUDAS LA PROMOCIÓN, TRANSFORMACIÓN Y COMERCIALIZACIÓN PRODUCTOS DE PESCA</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de mayo de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan para el ejercicio 2025 ayudas para la cooperación en el marco de las intervenciones para el desarrollo rural del Plan Estratégico</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>Orden de 19 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al control de rendimiento lechero a las entidades oficialmente reconocidas para la realización del control lechero.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Orden de 16 de mayo de 2025, de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, por la que se convocan ayudas a pequeñas y medianas empresas para actuaciones de digitalización.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de mayo de 2025 de la Presidencia del Centro para el Desarrollo Tecnológico y la Innovación E.P.E. (CDTI), por la que se aprueba la convocatoria para el año 2025 de ayudas destinadas a proyectos de I+D Misiones Ciencia e Innovación.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca, para la campaña 2025, la ayuda por superficie a los productores de aloe vera y olivo.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para la recuperación, el mantenimiento y la consolidación del entorno agrario y agrodiversidad en la isla de Ibiza para el año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Orden de 20 de mayo de 2025, por la que se aprueban las bases reguladoras para la concesión de subvenciones, en Régimen de c.competitiva, dirigidas a los titulares de explotaciones agrícolas y ganaderas en municipios afectados por daños DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>FEADER ayudas fomento de forestación tierras agrícolas Com. Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>AYUDAS A EMPRESAS SEC AGR.GANAD.FOREST E INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan  las ayudas destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Orden de 26 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las subvenciones a la suscripción de pólizas de seguros agrarios incluidos en los Planes Anuales de Seguros Agrarios Combinados.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Orden de 28 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan, para la campaña apícola del año 2025, las ayudas de la Intervención Sectorial Apícola en el marco del PEPAC 2023-2027 en Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN DE 29 MAYO DE 2025, LÍNEA 4.2 inclusión lab Empresa Ordinaria. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Subvenciones para la promoción de los productos agrícolas y alimentarios en régimen de calidad. convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Resolución, de 08/04/2025, de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria de las ayudas de la Intervención Sectorial Apícola en el marco del Plan Estratégico de la Política Agrícola Común en Castilla-La, para lac</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de abril de 2025, de la Consejería de Medio Rural y Política Agraria, por la que se aprueban las Bases Reguladoras y la Convocatoria de las Intervenciones en forma de pagos directos a la agricultura y a la ganadería y de las Intervenciones</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Orden de 8 de abril de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas a la cosecha en verde de viñedos en la Comunidad de Castilla y León para la vendimia 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Resolución de 08/04/2025, del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria plurianual de ayudas para incentivar la contratación de servicios de innovación y competitividad. Cheque Internacionalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolución de 7/4/2025, de la Agencia de Ciencia, Competitividad Empresarial e Innovación Asturiana, que aprueba la convocatoria para la concesión de subvenciones para la ejecución de proyectos de I+D en el Principado de Asturias del ejercicio 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Ayudas al desarrollo y validación de tratamientos innovadores en la gestión de deyecciones ganaderas correspondientes a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Convocatoria Pyme Innova 2025 - Cámara de Sevilla</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ayudas a la mejora de los procesos de transformación y comercialización de los productos agroalimentarios correspondientes al año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGENCIA DE DESARROLLO ECONÓMICO DE LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Ayudas regímenes de calidad de los productos agrícolas y alimenticios, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de abril de 2025 por la que se establecen las bases reguladoras de las ayudas para programas de calidad desarrollados por consejos reguladores de denominaciones de calidad agroalimentarias y se convocan para 2025 (código de procedimiento</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2025 del Fondo Español de Garantía Agraria O. A. (FEGA), por la que se convocan ayudas a inversiones materiales o inmateriales en transformación, comercialización o desarrollo de productos agroalimentarios PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 1.- FEDERACIONES Y UNIONES COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 2.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 3.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Orden de 30 de abril de 2025, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 1-  Ayudas para el impulso y la promoción de la integración de la entidades asociacitivas agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Subvenciones a cupones a la competitividad empresarial:Innovación 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025 (Empleo Estable)</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO 2025 (Garantía de Rentas)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>FEADER.AYUDA AGRIC Y GANAD ECOLOGICA.PEPAC.PROG 2025-29 Y ANUAL</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al fomento de la cría e inscripción de ejemplares de razas puras de castilla y león en los libros genealógicos.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Convocatoria  de ayudas para el año 2025 a las Organizaciones Profesionales Agrarias y Cooperativas Agrarias de Cantabria por colaborar en la cumplimentación de las solicitudes de la convocatoria de ayudas financiadas por el FEAGA Y FEADER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Ayudas a la conservación de los recursos genéticos agrícolas dirigidas a entidades de conservación, en el marco del Plan estratégico de la PAC 2023-2027 correspondientes a 2025</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Resolución de 27/05/2025, de la Dirección General de Ordenación Agropecuaria, por la que se establece la convocatoria de ayudas adicionales a la contratación de seguros agrarios en Castilla-La Mancha incluidos en el cuadragésimo sexto Plan de Seguros Agrarios Combinados (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolución de 30/05/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de minimis, ayudas en especie para la participación agrupada en el stand que contratará la Consejería de Agricultura, Ganadería y Desarrollo Rural para la asistencia a la feria agroalimentaria Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>ORDEN DE LA CONSEJERÍA DE AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA, POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2025 LA AYUDA POR HECTÁREA PARA EL MANTENIMIENTO DEL CULTIVO DE VIDES DESTINADAS A LA PRODUCCIÓN DE VINOS CON DENOMINACIÓN DE ORIGEN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Convocatoria de 20 becas para la matrícula  del curso de verano 2025 del Vicerrectorado de Cultura, Deporte y Compromiso Social de la UCLM “Emprendimiento en el sector veterinario y agroganadero: oportunidades y desafíos" CV12CR</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayudas a la participación en ferias comerciales acogidas al régimen de mínimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PARA LA PARTICIPACIÓN EN EL PROGRAMA DE IMPULSO A LA CREACIÓN, CRECIMIENTO Y CONSOLIDACIÓN DE NUEVAS INICIATIVAS EMPRESARIALES INNOVADORAS.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>Valorización y transferencia de resultados de investigación a las empresas. NO AYUDAS DEL ESTADO</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Acciones complementarias de impulso y fortalecimiento de la innovación. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>Acciones complementarias de impulso y fortalecimiento de la innovación NO AYUDA ESTADO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Asimilación de tecnologías avanzadas y su difusión en el Sistema Valenciano de Innovación REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Subvenciones 2025 para financiación de préstamos a titulares de explotaciones agrícolas de olivar y viña de secano radicadas en Extremadura s/ Decreto 35/2025 de 6 de mayo que las convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025. Ayudas a asociaciones de productores agroalimentarios que realicen comercialización en canales cortos, y asociaciones gestoras de espacios TEST agrarios</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Orden por la que se convocan para 2025, subvenciones destinadas a apoyar a Asociaciones Profesionales Agrarias - Sin Ánimo de Lucro</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 Ayudas para  actividades de control y certificación a las figuras de calidad agroalimentarias de Navarra,  reconocidas como DOP o IGP, acogidas al régimen de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayudas a entidades locales para el fomento de los  canales cortos de comercialización de productos agroalimentarios</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PARA LA INVERSIÓN EN INNOVACIÓN DE ENT. FORMACIÓN EMPLEO 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA CONTRATACIÓN JÓVENES PROYECTOS INVESTIGACION-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Impulso a la compra pública innovadora (CPI)REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Impulso a la compra pública innovadora (CPI) REGIMEN 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Orden MAV/625/2025, de 12 de junio, por la que se aprueban las bases reguladoras y se convocan subvenciones para la digitalización de empresas de primera transformación de madera y otros productos maderables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Orden MAV/624/2025, de 12 de junio, por la que se aprueban las bases reguladoras y se convocan subvenciones para proyectos de emprendimiento digital y startups forestales en Castilla y León (RETECHFOR, PRTR, fondos Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de junio de 2025, del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas dirigidas a fomentar la innovación y el emprendimiento. Incubadoras.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolución de XX de XXX de 2025 por la que se convocan en concurrencia competitiva subvenciones para proyectos de innovación desarrollados por Centros Tecnológicos. Linea 5 de la Orden de 10 de febrero de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de junio de 2025 por la que se establecen las bases reguladoras de las ayudas a las explotaciones agrícolas pertenecientes a la indicación geográfica protegida Faba de Lourenzá y se convocan para el año 2025 (código de procedimiento MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Subv. 2025 a titulares de explotaciones agrarias para fomentar la participación en regímenes de calidad de los alimentos. s/ Resolución de 19 de junio de 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, DE XX DE XXXX DE 2025, DE LA D.G DE FOMENTO DE LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN DE SUBVENCIONES PARA PROYECTOS DE INNOVACIÓN POR LOS CLUSTERES LINEA 2 NO AYUDA DE ESTADO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, DE XX DE XXXX DE 2025, DE LA D.G DE FOMENTO DE LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN DE SUBVENCIONES PARA PROYECTOS DE INNOVACIÓN POR LOS CLUSTERES LINEA 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, DE XX DE XXXX DE 2025, DE LA D.G DE FOMENTO DE LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN DE SUBVENCIONES PARA ADQUISICICÓN DE EQUIPAMIENTOS MEJORA INFRAESTRUCTURAS EN C.TECN. LINEA 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>ORDEN del 11 de junio de 2025 por la que se establecen las bases reguladoras de las ayudas destinadas las personas agricultoras jóvenes, en el marco del Plan Estratégico de la Política Agraria Común de España 2023-2027, cofinanciadas por el Fondo Europeo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Orden de 19 de junio de 2025, de la C. de Industria, Comercio y Empleo por la que se convocan subvenciones al fomento del relevo en la actividad por cuenta propia en Castilla y León (Relevacyl Autoempleo). Año 2025</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Orden de 19 de junio de 2025, de la C. de Industria, Comercio y Empleo, por la que se convocan subvenciones al fomento del espíritu emprendedor para garantizar el relevo productivo a través de las org. representativas de autónomos y de la economía social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Plan de renovación del Parque Nacional de Maquinaria Agraria (PLAN RENOVE) para el ejercicio 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>FEADER AYUDAS INCORPORACIÓN JÓVENES AGRICULTORES CONVOCATORIA 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/685/2025, de 23 de junio, por la que se aprueban las bases reguladoras y la convocatoria de ayudas sobre los daños en producciones e infraestructuras de las explotaciones agrarias como consecuencia de las lluvias torrenciales 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario en Zonas Rurales Deprimidas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>EXTRACTO DE LA ORDEN DE LA CONSEJERÍA DE AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN, PARA LA CAMPAÑA 2025, LAS AYUDAS DE LA ACCIÓN III.2, APOYO AL SECTOR VACUNO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDEN DE LA CONSEJERÍA DE AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2025, LAS AYUDAS DE LA ACCIÓN III.6 AYUDA A LA PRODUCCIÓN LÁCTEA DE CAPRINO Y OVINO DE ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDEN DE LA CONSEJERÍA DE AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2025, LAS AYUDAS DE LA ACCIÓN III.4 AYUDA A LA PRODUCCIÓN LÁCTEA DE VACUNO DE ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENTO DE EMPLEO AGRARIO PARA ZONAS RURALES DEPRIMIDAS (2025). SALAMANCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Bases reguladoras 2025-2027 y convocatoria para las ayudas a la mejora de la producción y comercialización de los productos de la apicultura en el marco de la Intervención Sectorial Apícola, recogida en el PEPAC, para la campaña del año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Ayudas a la adopción y mantenimiento de la agricultura y ganadería ecológica (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Ayudas al compromiso de sanidad y bienestar animal en ganadería intensiva de vacuno de leche (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Ayudas a la apicultura para la biodiversidad (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>Orden de 30 de junio de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las subvenciones destinadas a la mejora de las estructuras de producción de las explotaciones agrarias, cofinanciadas por Feader.</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>Resolución del 30 de junio de 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan ayudas al establecimiento de personas jóvenes agricultoras y nuevos agricultores de la Comunitat Valenciana en el marco del Pl</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>Orden de 20 de junio de 2025 de la Consejería de Agricultura, G y DR por la que se convocan las ayudas para la reposición de reses como consecuencia de su sacrificio en aplicación de programas sanitarios oficiales de enfermedades de los rumiantes.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 ayudas a personas productoras agroalimentarias que realicen comercialización en canales cortos, acogidas al régimen de minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>Ayudas a las líneas del Plan de seguros agrarios 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Ayudas por lucro cesante. Resolución 03/07/2025 de la D.G.de Ordenación Agropecuaria por la que se convocan, en régimen de concurrencia competitiva, para el año 2025, las ayudas para compensar el lucro cesante de las explotaciones ganaderas en las que seh</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Convocatoria de las ayudas a las inversiones en energías renovables para edificaciones agrarias en zonas rurales para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Extracto Orden 9/7/2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se aprueba la convocatoria del año 2025 de las subvenciones destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>Orden de 30 de junio de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2025 las ayudas para las inversiones de creación, mejora o ampliación de infraestructuras en superficies pastables.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>ORDEN DE LA CONSEJERÍA DE AGUA, AGRICULTURA, GANADERÍA Y PESCA. DE FECHA 10/07/2025. CONVOCATORIA AYUDAS PARA RECONSTITUCIÓN POTENCIAL PRODUCTIVO DE ALMENDRO EN SECANO. PLAN ESTRATÉGICO DE LA POLÍTICA AGRARIA COMÚN, PERÍODO 2023-2027,ANUALIDAD 2025</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>Resolución de 11 de julio de 2025, por la que se aprueba la convocatoria de ayudas para servicios de asesoramiento y participación en regímenes de cedrtificación de explotaciones ganaderas de leche</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis en especie al sector agrícola en la modalidad de asesoramiento y apoyo técnico en materia de fertilización sostenible, correspondientes al año 2025</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a las entidades asociativas agrarias para la colaboración en la prestación de servicios de asesoramiento que incluya la gestión técnico-económica, a las explotaciones agrarias en la Comunidad Autónoma de Cantabria para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>Resolución nº 1.131/2025, de la Consejería de Agricultura, Ganadería, Mundo Rural y Medio Ambiente, por la que se aprueba la convocatoria pública para el ejercicio 2025 de las ayudas a las explotaciones ganaderas afectadas por tuberculosis bovina</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de julio 2025 del Director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan las ayudas al sector vitivinícola de la C.V. para la promoción y comunicación en mercados de terceros países recogidas</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Orden de  de  de 2025 por la que establecen las bases reguladoras de las ayudas para el fomento de la utilización de maquinaria agrícola en régimen asociativo en Galicia, financiadas con el Instrumento de Recuperación de la Unión Europea (EURI) en el marc</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>Resolución de 1 de agosto de 2025, del Director General del Instituto Tecnológico Agrario de Castilla y León, por la que se convocan para el año 2025 las ayudas a las actividades promovidas por las Asociaciones Sectoriales Alimentarias para el desarrollo</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 para las ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas y Agrupaciones de Defensa Sanitaria Apícolas, s/ Resolución de 24 de julio de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>Orden de 12/08/2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2025 las ayudas para la promoción del dimensionamiento del cooperativismo agroalimentario, en la comunidad autónoma de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para el establecimiento de jóvenes y nuevos agricultores y agricultoras en Cantabria en el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Resolución de 04/08/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan ayudas, en régimen de minimis, por la tenencia y mantenimiento de perros mastines para la defensa y guarda de ganado ovino y caprinoe</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Orden IND/39/2025, de 20 de agosto, por la que se aprueba para el año 2025 la convocatoria de subvenciones para asociaciones de comerciantes y sus federaciones y confederaciones y cooperativas de detallistas. No sujeto a minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Orden de 21 de agosto de 2025 por la que se establecen las bases reguladoras de las ayudas destinadas al fomento de la utilización de instalaciones y equipamientos en común en régimen asociativo, en el marco del Plan Estratégico de la Política Agraria Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Convocatoria correspondiente a 2025 de las ayudas de apoyo a agrupaciones empresariales innovadoras con objeto de mejorar su competitividad y su contribución a la autonomía estratégica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 a empresas para participación agrupada en la Feria Food Ingredients 2025, según el Acuerdo de 26 de agosto 2025 que las convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025 de 26 de agosto por la que se convocan subvenciones para inversiones en transformación, comercialización y desarrollo de productos agrícolas (industrias agroalimentarias), en el marco del PEPAC para el periodo 2023-2027 para el año 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Orden AGA/XX/2025, de XX, por la que se convocan las subvenciones a la contratación de seguros agrarios en la comunidad autónoma de Aragón, para el año 2025 para las líneas del cuadragésimo sexto plan de seguros agrarios combinados (plan 2025)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>Resolución 1280/2025 por la que se aprueba la convocatoria pública para 2025 de las subvenciones a las organizaciones profesionales agrarias y entidades de asesoramiento que realicen actuaciones de apoyo a las explotaciones agrarias de La Rioja</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de agosto de 2025 bases reguladoras que regirán la concesión de las ayudas destinadas a sufragar los daños sufridos en establecimientos comerciales, industriales, turísticos y mercantiles, derivados de los incendios forestales (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>Orden de 29 de agosto de 2025 por la que se establecen las bases reguladoras de las ayudas por daños en las explotaciones forestales, agrícolas o ganaderas para la reparación de los daños causados por los incendios forestales que afectan a Galicia durante</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
+  </si>
+  <si>
     <t>Acuerdo de 28 de agosto de 2025, de la Junta de Castilla y León , por el que se autoriza la concesión directa de subvenciones a los  titulares de explotaciones agrarias dañadas y ubicadas en los municipios afectados por los incendios forestales de 2025.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>Ayudas 2025 a personas físicas o jurídicas de derecho privado, para la conservación de las especies protegidas y hábitats de interés en explotaciones agrarias y ganaderas y primera convocatoria s/ Decreto 92/2025, de 29 de julio</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN 1 de septiembre de 2025 de la Consejería de Medio Rural y Política Agraria por la que se aprueba convocatoria plurianual de subvenciones a inversiones en productos agrícolas e inversiones en tecnologías forestales</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de septiembre de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas a las inversiones en transformación, comercialización o desarrollo de productos agroalimentarios en el ma</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de septiembre de 2025 por la que se convocan para el ejercicio 2025 las ayudas dirigidas al apoyo a la prestación de servicio asesoramiento</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Resolución 2025 que aprueba convocatoria de concesión de subvenciones plurianuales a entidades asociativas agrarias para mejora de explotaciones agrícolas en ambito Pincipado de Asturias en ejercicio 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de septiembre de 2025, de la Consejería de Medior Rural y Política Agraria, por la que se aprueba la convocatoria de subvenciones a las entidades sin ánimo de lucro con destino a la celebración de mercados del Paraíso Natural</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>Resolución de 15/09/2025, de la Dirección General de Ordenación Agropecuaria por la que se convocan, en régimen de concurrencia competitiva, para el año 2025, las ayudas para la repoblación en explotaciones de ganado bovino, ovino y caprino en caso de vac</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>Orden de 15 de septiembre de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca, convocando ayudas destinadas a los Consejos Reguladores de las Denominaciones de Origen, Indicaciones Geográficas Protegidas  y Consejo Agricultura Ecológica. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Orden de 18 de septiembre de 2025 por la que se establecen las bases reguladoras de las ayudas a las organizaciones profesionales agrarias y asociaciones agrarias para la realización actividades de interés agrario y las convoca para el año 2025 (código de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCAN PARA 2025, LAS AYUDAS DE LA MEDIDA III “APOYO A LA PRODUCCIÓN ANIMAL”, ACCIÓN III.7 “AYUDA PARA LA PRODUCCIÓN DE REPRODUCTORES DE PORCINO EN CANARIAS” DEL PROGRAMA COMUNITARIO DE APOYO A LAS PRODUCCIONES AGRARIAS DE CANARIAS</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>Orden de 1 de octubre de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan para el año 2027 las ayudas por la prestación del servicio de asesoramiento a las explotaciones y el proceso de selección de entidades.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Intervención 7119 PEPAC), s/ II Convocatoria (PEPAC 2023-2027) G.A.L. ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Programa ayudas digitalización cadena alim. y madera 2025 REG(UE) 1408/2013</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>Convocatoria para 2025 de  Ayudas a inversiones en  explotaciones agrarias Modernización regadío  R247.   PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>Convocatoria para 2025 de  Ayudas a inversiones en  explotaciones agrarias Transformación regadío  R159.   PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>Orden de 3 de octubre de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2025, subvenciones a las organizaciones profesionales agrarias más representativas en la Comunidad de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>RESOLUCIÓN 13 de octubre de 2025 del director de la Agencia Valenciana de Fo-mento y Garantía Agraria, por la que se convocan ayudas a la destilación de subproductos de vinificación campaña 2025/2026.</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>ORDEN AGA/xxxx/2025, de 17 de octubre, bases reguladoras y convocatoria de ayudas sobre daños en producciones e infraestructuras de las explotaciones agrarias producidos en Aragón como consecuencia de lluvias torrenciales agosto-septiembre 2025.</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
+    <t>Resolución, de 17/10/2025, de la Dirección General de Ordenación Agropecuaria, por la que se convocan, para el año 2025, las ayudas reguladas por la Orden 115/2024, de 5 de julio, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que s</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Subvenciones para la creación de empresas de jóvenes agricultores y agricultoras. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/XX/2025 DE , POR LA QUE SE CONVOCAN SUBVENCIONES A LA CONTRATACIÓN DE SEGUROS AGRARIOS EN LA CCAA DE ARAGON, PARA EL AÑO 2025 PARA LAS LÍNEAS DEL 45 (PLAN 2024) Y 46 (PLAN 2025) PLANES DE SEGUROS AGRARIOS COMBINADOS, SUSCRITOS HASTA 31 AGOSTO.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en transformación y comercialización de productos agrícola.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícola. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>Subvenciones 2026 para la prestación de asesoramiento técnico al sector agrícola en materia de protección de los vegetales Resolución 3 de diciembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolución de 07//01/2026 de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria en 2026 de las ayudas a las solicitudes de reestructuración y reconversión de viñedo de Castilla-La Mancha en el marco de la Intervención S</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Ticket Innova 2026, concurrencia no competitiva, minimis agricola</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Reacciona 2026, cofinanciadas FEDER, concurrencia no competitiva, mínimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>ORDE do 29 de decembro de 2025 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2026 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ayudas para las inversiones en transformación y comercialización de productos agrarios cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (Feader)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo a la partida presupuestaria 720007 72300 4400 412108 ‘PDR FEADER 2014-2022. Servicios de asesoramiento a través de INTIA’, del presupuesto de gastos de 2024 y su equivalente en 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Resolución de 21/11/2024, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, por el procedimiento de tramitación anticipada, para el año 2025, las ayudas para para promover</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolución de 22/11/2024, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, por el procedimiento de tramitación anticipada, para el año 2025, las ayudas a la cooperación para la información y promoción de los pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética 2025. Reglamento 651/2014 de la Comisión</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Orden Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria que convoca para la Campaña 2025 la Acción I.5 “Ayuda a los productores tradicionales de tomate de invierno” del Programa Comunitario de Apoyo a las producciones agrarias canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>ORDEN IND/57/2024, de 4 de diciembre, por la que se aporueba la Convocatoria para el años 2025 de las ayudas a la artesanía en Cantabria (Producción primaria de productos agrícolas.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Ayudas a las inversiones para la elaboración y comercialización de productos vitícolas</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025-2026 ayudas a la Cooperación para la promoción de los productos agrícolas y alimenticios en los regímenes de calidad, en el marco del PEPAC, de la Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Resolución de 10 de 12 de 2024 de aprobación de convocatoria por gasto anticipado de concesión de subvenciones para los servicios de asesoramiento en las pequeñas y medianas explotaciones agrarias del P.A. en el marco del PEPAC 2023-2027 para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Ayudas para la mejora de la capacidad de la innovación y el desarrollo tecnológico de las empresas en Galicia, programa “Ticket Innova” para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre 2024 del director de la Agencia Valenciana de Fomento y Garantía Agraria por la que se convocan anticipadamente para el ejercicio 2025 las ayudas a las actividades de información y promoción de regímenes de calidad agroalimen</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolución, de la directora general de Producción Agrícola y Ganadera, por la que se efectúa la convocatoria anticipada, para el ejercicio 2025, las ayudas de mínimis destinadas a la replantación de parcelas frutícolas cuyo cultivo sea o haya sido destrui</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolución de la directora general de Producción Agrícola y Ganadera por la que se efectúa la convocatoria anticipada, para el ejercicio 2025, de las ayudas a las explotaciones agrícolas de cereza en zonas afectadas por factores climáticos, ambientales y</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Resolución EMT//2024, de, por la que se abre la convocatoria anticipada para el año 2025 para la concesión de subvenciones para el fomento de la contratación con formación en el marco de las campañas agrarias en Lleida (SOC - CAMPAÑA AGRARIA EN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Orden AGA/…/2024, de 19 de diciembre, por la que se convocan subvenciones para la prestación de servicios de asesoramiento agrario, en el marco del Plan Estratégico Nacional de la PAC 2023-2027, para Aragón, para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>convocatoria de ayudas para la promoción de la ocupación y la mejora de la competitividad de cooperativas, microcooperativas y sociedades laborales de las Illes Balears para los años 2025 y 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas dirigidas al funcionamiento de agrupaciones empresariales innovadoras de las Islas Baleares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolución de la directora general de Producción Agrícola y Ganadera, por la que se establece la convocatoria anticipada, para el Plan 2025, de las ayudas de la Comunitat Valenciana destinadas a la suscripción de seguros agrarios incluidos en los planes a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>Resolución de la Directora general de Producción Agrícola y Ganadera, por la que se establece la convocatoria anticipada, para el Plan 2025, de las ayudas de la Comunitat Valenciana destinadas a la suscripción de seguros agrarios incluidos en los planes a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca para la campaña 2025 la “ayuda para la producción de miel de calidad procedente de la raza autóctona de abeja negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Resolución de 18/12/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan, por el procedimiento de tramitación anticipada, en el año 2025, las subvenciones destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolución de 18/12/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan para el año 2025 las subvenciones al control del rendimiento lechero en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Ayudas para realizar proyectos de innovación en las pymes industriales. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayuda al establecimiento de agricultores y agricultoras a tiempo parcial en el marco del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Orden de bases de subvenciones para acciones de formación en capacidades digitales, dirigida preferentemente a mujeres del ámbito rural, Plan Nacion. Competencias digitales, del PRTR, financiado por la U. E. -Next Generation EU-, y convocatoria 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Ayudas para la creación y consolidación de empresas innovadoras de base tecnológica en 2025 en el marco del Plan de Recuperación, Transformación y Resiliencia - Financiado por la Unión Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolución de 17/12/2024, de la Dirección General de Desarrollo Rural, por la que se convocan, para el año 2025, por el procedimiento de tramitación anticipada, las ayudas al establecimiento de jóvenes a la agricultura y a las inversiones para la mejora y</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Ayudas Agrupaciones de Tratamiento Integrado en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>ORDE do 26 de decembro de 2024 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2025 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Orden de 13 de enero, que establece las BBRR de ayudas extraordinarias otorgadas para financiación de cooperativas agrarias aragonesas con dificultades económicas consecuencia de la sequía y los problemas coyunturales del sector, y aprueba su convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XXIV Convocatoria (PDR 2014-2020) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>ORDEN 10 DE ENERO 2025, de la Dirección General de la Producción Agricola y Ganadera por la que se convocan ayudas a la ejecución de programas nacionales veterinarios por las Asociaciones de Defensa Sanitaria Ganadera de concurrencia no competitiva</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Ayudas 2025-26 al establecimiento de personas jóvenes agricultores en la Comunidad Autónoma de Extremadura, primera convocatoria incorporada al Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ayudas 2025-26 Inversiones en Modernización y/o Mejora Explotaciones Agrarias en la que se establecen la persona joven agricultor, primera convocatoria incorporada en el Decreto 169/2024imera Convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Orden de 27 de enero de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan las intervenciones en forma de pagos directos, intervenciones de desarrollo rural y el establecimiento de requisitos comunes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de enero de 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria mediante la que se establece la convocatoria para concesión y solicitud de pago anual  de las ayudas incluidas en la solicitud única dentro del marco del</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>ORDEN de 23 de enero de 2025, que establece las BBRR de ayudas extraordinarias otorgadas por la Comunidad Autónoma para proporcionar apoyo financiero a las cooperativas agrarias aragonesas y aprueba su convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Ayudas para las agrupaciones de defensa vegetal para prevenir las plagas de los vegetales para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Ayuda Complementaria a Jóvenes Agricultores/Agricultoras, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Agricultura Ecológica, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Ayudas Asociadas a la Agricultura, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025, de 20 de enero,  para la presentación de la solicitud única de ayudas de la Política Agrícola Común para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria renta para jóvenes agricultores y agricultoras 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ayuda agricultores determinados cultivos afronten dificultades campaña 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>Orden de 27 de enero de 2025, por la que se efectúa la convocatoria para el año 2025 de subvenciones correspondientes a las operaciones de Agricultura Ecológica de Mantenimiento de Frutal Secano y Frutal Regadío (6503.2), correspondientes a las Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas al fomento de la agricultura ecológica, para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Orden de 28 de enero de 2025, por la que se efectúa la convocatoria para el año 2025 de la subvención a la operación 10.1.14 Enmienda caliza del suelo para prevención y control de la podredumbre radical en formaciones adehesadas de la Medida 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Subvenciones 2025 para la prestación de asesoramiento técnico al sector agrícola en materia de protección de los vegetales Resolución 20 de diciembre de 2024.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 3 de febrero de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España, año 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Subvenciones destinadas a compromisos agroambientales en superficies agrarias y compromisos y actividades de conservación de recursos genéticos (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Orden del 30 de enero de 2025 por la que se establecen las bases reguladoras para la concesión, en régimen de concurrencia no competitiva, de subvenciones para el impulso de la innovación y sostenibilidad del comercio local y artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Ayudas a municipios de la Comunidad de Madrid para el desarrollo de actividades de promoción comercial y ferial 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas al pago de los compromisos agroambientales de cultivos sostenibles por el uso de agua regenerada, para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Orden de 17 de febrero de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas de reestructuración y reconversión de viñedo de la Región de Murcia, para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Orden DES/07/2025, de 24 de febrero de 2025, por la que se convocan las ayudas financiadas por el FEAGA (Fondo Europeo Agrícola de Garantía) y FEADER (Fondo Europeo Agrícola de Desarrollo Rural) incluidas en la solicitud única para el año 2025 y se recoge</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Subvención 2025 Cooperación para la sucesión de explotaciones agrícolas</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/268/2025, de 6 de marzo, por la que se convocan subvenciones en materia de cooperación para los grupos operativos de la Asociación Europea para la Innovación (AEI), en el marco del Plan Estratégico Nacional de la PAC 23-27, para Aragón para 2025</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Convocatoria de las ayudas a las agrupaciones de defensa sanitaria ganaderas reconocidas en Cantabria para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 13 de marzo de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España Mejores Vinos, año 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 17 de marzo de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España a la Mejor Bebida Espirituosa con Indicación Geográfica, año 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Orden de 18 de marzo de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas a la Cosecha en verde de la vendimia 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>AYUDAS ORGANIZ.  PROFES. AGRARIAS Y UNION COOP. AGRARIAS (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AYUDAS UNION COOP. AGRARIAS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Orden de 23 de marzo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo rural, por la que se convocan ayudas a vacunación frente a salmonella en avicultura de puesta en Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Orden  de 21 de marzo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan, para el año 2025, las ayudas para la reestructuración y reconversión de viñedos en la comunidad de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 a la implantación de sistemas de riego que promuevan el uso eficiente del agua y la energía en las explotaciones agrarias, según Decreto 12/2025, de 11 de marzo, que las convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Resolución de 27 de marzo, por la que se convocan para el ejercicio 2025, las subvenciones destinadas al programa Cultiva, relativo a estancias formativas de jóvenes agricultores en explotaciones modelo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Orden de 27 de marzo de 2025,convoc. 2025 de ayudas dirigidas a la ejecución, a través de las Agrup. de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria en régimen de concurrencia competitiva</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Convocatoria de Ayudas de fomento al emprendimiento innovador (Cheque Emprendedor) para el año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Ayudas Extremadura Avante a empresas para participación agrupada en la  Feria Fruit Attraction 2025, según el Acuerdo de 27 de marzo 2025 que las convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>ORDEN/AGA/284/2025, de 10 de marzo, del Consejero de Agricultura, Ganadería y Alimentación, por la que se convocan subvenciones destinadas a la mejora de la producción y comercialización de los productos de la apicultura, para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de marzo de 2025 por la que se establecen las bases reguladoras de las ayudas para el apoyo a la cooperación en actividades de información y promoción de los productos agrícolas y alimenticios gallegos acogidos a regímenes de calidad realizadas por grupos de productores, en el marco del Plan estratégico de la PAC 2023-2027, y se convocan para el ejercicio presupuestario 2025</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Ayudas para la incorporación de nuevos agricultores. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>Resolución de 01/04/2025 del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas a la participación en ferias, eventos y misiones comerciales. Feria Saudi Agriculture. Arabia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Orden AGA/    /2025, de 7 de abril, por la que se aprueba la convocatoria para complementar en el año 2025, con cargo al convenio FITE 2023, las subvenciones concedidas al amparo de las Órdenes industrias agroalimentarias 2022 y 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 7 de abril de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España a los Mejores Jamones, año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a los municipios para la realización de obras nuevas y de mejora de las infraestructuras agrarias 2024-2025, reguladas por la Orden DES/25/2024, de 14 de agosto.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Orden AGA/    /2024, a 7 de octubre, por la que se convocan subvenciones para inversiones en instalaciones de transformación y en infraestructuras vitivinícolas, estructuras e instrumentos de comercialización, para el año 2025 (ejercicio financiero 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrícola en materia de sanidad vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 dirigida a municipios y entidades locales menores para financiar proyectos de dinamización comercial, según Decreto 130/2024, de 15 de octubre de 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 dirigida a asociaciones, federaciones y confederaciones del sector comercio para financiar proyectos de dinamización comercial, según Decreto 130/2024, de 15 de octubre de 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ayudas proyectos de investigación científica y transferencia de tecnología, cofinanciadas por el FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, de 25 de octubre, por el que se regula la Intervención Sectorial Vitivinícola en el marco del Plan Estratégico de la Política Agrícola Común_Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Plan de renovación del Parque Nacional de Maquinaria Agraria (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria de ayudas para la campaña 2024-2025 a la gestión sostenible de los pastizales montanos en Navarra, incluidas en la Intervención 6881.1 Repoblación Forestal y Sistemas Agroforestales el PEPAC 2023- 2027</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Ayudas para la transformación del cooperativismo agroalimentario catalán y el fomento de la competitividad y la sostenibilidad ambiental, social y económica (IMPULS.COOP) correspondientes a 2025, 2026 y 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
     <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca para la campaña 2025 La Acción III.1 “Ayuda para el suministro de animales reproductores de razas puras o razas comerciales originarios de la Comunidad”</t>
   </si>
   <si>
-    <t>2024-12-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-15</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
   </si>
   <si>
-    <t>Ayudas para la transformación del cooperativismo agroalimentario catalán y el fomento de la competitividad y la sostenibilidad ambiental, social y económica (IMPULS.COOP) correspondientes a 2025, 2026 y 2027</t>
-[...46 lines deleted...]
-  <si>
     <t>Orden de la Consejería de agricultura, ganadería, pesca y soberanía alimentaria por la que se convocan para la campaña 2025, las ayudas de la subacción III.2.4 "Ayudas a la importación de terneros destinados al engorde"</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
   </si>
   <si>
-    <t>Ayudas proyectos de investigación científica y transferencia de tecnología, cofinanciadas por el FEDER (2025-2029)</t>
-[...296 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+    <t>Resolución de 16 de diciembre de 2025, del FEGA, por la que se convocan anticipadamente las subvenciones de servicios de asesoramiento de ámbito supraautonómico en el marco del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Orden de 12-diciembre-2025 de la Consejería de Economía y Hacienda por la que se efectúa la convocatoria del año 2026 destinadas a desarrollar y mejorar las capacidades de investigación e innovación del tejido empresarial a través de las AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Resolución de 11/12/2025, de la DG de Agricultura y Ganadería, por la que se convocan, en 2025, las ayudas de la Intervención 6505.2 Actividades de conservación, uso y desarrollo sostenible de los recursos genéticos ganaderos en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en la transformación, comercialización y desarrollo de productos agroalimentarios. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones forestales no productivas en prevención de daños forestales. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Ayuda extraordinaria para compensar daños en infraestructura productiva en explotaciones agrarias afectadas por la DANA. Relación C.</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/…/2025, de 17 de diciembre, por la que se convocan subvenciones para la prestación de servicios de asesoramiento agrario, en el marco del Plan Estratégico Nacional de la PAC 2023-2027, para Aragón, para el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025 DE , POR LA QUE SE CONVOCAN SUBVENCIONES A UNA PARTE DEL COSTE DE CONTRATACIÓN DE LOS SEGUROS AGRARIOS PARA EL EJERCICIO 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Orden de 22/04/2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan subvenciones a la transformación amparadas en la Intervención 6842.1 (objetivos ambientales) del PEPAC cofinanciadas por el FEADER - Línea MA1</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025, a 22 de octubre,  por la que se convocan subvenciones para inversiones en instalaciones de transformación y en infraestructuras vitivinícolas, estructuras e instrumentos de comercialización, para el año 2026 (ejercicio financiero 2027).</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>Resolución de 6 de noviembre de 2025 de la Dirección General de Producción Agrícola y Ganadera, por la que se convocan de forma anticipada las ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas para el ejercicio 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Galicia Exporta Organismos Intermedios 2026, cofinanciadas FEDER, concurrencia no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Resolución del ICCA, por la que se convocan para la campaña 2025 la ayudas de las acciones I.6 y I.7 delprograma comunitario de apoyo a las producciones agrarias de canarias (POSEI)</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+  </si>
+  <si>
+    <t>Ayudas 2026 para financiar medidas para la lucha contra la despoblación en los núcleos de población de zonas rurales con especiales dificultades demográficas. Línea 4 consolidación de la actividad agraria s/ disposición adicional del Decreto 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Resolución de 16/12/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, para el año 2026, las ayudas para la información y promoción de los productos agrícolas y alime</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de noviembre de 2025, de la Dirección General de Producción Agrícola y Ganadera por la que se convocan de forma anticipada para el ejercicio 2026 ayudas a la mejora de la competitividad y sostenibilidad explotaciones ganaderas de la CV</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de noviembre del 2025, del FEGA, por la que se convocan anticipadamente subvenciones para la realización de proyectos de investigación aplicada en el sector apícola y sus productos dentro de la ISA, en el marco PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de diciembre de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones productivas en explotaciones agrarias vinculadas a contribuir a la mitigación-adaptación al cambio climático, uso eficient</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de dic de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones en modernización y/o mejora de explotaciones agrarias en el marco del plan estratégico de la Política Agrícola Común de Es</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de diciembre de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones no productivas en explotaciones agrarias del Principado de Asturias vinculadas a la mitigación-adaptación al cambio climát</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo Ejecutivo de 17.11.2025, relativo a las bases que rigen la concesión de ayudas para promover prácticas sostenibles en las explotaciones agrarias de Menorca (CARB) y la convocatoria correspondiente para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L.  CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Orden de 21 de noviembre de 2025 por la que se establecen las bases reguladoras de las ayudas para paliar los daños producidos por el jabalí en los cultivos agrícolas y se convocan para el año 2026 (código de procedimiento MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCAN SUBVENCIONES PARA LA FINANCIACIÓN DE PROYECTOS INNOVADORES PARA LA TRANSFORMACIÓN TERRITORIAL Y LA LUCHA CONTRA LA DESPOBLACIÓN, PROMOVIDOS POR ENTIDADES SIN ÁNIMO DE LUCRO, DURANTE EL EJERCICIO DE 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Subvención 2026, Sector Agrícola, para incorporación social/laboral de menores/jóvenes cumpliendo o cumplido medidas judiciales, por Resolución de 14 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026 de ayudas a las entidades de gestión de las figuras de calidad agroalimentaria</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Orden de 12 de diciembre de 2025, por la que se establecen las bases reguladoras de las ayudas a las entidades reconocidas como agrupaciones de defensa sanitaria ganaderas (ADSG) de Galicia y se convocan para el año 2026-2027 (Código de procedimiento  MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Orden de 23 de diciembre de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan ayudas para la realización de acciones de formación, información y demostración en el marco del PEPAC de España 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas para el apoyo a la cooperación en actividades de información y promoción de los productos agrícolas y alimenticios gallegos acogidos a regímenes de calidad</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Ayuda extraordinaria para compensar daños en infraestructura productiva en explotaciones agrarias afectadas por la DANA. Relación A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Orden de 16 de Diciembre de 2025, por la que se convocan para el año 2026 las ayudas dirigidas a la ejecución, a través de las Agrupaciones de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>ORDEN de 30 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas, en concurrencia competitiva, para inversiones en reforestación con especies de frondosas y/o coníferas, cofinanciadas por el Fondo Europeo Agrícola de Desarroll</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>Ayudas 2026 destinadas a la Mejora de Eficiencia energética de regadíos (programa II) cuyos promotores son comunidades de regantes, s/Resolución de la Secretaría General de fecha 18/12/2025 que aprueba la convocatoria de las ayudas para el ejercicio 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 29 de diciembre de 2025 por la que se aprueba la convocatoria plurianual de subvenciones para la línea de fomento de contratación y regularización de Seguros Agrarios Combinados en el ejercio 2026 bajo la modadidad de gasto anticipado</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>ORDEN de 30 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas, en concurrencia competitiva, para el fomento y apoyo a las agrupaciones forestales de gestión conjunta de productores forestales, cofinanciadas por el Fondo Eur</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 para inversiones destinadas a la transformación y comercialización de productos agrícolas, s/ Resolución de 29 de octubre de 2025 que convoca</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícola. Ayudas Estado.(Interv, 7119 PEPAC), s/ II Convo  (PEPAC 2023-2027) G.A.L. SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Resolución, de 18/11/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, por el procedimiento de tramitación anticipada, para el año 2026, las ayudas para promover lap</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Orden de 24 de noviembre de 2025 por la que se aprueba la convocatoria del año 2025 de ayudas a proyectos de colaboración público-privada (ayudas para actividades no económicas de organismos de investigación).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. FEDESIBA</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Resolución de 23/12/2025, de la Dirección General de Desarrollo Rural, por la que se convocan para el año 2026 por el procedimiento de tramitación anticipada, las ayudas al establecimiento de jóvenes a la agricultura y a las inversiones para la mejora y/o</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 por la que aprueba las bases reguladoras para la concesión de las ayudas IA360 orientadas a potenciar la innovación empresarial en concurrencia competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 para las bases reguladoras de las ayudas para la mejora de la capacidad de la innovación de las empresas en Galicia 2026-2027 en régimen de concurrencia competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>resolución del 16 de diciembre de 2025, del Instituto Energético de Galicia por la que se aprueban las bases reguladoras de las ayudas para proyectos de ahorro y eficiencia energética en las empresas gallegas</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025, de la DG de Industrias, Innov. y Cadena Agroal., por la que se convoca para el ejercicio 2026 ayudas a inversiones en transformación, comercializ y/o desarrollo de productos agroalim. Intervención 68422-01 PYMES</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025, de la DG de Industrias, Innov. y Cadena Agroal., por la que se convoca para el ejercicio 2026 ayudas a inversiones en transformación, comercializ y/o desarrollo de productos agroalim. FRUTAS Y HORTAL. PYMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>Orden de 21 de diciembre de 2025 de la Consejería de Industria, Comercio y Empleo, por la que se convocan subvenciones para el año 2026 dirigidas a la adquisición de maquinaria industriales nueva en empresas industriales de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Ayudas 2025/2026 para mejora de las capacidades avanzadas de las pymes del sector del comercio al por menor, según convocatoria efectuada por Resolución de 21 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvenciones 2026 a empresas para financiar proyectos que promuevan la implantación de soluciones de inteligencia artificial de la Comunidad Autónoma de Extremadura  - s/ Decreto 173/2025 que las convoca</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
   </si>
   <si>
     <t>Impulso a la compra pública innovadora (CPI) L2 NO AYUDAS DEL ESTADO</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
   </si>
   <si>
-    <t>Impulso a la compra pública innovadora (CPI) REGIMEN 651</t>
-[...2087 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+    <t>RESOLUCIÓN de 23 de diciembre 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria por la que se convocan anticipadamente para el ejercicio 2026 las ayudas a las actividades de información y promoción de regímenes de calidad agroalimen</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3104,66 +3473,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H316"/>
+  <dimension ref="A1:H359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H316"/>
+      <selection activeCell="A1" sqref="A1:H359"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="588.571" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3214,8010 +3583,9136 @@
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1"/>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G16" s="1"/>
       <c r="H16" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>78</v>
-      </c>
-[...11 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1"/>
-      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B23" s="1"/>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>97</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="H26" s="1" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="H28" s="1" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G33" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H33" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" s="1" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>107</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>151</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>61</v>
+        <v>156</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>45</v>
+        <v>156</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G52" s="1"/>
       <c r="H52" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1"/>
       <c r="H53" s="1" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G54" s="1"/>
       <c r="H54" s="1" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>200</v>
+        <v>19</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>175</v>
+        <v>116</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>197</v>
+        <v>126</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>205</v>
+        <v>148</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G59" s="1"/>
       <c r="H59" s="1" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>12</v>
+        <v>203</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>221</v>
+        <v>133</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>225</v>
+        <v>112</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>234</v>
+        <v>9</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>235</v>
+        <v>180</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>242</v>
+        <v>87</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>246</v>
+        <v>145</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>253</v>
+        <v>238</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>186</v>
+        <v>234</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>257</v>
+        <v>145</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>108</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>259</v>
+        <v>233</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>260</v>
+        <v>234</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>222</v>
+        <v>123</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>266</v>
+        <v>112</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>270</v>
+        <v>222</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>274</v>
+        <v>251</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>275</v>
+        <v>252</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>276</v>
+        <v>253</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>191</v>
+        <v>254</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>281</v>
+        <v>111</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>282</v>
+        <v>258</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>284</v>
+        <v>260</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>20</v>
+        <v>265</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>281</v>
+        <v>145</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>289</v>
+        <v>268</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>281</v>
+        <v>140</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>292</v>
+        <v>273</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>281</v>
+        <v>126</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G88" s="1"/>
       <c r="H88" s="1" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>296</v>
+        <v>277</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>297</v>
+        <v>278</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>299</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>300</v>
+        <v>281</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>301</v>
+        <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>280</v>
+        <v>88</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>305</v>
+        <v>286</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>284</v>
+        <v>185</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>284</v>
+        <v>156</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>311</v>
+        <v>77</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>312</v>
+        <v>294</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>314</v>
+        <v>77</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>315</v>
+        <v>296</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>317</v>
+        <v>298</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>318</v>
+        <v>299</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>319</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>321</v>
+        <v>302</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>322</v>
+        <v>287</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>323</v>
+        <v>303</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>324</v>
+        <v>304</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>325</v>
+        <v>222</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>326</v>
+        <v>28</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>330</v>
+        <v>307</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>331</v>
+        <v>308</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>335</v>
+        <v>302</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>336</v>
+        <v>287</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>337</v>
+        <v>311</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>338</v>
+        <v>312</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>335</v>
+        <v>170</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>339</v>
+        <v>313</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>340</v>
+        <v>314</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>341</v>
+        <v>315</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>342</v>
+        <v>302</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>281</v>
+        <v>77</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>343</v>
+        <v>316</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>344</v>
+        <v>317</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="1" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>347</v>
+        <v>319</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>348</v>
+        <v>222</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>349</v>
+        <v>320</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>350</v>
+        <v>203</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>351</v>
+        <v>321</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>353</v>
+        <v>156</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>345</v>
+        <v>323</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>354</v>
+        <v>324</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>355</v>
+        <v>325</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>353</v>
+        <v>185</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>345</v>
+        <v>290</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>356</v>
+        <v>326</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>357</v>
+        <v>327</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>353</v>
+        <v>298</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>358</v>
+        <v>328</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>68</v>
+        <v>163</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>353</v>
+        <v>261</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>361</v>
+        <v>331</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G111" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H111" s="1" t="s">
-        <v>362</v>
+        <v>332</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>363</v>
+        <v>333</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>364</v>
+        <v>261</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>225</v>
+        <v>331</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>277</v>
+        <v>100</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>365</v>
+        <v>334</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>366</v>
+        <v>335</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>367</v>
+        <v>261</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>368</v>
+        <v>331</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>370</v>
+        <v>337</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>367</v>
+        <v>261</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>371</v>
+        <v>331</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>372</v>
+        <v>338</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>373</v>
+        <v>339</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>374</v>
+        <v>340</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>375</v>
+        <v>341</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>374</v>
+        <v>148</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>375</v>
+        <v>344</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>378</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>379</v>
+        <v>346</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>380</v>
+        <v>148</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>381</v>
+        <v>347</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>93</v>
+        <v>203</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>382</v>
+        <v>348</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>82</v>
+        <v>350</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>191</v>
+        <v>351</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G118" s="1"/>
+      <c r="G118" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H118" s="1" t="s">
-        <v>384</v>
+        <v>352</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>385</v>
+        <v>353</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>386</v>
+        <v>354</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G119" s="1"/>
+      <c r="G119" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H119" s="1" t="s">
-        <v>388</v>
+        <v>355</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>389</v>
+        <v>356</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>386</v>
+        <v>261</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>387</v>
+        <v>357</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G120" s="1"/>
+      <c r="G120" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H120" s="1" t="s">
-        <v>390</v>
+        <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>392</v>
+        <v>88</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>393</v>
+        <v>360</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G121" s="1"/>
+      <c r="G121" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H121" s="1" t="s">
-        <v>394</v>
+        <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>395</v>
+        <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>396</v>
+        <v>261</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>397</v>
+        <v>331</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G122" s="1"/>
+      <c r="G122" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H122" s="1" t="s">
-        <v>398</v>
+        <v>363</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>399</v>
+        <v>364</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>392</v>
+        <v>354</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>400</v>
+        <v>313</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G123" s="1"/>
+      <c r="G123" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H123" s="1" t="s">
-        <v>401</v>
+        <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>402</v>
+        <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>392</v>
+        <v>367</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>400</v>
+        <v>331</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G124" s="1"/>
+      <c r="G124" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H124" s="1" t="s">
-        <v>403</v>
+        <v>368</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>404</v>
+        <v>369</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>116</v>
+        <v>367</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>405</v>
+        <v>331</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>408</v>
+        <v>351</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>133</v>
+        <v>372</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F126" s="1"/>
       <c r="G126" s="1" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>409</v>
+        <v>373</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>410</v>
+        <v>374</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>408</v>
+        <v>344</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>411</v>
+        <v>375</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>412</v>
+        <v>376</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>413</v>
+        <v>377</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>91</v>
+        <v>378</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>415</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>414</v>
+        <v>382</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>417</v>
+        <v>383</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>418</v>
+        <v>384</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>419</v>
+        <v>96</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>276</v>
+        <v>375</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>421</v>
+        <v>386</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>61</v>
+        <v>375</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F131" s="1"/>
       <c r="G131" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>422</v>
+        <v>387</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>423</v>
+        <v>388</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>424</v>
+        <v>96</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>425</v>
+        <v>375</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F132" s="1"/>
       <c r="G132" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>426</v>
+        <v>389</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>428</v>
+        <v>24</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>429</v>
+        <v>55</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F133" s="1"/>
       <c r="G133" s="1" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>190</v>
+        <v>96</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>284</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F134" s="1"/>
       <c r="G134" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>432</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>433</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>367</v>
+        <v>96</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>339</v>
+        <v>396</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F135" s="1"/>
       <c r="G135" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>434</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>435</v>
+        <v>398</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>132</v>
+        <v>287</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>436</v>
+        <v>375</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G136" s="1"/>
       <c r="H136" s="1" t="s">
-        <v>437</v>
+        <v>399</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>438</v>
+        <v>400</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>405</v>
+        <v>24</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>280</v>
+        <v>55</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F137" s="1"/>
       <c r="G137" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>439</v>
+        <v>401</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>440</v>
+        <v>402</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F138" s="1"/>
       <c r="G138" s="1" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>442</v>
+        <v>403</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>443</v>
+        <v>404</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F139" s="1"/>
+      <c r="G139" s="1"/>
       <c r="H139" s="1" t="s">
-        <v>444</v>
+        <v>405</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>445</v>
+        <v>406</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>447</v>
+        <v>37</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>93</v>
+        <v>203</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>449</v>
+        <v>408</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F141" s="1"/>
       <c r="G141" s="1" t="s">
-        <v>85</v>
+        <v>203</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>450</v>
+        <v>409</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>451</v>
+        <v>410</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F142" s="1"/>
       <c r="G142" s="1" t="s">
-        <v>85</v>
+        <v>203</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>453</v>
+        <v>412</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>190</v>
+        <v>290</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>454</v>
+        <v>32</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F143" s="1"/>
+      <c r="G143" s="1"/>
       <c r="H143" s="1" t="s">
-        <v>455</v>
+        <v>413</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>456</v>
+        <v>414</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>457</v>
+        <v>24</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F144" s="1"/>
       <c r="G144" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>458</v>
+        <v>415</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>459</v>
+        <v>416</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>460</v>
+        <v>298</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>461</v>
+        <v>417</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>462</v>
+        <v>418</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>463</v>
+        <v>419</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>464</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>465</v>
+        <v>421</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>132</v>
+        <v>261</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>105</v>
+        <v>422</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>466</v>
+        <v>423</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>467</v>
+        <v>424</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>132</v>
+        <v>287</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>105</v>
+        <v>425</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>468</v>
+        <v>426</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>469</v>
+        <v>427</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>470</v>
+        <v>331</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>133</v>
+        <v>428</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>471</v>
+        <v>429</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>472</v>
+        <v>430</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>473</v>
+        <v>431</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>474</v>
+        <v>432</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>475</v>
+        <v>433</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>476</v>
+        <v>434</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>477</v>
+        <v>313</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>301</v>
+        <v>379</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>478</v>
+        <v>435</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>479</v>
+        <v>436</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>480</v>
+        <v>331</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>205</v>
+        <v>437</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>481</v>
+        <v>438</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>482</v>
+        <v>439</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>483</v>
+        <v>440</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>484</v>
+        <v>441</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>350</v>
+        <v>12</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>485</v>
+        <v>442</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>486</v>
+        <v>443</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>326</v>
+        <v>444</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>487</v>
+        <v>445</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>488</v>
+        <v>446</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>473</v>
+        <v>299</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>489</v>
+        <v>447</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>34</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>490</v>
+        <v>448</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>491</v>
+        <v>406</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>492</v>
+        <v>450</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F156" s="1"/>
       <c r="G156" s="1" t="s">
-        <v>42</v>
+        <v>203</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>493</v>
+        <v>407</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>494</v>
+        <v>451</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>495</v>
+        <v>382</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>496</v>
+        <v>452</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>497</v>
+        <v>453</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>495</v>
+        <v>454</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>498</v>
+        <v>43</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>499</v>
+        <v>455</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>500</v>
+        <v>456</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>501</v>
+        <v>422</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>498</v>
+        <v>444</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>502</v>
+        <v>457</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>503</v>
+        <v>131</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>504</v>
+        <v>419</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>505</v>
+        <v>42</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>506</v>
+        <v>458</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>507</v>
+        <v>459</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>508</v>
+        <v>460</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>358</v>
+        <v>461</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>509</v>
+        <v>462</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>510</v>
+        <v>463</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>511</v>
+        <v>99</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>512</v>
+        <v>48</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>513</v>
+        <v>464</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>510</v>
+        <v>465</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>511</v>
+        <v>466</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>512</v>
+        <v>467</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>350</v>
+        <v>265</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>514</v>
+        <v>468</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>510</v>
+        <v>469</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>511</v>
+        <v>33</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>512</v>
+        <v>357</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>515</v>
+        <v>470</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>510</v>
+        <v>471</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>511</v>
+        <v>472</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>512</v>
+        <v>473</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>516</v>
+        <v>474</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>510</v>
+        <v>475</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>511</v>
+        <v>476</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>512</v>
+        <v>473</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>517</v>
+        <v>477</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>510</v>
+        <v>478</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>511</v>
+        <v>33</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>512</v>
+        <v>479</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>518</v>
+        <v>480</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>510</v>
+        <v>481</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>511</v>
+        <v>52</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>512</v>
+        <v>482</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>519</v>
+        <v>483</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>520</v>
+        <v>484</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>498</v>
+        <v>52</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>77</v>
+        <v>485</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>521</v>
+        <v>486</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>522</v>
+        <v>487</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>361</v>
+        <v>450</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>523</v>
+        <v>488</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G170" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H170" s="1" t="s">
-        <v>524</v>
+        <v>489</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>511</v>
+        <v>48</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>512</v>
+        <v>360</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>525</v>
+        <v>491</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>526</v>
+        <v>492</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>77</v>
+        <v>494</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>88</v>
+        <v>271</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>527</v>
+        <v>495</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>528</v>
+        <v>496</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G173" s="1"/>
       <c r="H173" s="1" t="s">
-        <v>529</v>
+        <v>499</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>530</v>
+        <v>500</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>498</v>
+        <v>450</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>512</v>
+        <v>488</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>531</v>
+        <v>501</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>532</v>
+        <v>502</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>483</v>
+        <v>503</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>361</v>
+        <v>393</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>534</v>
+        <v>502</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>535</v>
+        <v>503</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>196</v>
+        <v>393</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>54</v>
+        <v>197</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>536</v>
+        <v>505</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>537</v>
+        <v>502</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>535</v>
+        <v>503</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>143</v>
+        <v>393</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>350</v>
+        <v>197</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>538</v>
+        <v>506</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>539</v>
+        <v>507</v>
       </c>
       <c r="B178" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H178" s="1" t="s">
         <v>508</v>
-      </c>
-[...16 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>541</v>
+        <v>509</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>489</v>
+        <v>510</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>9</v>
+        <v>511</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>542</v>
+        <v>265</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>543</v>
+        <v>512</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>544</v>
+        <v>513</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>326</v>
+        <v>38</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>221</v>
+        <v>360</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>546</v>
+        <v>515</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>284</v>
+        <v>166</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>281</v>
+        <v>516</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>547</v>
+        <v>517</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>548</v>
+        <v>518</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="C182" s="1"/>
       <c r="D182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>550</v>
+        <v>519</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>551</v>
+        <v>520</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>549</v>
+        <v>521</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>552</v>
+        <v>523</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>553</v>
+        <v>524</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>554</v>
+        <v>521</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>154</v>
+        <v>525</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>555</v>
+        <v>526</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>556</v>
+        <v>527</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>557</v>
+        <v>521</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>38</v>
+        <v>396</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>558</v>
+        <v>528</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>559</v>
+        <v>529</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>151</v>
+        <v>522</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>560</v>
+        <v>530</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>561</v>
+        <v>531</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>38</v>
+        <v>396</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>562</v>
+        <v>532</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>563</v>
+        <v>533</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>564</v>
+        <v>375</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>167</v>
+        <v>396</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>565</v>
+        <v>534</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>566</v>
+        <v>535</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>567</v>
+        <v>511</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>568</v>
+        <v>516</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>569</v>
+        <v>536</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>570</v>
+        <v>537</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>281</v>
+        <v>538</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>144</v>
+        <v>488</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>571</v>
+        <v>539</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>572</v>
+        <v>540</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>573</v>
+        <v>541</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>349</v>
+        <v>542</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>574</v>
+        <v>543</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>575</v>
+        <v>544</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>573</v>
+        <v>545</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>576</v>
+        <v>425</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G192" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H192" s="1" t="s">
-        <v>577</v>
+        <v>546</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>578</v>
+        <v>547</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>579</v>
+        <v>548</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>393</v>
+        <v>549</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>580</v>
+        <v>550</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>581</v>
+        <v>551</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>77</v>
+        <v>428</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>582</v>
+        <v>552</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>583</v>
+        <v>553</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>584</v>
+        <v>554</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>158</v>
+        <v>556</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>63</v>
+        <v>163</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>586</v>
+        <v>557</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>587</v>
+        <v>558</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>588</v>
+        <v>561</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>589</v>
+        <v>562</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>549</v>
+        <v>563</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>9</v>
+        <v>564</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>590</v>
+        <v>565</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>591</v>
+        <v>566</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>281</v>
+        <v>525</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>9</v>
+        <v>567</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>592</v>
+        <v>568</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>593</v>
-[...6 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="B199" s="1"/>
+      <c r="C199" s="1"/>
       <c r="D199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>595</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="B200" s="1"/>
+      <c r="C200" s="1"/>
       <c r="D200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>596</v>
+        <v>572</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>281</v>
+        <v>574</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>151</v>
+        <v>575</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>598</v>
+        <v>576</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>599</v>
+        <v>577</v>
       </c>
       <c r="B202" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C202" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>277</v>
+        <v>16</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>601</v>
+        <v>580</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>602</v>
+        <v>581</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>489</v>
+        <v>166</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>512</v>
+        <v>77</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>603</v>
+        <v>582</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>604</v>
+        <v>583</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>523</v>
+        <v>584</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>38</v>
+        <v>585</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>606</v>
+        <v>587</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>523</v>
+        <v>584</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>196</v>
+        <v>585</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205" s="1"/>
       <c r="H205" s="1" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>608</v>
+        <v>589</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>523</v>
+        <v>590</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>196</v>
+        <v>591</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G206" s="1"/>
       <c r="H206" s="1" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>611</v>
+        <v>590</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>170</v>
+        <v>591</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G207" s="1"/>
       <c r="H207" s="1" t="s">
-        <v>612</v>
+        <v>594</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>613</v>
+        <v>595</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>614</v>
+        <v>596</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>615</v>
+        <v>598</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>616</v>
+        <v>599</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>617</v>
+        <v>585</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>618</v>
+        <v>600</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>619</v>
+        <v>601</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>620</v>
+        <v>602</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>523</v>
+        <v>603</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>151</v>
+        <v>604</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>622</v>
+        <v>606</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>523</v>
+        <v>603</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>196</v>
+        <v>604</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>20</v>
+        <v>271</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>623</v>
+        <v>607</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>614</v>
+        <v>585</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>349</v>
+        <v>609</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>85</v>
+        <v>271</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>625</v>
+        <v>610</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="B213" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H213" s="1" t="s">
         <v>614</v>
-      </c>
-[...16 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>576</v>
+        <v>616</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>238</v>
+        <v>617</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>512</v>
+        <v>620</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>600</v>
+        <v>620</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>600</v>
+        <v>626</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>637</v>
+        <v>626</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>88</v>
+        <v>203</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>151</v>
+        <v>633</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>38</v>
+        <v>227</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>568</v>
+        <v>37</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>644</v>
+        <v>637</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>200</v>
+        <v>643</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G222" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H222" s="1" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>140</v>
+        <v>646</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G223" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="H223" s="1" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>140</v>
+        <v>360</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G224" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>271</v>
+      </c>
       <c r="H224" s="1" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>151</v>
+        <v>652</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>41</v>
+        <v>228</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G225" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H225" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H226" s="1" t="s">
         <v>656</v>
-      </c>
-[...19 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>41</v>
+        <v>227</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F227" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G227" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>197</v>
+        <v>649</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>66</v>
+        <v>660</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G228" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H228" s="1" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="C229" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="B229" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D229" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F229" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G229" s="1" t="s">
-        <v>93</v>
+        <v>197</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>41</v>
+        <v>667</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F230" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G230" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>41</v>
+        <v>293</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>61</v>
+        <v>671</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F231" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G231" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>41</v>
+        <v>293</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G232" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H232" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>158</v>
+        <v>293</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F233" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G233" s="1" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>41</v>
+        <v>678</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>71</v>
+        <v>679</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F234" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G234" s="1" t="s">
-        <v>27</v>
+        <v>203</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>175</v>
+        <v>682</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G235" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H235" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>158</v>
+        <v>682</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F236" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G236" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>158</v>
+        <v>633</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F237" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G237" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>41</v>
+        <v>227</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>71</v>
+        <v>691</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F238" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G238" s="1" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>158</v>
+        <v>642</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>677</v>
+        <v>694</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F239" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G239" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>158</v>
+        <v>293</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>677</v>
+        <v>257</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F240" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G240" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>158</v>
+        <v>699</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>677</v>
+        <v>668</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F241" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G241" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>41</v>
+        <v>702</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>660</v>
+        <v>703</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F242" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G242" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>696</v>
+        <v>639</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>697</v>
+        <v>77</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F243" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G243" s="1" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>242</v>
+        <v>683</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F244" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G244" s="1" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>235</v>
+        <v>710</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F245" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G245" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>260</v>
+        <v>714</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>221</v>
+        <v>718</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>708</v>
+        <v>609</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>187</v>
+        <v>718</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>711</v>
+        <v>609</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>175</v>
+        <v>257</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>714</v>
+        <v>111</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>717</v>
+        <v>257</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>718</v>
+        <v>111</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>222</v>
+        <v>688</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>721</v>
+        <v>72</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>54</v>
+        <v>197</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>171</v>
+        <v>228</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>697</v>
+        <v>729</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>726</v>
+        <v>257</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>727</v>
+        <v>111</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>222</v>
+        <v>257</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>730</v>
+        <v>111</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>175</v>
+        <v>257</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>381</v>
+        <v>111</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>668</v>
+        <v>737</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>734</v>
+        <v>257</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>735</v>
+        <v>111</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F256" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G256" s="1" t="s">
-        <v>93</v>
+        <v>197</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>669</v>
+        <v>738</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>737</v>
+        <v>257</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>738</v>
+        <v>111</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>553</v>
+        <v>741</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>705</v>
+        <v>257</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>708</v>
+        <v>257</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>714</v>
+        <v>111</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>350</v>
+        <v>29</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>744</v>
+        <v>257</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H260" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>660</v>
+        <v>688</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>677</v>
+        <v>111</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>67</v>
+        <v>711</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>752</v>
+        <v>664</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>484</v>
+        <v>753</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>484</v>
+        <v>260</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>277</v>
+        <v>203</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>67</v>
+        <v>759</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>229</v>
+        <v>760</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>85</v>
+        <v>271</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>542</v>
+        <v>56</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>582</v>
+        <v>767</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>49</v>
+        <v>770</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>766</v>
+        <v>694</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>49</v>
+        <v>770</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>82</v>
+        <v>776</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>191</v>
+        <v>777</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>683</v>
+        <v>111</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>683</v>
+        <v>107</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>683</v>
+        <v>785</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>735</v>
+        <v>788</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>783</v>
+        <v>231</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>787</v>
+        <v>254</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>225</v>
+        <v>123</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>735</v>
+        <v>795</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>680</v>
+        <v>785</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>797</v>
+        <v>231</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>800</v>
+        <v>123</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>82</v>
+        <v>809</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>62</v>
+        <v>809</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>225</v>
+        <v>264</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>808</v>
+        <v>777</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>809</v>
+        <v>260</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>542</v>
+        <v>29</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>812</v>
+        <v>253</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>779</v>
+        <v>473</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>803</v>
+        <v>323</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>677</v>
+        <v>822</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>680</v>
+        <v>729</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>350</v>
+        <v>197</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>677</v>
+        <v>809</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>680</v>
+        <v>825</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>677</v>
+        <v>231</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>800</v>
+        <v>145</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>823</v>
+        <v>243</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>824</v>
+        <v>9</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>827</v>
+        <v>87</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>58</v>
+        <v>197</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>829</v>
+        <v>233</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>830</v>
+        <v>234</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>831</v>
+        <v>145</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>834</v>
+        <v>254</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G293" s="1"/>
+      <c r="H293" s="1" t="s">
         <v>835</v>
-      </c>
-[...13 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H294" s="1" t="s">
         <v>839</v>
-      </c>
-[...13 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H295" s="1" t="s">
         <v>842</v>
-      </c>
-[...13 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H296" s="1" t="s">
         <v>846</v>
-      </c>
-[...13 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H297" s="1" t="s">
         <v>849</v>
-      </c>
-[...14 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>854</v>
+        <v>37</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G298" s="1"/>
+      <c r="G298" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>858</v>
+        <v>632</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>393</v>
+        <v>861</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>864</v>
+      </c>
+      <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F302" s="1"/>
+      <c r="G302" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G303" s="1"/>
+      <c r="G303" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>875</v>
+        <v>620</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>393</v>
+        <v>871</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>191</v>
+        <v>871</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G305" s="1"/>
+      <c r="G305" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>683</v>
+        <v>877</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>883</v>
+        <v>436</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>884</v>
+        <v>609</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G307" s="1"/>
+      <c r="G307" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>862</v>
+        <v>579</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>393</v>
+        <v>883</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G308" s="1"/>
+      <c r="G308" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H308" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H309" s="1" t="s">
         <v>888</v>
-      </c>
-[...17 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>893</v>
+        <v>880</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G310" s="1"/>
+      <c r="G310" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H310" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>897</v>
+        <v>880</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G311" s="1"/>
+      <c r="G311" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H311" s="1" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>853</v>
+        <v>895</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>894</v>
+        <v>193</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G312" s="1"/>
       <c r="H312" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G313" s="1"/>
+      <c r="G313" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H313" s="1" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>906</v>
+        <v>609</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G314" s="1"/>
+      <c r="G314" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H314" s="1" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>905</v>
+        <v>270</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G315" s="1"/>
+      <c r="G315" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H315" s="1" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" s="1"/>
+      <c r="H317" s="1" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H318" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="C316" s="1" t="s">
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D316" s="1" t="s">
+      <c r="B319" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...7 lines deleted...]
-        <v>913</v>
+      <c r="E319" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" s="1"/>
+      <c r="H320" s="1" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G324" s="1"/>
+      <c r="H324" s="1" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G332" s="1"/>
+      <c r="H332" s="1" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="C334" s="1"/>
+      <c r="D334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" s="1"/>
+      <c r="H338" s="1" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>1036</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>