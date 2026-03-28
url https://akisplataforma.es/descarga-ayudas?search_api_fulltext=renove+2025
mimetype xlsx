--- v1 (2026-02-05)
+++ v2 (2026-03-28)
@@ -12,3161 +12,2634 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="861">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>Orden Disponibilidad de crédito ComerciO 2025 LÍNEA 1. NUEV ESTABLECIMIENTO</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Orden Disponibilidad de crédito Comercio 2025 LÍNEA 2 MANT. ESTABLEC.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de economia, hacienda e innovación por la cual se aprueba la convocatoria de ayudas para los años 2024 i 2025 a los emprendedores y a las empresas con actividad en las illes balears para cubrir las comisiones de apertura i de estu</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Orden de 12 de febrero de 2025, por la que se convocan para el ejercicio 2025 las subvenciones a la suscripción de seguros agrarios en el marco del Plan de Seguros Agrarios Combinados y se establecen las determinaciones en relación con dichas subvenciones</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>PLAN ANUAL de SEGUROS AGRARIOS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Orden DES/37/2025, de 22 diciembre de 2025, por la que se convocan las ayudas financiadas por el FEAGA (Fondo Europeo Agrícola de Garantía) y FEADER (Fondo Europeo Agrícola de Desarrollo Rural) incluidas en la solicitud única para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Resolución, de 20/05/2025 de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de bienestar animal en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
     <t>Resolución, de 26/05/2025, de la Viceconsejería de Política Agraria Común y Políticas Agroambientales, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de conservación de razas autóctonas amenazadas de erosión genética en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Resolución del consejero de economia, hacienda e innovación por la cual se aprueba la convocatoria de ayudas para los años 2024 i 2025 a los emprendedores y a las empresas con actividad en las illes balears para cubrir las comisiones de apertura i de estu</t>
-[...19 lines deleted...]
-  <si>
     <t>Resolución, de 27/05/2025, de la Viceconsejería de Política Agraria Común y Políticas Agroambientales, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de Apicultura para la biodiversidad en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
   </si>
   <si>
-    <t>Ayudas 2025 excepcionales dirigidas a explotaciones agrícolas del sector de la cereza  afectadas por desastres naturales, según Decreto-Ley 3/2025 de 27 de mayo</t>
+    <t>Resolución de 29/12/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas en régimen de minimis para paliar los daños producidos en Castilla-La Manchap</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolución de 29/12/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas en régimen de minimis para paliar los daños relacionados con ataques de loboi</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Ayudas del Centro para el Desarrollo Tecnológicoa y la Innovación E.P.E. para la financiación de proyectos I+D (2025)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Bases reguladoras 2025-2027 y convocatoria para las ayudas a la mejora de la producción y comercialización de los productos de la apicultura en el marco de la Intervención Sectorial Apícola, recogida en el PEPAC, para la campaña del año 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AYUDAS A EMPRESAS SEC AGR.GANAD.FOREST E INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo a la partida presupuestaria 720007 72300 4400 412108 ‘PDR FEADER 2014-2022. Servicios de asesoramiento a través de INTIA’, del presupuesto de gastos de 2024 y su equivalente en 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayuda al establecimiento de agricultores y agricultoras a tiempo parcial en el marco del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2025 de la ayuda a inversiones en explotaciones agrarias PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2025 de la ayuda a inversiones en explotaciones agrarias (Objetivo Medioambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas, por la realización de programas sanitarios de prevención, control y erradicación de enfermedades de los animales, año 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ayudas a la promoción de productos agrícolas mediante la organización de certámenes ganaderos, para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayudas a la participación en ferias comerciales acogidas al régimen de mínimis</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025. Ayudas a asociaciones de productores agroalimentarios que realicen comercialización en canales cortos, y asociaciones gestoras de espacios TEST agrarios</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 Ayudas para  actividades de control y certificación a las figuras de calidad agroalimentarias de Navarra,  reconocidas como DOP o IGP, acogidas al régimen de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayudas a entidades locales para el fomento de los  canales cortos de comercialización de productos agroalimentarios</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria fomento de la innovación y divulgación forestal, periodo 2025 y 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria de ayudas para la campaña 2024-2025 a la gestión sostenible de los pastizales montanos en Navarra, incluidas en la Intervención 6881.1 Repoblación Forestal y Sistemas Agroforestales el PEPAC 2023- 2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025-2026 ayudas a la Cooperación para la promoción de los productos agrícolas y alimenticios en los regímenes de calidad, en el marco del PEPAC, de la Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética 2025. Reglamento 651/2014 de la Comisión</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Ayudas para realizar proyectos de innovación en las pymes industriales. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Ayudas para la creación y consolidación de empresas innovadoras de base tecnológica en 2025 en el marco del Plan de Recuperación, Transformación y Resiliencia - Financiado por la Unión Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre 2024 del director de la Agencia Valenciana de Fomento y Garantía Agraria por la que se convocan anticipadamente para el ejercicio 2025 las ayudas a las actividades de información y promoción de regímenes de calidad agroalimen</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de enero de 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria mediante la que se establece la convocatoria para concesión y solicitud de pago anual  de las ayudas incluidas en la solicitud única dentro del marco del</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de abril de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas para inversiones en modernización de infraestructuras y sistemas de riego en comunidades de regantes y comuni</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolución del 5 de mayo 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas previstas en la intervención 7119.02 LEADER del Plan Estratégico de la PAC 2023-2027 en la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de mayo de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan para el ejercicio 2025 ayudas para la cooperación en el marco de las intervenciones para el desarrollo rural del Plan Estratégico</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 23 de diciembre 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria por la que se convocan anticipadamente para el ejercicio 2026 las ayudas a las actividades de información y promoción de regímenes de calidad agroalimen</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolución de la Conselleria de Agricultura, Agua, Ganadería y Pesca, por la que se convocan para el ejercicio 2025, ayudas a la certificación de la producción ecológica en la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>Resolución de la directora general de Producción Agrícola y Ganadera, por la que se establece la convocatoria anticipada, para el Plan 2025, de las ayudas de la Comunitat Valenciana destinadas a la suscripción de seguros agrarios incluidos en los planes a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>Resolución de la Directora general de Producción Agrícola y Ganadera, por la que se establece la convocatoria anticipada, para el Plan 2025, de las ayudas de la Comunitat Valenciana destinadas a la suscripción de seguros agrarios incluidos en los planes a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de abril de 2025, de la Dirección General de Producción Agrícola y Ganadera por la que se convocan para el ejercicio 2025 las ayudas a la mejora de la competitividad y sostenibilidad de las explotaciones ganaderas de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolución DG de Producción Agrícola y Ganadera, para el ejercicio 2025 las ayudas previstas en la Orden 6/2024, por la que se aprueban las bases reguladoras de las ayudas indemnizatorias para la erradicación y el control de la bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de noviembre de 2025, de la Dirección General de Producción Agrícola y Ganadera por la que se convocan de forma anticipada para el ejercicio 2026 ayudas a la mejora de la competitividad y sostenibilidad explotaciones ganaderas de la CV</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolución, de la directora general de Producción Agrícola y Ganadera, por la que se efectúa la convocatoria anticipada, para el ejercicio 2025, las ayudas de mínimis destinadas a la replantación de parcelas frutícolas cuyo cultivo sea o haya sido destrui</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolución de la directora general de Producción Agrícola y Ganadera por la que se efectúa la convocatoria anticipada, para el ejercicio 2025, de las ayudas a las explotaciones agrícolas de cereza en zonas afectadas por factores climáticos, ambientales y</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 29 de diciembre de 2025 por la que se aprueba la convocatoria plurianual de subvenciones para la línea de fomento de contratación y regularización de Seguros Agrarios Combinados en el ejercio 2026 bajo la modadidad de gasto anticipado</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subvenciones 2025 para la prestación de asesoramiento técnico al sector agrícola en materia de protección de los vegetales Resolución 20 de diciembre de 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDEN DE 14  de  julio  de 2025, Ayudas contrat Seguros Agrarios Combin. 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subvenciones 2025 para financiación de préstamos a titulares de explotaciones agrícolas de olivar y viña de secano radicadas en Extremadura s/ Decreto 35/2025 de 6 de mayo que las convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subv. 2025 a titulares de explotaciones agrarias para fomentar la participación en regímenes de calidad de los alimentos. s/ Resolución de 19 de junio de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Subvenciones 2026 para la prestación de asesoramiento técnico al sector agrícola en materia de protección de los vegetales Resolución 3 de diciembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XXIV Convocatoria (PDR 2014-2020) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícola. Ayudas Estado.(Interv, 7119 PEPAC), s/ II Convo  (PEPAC 2023-2027) G.A.L. SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L.  CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Subvenciones 2026 a empresas para financiar proyectos que promuevan la implantación de soluciones de inteligencia artificial de la Comunidad Autónoma de Extremadura  - s/ Decreto 173/2025 que las convoca</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 a la implantación de sistemas de riego que promuevan el uso eficiente del agua y la energía en las explotaciones agrarias, según Decreto 12/2025, de 11 de marzo, que las convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Ayudas 2025-26 al establecimiento de personas jóvenes agricultores en la Comunidad Autónoma de Extremadura, primera convocatoria incorporada al Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ayudas 2025-26 Inversiones en Modernización y/o Mejora Explotaciones Agrarias en la que se establecen la persona joven agricultor, primera convocatoria incorporada en el Decreto 169/2024imera Convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Ayuda Complementaria a Jóvenes Agricultores/Agricultoras, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Agricultura Ecológica, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Ayudas Asociadas a la Agricultura, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 para inversiones destinadas a la transformación y comercialización de productos agrícolas, s/ Resolución de 29 de octubre de 2025 que convoca</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Ayudas Extremadura Avante a empresas para participación agrupada en la  Feria Fruit Attraction 2025, según el Acuerdo de 27 de marzo 2025 que las convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 a empresas para participación agrupada en la Feria Food Ingredients 2025, según el Acuerdo de 26 de agosto 2025 que las convoca.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 dirigida a municipios y entidades locales menores para financiar proyectos de dinamización comercial, según Decreto 130/2024, de 15 de octubre de 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 dirigida a asociaciones, federaciones y confederaciones del sector comercio para financiar proyectos de dinamización comercial, según Decreto 130/2024, de 15 de octubre de 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ayudas 2025/2026 para mejora de las capacidades avanzadas de las pymes del sector del comercio al por menor, según convocatoria efectuada por Resolución de 21 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvención 2026, Sector Agrícola, para incorporación social/laboral de menores/jóvenes cumpliendo o cumplido medidas judiciales, por Resolución de 14 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de marzo de 2025 por la que se establecen las bases reguladoras de las ayudas para el apoyo a la cooperación en actividades de información y promoción de los productos agrícolas y alimenticios gallegos acogidos a regímenes de calidad realizadas por grupos de productores, en el marco del Plan estratégico de la PAC 2023-2027, y se convocan para el ejercicio presupuestario 2025</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de abril de 2025 por la que se establecen las bases reguladoras de las ayudas para programas de calidad desarrollados por consejos reguladores de denominaciones de calidad agroalimentarias y se convocan para 2025 (código de procedimiento</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de junio de 2025 por la que se establecen las bases reguladoras de las ayudas a las explotaciones agrícolas pertenecientes a la indicación geográfica protegida Faba de Lourenzá y se convocan para el año 2025 (código de procedimiento MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas para el apoyo a la cooperación en actividades de información y promoción de los productos agrícolas y alimenticios gallegos acogidos a regímenes de calidad</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Orden del 30 de enero de 2025 por la que se establecen las bases reguladoras para la concesión, en régimen de concurrencia no competitiva, de subvenciones para el impulso de la innovación y sostenibilidad del comercio local y artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Orden de 21 de noviembre de 2025 por la que se establecen las bases reguladoras de las ayudas para paliar los daños producidos por el jabalí en los cultivos agrícolas y se convocan para el año 2026 (código de procedimiento MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>ORde do 26 de decembro de 2024 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2025 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDEN del 11 de junio de 2025 por la que se establecen las bases reguladoras de las ayudas destinadas las personas agricultoras jóvenes, en el marco del Plan Estratégico de la Política Agraria Común de España 2023-2027, cofinanciadas por el Fondo Europeo</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Orden de 21 de agosto de 2025 por la que se establecen las bases reguladoras de las ayudas destinadas al fomento de la utilización de instalaciones y equipamientos en común en régimen asociativo, en el marco del Plan Estratégico de la Política Agraria Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Orden de 18 de septiembre de 2025 por la que se establecen las bases reguladoras de las ayudas a las organizaciones profesionales agrarias y asociaciones agrarias para la realización actividades de interés agrario y las convoca para el año 2025 (código de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>Orden de 12 de diciembre de 2025, por la que se establecen las bases reguladoras de las ayudas a las entidades reconocidas como agrupaciones de defensa sanitaria ganaderas (ADSG) de Galicia y se convocan para el año 2026-2027 (Código de procedimiento  MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>ORde do 29 de decembro de 2025 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2026 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ORDEN de 30 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas, en concurrencia competitiva, para inversiones en reforestación con especies de frondosas y/o coníferas, cofinanciadas por el Fondo Europeo Agrícola de Desarroll</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDEN de 30 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas, en concurrencia competitiva, para el fomento y apoyo a las agrupaciones forestales de gestión conjunta de productores forestales, cofinanciadas por el Fondo Eur</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>resolución del 16 de diciembre de 2025, del Instituto Energético de Galicia por la que se aprueban las bases reguladoras de las ayudas para proyectos de ahorro y eficiencia energética en las empresas gallegas</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Ayudas para la mejora de la capacidad de la innovación y el desarrollo tecnológico de las empresas en Galicia, programa “Ticket Innova” para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 para las bases reguladoras de las ayudas para la mejora de la capacidad de la innovación de las empresas en Galicia 2026-2027 en régimen de concurrencia competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo Ejecutivo de 17.11.2025, relativo a las bases que rigen la concesión de ayudas para promover prácticas sostenibles en las explotaciones agrarias de Menorca (CARB) y la convocatoria correspondiente para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para la recuperación, el mantenimiento y la consolidación del entorno agrario y agrodiversidad en la isla de Ibiza para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>convocatoria de ayudas para la promoción de la ocupación y la mejora de la competitividad de cooperativas, microcooperativas y sociedades laborales de las Illes Balears para los años 2025 y 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas dirigidas al funcionamiento de agrupaciones empresariales innovadoras de las Islas Baleares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de Agricultura, Pesca i Medio Natural de convocatoria pública de subvención para actividades de educación ambiental en las Illes Balears a favor de entidades sin ánimo de lucro para el ejercicio 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Subvenciones para la promoción de los productos agrícolas y alimentarios en régimen de calidad. convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Ayudas para las agrupaciones de defensa vegetal para prevenir las plagas de los vegetales para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas al fomento de la agricultura ecológica, para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas al pago de los compromisos agroambientales de cultivos sostenibles por el uso de agua regenerada, para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 1.- FEDERACIONES Y UNIONES COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 2.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 3.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones forestales no productivas en prevención de daños forestales. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en la transformación, comercialización y desarrollo de productos agroalimentarios. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Ayudas regímenes de calidad de los productos agrícolas y alimenticios, 2025</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PARA LA PARTICIPACIÓN EN EL PROGRAMA de IMPULSO A LA CREACIÓN, CRECIMIENTO Y CONSOLIDACIÓN de NUEVAS INICIATIVAS EMPRESARIALES INNOVADORAS.</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA CONTRATACIÓN JÓVENES PROYECTOS INVESTIGACION-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PARA LA INVERSIÓN EN INNOVACIÓN de ENT. FORMACIÓN EMPLEO 2025</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>Resolución de 7/4/2025, de la Agencia de Ciencia, Competitividad Empresarial e Innovación Asturiana, que aprueba la convocatoria para la concesión de subvenciones para la ejecución de proyectos de I+D en el Principado de Asturias del ejercicio 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Convocatoria de Ayudas de fomento al emprendimiento innovador (Cheque Emprendedor) para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolución de 10 de 12 de 2024 de aprobación de convocatoria por gasto anticipado de concesión de subvenciones para los servicios de asesoramiento en las pequeñas y medianas explotaciones agrarias del P.A. en el marco del PEPAC 2023-2027 para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Subvención 2025 Cooperación para la sucesión de explotaciones agrícolas</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de abril de 2025, de la Consejería de Medio Rural y Política Agraria, por la que se aprueban las Bases Reguladoras y la Convocatoria de las Intervenciones en forma de pagos directos a la agricultura y a la ganadería y de las Intervenciones</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 21 de abril de 2025, por la que se aprueba la convocatoria de subvenciones para servicios de asesoría en las pequeñas y medianas explotaciones agrarias del Principado de Asturias realizadas por ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de abril de 2025, de la Consejería de Medio Rural y Política Agraria, por la que se aprueba la convocatoria de subvenciones a las entidades sin ánimo de lucro, con destino a la celebración de certámenes de productos agroalimentarios</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de diciembre de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones no productivas en explotaciones agrarias del Principado de Asturias vinculadas a la mitigación-adaptación al cambio climát</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de dic de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones en modernización y/o mejora de explotaciones agrarias en el marco del plan estratégico de la Política Agrícola Común de Es</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de diciembre de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones productivas en explotaciones agrarias vinculadas a contribuir a la mitigación-adaptación al cambio climático, uso eficient</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Orden de 17 de febrero de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas de reestructuración y reconversión de viñedo de la Región de Murcia, para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Orden de 18 de marzo de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas a la Cosecha en verde de la vendimia 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Orden de 16/04/2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, 1ª Convocatoria ayudas para la concesión de subvenciones, intervención 7161 "Coop.Grupos Operativos de la Asociación Europea para la innovación agrícola"</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Orden de 6 de mayo de 2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se convocan para el año 2025 subvenciones para las Organizaciones Profesionales Agrarias, para el fomento de actividades de servicio al sector agrario</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Resolución de 01/04/2025 del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas a la participación en ferias, eventos y misiones comerciales. Feria Saudi Agriculture. Arabia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolución de 08/04/2025, del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria plurianual de ayudas para incentivar la contratación de servicios de innovación y competitividad. Cheque Internacionalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de junio de 2025, del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas dirigidas a fomentar la innovación y el emprendimiento. Incubadoras.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Convocatoria Pyme Innova 2025 - Cámara de Sevilla</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, de 25 de octubre, por el que se regula la Intervención Sectorial Vitivinícola en el marco del Plan Estratégico de la Política Agrícola Común_Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>ORDEN 10 de ENERO 2025, de la Dirección General de la Producción Agricola y Ganadera por la que se convocan ayudas a la ejecución de programas nacionales veterinarios por las Asociaciones de Defensa Sanitaria Ganadera de concurrencia no competitiva</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Orden de 27 de enero de 2025, por la que se efectúa la convocatoria para el año 2025 de subvenciones correspondientes a las operaciones de Agricultura Ecológica de Mantenimiento de Frutal Secano y Frutal Regadío (6503.2), correspondientes a las Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Orden de 28 de enero de 2025, por la que se efectúa la convocatoria para el año 2025 de la subvención a la operación 10.1.14 Enmienda caliza del suelo para prevención y control de la podredumbre radical en formaciones adehesadas de la Medida 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Orden de 27 de marzo de 2025,convoc. 2025 de ayudas dirigidas a la ejecución, a través de las Agrup. de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria en régimen de concurrencia competitiva</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Orden de 30 de abril de 2025, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 1-  Ayudas para el impulso y la promoción de la integración de la entidades asociacitivas agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Orden de 30 de abril de 2025, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 2- Ayudas para promover e impulsar la fusión de entidades asociativas agroalimentarias de Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolución de 8 de mayo de 2025 por la que se convocan subvenciones a organizaciones y entidades representativas del sector agrario y de desarrollo rural en Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Orden de 20 de mayo de 2025, por la que se aprueban las bases reguladoras para la concesión de subvenciones, en Régimen de c.competitiva, dirigidas a los titulares de explotaciones agrícolas y ganaderas en municipios afectados por daños DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Orden de 16 de Diciembre de 2025, por la que se convocan para el año 2026 las ayudas dirigidas a la ejecución, a través de las Agrupaciones de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025, de la DG de Industrias, Innov. y Cadena Agroal., por la que se convoca para el ejercicio 2026 ayudas a inversiones en transformación, comercializ y/o desarrollo de productos agroalim. Intervención 68422-01 PYMES</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025, de la DG de Industrias, Innov. y Cadena Agroal., por la que se convoca para el ejercicio 2026 ayudas a inversiones en transformación, comercializ y/o desarrollo de productos agroalim. FRUTAS Y HORTAL. PYMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 29 MAYO de 2025, LÍNEA 4.2 inclusión lab Empresa Ordinaria. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolución de 2 de mayo de 2025, de la SGIM, por la que se convocan los incentivos de transición justa en la provincia de Almería para el proyecto tractor «Innovación y sostenibilidad en la industria auxiliar de la agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolución de XX de XXX de 2025 por la que se convocan en concurrencia competitiva subvenciones para proyectos de innovación desarrollados por Centros Tecnológicos. Linea 5 de la Orden de 10 de febrero de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, de LA D.G de FOMENTO de LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN de SUBVENCIONES PARA PROYECTOS de INNOVACIÓN POR LOS CLUSTERES LINEA 2 NO AYUDA de ESTADO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, de LA D.G de FOMENTO de LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN de SUBVENCIONES PARA PROYECTOS de INNOVACIÓN POR LOS CLUSTERES LINEA 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, de LA D.G de FOMENTO de LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN de SUBVENCIONES PARA ADQUISICICÓN de EQUIPAMIENTOS MEJORA INFRAESTRUCTURAS EN C.TECN. LINEA 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Orden AGA/…/2024, de 19 de diciembre, por la que se convocan subvenciones para la prestación de servicios de asesoramiento agrario, en el marco del Plan Estratégico Nacional de la PAC 2023-2027, para Aragón, para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/268/2025, de 6 de marzo, por la que se convocan subvenciones en materia de cooperación para los grupos operativos de la Asociación Europea para la Innovación (AEI), en el marco del Plan Estratégico Nacional de la PAC 23-27, para Aragón para 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/685/2025, de 23 de junio, por la que se aprueban las bases reguladoras y la convocatoria de ayudas sobre los daños en producciones e infraestructuras de las explotaciones agrarias como consecuencia de las lluvias torrenciales 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Orden AGA/XX/2025, de XX, por la que se convocan las subvenciones a la contratación de seguros agrarios en la comunidad autónoma de Aragón, para el año 2025 para las líneas del cuadragésimo sexto plan de seguros agrarios combinados (plan 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025 de , POR LA QUE SE CONVOCAN SUBVENCIONES A UNA PARTE DEL COSTE de CONTRATACIÓN de LOS SEGUROS AGRARIOS PARA EL EJERCICIO 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/…/2025, de 17 de diciembre, por la que se convocan subvenciones para la prestación de servicios de asesoramiento agrario, en el marco del Plan Estratégico Nacional de la PAC 2023-2027, para Aragón, para el año 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>Orden AGA/    /2024, a 7 de octubre, por la que se convocan subvenciones para inversiones en instalaciones de transformación y en infraestructuras vitivinícolas, estructuras e instrumentos de comercialización, para el año 2025 (ejercicio financiero 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>ORDEN de 23 de enero de 2025, que establece las BBRR de ayudas extraordinarias otorgadas por la Comunidad Autónoma para proporcionar apoyo financiero a las cooperativas agrarias aragonesas y aprueba su convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Orden AGA/    /2025, de 7 de abril, por la que se aprueba la convocatoria para complementar en el año 2025, con cargo al convenio FITE 2023, las subvenciones concedidas al amparo de las Órdenes industrias agroalimentarias 2022 y 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025 de 26 de agosto por la que se convocan subvenciones para inversiones en transformación, comercialización y desarrollo de productos agrícolas (industrias agroalimentarias), en el marco del PEPAC para el periodo 2023-2027 para el año 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025, de 20 de enero,  para la presentación de la solicitud única de ayudas de la Política Agrícola Común para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDEN/AGA/284/2025, de 10 de marzo, del Consejero de Agricultura, Ganadería y Alimentación, por la que se convocan subvenciones destinadas a la mejora de la producción y comercialización de los productos de la apicultura, para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Orden de 16 de mayo de 2025, de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, por la que se convocan ayudas a pequeñas y medianas empresas para actuaciones de digitalización.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca para la campaña 2025 La Acción III.1 “Ayuda para el suministro de animales reproductores de razas puras o razas comerciales originarios de la Comunidad”</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de agricultura, ganadería, pesca y soberanía alimentaria por la que se convocan para la campaña 2025, las ayudas de la subacción III.2.4 "Ayudas a la importación de terneros destinados al engorde"</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Orden Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria que convoca para la Campaña 2025 la Acción I.5 “Ayuda a los productores tradicionales de tomate de invierno” del Programa Comunitario de Apoyo a las producciones agrarias canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca para la campaña 2025 la “ayuda para la producción de miel de calidad procedente de la raza autóctona de abeja negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca, para la campaña 2025, la ayuda por superficie a los productores de aloe vera y olivo.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA, POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2025 LA AYUDA POR HECTÁREA PARA EL MANTENIMIENTO DEL CULTIVO de VIDES DESTINADAS A LA PRODUCCIÓN de VINOS CON DENOMINACIÓN de ORIGEN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACTO de LA ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN, PARA LA CAMPAÑA 2025, LAS AYUDAS de LA ACCIÓN III.2, APOYO AL SECTOR VACUNO</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2025, LAS AYUDAS de LA ACCIÓN III.6 AYUDA A LA PRODUCCIÓN LÁCTEA de CAPRINO Y OVINO de ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2025, LAS AYUDAS de LA ACCIÓN III.4 AYUDA A LA PRODUCCIÓN LÁCTEA de VACUNO de ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Subvenciones destinadas a compromisos agroambientales en superficies agrarias y compromisos y actividades de conservación de recursos genéticos (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Orden por la que se convocan para 2025, subvenciones destinadas a apoyar a Asociaciones Profesionales Agrarias - Sin Ánimo de Lucro</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a los municipios para la realización de obras nuevas y de mejora de las infraestructuras agrarias 2024-2025, reguladas por la Orden DES/25/2024, de 14 de agosto.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Orden DES/07/2025, de 24 de febrero de 2025, por la que se convocan las ayudas financiadas por el FEAGA (Fondo Europeo Agrícola de Garantía) y FEADER (Fondo Europeo Agrícola de Desarrollo Rural) incluidas en la solicitud única para el año 2025 y se recoge</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Convocatoria de las ayudas a las agrupaciones de defensa sanitaria ganaderas reconocidas en Cantabria para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Convocatoria  de ayudas para el año 2025 a las Organizaciones Profesionales Agrarias y Cooperativas Agrarias de Cantabria por colaborar en la cumplimentación de las solicitudes de la convocatoria de ayudas financiadas por el FEAGA Y FEADER</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...5 lines deleted...]
-    <t>Orden de 21 de julio 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se aprueba la convocatoria para el año 2025 de las ayudas de intervención en el sector apícola de la Comunidad Autónoma de la Región de Murcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para el establecimiento de jóvenes y nuevos agricultores y agricultoras en Cantabria en el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>ORDEN IND/57/2024, de 4 de diciembre, por la que se aporueba la Convocatoria para el años 2025 de las ayudas a la artesanía en Cantabria (Producción primaria de productos agrícolas.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Orden IND/39/2025, de 20 de agosto, por la que se aprueba para el año 2025 la convocatoria de subvenciones para asociaciones de comerciantes y sus federaciones y confederaciones y cooperativas de detallistas. No sujeto a minimis</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Orden de 21 de diciembre de 2025 de la Consejería de Industria, Comercio y Empleo, por la que se convocan subvenciones para el año 2026 dirigidas a la adquisición de maquinaria industriales nueva en empresas industriales de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Orden de 27 de enero de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan las intervenciones en forma de pagos directos, intervenciones de desarrollo rural y el establecimiento de requisitos comunes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Orden de 23 de marzo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo rural, por la que se convocan ayudas a vacunación frente a salmonella en avicultura de puesta en Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Orden  de 21 de marzo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan, para el año 2025, las ayudas para la reestructuración y reconversión de viñedos en la comunidad de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Orden de 8 de abril de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas a la cosecha en verde de viñedos en la Comunidad de Castilla y León para la vendimia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Orden de 22/04/2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan subvenciones a la transformación amparadas en la Intervención 6842.1 (objetivos ambientales) del PEPAC cofinanciadas por el FEADER - Línea MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Orden de 19 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al control de rendimiento lechero a las entidades oficialmente reconocidas para la realización del control lechero.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan  las ayudas destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Orden de 26 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las subvenciones a la suscripción de pólizas de seguros agrarios incluidos en los Planes Anuales de Seguros Agrarios Combinados.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Orden de 28 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan, para la campaña apícola del año 2025, las ayudas de la Intervención Sectorial Apícola en el marco del PEPAC 2023-2027 en Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al fomento de la cría e inscripción de ejemplares de razas puras de castilla y león en los libros genealógicos.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Orden de 12/08/2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2025 las ayudas para la promoción del dimensionamiento del cooperativismo agroalimentario, en la comunidad autónoma de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Orden de 23 de diciembre de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan ayudas para la realización de acciones de formación, información y demostración en el marco del PEPAC de España 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Orden de 12-diciembre-2025 de la Consejería de Economía y Hacienda por la que se efectúa la convocatoria del año 2026 destinadas a desarrollar y mejorar las capacidades de investigación e innovación del tejido empresarial a través de las AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Orden de 7 de mayo de 2025, de la Consejería de Industria, Comercio y Empleo, por la que se convocan las subvenciones para el año 2025 del programa de apoyo a la creación y al empleo en cooperativas y sociedades laborales. Programa II.- Inversiones</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Orden de 19 de junio de 2025, de la C. de Industria, Comercio y Empleo por la que se convocan subvenciones al fomento del relevo en la actividad por cuenta propia en Castilla y León (Relevacyl Autoempleo). Año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Orden de 19 de junio de 2025, de la C. de Industria, Comercio y Empleo, por la que se convocan subvenciones al fomento del espíritu emprendedor para garantizar el relevo productivo a través de las org. representativas de autónomos y de la economía social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Orden MAV/625/2025, de 12 de junio, por la que se aprueban las bases reguladoras y se convocan subvenciones para la digitalización de empresas de primera transformación de madera y otros productos maderables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Orden MAV/624/2025, de 12 de junio, por la que se aprueban las bases reguladoras y se convocan subvenciones para proyectos de emprendimiento digital y startups forestales en Castilla y León (RETECHFOR, PRTR, fondos Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Ayudas proyectos de investigación científica y Transferencia de tecnología, cofinanciadas por el FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Resolución, de 08/04/2025, de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria de las ayudas de la Intervención Sectorial Apícola en el marco del Plan Estratégico de la Política Agrícola Común en Castilla-La, para lac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolución de 11/12/2025, de la DG de Agricultura y Ganadería, por la que se convocan, en 2025, las ayudas de la Intervención 6505.2 Actividades de conservación, uso y desarrollo sostenible de los recursos genéticos ganaderos en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolución de 21/11/2024, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, por el procedimiento de tramitación anticipada, para el año 2025, las ayudas para para promover</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolución de 22/11/2024, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, por el procedimiento de tramitación anticipada, para el año 2025, las ayudas a la cooperación para la información y promoción de los pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Resolución de 17/12/2024, de la Dirección General de Desarrollo Rural, por la que se convocan, para el año 2025, por el procedimiento de tramitación anticipada, las ayudas al establecimiento de jóvenes a la agricultura y a las inversiones para la mejora y</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Orden de bases de subvenciones para acciones de formación en capacidades digitales, dirigida preferentemente a mujeres del ámbito rural, Plan Nacion. Competencias digitales, del PRTR, financiado por la U. E. -Next Generation EU-, y convocatoria 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Resolución de 23/12/2025, de la Dirección General de Desarrollo Rural, por la que se convocan para el año 2026 por el procedimiento de tramitación anticipada, las ayudas al establecimiento de jóvenes a la agricultura y a las inversiones para la mejora y/o</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolución de 18/12/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan, por el procedimiento de tramitación anticipada, en el año 2025, las subvenciones destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolución de 18/12/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan para el año 2025 las subvenciones al control del rendimiento lechero en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Resolución de 27/05/2025, de la Dirección General de Ordenación Agropecuaria, por la que se establece la convocatoria de ayudas adicionales a la contratación de seguros agrarios en Castilla-La Mancha incluidos en el cuadragésimo sexto Plan de Seguros Agrarios Combinados (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolución de 30/05/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de minimis, ayudas en especie para la participación agrupada en el stand que contratará la Consejería de Agricultura, Ganadería y Desarrollo Rural para la asistencia a la feria agroalimentaria Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolución, de 18/11/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, por el procedimiento de tramitación anticipada, para el año 2026, las ayudas para promover lap</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolución de 16/12/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, para el año 2026, las ayudas para la información y promoción de los productos agrícolas y alime</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolución de 22/04/2025, de la Secretaría General, por la que se realiza la convocatoria, en régimen de concurrencia competitiva, para el año 2025, de ayudas a las organizaciones profesionales agrarias y a las entidades asociativas sin ánimo de lucro, pa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Convocatoria de 20 becas para la matrícula  del curso de verano 2025 del Vicerrectorado de Cultura, Deporte y Compromiso Social de la UCLM “Emprendimiento en el sector veterinario y agroganadero: oportunidades y desafíos" CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolución de 04/08/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan ayudas, en régimen de minimis, por la tenencia y mantenimiento de perros mastines para la defensa y guarda de ganado ovino y caprinoe</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Subvenciones a cupones a la competitividad empresarial:Innovación 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Ayudas para la transformación del cooperativismo agroalimentario catalán y el fomento de la competitividad y la sostenibilidad ambiental, social y económica (IMPULS.COOP) correspondientes a 2025, 2026 y 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrícola en materia de sanidad vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Ayudas al desarrollo y validación de tratamientos innovadores en la gestión de deyecciones ganaderas correspondientes a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ayudas a la mejora de los procesos de transformación y comercialización de los productos agroalimentarios correspondientes al año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Ayudas para el fomento de las actuaciones de las agrupaciones de defensa forestal (ADF) para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Ayudas a la conservación de los recursos genéticos agrícolas dirigidas a entidades de conservación, en el marco del Plan estratégico de la PAC 2023-2027 correspondientes a 2025</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Ayudas a las líneas del Plan de seguros agrarios 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Resolución EMT//2024, de, por la que se abre la convocatoria anticipada para el año 2025 para la concesión de subvenciones para el fomento de la contratación con formación en el marco de las campañas agrarias en Lleida (SOC - CAMPAÑA AGRARIA EN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Ayudas a municipios de la Comunidad de Madrid para el desarrollo de actividades de promoción comercial y ferial 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Ayudas Agrupaciones de Tratamiento Integrado en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria renta para jóvenes agricultores y agricultoras 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ayuda agricultores determinados cultivos afronten dificultades campaña 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AYUDAS ORGANIZ.  PROFES. AGRARIAS Y UNION COOP. AGRARIAS (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AYUDAS UNION COOP. AGRARIAS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Orden de 29 de diciembre de 2025 por la que se establecen las bases reguladoras del Programa Galicia Suma Talento: Empléate de incentivos a la contratación en la empresa ordinaria, y se procede a su convocatoria para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Orden de 29 de diciembre de 2025 por la que se establecen las bases reguladoras para la concesión de subvenciones públicas, destinadas a la financiación del Programa Investigo, de contratación de personas jóvenes demandantes de empleo</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Orden de 30 de diciembre de 2025 por la que se establecen las bases reguladoras del Programa de incentivos a las empresas calificadas como iniciativas de empleo de base tecnológica (IEBT), y se procede a su convocatoria para el año 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>Convocatoria derivada de las bases reguladoras de las ayudas para apoyar la actividad científica de los grupos de investigación de Cataluña (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Ayuda para sufragar el precio del gasóleo consumido por los productores agrarios arts 24 a 27 Real Decreto Ley 20/2022. Año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Orden de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, por la que se convocan ayudas a pequeñas y medianas empresas para actuaciones de digitalización</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Orden IND/8/2026, de 25 de febrero, por la que se aprueba la convocatoria de subvenciones destinadas al fomento del empleo y mejora de la competitividad en las cooperativas y sociedades laborales. 
+Reglamento (UE) 1408/2013 de Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Orden de 27 de febrero de 2025, de la Consejería de Industria, Comercio y Empleo por la que se convocan subvenciones para la financiación de las unidades de apoyo a la actividad profesional en los centros especiales de empleo para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/XXX/2026, de XX de xxxx, del Consejero de Agricultura, Ganadería y Alimentación, por la que se convocan subvenciones destinadas a la mejora de la producción y comercialización de los productos de la apicultura, para el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Plan de renovación del Parque Nacional de Maquinaria Agraria (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 13 de marzo de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España Mejores Vinos, año 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 17 de marzo de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España a la Mejor Bebida Espirituosa con Indicación Geográfica, año 2025”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 7 de abril de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España a los Mejores Jamones, año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2025 del Fondo Español de Garantía Agraria O. A. (FEGA), por la que se convocan ayudas a inversiones materiales o inmateriales en transformación, comercialización o desarrollo de productos agroalimentarios PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Programas plurirregionales de formación 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Plan de renovación del Parque Nacional de Maquinaria Agraria (PLAN RENOVE) para el ejercicio 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 3 de febrero de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España, año 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolución de 27 de marzo, por la que se convocan para el ejercicio 2025, las subvenciones destinadas al programa Cultiva, relativo a estancias formativas de jóvenes agricultores en explotaciones modelo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de noviembre del 2025, del FEGA, por la que se convocan anticipadamente subvenciones para la realización de proyectos de investigación aplicada en el sector apícola y sus productos dentro de la ISA, en el marco PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de diciembre de 2025, del FEGA, por la que se convocan anticipadamente las subvenciones de servicios de asesoramiento de ámbito supraautonómico en el marco del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de mayo de 2025 de la Presidencia del Centro para el Desarrollo Tecnológico y la Innovación E.P.E. (CDTI), por la que se aprueba la convocatoria para el año 2025 de ayudas destinadas a proyectos de I+D Misiones Ciencia e Innovación.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Orden de 24 de noviembre de 2025 por la que se aprueba la convocatoria del año 2025 de ayudas a proyectos de colaboración público-privada (ayudas para actividades no económicas de organismos de investigación).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Convocatoria correspondiente a 2025 de las ayudas de apoyo a agrupaciones empresariales innovadoras con objeto de mejorar su competitividad y su contribución a la autonomía estratégica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025. PROYECTOS GARANTÍA de RENTAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 PARA PROYECTOS de GARANTÍA de RENTAS</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 PARA PROYECTOS GENERADORES de EMPLEO ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 (Empleo Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 (Garantía de Rentas)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario en Zonas Rurales Deprimidas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO PARA ZONAS RURALES DEPRIMIDAS (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...269 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCAN SUBVENCIONES PARA LA FINANCIACIÓN de PROYECTOS INNOVADORES PARA LA TRANSFORMACIÓN TERRITORIAL Y LA LUCHA CONTRA LA DESPOBLACIÓN, PROMOVIDOS POR ENTIDADES SIN ÁNIMO de LUCRO, DURANTE EL EJERCICIO de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Ayudas para la incorporación de nuevos agricultores. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AYUDAS INVERSIONES MODERNIZACIÓN Y/O MEJORA EXPLOTACIONES AGRARIAS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>AYUDAS A LA PRODUCCIÓN Y COMERCIALIZACIÓN de LA MIEL AÑO 2025 FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolución de 22/04/2025, de la Secretaría General, por la que se realiza la convocatoria, en régimen de concurrencia competitiva, para el año 2025, de ayudas a las organizaciones profesionales agrarias y a las entidades asociativas sin ánimo de lucro, pa</t>
-[...253 lines deleted...]
-  <si>
     <t>FEADER ayudas fomento de forestación tierras agrícolas Com. Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AYUDAS A EMPRESAS SEC AGR.GANAD.FOREST E INDUST DESARR PROY INV 2025</t>
-[...253 lines deleted...]
-  <si>
     <t>FEADER.AYUDA AGRIC Y GANAD ECOLOGICA.PEPAC.PROG 2025-29 Y ANUAL</t>
   </si>
   <si>
-    <t>2025-06-10</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al fomento de la cría e inscripción de ejemplares de razas puras de castilla y león en los libros genealógicos.</t>
-[...295 lines deleted...]
-  <si>
     <t>FEADER AYUDAS INCORPORACIÓN JÓVENES AGRICULTORES CONVOCATORIA 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDEN AGA/685/2025, de 23 de junio, por la que se aprueban las bases reguladoras y la convocatoria de ayudas sobre los daños en producciones e infraestructuras de las explotaciones agrarias como consecuencia de las lluvias torrenciales 2025.</t>
-[...1724 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+    <t>Orde do 30 de decembro de 2025 pola que se establecen as bases reguladoras e a convocatoria para o ano 2026 das axudas para estudos e investimentos vinculados á conservación, á recuperación e á rehabilitación do patrimonio natural e cultural e á sensibili</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 por la que se convocan las ayudas a la valorización,  segunda transformación e ecoinnovación de productos forestales y a la digitalización da segunda transformación y ecoinnovación de pro</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolución del 31 de diciembre de 2025, por la que se establecen y se convocan las ayudas para la organización de actividades formativas no regladas y y actividades de divulgación que impulsen el conocimiento y la competitividad de la industria forestal</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Convocatoria del 2026,para el ejercicio 2025, para la concesión de subvenciones de la línea 2 a las empresas de inserción para la realización de acciones para la mejora del empleo y la inserción laboral de los colectivos en riesgo de exclusión social</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de marzo de 2026 de la Consejería de Medio Rural y Política Agraria, por la que se convocan las ayudas de las Intervenciones en forma de pagos directos y de las Intervenciones de Desarrollo Rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Convocatoria Ayudas a la Producción y Comercialización de la Miel, en el Marco de la Intervención Sectorial Apícola para el AÑO 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Resolcuión de 13 de marzo de 2026, Subv Orden de 9 de abril de 2025 Linea 4.2.Subvenciones a empresas privadas del mercado ordinario de trabajo por cada participante que contraten durante los tres meses posteriores a la finali.itinerario.Minimis Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Orden del 29 de diciembre de 2025,  por la que se establecen las bases reguladoras del Programa de ayudas para implantar la igualdad laboral, la conciliación y la responsabilidad social empresarial (RSE),  y se procede a su convocatoria para el año 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Resolución de 9de marzo de 2026, de la Consejería de Medio Rural y Política Agraria, por la que se convocan las ayudas de las Intervenciones en forma de pagos directos a la agricultura y a la ganadería y de las Intervenciones de Desarrollo Rural dentro</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 por la que aprueba las bases reguladoras para la concesión de las ayudas IA360 orientadas a potenciar la innovación empresarial en concurrencia competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se establecen axudas aos investimentos en tecnoloxías forestais, procesamento, mobilización e comercializacion de produtos forestais</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
     <t>Ayudas 2026 destinadas a la Mejora de Eficiencia energética de regadíos (programa II) cuyos promotores son comunidades de regantes, s/Resolución de la Secretaría General de fecha 18/12/2025 que aprueba la convocatoria de las ayudas para el ejercicio 2026.</t>
   </si>
   <si>
     <t>2026-03-25</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
   </si>
   <si>
-    <t>RESOLUCIÓN de 29 de diciembre de 2025 por la que se aprueba la convocatoria plurianual de subvenciones para la línea de fomento de contratación y regularización de Seguros Agrarios Combinados en el ejercio 2026 bajo la modadidad de gasto anticipado</t>
-[...52 lines deleted...]
-  <si>
     <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. FEDESIBA</t>
   </si>
   <si>
     <t>2026-03-26</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3473,66 +2946,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H359"/>
+      <selection activeCell="A1" sqref="A1:H293"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="588.571" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3546,9173 +3019,7531 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G13" s="1"/>
       <c r="H13" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>71</v>
-      </c>
-[...17 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>103</v>
-      </c>
-[...14 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>148</v>
+        <v>45</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H45" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>161</v>
+        <v>65</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H51" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H52" s="1" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G53" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H53" s="1" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G54" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H54" s="1" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>56</v>
+        <v>176</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>116</v>
+        <v>200</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>126</v>
+        <v>204</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>148</v>
+        <v>204</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>126</v>
+        <v>186</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>24</v>
+        <v>209</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G59" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H59" s="1" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>213</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>203</v>
+        <v>176</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>37</v>
+        <v>170</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>16</v>
+        <v>176</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>56</v>
+        <v>176</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>56</v>
+        <v>176</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>112</v>
+        <v>232</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>9</v>
+        <v>235</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>16</v>
+        <v>176</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>145</v>
+        <v>246</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>108</v>
+        <v>176</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>234</v>
+        <v>249</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>145</v>
+        <v>250</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>108</v>
+        <v>176</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>236</v>
+        <v>251</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>234</v>
+        <v>212</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>145</v>
+        <v>253</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>108</v>
+        <v>254</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>234</v>
+        <v>257</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>145</v>
+        <v>258</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>108</v>
+        <v>254</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>238</v>
+        <v>259</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>233</v>
+        <v>260</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>234</v>
+        <v>261</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>145</v>
+        <v>262</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>108</v>
+        <v>254</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>239</v>
+        <v>263</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>233</v>
+        <v>264</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>108</v>
+        <v>254</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>233</v>
+        <v>266</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>234</v>
+        <v>267</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>145</v>
+        <v>268</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>108</v>
+        <v>254</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>241</v>
+        <v>269</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>242</v>
+        <v>270</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>123</v>
+        <v>272</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>44</v>
+        <v>254</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>244</v>
+        <v>273</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>245</v>
+        <v>274</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>243</v>
+        <v>275</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>247</v>
+        <v>277</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>222</v>
+        <v>278</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>108</v>
+        <v>254</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>248</v>
+        <v>281</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>156</v>
+        <v>282</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>49</v>
+        <v>254</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>251</v>
+        <v>283</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>252</v>
+        <v>284</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>253</v>
+        <v>285</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H82" s="1" t="s">
-        <v>255</v>
+        <v>287</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>256</v>
+        <v>288</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>257</v>
+        <v>170</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>111</v>
+        <v>161</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>49</v>
+        <v>254</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>258</v>
+        <v>289</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>259</v>
+        <v>290</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>261</v>
+        <v>170</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>49</v>
+        <v>254</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>262</v>
+        <v>292</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>263</v>
+        <v>293</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>264</v>
+        <v>294</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>9</v>
+        <v>295</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>266</v>
+        <v>296</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>267</v>
+        <v>297</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>264</v>
+        <v>298</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>145</v>
+        <v>299</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>163</v>
+        <v>254</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>268</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>269</v>
+        <v>301</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>140</v>
+        <v>302</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>271</v>
+        <v>254</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>272</v>
+        <v>303</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>111</v>
+        <v>305</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>126</v>
+        <v>306</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G88" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>254</v>
+      </c>
       <c r="H88" s="1" t="s">
-        <v>274</v>
+        <v>307</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>275</v>
+        <v>308</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>111</v>
+        <v>309</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
+        <v>310</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>254</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>276</v>
+        <v>311</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>277</v>
+        <v>312</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>111</v>
+        <v>313</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>278</v>
+        <v>314</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>279</v>
+        <v>315</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>111</v>
+        <v>316</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>9</v>
+        <v>240</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>280</v>
+        <v>317</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>281</v>
+        <v>318</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>92</v>
+        <v>319</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>9</v>
+        <v>320</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>282</v>
+        <v>321</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>283</v>
+        <v>322</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>284</v>
+        <v>323</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>286</v>
+        <v>325</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>185</v>
+        <v>326</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>288</v>
+        <v>327</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>289</v>
+        <v>328</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>156</v>
+        <v>65</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>291</v>
+        <v>329</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>292</v>
+        <v>330</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>293</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>77</v>
+        <v>331</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G96" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H96" s="1" t="s">
-        <v>294</v>
+        <v>332</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>295</v>
+        <v>333</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>293</v>
+        <v>121</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>77</v>
+        <v>129</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G97" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H97" s="1" t="s">
-        <v>296</v>
+        <v>334</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>297</v>
+        <v>335</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>298</v>
+        <v>336</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>337</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>338</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>303</v>
+        <v>339</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>304</v>
+        <v>340</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>222</v>
+        <v>129</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>305</v>
+        <v>341</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>306</v>
+        <v>342</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>307</v>
+        <v>343</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>308</v>
+        <v>344</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>302</v>
+        <v>345</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>287</v>
+        <v>346</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>309</v>
+        <v>347</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>310</v>
+        <v>348</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>302</v>
+        <v>83</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>287</v>
+        <v>346</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>311</v>
+        <v>349</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>312</v>
+        <v>350</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>170</v>
+        <v>345</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>313</v>
+        <v>346</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>315</v>
+        <v>352</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>302</v>
+        <v>345</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>77</v>
+        <v>346</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>316</v>
+        <v>353</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>317</v>
+        <v>354</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>156</v>
+        <v>355</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>290</v>
+        <v>200</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>318</v>
+        <v>356</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>319</v>
+        <v>357</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>222</v>
+        <v>355</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>321</v>
+        <v>358</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>322</v>
+        <v>359</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>156</v>
+        <v>360</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>323</v>
+        <v>136</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>12</v>
+        <v>361</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>324</v>
+        <v>362</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>325</v>
+        <v>363</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>185</v>
+        <v>364</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>290</v>
+        <v>365</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>39</v>
+        <v>361</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>326</v>
+        <v>366</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>327</v>
+        <v>367</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>298</v>
+        <v>368</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>163</v>
+        <v>361</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>369</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>370</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>261</v>
+        <v>371</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>331</v>
+        <v>372</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>100</v>
+        <v>361</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>333</v>
+        <v>374</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>261</v>
+        <v>375</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>331</v>
+        <v>376</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>334</v>
+        <v>377</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>335</v>
+        <v>378</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>261</v>
+        <v>379</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>331</v>
+        <v>380</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>336</v>
+        <v>381</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>337</v>
+        <v>382</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>261</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>338</v>
+        <v>384</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>339</v>
+        <v>385</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>340</v>
+        <v>386</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>341</v>
+        <v>146</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>25</v>
+        <v>171</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>387</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>388</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>148</v>
+        <v>389</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>344</v>
+        <v>136</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>39</v>
+        <v>171</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>388</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>148</v>
+        <v>389</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>347</v>
+        <v>136</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>203</v>
+        <v>171</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>348</v>
+        <v>391</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>349</v>
+        <v>388</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>350</v>
+        <v>389</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>351</v>
+        <v>136</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>39</v>
+        <v>171</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>352</v>
+        <v>392</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>354</v>
+        <v>389</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>39</v>
+        <v>171</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>355</v>
+        <v>393</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>356</v>
+        <v>388</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>261</v>
+        <v>389</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>358</v>
+        <v>394</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>359</v>
+        <v>388</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>88</v>
+        <v>389</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>360</v>
+        <v>136</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>361</v>
+        <v>395</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>362</v>
+        <v>388</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>261</v>
+        <v>389</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>331</v>
+        <v>136</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>363</v>
+        <v>396</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>354</v>
+        <v>389</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>313</v>
+        <v>136</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>397</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>398</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>367</v>
+        <v>326</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>331</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>369</v>
+        <v>400</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>367</v>
+        <v>401</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>331</v>
+        <v>146</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>370</v>
+        <v>402</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>403</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>351</v>
+        <v>249</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>404</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F126" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G126" s="1" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>373</v>
+        <v>405</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>406</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>344</v>
+        <v>407</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>375</v>
+        <v>404</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>29</v>
+        <v>171</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>376</v>
+        <v>408</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>377</v>
+        <v>409</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>378</v>
+        <v>410</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>404</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F128" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G128" s="1" t="s">
-        <v>271</v>
+        <v>171</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>380</v>
+        <v>411</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>412</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>24</v>
+        <v>413</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>382</v>
+        <v>414</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F129" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G129" s="1" t="s">
-        <v>25</v>
+        <v>415</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>383</v>
+        <v>416</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>417</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>96</v>
+        <v>418</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>375</v>
+        <v>419</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>415</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>421</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>375</v>
+        <v>422</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G131" s="1" t="s">
-        <v>29</v>
+        <v>415</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>387</v>
+        <v>423</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>375</v>
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F132" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G132" s="1" t="s">
-        <v>29</v>
+        <v>415</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>389</v>
+        <v>425</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>390</v>
+        <v>426</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>24</v>
+        <v>427</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F133" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>271</v>
+        <v>415</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>391</v>
+        <v>428</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>392</v>
+        <v>429</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>96</v>
+        <v>427</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>393</v>
+        <v>422</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F134" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>44</v>
+        <v>415</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>430</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
+        <v>431</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>396</v>
+        <v>432</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F135" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>44</v>
+        <v>415</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>397</v>
+        <v>433</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>398</v>
+        <v>434</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>287</v>
+        <v>379</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>375</v>
+        <v>435</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G136" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H136" s="1" t="s">
-        <v>399</v>
+        <v>436</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>400</v>
+        <v>437</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>55</v>
+        <v>439</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>401</v>
+        <v>440</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>402</v>
+        <v>441</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>96</v>
+        <v>442</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>37</v>
+        <v>443</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F138" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>403</v>
+        <v>444</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>404</v>
+        <v>445</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G139" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H139" s="1" t="s">
-        <v>405</v>
+        <v>446</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>406</v>
+        <v>447</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F140" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>407</v>
+        <v>448</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>408</v>
+        <v>449</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>24</v>
+        <v>414</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>37</v>
+        <v>450</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F141" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G141" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>409</v>
+        <v>451</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>410</v>
+        <v>452</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F142" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G142" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>411</v>
+        <v>453</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>412</v>
+        <v>454</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>290</v>
+        <v>326</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G143" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>413</v>
+        <v>455</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>414</v>
+        <v>456</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>382</v>
+        <v>78</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F144" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G144" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>415</v>
+        <v>457</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>416</v>
+        <v>458</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>298</v>
+        <v>33</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>299</v>
+        <v>459</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>417</v>
+        <v>460</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>418</v>
+        <v>461</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>367</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>419</v>
+        <v>462</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>420</v>
+        <v>463</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>421</v>
+        <v>464</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>261</v>
+        <v>465</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>422</v>
+        <v>466</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>423</v>
+        <v>467</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>424</v>
+        <v>468</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>287</v>
+        <v>465</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>426</v>
+        <v>469</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>427</v>
+        <v>470</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>331</v>
+        <v>37</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>428</v>
+        <v>471</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>429</v>
+        <v>472</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>430</v>
+        <v>473</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>431</v>
+        <v>258</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>433</v>
+        <v>475</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>434</v>
+        <v>473</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>313</v>
+        <v>258</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>379</v>
+        <v>474</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>435</v>
+        <v>476</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>436</v>
+        <v>477</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>331</v>
+        <v>88</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>437</v>
+        <v>478</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>438</v>
+        <v>479</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>439</v>
+        <v>480</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>440</v>
+        <v>99</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>441</v>
+        <v>478</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>442</v>
+        <v>481</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>443</v>
+        <v>482</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>287</v>
+        <v>99</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>444</v>
+        <v>478</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>445</v>
+        <v>483</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>446</v>
+        <v>484</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>299</v>
+        <v>99</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>447</v>
+        <v>478</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>448</v>
+        <v>485</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>406</v>
+        <v>486</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>449</v>
+        <v>487</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>450</v>
+        <v>488</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F156" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G156" s="1" t="s">
-        <v>203</v>
+        <v>489</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>407</v>
+        <v>490</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>451</v>
+        <v>491</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>382</v>
+        <v>492</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>375</v>
+        <v>493</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>452</v>
+        <v>494</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>453</v>
+        <v>495</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>454</v>
+        <v>99</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>34</v>
+        <v>489</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>455</v>
+        <v>496</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>456</v>
+        <v>497</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>422</v>
+        <v>498</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>444</v>
+        <v>45</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>108</v>
+        <v>489</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>457</v>
+        <v>499</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>131</v>
+        <v>500</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>419</v>
+        <v>501</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>42</v>
+        <v>170</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>56</v>
+        <v>489</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>458</v>
+        <v>502</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>459</v>
+        <v>503</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>49</v>
+        <v>489</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>462</v>
+        <v>505</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>463</v>
+        <v>506</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>99</v>
+        <v>507</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>48</v>
+        <v>164</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>63</v>
+        <v>489</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>464</v>
+        <v>508</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>465</v>
+        <v>509</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>466</v>
+        <v>117</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>467</v>
+        <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>265</v>
+        <v>489</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>468</v>
+        <v>510</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>469</v>
+        <v>511</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>33</v>
+        <v>512</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>357</v>
+        <v>132</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>100</v>
+        <v>489</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>470</v>
+        <v>513</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>471</v>
+        <v>514</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>472</v>
+        <v>515</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>473</v>
+        <v>199</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>271</v>
+        <v>489</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>474</v>
+        <v>516</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>475</v>
+        <v>514</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>476</v>
+        <v>515</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>473</v>
+        <v>199</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>477</v>
+        <v>517</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>33</v>
+        <v>515</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>479</v>
+        <v>199</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>25</v>
+        <v>489</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>480</v>
+        <v>518</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>481</v>
+        <v>519</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>482</v>
+        <v>129</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>483</v>
+        <v>520</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>484</v>
+        <v>521</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>52</v>
+        <v>522</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>485</v>
+        <v>331</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>63</v>
+        <v>489</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>486</v>
+        <v>523</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>487</v>
+        <v>524</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>450</v>
+        <v>525</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>488</v>
+        <v>87</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>12</v>
+        <v>489</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>489</v>
+        <v>526</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>490</v>
+        <v>527</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>48</v>
+        <v>528</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>360</v>
+        <v>529</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>63</v>
+        <v>530</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>491</v>
+        <v>531</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>492</v>
+        <v>532</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>493</v>
+        <v>533</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>494</v>
+        <v>529</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>271</v>
+        <v>530</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>495</v>
+        <v>534</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>496</v>
+        <v>535</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>497</v>
+        <v>109</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>498</v>
+        <v>125</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G173" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>530</v>
+      </c>
       <c r="H173" s="1" t="s">
-        <v>499</v>
+        <v>536</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>500</v>
+        <v>537</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>450</v>
+        <v>538</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>488</v>
+        <v>539</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>25</v>
+        <v>530</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>501</v>
+        <v>540</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>502</v>
+        <v>541</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>503</v>
+        <v>316</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>393</v>
+        <v>74</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>197</v>
+        <v>530</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>504</v>
+        <v>542</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>502</v>
+        <v>543</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>503</v>
+        <v>376</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>393</v>
+        <v>544</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>197</v>
+        <v>530</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>505</v>
+        <v>545</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>502</v>
+        <v>546</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>503</v>
+        <v>547</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>393</v>
+        <v>235</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>197</v>
+        <v>530</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>506</v>
+        <v>548</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>507</v>
+        <v>549</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>166</v>
+        <v>51</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>77</v>
+        <v>240</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>197</v>
+        <v>530</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>510</v>
+        <v>51</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>511</v>
+        <v>240</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>265</v>
+        <v>530</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>512</v>
+        <v>552</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>513</v>
+        <v>553</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>38</v>
+        <v>554</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>360</v>
+        <v>450</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>271</v>
+        <v>530</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>514</v>
+        <v>555</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>515</v>
+        <v>556</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>516</v>
+        <v>557</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>271</v>
+        <v>530</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>517</v>
+        <v>558</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>518</v>
+        <v>559</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C182" s="1"/>
+        <v>560</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>561</v>
+      </c>
       <c r="D182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>519</v>
+        <v>562</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>520</v>
+        <v>563</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>521</v>
+        <v>413</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>522</v>
+        <v>129</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>523</v>
+        <v>564</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>524</v>
+        <v>565</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>521</v>
+        <v>566</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>525</v>
+        <v>512</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>526</v>
+        <v>567</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>527</v>
+        <v>568</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>521</v>
+        <v>376</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>396</v>
+        <v>569</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>528</v>
+        <v>570</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>529</v>
+        <v>571</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>375</v>
+        <v>572</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>522</v>
+        <v>573</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>530</v>
+        <v>574</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>531</v>
+        <v>575</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>375</v>
+        <v>65</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>396</v>
+        <v>240</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>532</v>
+        <v>576</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>533</v>
+        <v>577</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>375</v>
+        <v>578</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>396</v>
+        <v>306</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>534</v>
+        <v>579</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>535</v>
+        <v>580</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>511</v>
+        <v>581</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>516</v>
+        <v>582</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>583</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>536</v>
+        <v>584</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>537</v>
+        <v>585</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>538</v>
+        <v>121</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>488</v>
+        <v>129</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>34</v>
+        <v>583</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>539</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>540</v>
+        <v>587</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>541</v>
+        <v>588</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>542</v>
+        <v>589</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>271</v>
+        <v>583</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>543</v>
+        <v>590</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>544</v>
+        <v>591</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>545</v>
+        <v>588</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>203</v>
+        <v>583</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>546</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>547</v>
+        <v>593</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>548</v>
+        <v>427</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>549</v>
+        <v>419</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>550</v>
+        <v>594</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>551</v>
+        <v>595</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>428</v>
+        <v>257</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>552</v>
+        <v>161</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>25</v>
+        <v>583</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>553</v>
+        <v>596</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>554</v>
+        <v>597</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>555</v>
+        <v>598</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>556</v>
+        <v>599</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>163</v>
+        <v>583</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>557</v>
+        <v>600</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>558</v>
+        <v>601</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>559</v>
+        <v>599</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>560</v>
+        <v>422</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>39</v>
+        <v>583</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>561</v>
+        <v>602</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>562</v>
+        <v>603</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>563</v>
+        <v>604</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>564</v>
+        <v>246</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>39</v>
+        <v>583</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>565</v>
+        <v>605</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>566</v>
+        <v>606</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>525</v>
+        <v>376</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>567</v>
+        <v>422</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>568</v>
+        <v>607</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-      <c r="C199" s="1"/>
+        <v>608</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>346</v>
+      </c>
       <c r="D199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>100</v>
+        <v>583</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>570</v>
+        <v>609</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="C200" s="1"/>
+        <v>610</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>611</v>
+      </c>
       <c r="D200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>197</v>
+        <v>583</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>572</v>
+        <v>612</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>573</v>
+        <v>613</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>574</v>
+        <v>501</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>575</v>
+        <v>614</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>12</v>
+        <v>583</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>576</v>
+        <v>615</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>577</v>
+        <v>616</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>578</v>
+        <v>617</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>579</v>
+        <v>618</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>16</v>
+        <v>583</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>580</v>
+        <v>619</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>581</v>
+        <v>620</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>77</v>
+        <v>498</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1"/>
+      <c r="G203" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H203" s="1" t="s">
-        <v>582</v>
+        <v>621</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B204" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>586</v>
+        <v>623</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>587</v>
+        <v>624</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>584</v>
+        <v>99</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>585</v>
+        <v>625</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1"/>
+      <c r="G205" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H205" s="1" t="s">
-        <v>588</v>
+        <v>626</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>589</v>
+        <v>627</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>590</v>
+        <v>628</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>591</v>
+        <v>629</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H206" s="1" t="s">
-        <v>592</v>
+        <v>630</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>593</v>
+        <v>631</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>590</v>
+        <v>628</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>591</v>
+        <v>629</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1"/>
+      <c r="G207" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H207" s="1" t="s">
-        <v>594</v>
+        <v>632</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>595</v>
+        <v>633</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>596</v>
+        <v>634</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>597</v>
+        <v>113</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>598</v>
+        <v>635</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>599</v>
+        <v>636</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>600</v>
+        <v>132</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>601</v>
+        <v>637</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>602</v>
+        <v>638</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>603</v>
+        <v>504</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>604</v>
+        <v>639</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>605</v>
+        <v>640</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>606</v>
+        <v>641</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>603</v>
+        <v>528</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>604</v>
+        <v>642</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>607</v>
+        <v>643</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>608</v>
+        <v>644</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>585</v>
+        <v>528</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>609</v>
+        <v>642</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>610</v>
+        <v>645</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>611</v>
+        <v>646</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>612</v>
+        <v>647</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>613</v>
+        <v>320</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>614</v>
+        <v>648</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>615</v>
+        <v>649</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>616</v>
+        <v>105</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>617</v>
+        <v>193</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>618</v>
+        <v>650</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>619</v>
+        <v>651</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>620</v>
+        <v>652</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>621</v>
+        <v>653</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>622</v>
+        <v>654</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>623</v>
+        <v>655</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>620</v>
+        <v>656</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>621</v>
+        <v>657</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>624</v>
+        <v>658</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>625</v>
+        <v>659</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>626</v>
+        <v>656</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>627</v>
+        <v>657</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>628</v>
+        <v>660</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>629</v>
+        <v>661</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>626</v>
+        <v>345</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>228</v>
+        <v>45</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>632</v>
+        <v>78</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>633</v>
+        <v>84</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>634</v>
+        <v>664</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>635</v>
+        <v>665</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>227</v>
+        <v>666</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>636</v>
+        <v>667</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>637</v>
+        <v>668</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>638</v>
+        <v>669</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>639</v>
+        <v>670</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>640</v>
+        <v>671</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>641</v>
+        <v>672</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>642</v>
+        <v>419</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>643</v>
+        <v>599</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>644</v>
+        <v>673</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>645</v>
+        <v>674</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>642</v>
+        <v>78</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>646</v>
+        <v>232</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>647</v>
+        <v>675</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>648</v>
+        <v>676</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>649</v>
+        <v>235</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>360</v>
+        <v>236</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>650</v>
+        <v>677</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>651</v>
+        <v>678</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>652</v>
+        <v>368</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>228</v>
+        <v>679</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>227</v>
+        <v>683</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>655</v>
+        <v>684</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>656</v>
+        <v>685</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>657</v>
+        <v>686</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>227</v>
+        <v>687</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>655</v>
+        <v>688</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>658</v>
+        <v>689</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>659</v>
+        <v>690</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>649</v>
+        <v>375</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>660</v>
+        <v>78</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>49</v>
+        <v>680</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>661</v>
+        <v>691</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>662</v>
+        <v>692</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>663</v>
+        <v>121</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>664</v>
+        <v>129</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>197</v>
+        <v>680</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>665</v>
+        <v>693</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>666</v>
+        <v>694</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>667</v>
+        <v>450</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>668</v>
+        <v>371</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>680</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>669</v>
+        <v>695</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>670</v>
+        <v>696</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>293</v>
+        <v>77</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>671</v>
+        <v>599</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>16</v>
+        <v>680</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>672</v>
+        <v>697</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>673</v>
+        <v>698</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>293</v>
+        <v>699</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>700</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>674</v>
+        <v>701</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>675</v>
+        <v>702</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>293</v>
+        <v>355</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>77</v>
+        <v>170</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>676</v>
+        <v>703</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>677</v>
+        <v>704</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>678</v>
+        <v>305</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>679</v>
+        <v>705</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>203</v>
+        <v>680</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>680</v>
+        <v>706</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>681</v>
+        <v>707</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>682</v>
+        <v>708</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>683</v>
+        <v>492</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>684</v>
+        <v>709</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>685</v>
+        <v>710</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>682</v>
+        <v>711</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>683</v>
+        <v>712</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>686</v>
+        <v>713</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>687</v>
+        <v>714</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>633</v>
+        <v>121</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>688</v>
+        <v>129</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>689</v>
+        <v>715</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>690</v>
+        <v>716</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>227</v>
+        <v>121</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>691</v>
+        <v>129</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>692</v>
+        <v>717</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>693</v>
+        <v>718</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>642</v>
+        <v>418</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>694</v>
+        <v>493</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>695</v>
+        <v>719</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>696</v>
+        <v>720</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>293</v>
+        <v>418</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>257</v>
+        <v>493</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>698</v>
+        <v>722</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>699</v>
+        <v>310</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>668</v>
+        <v>723</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>12</v>
+        <v>254</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>701</v>
+        <v>725</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>702</v>
+        <v>310</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>703</v>
+        <v>295</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>56</v>
+        <v>254</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>639</v>
+        <v>310</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>77</v>
+        <v>723</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>271</v>
+        <v>254</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>707</v>
+        <v>729</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>683</v>
+        <v>730</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>72</v>
+        <v>295</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>197</v>
+        <v>680</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>708</v>
+        <v>731</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>709</v>
+        <v>732</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>710</v>
+        <v>733</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>711</v>
+        <v>734</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G245" s="1"/>
       <c r="H245" s="1" t="s">
-        <v>712</v>
+        <v>735</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>713</v>
+        <v>736</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>714</v>
+        <v>737</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>715</v>
+        <v>738</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>29</v>
+        <v>489</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>718</v>
+        <v>30</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>609</v>
+        <v>30</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>719</v>
+        <v>741</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>720</v>
+        <v>742</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>718</v>
+        <v>743</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>609</v>
+        <v>744</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>25</v>
+        <v>583</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>722</v>
+        <v>746</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>257</v>
+        <v>737</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>111</v>
+        <v>738</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>723</v>
+        <v>747</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>724</v>
+        <v>748</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>257</v>
+        <v>749</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>111</v>
+        <v>750</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>725</v>
+        <v>751</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>726</v>
+        <v>752</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>688</v>
+        <v>753</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>72</v>
+        <v>589</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>727</v>
+        <v>754</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>728</v>
+        <v>755</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>228</v>
+        <v>418</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>729</v>
+        <v>435</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>257</v>
+        <v>435</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>257</v>
+        <v>129</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>111</v>
+        <v>599</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>257</v>
+        <v>132</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>111</v>
+        <v>368</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>257</v>
+        <v>346</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>111</v>
+        <v>478</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>738</v>
+        <v>764</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>739</v>
+        <v>765</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>257</v>
+        <v>488</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>111</v>
+        <v>766</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>740</v>
+        <v>767</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>257</v>
+        <v>212</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>111</v>
+        <v>360</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>742</v>
+        <v>769</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>743</v>
+        <v>770</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>257</v>
+        <v>771</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>111</v>
+        <v>355</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>744</v>
+        <v>772</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>745</v>
+        <v>773</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>257</v>
+        <v>774</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>111</v>
+        <v>775</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>746</v>
+        <v>776</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>747</v>
+        <v>777</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>688</v>
+        <v>599</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>748</v>
+        <v>778</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>749</v>
+        <v>779</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>711</v>
+        <v>780</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>750</v>
+        <v>161</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>751</v>
+        <v>781</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>752</v>
+        <v>782</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>664</v>
+        <v>783</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>753</v>
+        <v>784</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>754</v>
+        <v>785</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>755</v>
+        <v>786</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>756</v>
+        <v>401</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>260</v>
+        <v>156</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>757</v>
+        <v>787</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>758</v>
+        <v>788</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>759</v>
+        <v>789</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>760</v>
+        <v>471</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>761</v>
+        <v>790</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>762</v>
+        <v>791</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>763</v>
+        <v>789</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>764</v>
+        <v>471</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>766</v>
+        <v>793</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>767</v>
+        <v>789</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>769</v>
+        <v>795</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>770</v>
+        <v>120</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>694</v>
+        <v>45</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>772</v>
+        <v>797</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>770</v>
+        <v>120</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>773</v>
+        <v>45</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>775</v>
+        <v>799</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>776</v>
+        <v>51</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>777</v>
+        <v>240</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>776</v>
+        <v>84</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>111</v>
+        <v>802</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>780</v>
+        <v>803</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>781</v>
+        <v>804</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>782</v>
+        <v>78</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>784</v>
+        <v>806</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>764</v>
+        <v>807</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>785</v>
+        <v>294</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>786</v>
+        <v>808</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>787</v>
+        <v>809</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>788</v>
+        <v>589</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>789</v>
+        <v>136</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>231</v>
+        <v>56</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>795</v>
+        <v>419</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>254</v>
+        <v>33</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>795</v>
+        <v>56</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>123</v>
+        <v>99</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>799</v>
+        <v>818</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>795</v>
+        <v>364</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>785</v>
+        <v>819</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>801</v>
+        <v>821</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>795</v>
+        <v>51</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>785</v>
+        <v>278</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>803</v>
+        <v>823</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>804</v>
+        <v>582</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>231</v>
+        <v>824</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>44</v>
+        <v>254</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>805</v>
+        <v>825</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>806</v>
+        <v>826</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>804</v>
+        <v>827</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>123</v>
+        <v>828</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>44</v>
+        <v>254</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>809</v>
+        <v>827</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>810</v>
+        <v>828</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>25</v>
+        <v>254</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>811</v>
+        <v>831</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>812</v>
+        <v>832</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>809</v>
+        <v>295</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>264</v>
+        <v>833</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>680</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>814</v>
+        <v>835</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>777</v>
+        <v>836</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>260</v>
+        <v>30</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>29</v>
+        <v>171</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>253</v>
+        <v>839</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>473</v>
+        <v>840</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>818</v>
+        <v>842</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>819</v>
+        <v>839</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>323</v>
+        <v>840</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>820</v>
+        <v>843</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>821</v>
+        <v>844</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>822</v>
+        <v>845</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>729</v>
+        <v>839</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>197</v>
+        <v>254</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>823</v>
+        <v>846</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>824</v>
+        <v>847</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>839</v>
+      </c>
+      <c r="C288" s="1"/>
       <c r="D288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>271</v>
+        <v>171</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>231</v>
+        <v>309</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>145</v>
+        <v>836</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>56</v>
+        <v>254</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>829</v>
+        <v>847</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>839</v>
+      </c>
+      <c r="C290" s="1"/>
       <c r="D290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>830</v>
+        <v>848</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>831</v>
+        <v>851</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>789</v>
+        <v>852</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>87</v>
+        <v>853</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>197</v>
+        <v>254</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>832</v>
+        <v>854</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>233</v>
+        <v>855</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>145</v>
+        <v>856</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>108</v>
+        <v>176</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>833</v>
+        <v>857</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>834</v>
+        <v>858</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>254</v>
+        <v>227</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>155</v>
+        <v>859</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>835</v>
-[...188 lines deleted...]
-      <c r="B301" s="1" t="s">
         <v>860</v>
-      </c>
-[...1496 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>