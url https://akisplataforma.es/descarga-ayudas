--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -12,8595 +12,7923 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2848">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2623">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>Orden Disponibilidad de crédito ComerciO 2025 LÍNEA 1. NUEV ESTABLECIMIENTO</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Orden Disponibilidad de crédito Comercio 2025 LÍNEA 2 MANT. ESTABLEC.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Ayudas a proyectos de digitalización de la pyme madrileña - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Ayudas a proyectos de digitalización de la pyme madrileña - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo a la partida presupuestaria 720007 72300 4400 412108 ‘pdr feader 2014-2020. servicios de asesoramiento a través de intia’, del presupuesto de gastos de 2023 y 2024</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria de la ayuda a inversiones en explotaciones agrarias PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvenciones para la mejora de la competitividad de las pymes de comercio minorista.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>Subvenciones para la integración ccoperativa en la cv</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Ayudas a las organizaciones profesionales agrarias</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de marzo de 2023, de la consellera de adrecte  por la que publica la línea presupuestaria y el importe máximo para el ejercicio 2023 de la orden 10/2011, de 24 de marzo, de la conselleria de agricultura, pesca y alimentación</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 cátedra agroecología y calidad agroalimentaria (upv) j.l. porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Utilización racional del agua y la mejora de la eficiencia energética en regadíos</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PARA LA INTEGRACIÓN COOPERATIVA AGROALIMENTARIA EN LA C.V.</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre la generalitat, a través de la presidencia, y el instituto valenciano de investigaciones económicas, sa, para la investigación en materia de servicios públicos, la mejora de la información para el análisis sobre la efi...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Resolución de la consellera de agricultura, desarrollo rural, emergencia climática y Transición ecológica, por la que se concede una subvención a favor de la universidad miguel hernández de elche, para la realización de actividades de estudio relativas al</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Convenio de apoyo a la fundación para el desarrollo y la innovación para la transformación modernizadora del capital humano</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Colaboración entre la generalitat y la federación valenciana de municipios y provincias. proyectos en materia de comercio y asistencia técnica 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES DESTINADDAS A LA ADMINISTRACIÓN LOCAL de LA COMUNITAT VALENCIANA PARA POTENCIAR PROYECTOS de INNOVACIÓN DENTRO PLAN IMPULSO TERRITORIOS INNOVADORES PARA 2023</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>FOMENTO de LA INVESTIGACIÓN CLIMÁTICA Y LA REALIZACIÓN de ACTIVIDADES de FORMACIÓN Y de DIVULGACIÓN, FRENTE A FENÓMENOS CLIMATOLÓGICOS EXTREMOS EN LA COMUNITAT VALENCIANA PARA EL EJERCICIO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>IMPULSAR LA ACCIÓN CLIMÁTICA LOCAL A TRAVÉS del PLAN de ACCIÓN POR EL CLIMA Y LA ENERGÍA EN EL EJERCICIO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre la generalitat, a través de la presidencia, y la federación valenciana de municipios y provincias para la financiación de un programa de ayuda, colaboración y asesoramiento en materia de despoblamiento.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Acuerdo de cooperación entre la generalitat y la universidad jaume i de castellón, para el fomento de estudios de investigación e innovación a través de la cátedra de sostenibilidad</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a consellería de cultura, educ., fp e universidades e a consellería de econ., industr. e innovación da xunta de galicia e a comisión de intercambio cult., educ e cient entre españa e eeuu para o programa de bolsas fulbright</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre la secretaría xeral da emigración y la asociación de inmigrantes y retornados rioplatenses para el desarrollo de acciones de información y asesoramiento dirigidas a personas emigrantes retornadas</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de economia, hacienda e innovación por la cual se aprueba la convocatoria de ayudas para los años 2024 i 2025 a los emprendedores y a las empresas con actividad en las illes balears para cubrir las comisiones de apertura i de estu</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Subvención a la cámara de comercio, industria, navegación y servicios de eivissa y formentera para financiar un servicio de asesoramiento a mujeres para crear empresas en las islas pitiusas</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Subvención a la cámara de comercio, industria, navegación y servicios de eivissa y formentera para financiar un servicio de asesoramiento a mujeres para crear empresas en menorca</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Subvención a la cámara de comercio, industria, navegación y servicios de mallorca para financiar un servicio de asesoramiento a mujeres para crear empresas en la isla de mallorca</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Seguros agrarios</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Seguros Agrarios</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Subvención a agrupaciones y mancomunidades de municipios</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>Plan complementario energía e hidrógeno verde</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Subvención para Innovación en Economía Circular 2026 Linea 3</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882917</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. next</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Energías renovables térmicas en diferentes sectores ( mrr )1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Autoconsumo y al almacenamiento, con fuentes de energía renovable mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Autoconsumo y almacenamiento con fuentes de energia renovables mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Autoconsumo y al almacenamiento, con fuentes de energía renovable mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Rehabilitación energética para edificios existentes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Energías renovables térmicas en diferentes sectores ( mrr )2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para el programa investigo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Proyectos piloto innovadores para la inclusion socio-laboral pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Proyectos piloto innovadores para inclusion socio-laboral pers.mvi-rgi- ii</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de junio de la consejería de derechos sociales y bienestar social, r la que se aprueban las bases reguladoras para la participación en el proyecto piloto “cone ct-as: itinerarios de inclusión social digital en el principado de asturias”</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>Acuerdo por el que se autoriza subvenciones a las organizaciones profesionales agrarias para contribuir a sufragar sus gastos de funcionamiento 2023</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de diciembre de 2023 por la que se aprueba la convocatoria plurianual de subvenciones para la línea de fomento de contratación y regularización de seguros agrarios combinados en el ejercio 2024 bajo la modadidad de gasto anticipado</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>EXTRACTO de LA RESOLUCIÓN de 9/5/2024 de LA AGENCIA de CIENCIA COMPETITIVIDAD EMPRESARIAL E INNOVACIÓN ASTURIANA QUE APRUEBA LA CONVOCATORIA de AYUDAS A  EMPRESAS del PRINCIPADO de ASTURIAS del PROGRAMA CHEQUES de INNOVACION Y DESARROLLO EMPRESARIAL 2024</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>A la cámara de comercio de Oviedo, para implementar medidas dirigidas al desarrollo y promoción de los ods a través de formación y sensibilización de entidades interesadas</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 29 de abril de 2024, de la Consejería de Medio Rural y Política Agraria por la que se convocan ayudas para el apoyo a las inversiones no productivas vinculadas al cumplimiento de objetivos agroambientales y climáticos</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Concesión de subvención a favor de las cámaras de comerio del principado de asturias para ejecución plan capacitación dentro del programa integral de cualificación y empleo</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>Orden de 17 de enero de 2024, por la que se convocan las ayudas a la suscripción de seguros agrarios para las líneas decuadragésimo cuarto plan de seguros agrarios combinados (plan 2023) incluidas en el anexo i</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Orden de 12 de febrero de 2025, por la que se convocan para el ejercicio 2025 las subvenciones a la suscripción de seguros agrarios en el marco del Plan de Seguros Agrarios Combinados y se establecen las determinaciones en relación con dichas subvenciones</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Orden del consejero de agricultura, ganadería y medio ambiente por la que se concede una subvención al clúster español de productores de ganado porcino (i+porc) para el impulso de la mejora del sector porcino aragonés como actividad económica estratégica.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Orden del consejero de agricultura, ganadería y medio ambiente de concesión de subv. a ganadera unida comarcal, s.coop. para proyecto de evaluación de características productivas, índices de prolificidad, mortalidad y conversión de gazapos de conejo pardo</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>Instituto de estudios e investigacion de los monegros (la cartuja de los monegros) escuela de educación infantil convenio colaboración 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre el instituto aragonés de empleo y las cámaras oficiales de comercio, industria y servicios de huesca, teruel y zaragoza para la prestación de servicios en materia fomento del empleo autónomo</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Subvenciones destinadas a la suscripción de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Subvenciones inversiones explotaciones agrarias 2019</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Inversiones explotaciónes agrícolas 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Subvenciones inversiones explotaciones agrarias 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Subvenciones inversiones explotaciones agrarias 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Subv Transformación, comercialización y desarrollo de productos agroalimentarios .PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>ORDEN Consejero Trans Ecológica y Energía, que establecen bases reguladoras y convocatoria de subv régimen concurrencia no competitiva para creación y funcionamiento de comunidades energéticas, marco E. Energía Sostenible Canarias P2-L2 Fondos NG (C7, I2)</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
+  </si>
+  <si>
+    <t>Acciones de asesoramiento autoempleo y emprendimiento de la cartera común de servicios del sne - rd 7/2015</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>Mejora Mercados Tradicionales Canarias y O.actuaciones apoyo Comercio Rural</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Plan anual de seguros agrarios 2023</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Subvenciones directas mantenimiento actividad económica y empleo en empresas y personas autónomas no dedicadas a la producción primaria y que comercialicen productos procedentes de la misma, para minimizar impacto daños erupciones volcánicas La Palma</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>PLAN ANUAL de SEGUROS AGRARIOS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Orden DES/37/2025, de 22 diciembre de 2025, por la que se convocan las ayudas financiadas por el FEAGA (Fondo Europeo Agrícola de Garantía) y FEADER (Fondo Europeo Agrícola de Desarrollo Rural) incluidas en la solicitud única para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Orden de 29 de mayo de 2023, de la consejería de agricultura, ganadería y desarrollo rural, por la que se convocan las subvenciones a la suscripción de pólizas de seguros agrarios incluidos en los planes anuales de seguros agrarios combinados.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Acuerdo de 15 de junio de la junta de castilla y león, por el que se declara en castilla y león la campaña agrícola 2022-2023 como excepcional,  y se declara la urgencia en la adopción de las medidas de apoyo al sector agrario.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Acuerdo de 1 de junio de 2023 , de la junta de castilla y león, por el que se autoriza la concesión directa de subvenciones a las agrupaciones empresariales innovadoras de castilla y león: aeice, cbecyl y cylsolar</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Acuerdo de la  junta de castilla y león, por el que se autoriza la concesión directa de una subvencion a la cámara oficial de comercio, industria y servicios de valladolid.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Acuerdo de la junta de castilla y león por el que se autoriza la concesión de una subvención a la agrupación empresarial innovadora para la construcción eficiente (aeice)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de junio de 2023 del presidente del ice, por la que se aprueba la convocatoria en concurrencia no competitiva para la concesión de subvenciones destinadas a fomentar la innovación de las pymes de castilla y león, cofinanciada con el feder</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA de SUBVENCIONES PARA LA FINANCIACIÓN de PROYECTOS EN EL MARCO de LA INTERVENCIÓN 7119.2, LEADER, DEL PLAN ESTRATÉGICO NACIONAL de LA POLITICA AGRARIA COMÚN (PEPAC) 2023-2027 EN BASE A LA ESTRAEGIA de DESARROLLO LOCAL de ADERISA</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>2027-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
+  </si>
+  <si>
+    <t>Resolución, de 20/05/2025 de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de bienestar animal en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Decreto 7/2024, de 27 de febrero, por el que se regula la concesión directa de una subvención para la          construcción de viviendas en alquiler social en edificios energéticamente eficientes del plan de recuperación,          transformación y resilie</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de abril de 2024, de la Dirección General de Turismo, Comercio y Artesanía, por la que se convocan las ayudas del Programa MICE para 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>Concesión directa de subvención al consejo de cámaras oficiales de comercio, industria y servicios de clm para la prestación integrada y conjunta de servicios a través de los centros de ventanilla única empresarial de la comunidad autónoma.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
     <t>Resolución, de 26/05/2025, de la Viceconsejería de Política Agraria Común y Políticas Agroambientales, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de conservación de razas autóctonas amenazadas de erosión genética en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Plan anual de seguros agrarios 2023</t>
-[...35 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+    <t>Resolución, de 27/05/2025, de la Viceconsejería de Política Agraria Común y Políticas Agroambientales, por la que se realiza la convocatoria en 2025, por el procedimiento de tramitación anticipada, para la incorporación a las ayudas para la intervención de Apicultura para la biodiversidad en Castilla-La Mancha a través del Fondo Europeo Agrícola de Desarrollo Rural (Feader), previstas en el Plan Estratégico de la Política Agrícola Común para el periodo 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Resolución de 29/12/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas en régimen de minimis para paliar los daños producidos en Castilla-La Manchap</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolución de 29/12/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas en régimen de minimis para paliar los daños relacionados con ataques de loboi</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
   </si>
   <si>
     <t>Decreto 51/2023 de 23 de mayo, por el que se regula la concesión directa de una subvención al instituto de investigación e innovación en modelos de inclusión, igualdad, empleabilidad y equidad</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
   </si>
   <si>
-    <t>Acuerdo de 15 de junio de la junta de castilla y león, por el que se declara en castilla y león la campaña agrícola 2022-2023 como excepcional,  y se declara la urgencia en la adopción de las medidas de apoyo al sector agrario.</t>
-[...52 lines deleted...]
-  <si>
     <t>Convocatoria y bases reguladoras para la concesión de subvenciones a las agencias de viaje para incentivar la llegada de turistas a la ciudad de ceuta mediante la comercialización de la 3ª fase del talonario descuento "ceuta emociona".</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>Ceuta</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
   </si>
   <si>
-    <t>Convocatoria de subvenciones para la mejora de la competitividad de las pymes de comercio minorista.</t>
-[...377 lines deleted...]
-    <t>Ayudas 2025 excepcionales dirigidas a explotaciones agrícolas del sector de la cereza  afectadas por desastres naturales, según Decreto-Ley 3/2025 de 27 de mayo</t>
+    <t>Bonos digitales para colectivos vulnerables mrr-c15.i3 (entidades colab.)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>Convocatoria cheque innovación concesiones 2023</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Ayudas a Proyectos de Digitalización de la PYME Madrileña - 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886784</t>
+  </si>
+  <si>
+    <t>Subvencion para la Integracion Cooperativa en la C.V.</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890460</t>
+  </si>
+  <si>
+    <t>Convenio del mapa y cooperativas agroalimentarias de españa, de concesión de una subvención en los pge de 2023, para la competitividad y modernización de las cooperativas agroalimentarias y la formación, igualdad y relevo generacional en consejos rectores</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>AYUDAS del CENTRO PARA EL DESARROLLO TECNOLÓGICO Y LA INNOVACIÓN, E.P.E. A LA INVERSIÓN PARA POTENCIA EL CRECIMIENTO de EMPRESAS INNOVADORAS (2024)</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>Ayuda extraordinaria y Temporal para sufragar el precio del gasóleo consumido por los productores agrarios en la Comunidad autónoma de Canarias. 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>AYUDAS del CENTRO PARA EL DESARROLLO TECNOLÓGICO Y LA INNOVACIÓN, E.P.E. PARA LA FINANCIACIÓN de PROYECTOS de  I+D (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>Ayudas del CENTRO PARA EL DESARROLLO TECNOLÓGICO Y LA INNOVACIÓN, E.P.E. para la financiación de Proyectos de Innovación Tecnológica (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Ayuda extraordinaria para compensar la pérdida de renta en las explotaciones agrarias afectadas por la DANA</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede la subvención a diversas entidades para el desarrollo de proyectos de ciencia de excelencia, a favor de la fundació institució dels centres de recerca de catalunya (i-cerca).</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede la subvención prevista en el real decreto 768/2022, a favor de la entidad acondicionamiento tarrasense, para el proyecto de hub impresión 3d.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede la subvención prevista en el real decreto 732/2022, a favor de la fundación conjunto paleontológico de teruel – dinópolis.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede a favor de la fundación ibercivis, la subvención prevista en el real decreto 732/2022,el que se regula la concesión directa de subvenciones a diversas entidades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede la subvención prevista en el real decreto 768/2022,a favor de la fundació institut de recerca contra la leucèmia josep carreras (ijc), para su contribución al proyecto proteoma del cáncer.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede la subvención prevista en el real decreto 732/2022, a favor de la escuela politécnica superior de mondragon unibertsitatea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Orden del ministerio de ciencia e innovación por la que se concede la subvención prevista en el real decreto 732/2022 a favor de la universidad de navarra para el museo de ciencias.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Ayudas del centro para el desarrollo tecnológico y la innovación, e.p.e. a la inversión para potenciar el crecimiento de empresas innovadoras.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Ayudas del centro para el desarrollo tecnológico y la innovación, e.p.e. para la financiación de proyectos de i+d(2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>Ayudas del cdti para proyectos de innovación en el sector pesquero y en la acuicultura y proyectos de inversión en actividades de transformación y comercialización de los productos de la pesca y de la acuicultura</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Orden de la ministra de ciencia e innovación por la que se concede a la sociedad botánica española (sebot)</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>Ayudas del CDTI a proyectos de innovación tecnológica (LÍNEA DIRECTA de INNOVACIÓN DANA)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>Ayudas del CDTI a proyectos de innovación tecnológica (LÍNEA DIRECTA de EXPANSIÓN DANA)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>Ayudas del Centro para el Desarrollo Tecnológicoa y la Innovación E.P.E. para la financiación de proyectos I+D (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Acuerdo de 25 de julio de 2023, del consejo de ministros, por el que se autoriza la contribución voluntaria a la organización de estados iberoamericanos (oei), para la red iberoamericana de innovación e investigación educativa.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Ayudas dirigidas a impulsar la transformación digital a través de la iniciativa «activa industria 4.0», en el marco del plan de recuperación, transformación y resiliencia</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>AYUDA COMPLEMENTARIA SEGUROS AGRARIOS C.MADRID PÓLIZAS 01/01/26 al 31/12/26</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>AYUDAS ORGANIZ.  PROFES. AGRARIAS Y UNION COOP. AGRARIAS (OPAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876980</t>
+  </si>
+  <si>
+    <t>AYUDAS ORGANIZ.  PROFES. AGRARIAS Y UNION COOP. AGRARIAS (OCAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876985</t>
+  </si>
+  <si>
+    <t>AYUDAS AGRUPACIONES de TRATAMIENTO INTEGRADO EN AGRICULTURA (ATRIAS) 2026</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877386</t>
+  </si>
+  <si>
+    <t>AYUDAS AGRUPACIONES de DEFENSA SANITARIA GANADERA - LÍNEA A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877388</t>
+  </si>
+  <si>
+    <t>AYUDAS AGRUPACIONES DEFENSA SANITARIA GANADERA - LÍNEA B</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877389</t>
+  </si>
+  <si>
+    <t>Ayuda agricultores determinados cultivos afronten dificultades campaña 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882799</t>
+  </si>
+  <si>
+    <t>PROGRAMA EFICIENCIA ENERGÉTICA EN PYME Y GRAN EMPRESA SECTOR INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>2019-08-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763836</t>
+  </si>
+  <si>
+    <t>AYUDAS A MUNICIPIOS PROMOCIÓN COMERCIAL Y FERIAL 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Bases reguladoras 2025-2027 y convocatoria para las ayudas a la mejora de la producción y comercialización de los productos de la apicultura en el marco de la Intervención Sectorial Apícola, recogida en el PEPAC, para la campaña del año 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AYUDAS INVERSIONES MODERNIZACIÓN Y/O MEJORA EXPLOTACIONES AGRARIAS CONV.24</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>AYUDAS A EMPRESAS SEC AGR.GANAD.FOREST E INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>AYUDAS A EMPRESAS SECT AGRI,GANAD,FOREST E INDUS DESARR PROY INV 2024</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Bases reguladoras  y convocatoria de subvenciones a la suscripción de los seguros agrarios incluidos en el plan 2023 (44º plan)</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>Convocatoria y bases reguladoras subvenciones seguros agrarios plan 2024 (45ºplan))</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>Convocatoria para 2024 de Ayudas a las asociaciones de empresas artesanales alimentarias para el impulso de la artesanía agroalimentaria de Navarra</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Autorización de un gasto de 153.334,00 euros para subvención a UAGN para la defensa de los intereses de agricultores y ganaderos, que a estos efectos prevé los Presupuestos Generales de Navarra para 2024.</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria de la ayuda a inversiones en explotaciones agrarias (Objetivo Medioambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Autorización de un gasto de 225.000 euros para "Subvención a la Unión de Cooperativas Agrarias de Navarra (UCAN) Fomento del cooperativismo agrario" 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas, por la realización de programas sanitarios de prevención, control y erradicación de enfermedades de los animales, para el año 2024</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo a la partida presupuestaria 720007 72300 4400 412108 ‘PDR FEADER 2014-2022. Servicios de asesoramiento a través de INTIA’, del presupuesto de gastos de 2024 y su equivalente en 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Autorización de un gasto de 153.334,00 euros para subvención a EHNE para la defensa de los intereses de agricultores y ganaderos, que a estos efectos prevé los Presupuestos Generales de Navarra para 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>Convenio con PLENA INCLUSIÓN para el proyecto "Transformación digital para la inclusión en Navarra"</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayuda al establecimiento de agricultores y agricultoras a tiempo parcial en el marco del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2025 de la ayuda a inversiones en explotaciones agrarias PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2025 de la ayuda a inversiones en explotaciones agrarias (Objetivo Medioambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas, por la realización de programas sanitarios de prevención, control y erradicación de enfermedades de los animales, año 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ayudas a la promoción de productos agrícolas mediante la organización de certámenes ganaderos, para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayudas a la participación en ferias comerciales acogidas al régimen de mínimis</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025. Ayudas a asociaciones de productores agroalimentarios que realicen comercialización en canales cortos, y asociaciones gestoras de espacios TEST agrarios</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 Ayudas para  actividades de control y certificación a las figuras de calidad agroalimentarias de Navarra,  reconocidas como DOP o IGP, acogidas al régimen de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025 de ayudas a entidades locales para el fomento de los  canales cortos de comercialización de productos agroalimentarios</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Ayudas para las inversiones forestales productivas destinadas a aprovechamientos forestales, trabajos selvícolas, servicios forestales y primera transformación. (Intervención 6883 del PEPAC) en el año 2026</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026-2027 de ayudas a la Cooperación para la promoción de los productos agrícolas y alimenticios en los regímenes de calidad, en el marco del Plan Estratégico de la Política Agraria Común (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>Convocatoria para 2026 de las ayudas a la primera instalación de jóvenes agricultores y agricultoras profesionales en el marco del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878627</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026 de ayuda al establecimiento de jóvenes agricultores y agricultoras a tiempo parcial</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878804</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026 de ayuda al establecimiento de nuevos agricultores y agricultoras</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879137</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026 de ayudas a las entidades de gestión de las figuras de calidad agroalimentaria</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria fomento de la innovación y divulgación forestal, periodo 2025 y 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Aprobar las bases reguladoras y la convocatoria de ayudas para la campaña 2024-2025 a la gestión sostenible de los pastizales montanos en Navarra, incluidas en la Intervención 6881.1 Repoblación Forestal y Sistemas Agroforestales el PEPAC 2023- 2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Convocatoria 2025-2026 ayudas a la Cooperación para la promoción de los productos agrícolas y alimenticios en los regímenes de calidad, en el marco del PEPAC, de la Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN 51E/2024, de 30 de abril, del Director General de Comercio y Consumo, por la que se aprueba la convocatoria de subvenciones para la promoción de empresas artesanas de Navarra de 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Ayudas a la promoción de productos agrícolas mediante la organización de certámenes ganaderos, para el año 2024</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>Convocatoria de la subvención para el fomento y gestión de colectivos comerciales minoristas de 2024</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Ayudas a Comunidades Energéticas para la transición energética 2024</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Subvenciones a entidades locales para revitalizar el comercio rural</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Ayudas a la inversión en industrias agroalimentarias. Convocatoria 2023</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética 2025. Reglamento 651/2014 de la Comisión</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Ayudas a explotaciones agropecuarias para la transición energética 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Ayudas para realizar proyectos de innovación en las pymes industriales. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Ayudas para la creación y consolidación de empresas innovadoras de base tecnológica en 2025 en el marco del Plan de Recuperación, Transformación y Resiliencia - Financiado por la Unión Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Ayudas a la inversión en industrias agroalimentarias. Convocatoria 2026</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869026</t>
+  </si>
+  <si>
+    <t>Ayudas para la contratación de doctorandos y doctorandas por empresas, centros de investigación y centros tecnológicos: Doctorados industriales 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871426</t>
+  </si>
+  <si>
+    <t>Ayuda destinada a la transferencia del conocimiento desde centros tecnológicos, centros de investigación y universidades PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>Ayuda extraordinaria precio gasóleo agrícola real dl 20/2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Resolución 15 de febrero de 2024 del director de la agencia valenciana de fomento y garantía agraria, por la que se convocan ayudas a la destilación de subproductos de vinificación campaña 2023/2024</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Subvención para la aplicación de la Intervención Sectorial Vitivinícola en el marco del Plan Estratégico de la Política Agrícola Común</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de abril de 2024 del director de la Agencia Valenciana de Fomento y Garantía Agraria por el que se convocan las ayudas de intervención en el sector apícola para el ejercicio 2024 en la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de julio 2024 del Director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan las ayudas al sector vitivinícola de la C.V. para la promoción y comunicación en mercados de terceros países recogidas</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Resolución 2 de septiembre de 2024 del director de la (AVFGA), por la que se convocan las ayudas a las inversiones en transformación, comercialización y/o desarrollo de productos agroalimentarios en el marco del Plan Estratégico de la Política Agraria Común</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>DECRETO LEY 10/2024, de 24 de septiembre, del Consell, por el que se adoptan medidas urgentes de ayuda en materia agraria en respuesta al agravamiento de las condiciones del sector primario derivado del conflicto bélico en Ucrania y de las condiciones cli</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre 2024 del director de la Agencia Valenciana de Fomento y Garantía Agraria por la que se convocan anticipadamente para el ejercicio 2025 las ayudas a las actividades de información y promoción de regímenes de calidad agroalimen</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de enero de 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria mediante la que se establece la convocatoria para concesión y solicitud de pago anual  de las ayudas incluidas en la solicitud única dentro del marco del</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de abril de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas para inversiones en modernización de infraestructuras y sistemas de riego en comunidades de regantes y comuni</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolución del 5 de mayo 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria (AVFGA), por la que se convocan las ayudas previstas en la intervención 7119.02 LEADER del Plan Estratégico de la PAC 2023-2027 en la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de mayo de 2025, del director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan para el ejercicio 2025 ayudas para la cooperación en el marco de las intervenciones para el desarrollo rural del Plan Estratégico</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 23 de diciembre 2025 del director de la Agencia Valenciana de Fomento y Garantía Agraria por la que se convocan anticipadamente para el ejercicio 2026 las ayudas a las actividades de información y promoción de regímenes de calidad agroalimen</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolución del 8 de mayo de 2024 del director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se convocan ayudas a Planes de reconversión y reestructuración colectivos, en el marco del Programa de Desarrollo Rural de la Comunitat Valenc</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Acciones complementarias de impulso y fortalecimiento de la innovación NO AYUDA ESTADO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>Valorización y Transferencia de resultados de investigación a las empresas. NO AYUDAS DEL ESTADO</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Impulso a la compra pública innovadora (CPI)REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Impulso a la compra pública innovadora (CPI) REGIMEN 651</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Impulso a la compra pública innovadora (CPI) L2 NO AYUDAS DEL ESTADO</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Acciones complementarias de impulso y fortalecimiento de la innovación. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Asimilación de tecnologías avanzadas y su difusión en el Sistema Valenciano de Innovación REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Resolución de la Conselleria de Agricultura, Agua, Ganadería y Pesca, por la que se convocan para el ejercicio 2025, ayudas a la certificación de la producción ecológica en la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Bases de la convocatoria de proyectos innovadores para el programa de aceleración “AGRO·LAB TONOWASTE” promovido por VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre la generalitat, a través de la presidència i la universitat d´alacant, para a colaboración en el funcioamiento de la comisionada de la presidencia de la generalitat, para la digitalización y la ciberseguredad de la comunitat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>CONVENIO de COLABORACIÓN ENTRE LABORA-SERVICIO VALENCIANO de EMPLEO Y FORMACIÓN Y AIMPLAS-ASOCIACIÓN de INVESTIGACIÓN de MATERIALES PLÁSTICOS Y CONEXAS PARA LA REALIZACIÓN de ACCIONES FORMATIVAS DIRIGIDAS PREFERENTEMENTE A PERSONAS DESEMPLEADAS EN MATERIA</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de abril de 2024, de la presidenta del IVACE, de convocatoria de ayudas en materia de energías renovables con cargo al presupuesto ejercicio 2024, con cofinanciación de la Unión Europea a través del Fondo Europeo de Desarrollo Regional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 2 de febrero de 2026, de la Presidencia, por la que se convocan ayudas a la contratación de jóvenes para la internacionalización de las pymes de la Comunitat Valenciana, con financiación del Programa Fondo Social Europeo Plus, ejercicio 2026</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884886</t>
+  </si>
+  <si>
+    <t>Convenio Consejería Salud y PS y FRS para elaboración de un proyecto de innovaci</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 19 de agosto de 2024, de la Dirección General de la Producción Agrícola y Ganadera por la que se convocan para el ejercicio 2024, las ayudas para el fomento de razas autóctonas amenazadas en la Comunitat Valenciana.</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>CONVENIO de COLABORACIÓN de LA CONSELLERIA de AGRICULTURA, AGUA, GANADERÍA Y PESCA CON AINIA, PARA EL ESTUDIO de LA GESTIÓN DEL NITRÓGENO de LAS DEYECCIONES GANADERAS A TRAVÉS de LA TECNOLOGÍA de DIGESTIÓN ANAEROBIA EN LA C.V.</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Resolución de la directora general de Producción Agrícola y Ganadera, por la que se establece la convocatoria anticipada, para el Plan 2025, de las ayudas de la Comunitat Valenciana destinadas a la suscripción de seguros agrarios incluidos en los planes a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>Resolución de la Directora general de Producción Agrícola y Ganadera, por la que se establece la convocatoria anticipada, para el Plan 2025, de las ayudas de la Comunitat Valenciana destinadas a la suscripción de seguros agrarios incluidos en los planes a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>SUBVENCION PARA LA INTEGRACION COOPERATIVA EN LA C.V.</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Procedimiento para la concesión directa de una ayuda adicional a titulares de explotaciones agrícolas de herbáceos, forrajeras y aromáticas, hortícolas y viveros afectados por la catástrofe natural PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de abril de 2025, de la Dirección General de Producción Agrícola y Ganadera por la que se convocan para el ejercicio 2025 las ayudas a la mejora de la competitividad y sostenibilidad de las explotaciones ganaderas de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolución DG de Producción Agrícola y Ganadera, para el ejercicio 2025 las ayudas previstas en la Orden 6/2024, por la que se aprueban las bases reguladoras de las ayudas indemnizatorias para la erradicación y el control de la bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>AYUDAS PARA EL FOMENTO de LA INNOVACIÓN TECNOLÓGICA A TRAVÉS de FINCAS COLABORADORAS</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de noviembre de 2025, de la Dirección General de Producción Agrícola y Ganadera por la que se convocan de forma anticipada para el ejercicio 2026 ayudas a la mejora de la competitividad y sostenibilidad explotaciones ganaderas de la CV</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN DG de Producción Agrícola y Ganadera, por la que se convocan de forma anticipada, para el ejercicio 2026, las ayudas previstas en la Orden 6/2024, por la que se aprueban ayudas indemnizatorias «Xylella fastidiosa»</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de la Conselleria de Agricultura, Agua, Ganadería y Pesca por la que se convocan de forma anticipada, para el ejercicio 2026, las ayudas para los Consejos Reguladores u Órganos de gestión de las figuras de calidad diferenciada agroalimentaria d</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>INSTITUT VALENCIÀ de CONSERVACIÓ, RESTAURACIÓ I INVESTIGACIÓ, PARA LA FINANCIACIÓN de INVERSIONES Y OPERACIONES de CAPITAL de LA ENTIDAD</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764650</t>
+  </si>
+  <si>
+    <t>Resolución de 8 de mayo de 2024, de la presidenta del IVACE, por la que se convocan ayudas destinadas al fomento de instalaciones de autoconsumo de energía eléctrica en régimen de comunidades de energías renovables, con cargo al presupuesto del 2024</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Resolución por la cual se efectúa la convocatoria, para el ejercicio 2024, de las subvenciones reguladas en los artículos 16 y 17 de la Orden 2/2020, de 27 de febrero, de la Conselleria de Economía Sostenible, Sectores Productivos, Comercio y</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Convenio entre la conselleria de educación, universidades y empleo y la universidad miguel hernández, para el apoyo en 2023-2024 a la construcción y actualización de edificios e infraestructuras de i+d+i de excelencia- edificios de investigación de excele</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Resolución, de la directora general de Producción Agrícola y Ganadera, por la que se efectúa la convocatoria anticipada, para el ejercicio 2025, las ayudas de mínimis destinadas a la replantación de parcelas frutícolas cuyo cultivo sea o haya sido destrui</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolución de la directora general de Producción Agrícola y Ganadera por la que se efectúa la convocatoria anticipada, para el ejercicio 2025, de las ayudas a las explotaciones agrícolas de cereza en zonas afectadas por factores climáticos, ambientales y</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Ayudas para los Consejos Reguladores u órganos de gestión de las figuras de calidad diferenciada agroalimentaria de la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>IMPULSO de LA ACCIÓN CLIMÁTICA LOCAL A TRAVÉS del PLAN de ACCIÓN POR EL CLIMA Y LA ENERGÍA (PACTO de ALCALDES/AS POR EL CLIMA Y LA ENERGÍA) EN EL EJERCICIO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>CONVENIO de COOPERACIÓN EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS de LA CONSELLERIA de AGRICULTURA, GANADERÍA Y PESCA Y LA UNIVERSIDAD CEU CARDENAL HERRERA, PARA LA REALIZACIÓN de PRÁCTICAS FORMATIVAS SUBVENCIONADAS DURANTE EL AÑO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>CONVENIO de COOPERACIÓN EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS de LA CONSELLERIA de AGRICULTURA, GANADERÍA Y PESCA Y LA UNIVERSIDAD MIGUEL HERNÁNDEZ de ELCHE, PARA LA REALIZACIÓN de PRÁCTICAS FORMATIVAS SUBVENCIONADAS DURANTE EL AÑO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763059</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 29 de diciembre de 2025 por la que se aprueba la convocatoria plurianual de subvenciones para la línea de fomento de contratación y regularización de Seguros Agrarios Combinados en el ejercio 2026 bajo la modadidad de gasto anticipado</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subvenciones directas 2024 al fomento de la  contratación de pólizas seguros agrarios combinados, según decreto 286/2023 de 19 de diciembre</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDEN DE 14  de  julio  de 2025, Ayudas contrat Seguros Agrarios Combin. 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>Convocatoria 2024 para las ayudas a las Agrupaciones de Defensa Sanitaria Ganaderas y Agrupaciones de Defensa Sanitaria Apícolas</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 destinadas a la concesión de subvenciones a las inversiones para la comercialización en común de ganado s/ Decreto 132/2024 de 22 de octubre que las convoca</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>Subvenciones 2025 para la prestación de asesoramiento técnico al sector agrícola en materia de protección de los vegetales Resolución 20 de diciembre de 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subvenciones 2025 para financiación de préstamos a titulares de explotaciones agrícolas de olivar y viña de secano radicadas en Extremadura s/ Decreto 35/2025 de 6 de mayo que las convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subv. 2025 a titulares de explotaciones agrarias para fomentar la participación en regímenes de calidad de los alimentos. s/ Resolución de 19 de junio de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Subvenciones 2026 para la prestación de asesoramiento técnico al sector agrícola en materia de protección de los vegetales Resolución 3 de diciembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolución 21 marzo 2024 de ICEX España Exportación e Inversiones, E.P.E. por la que se convoca concesión ayudas Participación Agrupada en Feria OVUM 2024-XXVIII Congreso Latinoamericano de Avicultura - Punta del Este (URUGUAY) - 12 a 15 noviembre 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XXII Convocatoria (PDR 2014-2020) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XII Convocatoria (PDR 2014-2020) G.A.L. APRODERVI</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ XII Convocatoria (PDR 2014-2020) G.A.L. APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ VIII Convocatoria (PDR 2014-2020) G.A.L. LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ XXII Convocatoria (PDR 2014-2020) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XII  Convocatoria (PDR 2014-2020) G.A.L. APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XIII Convocatoria (PDR 2014-2020) G.A.L. ADEME</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XIII Convocatoria (PDR 2014-2020) G.A.L. ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ XIII Convocatoria (PDR 2014-2020) G.A.L. ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XII Convocatoria (PDR 2014-2020) G.A.L. DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XII Convocatoria (PDR 2014-2020) G.A.L. DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ XII Convocatoria (PDR 2014-2020) G.A.L. DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XIV Convocatoria (PDR 2014-2020) G.A.L. CAMPISUR</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/XIV Convocatoria (PDR 2014-2020) G.A.L. CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ XXIII Convocatoria (PDR 2014-2020) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ XXIV Convocatoria (PDR 2014-2020) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ IX Convocatoria (PDR 2014-2020) G.A.L. LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícola. Ayudas Estado.(Interv, 7119 PEPAC), s/ II Convo  (PEPAC 2023-2027) G.A.L. SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. FEDESIBA</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L.  CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Ayudas 2025  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Ayudas 2026 para financiar medidas para la lucha contra la despoblación en los núcleos de población de zonas rurales con especiales dificultades demográficas. Línea 4 consolidación de la actividad agraria s/ disposición adicional del Decreto 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Enfoque Leader, en Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ VIII Convocatoria (PDR 2014-2020) G.A.L. ADERCO</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763736</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader, NO ACOGIDAS a Régimen MINIMIS, a inversiones en transformación y comercialización de productos agrícolas (Submedida 19.2.2 PDR), s/ VIII Convocatoria (PDR 2014-2020) G.A.L. ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763737</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ VIII Convocatoria (PDR 2014-2020) G.A.L. ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763739</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader para apoyo a la innovación social, la gobernanza multinivel y la dinamización social y económica (Submedida 19.2.7 PDR), s/ XIV Convocatoria (PDR 2014-2020) del G.A.L. TENTUDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764490</t>
+  </si>
+  <si>
+    <t>Subvenciones 2024 a empresas para la aceleración de ecosistemas de emprendimiento e innovación basados en gemelos digitales (RETECH) s/ Decreto 145/2024 de 19 de noviembre de 2024 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Subvenciones 2026 a empresas para financiar proyectos que promuevan la implantación de soluciones de inteligencia artificial de la Comunidad Autónoma de Extremadura  - s/ Decreto 173/2025 que las convoca</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Actuaciones de Dinamización y Promoción empresarial L1_Asesoramiento, según Decreto 65/2024 de 2 de julio que las convoca.</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 a la implantación de sistemas de riego que promuevan el uso eficiente del agua y la energía en las explotaciones agrarias, según Decreto 12/2025, de 11 de marzo, que las convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Ayudas 2026 destinadas a la Mejora de Eficiencia energética de regadíos (programa II) cuyos promotores son comunidades de regantes, s/Resolución de la Secretaría General de fecha 18/12/2025 que aprueba la convocatoria de las ayudas para el ejercicio 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>Ayudas 2024  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Submedida 19.2.3 PDR), s/ XIII Convocatoria (PDR 2014-2020) G.A.L. CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 para Inversiones en Industrias Agroalimentarias, según  Decreto 87/2024, de 30 de julio, por el que se establecen las bases reguladoras de concesión de incentivos agroindustriales en la Comunidad Autónoma de Extremadura, para el apoyo a inversiones destinadas a la transformación y comercialización de productos agrícolas, y se aprueba su única convocatoria</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Ayudas 2025-26 al establecimiento de personas jóvenes agricultores en la Comunidad Autónoma de Extremadura, primera convocatoria incorporada al Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ayudas 2025-26 Inversiones en Modernización y/o Mejora Explotaciones Agrarias en la que se establecen la persona joven agricultor, primera convocatoria incorporada en el Decreto 169/2024imera Convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Ayuda Complementaria a Jóvenes Agricultores/Agricultoras, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Agricultura Ecológica, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2025. Ayudas Asociadas a la Agricultura, según Resolución de 27 de enero de 2025 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 para inversiones destinadas a la transformación y comercialización de productos agrícolas, s/ Resolución de 29 de octubre de 2025 que convoca</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2026. Ayuda Complementaria a Jóvenes Agricultores/Agricultoras, según Resolución de 21 de enero de 2026 que las convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882885</t>
+  </si>
+  <si>
+    <t>Ayudas PEPAC 2026. Ayudas Asociadas a la Agricultura, según Resolución de 21 de enero de 2026 que las convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882886</t>
+  </si>
+  <si>
+    <t>Ayudas Extremadura Avante a empresas para participación agrupada en la  Feria Fruit Attraction 2025, según el Acuerdo de 27 de marzo 2025 que las convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Ayudas 2025 a empresas para participación agrupada en la Feria Food Ingredients 2025, según el Acuerdo de 26 de agosto 2025 que las convoca.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 a Entidades públicas de investigación del SECTI para proyectos de I+D sobre almacenamiento energético en régimen de colaboración público-privada, según Resolucion de 5 de diciembre de 2024</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 a Empresas para proyectos de I+D sobre almacenamiento energético en régimen de colaboración público-privada, según Resolucion de 5 de diciembre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 para la internacionalización de la empresa extremeña y la mejora de las condiciones de comercialización exterior, según resolución de 30 de octubre de 2023, que las convoca</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 dirigida a municipios y entidades locales menores para financiar proyectos de dinamización comercial, según Decreto 130/2024, de 15 de octubre de 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 dirigida a asociaciones, federaciones y confederaciones del sector comercio para financiar proyectos de dinamización comercial, según Decreto 130/2024, de 15 de octubre de 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ayudas 2025/2026 para mejora de las capacidades avanzadas de las pymes del sector del comercio al por menor, según convocatoria efectuada por Resolución de 21 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvención 2026, Sector Agrícola, para incorporación social/laboral de menores/jóvenes cumpliendo o cumplido medidas judiciales, por Resolución de 14 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empresas privadas no agrícolas para la contratación de personas participantes en los proyectos del programa escuelas profesionales duales de empleo(linea ii), según la resolución de 9 de agosto de 2023 que las convoca</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empresas privadas agrícolas para la contratación de personas participantes en los proyectos del programa escuelas profesionales duales de empleo(linea ii), según la resolución de 9 de agosto de 2023 que las convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empresas privadas agrícolas para la contratación de personas participantes en los proyectos del programa colaborativo rural (línea ii), según resolución de 09 de agosto de 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subv. 2023 a empresas privadas no agrícolas para la contratación de personas participantes en los proyectos del programa colaborativo rural (línea ii), según resolución de 9 de agosto de 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>Convenio entre gain, consellería de educación, udc, usc, uvi y csic para fomentar la actividad investigadora del personal investigador finalista en las convocatorias de ayudas del erc en el marco del programa horizon europe</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Bases reguladoras para la concesión de las ayudas VInnovate Galicia para fomentar la cooperación trasnacional de los agentes del Sistema gallego de I+D a través de proyectos de colaboración con otros agentes europeos</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>Ayudas 2024 Mejora Producción y Comercialización Productos Apicultura, según Resolución de 6 de mayo 2024 que las convoca</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de marzo de 2025 por la que se establecen las bases reguladoras de las ayudas para el apoyo a la cooperación en actividades de información y promoción de los productos agrícolas y alimenticios gallegos acogidos a regímenes de calidad realizadas por grupos de productores, en el marco del Plan estratégico de la PAC 2023-2027, y se convocan para el ejercicio presupuestario 2025</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de abril de 2025 por la que se establecen las bases reguladoras de las ayudas para programas de calidad desarrollados por consejos reguladores de denominaciones de calidad agroalimentarias y se convocan para 2025 (código de procedimiento</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de junio de 2025 por la que se establecen las bases reguladoras de las ayudas a las explotaciones agrícolas pertenecientes a la indicación geográfica protegida Faba de Lourenzá y se convocan para el año 2025 (código de procedimiento MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas para el apoyo a la cooperación en actividades de información y promoción de los productos agrícolas y alimenticios gallegos acogidos a regímenes de calidad</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a consellería de cultura, educación, formación profesional e universidades e a universidade de santiago de compostela (usc) para completar as axudas ao persoal investigador principal dos programas grants (erc) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Convenio implementación infraestruturas de investigación universitaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Convenio colaboración entre la consellería de cultura, educ., fp e univ. y la agencia estatal consejo superior de investigaciones científicas para el desarrollo de actividades en el instituto de estudios gallegos padre sarmiento</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Convenio coa udc-usc-uvigo para reforzo de persoal de xestión de transferencia e a innovación e consolidación de estruturas de investigación</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Orden del 30 de enero de 2025 por la que se establecen las bases reguladoras para la concesión, en régimen de concurrencia no competitiva, de subvenciones para el impulso de la innovación y sostenibilidad del comercio local y artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Orden de 21 de noviembre de 2025 por la que se establecen las bases reguladoras de las ayudas para paliar los daños producidos por el jabalí en los cultivos agrícolas y se convocan para el año 2026 (código de procedimiento MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>Orden de 19 de diciembre de 2023 por la que se establecen las bases reguladoras de las ayudas para paliar los daños producidos por el jabalí en los cultivos agrícolas y se convocan para el año 2024 (código de procedimiento mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Convenio entre la consellería de promoción del empleo e igualdad y la federación de escuelas familiares agrarias de galicia para el desarrollo de un proyecto piloto de arraigo para la formación</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a consellería de promoción do emprego e igualdade e a federación galega de comercio para a realización de accións formativas de cualificación e recualificación da poboación activa en sectores estratéxicos e mellora das capac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>ORde do 25 de xuño de 2024 pola que se establecen as bases reguladoras para a concesión, en réxime de concorrencia competitiva, de axudas para fomentar a innovación, a mellora tecnolóxica e a competitividade no sector da acuicultura, cofinanciadas co Fond</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>Orde do 15 de decembro de 2023 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na comunidade autónoma de galicia e se convocan para o ano 2024 (código de procedemento mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Orden de 15 de Octubre de 2024 por la que se Establecen Las Bases Reguladoras de las Ayudas a las Organizaciones Profesionales Agrarias y Asociaciones Agrarias para la Realización Actividades de Interés Agrario Y Se Convocan Para El Año 2024 (Código de Pr</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Ayudas a las inversiones para la elaboración y comercialización de productos vitícolas</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Orden de 20 de diciembre de 2024 por la que establecen las bases reguladoras de las ayudas para el fomento de la utilización de maquinaria agrícola en régimen asociativo en Galicia, financiadas con el Instrumento de Recuperación de la Unión Europea (EURI)</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>ORde do 26 de decembro de 2024 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2025 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDEN del 11 de junio de 2025 por la que se establecen las bases reguladoras de las ayudas destinadas las personas agricultoras jóvenes, en el marco del Plan Estratégico de la Política Agraria Común de España 2023-2027, cofinanciadas por el Fondo Europeo</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Orden de 21 de agosto de 2025 por la que se establecen las bases reguladoras de las ayudas destinadas al fomento de la utilización de instalaciones y equipamientos en común en régimen asociativo, en el marco del Plan Estratégico de la Política Agraria Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Orden de 18 de septiembre de 2025 por la que se establecen las bases reguladoras de las ayudas a las organizaciones profesionales agrarias y asociaciones agrarias para la realización actividades de interés agrario y las convoca para el año 2025 (código de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Orden de 12 de diciembre de 2025, por la que se establecen las bases reguladoras de las ayudas a las entidades reconocidas como agrupaciones de defensa sanitaria ganaderas (ADSG) de Galicia y se convocan para el año 2026-2027 (Código de procedimiento  MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>ORde do 29 de decembro de 2025 pola que se establecen as bases reguladoras das axudas para o fomento da contratación dos seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2026 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ayudas para las inversiones en transformación y comercialización de productos agrarios cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (Feader)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>ORDEN de 30 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas, en concurrencia competitiva, para inversiones en reforestación con especies de frondosas y/o coníferas, cofinanciadas por el Fondo Europeo Agrícola de Desarroll</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDEN de 30 de diciembre de 2025 por la que se establecen las bases reguladoras de las ayudas, en concurrencia competitiva, para el fomento y apoyo a las agrupaciones forestales de gestión conjunta de productores forestales, cofinanciadas por el Fondo Eur</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Bases reguladoras del procedimiento de concesión de las ayudas para proyectos de mejora energética, dirigidas a autónomos y pymes,, dentro del territorio de la ccaa de galicia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria para 2024 de subvenciones para proyectos singulares de mejora de la sostenibilidad energética en empresas del sector industrial de la provincia de A Coruña,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>resolución do 18 de marzo de 2024 pola que se establecen as bases reguladoras das axudas á nova participación de agricultores en réximes de calidade, cofinanciadas co Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) no marco do Programa de desenvo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria de subvenciones  para proyectos de ahorro y eficiencia energética en las empresas gallegas para el año 2024</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>Bases reguladoras de las subvenciones para proyectos de infraestructuras de almacenamiento energético que favorezcan la electrificación de la demanda de energía, para el año 2024, cofinanciadas por el FEDER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
+  </si>
+  <si>
+    <t>resolución del 16 de diciembre de 2025, del Instituto Energético de Galicia por la que se aprueban las bases reguladoras de las ayudas para proyectos de ahorro y eficiencia energética en las empresas gallegas</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolución del 23 de diciembre de 2026, del Instituto Energético de Galicia por la que se establecen las bases reguladoras de las ayudas para proyectos de energía fotovoltaica</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881947</t>
+  </si>
+  <si>
+    <t>Ayudas para la mejora de la capacidad de la innovación y el desarrollo tecnológico de las empresas en Galicia, programa “Ticket Innova” para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Bases reguladoras de las ayudas para la mejora de la capacidad de la innovación de las empresas en Galicia, a través de la financiación de las actividades integradas en planes de diseño e innovación (programa Igape Innova)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>convocatoria de subvenciones, en régimen de concurrencia competitiva, para proyectos de equipos de aprovechamiento de energías renovables eléctricas y de ahorro y eficiencia energética en las empresas de producción agrícola primaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>CONVENIO ENTRE El INSTITUTO GALLEGO de PROMOCIÓN ECONÓMICA (IGAPE) Y LA ASOCIACIÓN   PARA LA DIGITALIZACIÓN de LA INDUSTRIA de GALICIA (DIHGIGAL), PARA DAR CONTINUIDAD A LA FINANCIACIÓN de LOS COSTES de GESTIÓN Y COORDINACIÓN DEL HUB de INNOVACIÓN DIGITAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Galicia Exporta Organismos Intermedios 2026, cofinanciadas FEDER, concurrencia no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Ticket Innova 2026, concurrencia no competitiva, minimis agricola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 para las bases reguladoras de las ayudas para la mejora de la capacidad de la innovación de las empresas en Galicia 2026-2027 en régimen de concurrencia competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Reacciona 2026, cofinanciadas FEDER, concurrencia no competitiva, mínimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a vicepresidencia primeira e consellería de presidencia, xustiza e deportes e o concello de  no marco do disposto na disposición transitoria primeira do  decreto 168/2008, do 24 de xullo, polo que se regulan as agr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a consellería de economía, industria e innovación da xunta de galicia e a cámara oficial de comercio, industria, servizos e navegación da coruña para o desenvolvemento dun plan formativo para o sector comercial</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>Orde do 11 de xaneiro de 2024 pola que se establecen as bases reguladoras para a concesión, en réxime de concorrencia competitiva, de subvencións para a transformación dixital, innovación e modernización do sector comercial e artesanal, e se procede á súa</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en la transformación, comercialización y desarrollo de productos agroalimentarios. Convocatoria 2026</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Subvenciones para el mantenimiento de la actividad agraria y marítima dirigidas a Cooperativas Agrarias, Cofradías de Pescadores y Consejos Reguladores de Denominaciones de Origen Protegida de la Serra de Tramuntana para el año 2024</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo Ejecutivo de 18.11.2024, relativo a la aprobación de las bases que rigen la concesión de ayudas para promover prácticas sostenibles en las explotaciones agrarias de Menorca (CARB) y la convocatoria correspondiente para el año 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo Ejecutivo del Consejo Insular de Menorca, de 21.10.2024, relativo a la aprobación del convenio de colaboración con la Cooperativa Insular Ganadera de Menorca (COINGA) para realizar actuaciones de promoción y comercialización - 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo Ejecutivo de 17.11.2025, relativo a las bases que rigen la concesión de ayudas para promover prácticas sostenibles en las explotaciones agrarias de Menorca (CARB) y la convocatoria correspondiente para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para la recuperación, el mantenimiento y la consolidación del entorno agrario y agrodiversidad en la isla de Ibiza para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Acuerdo del consejo ejecutivo en sesión de carácter ordinario de 23.09.2024, relativo a la aprobación de las bases de las ayudas del consejo insular de Menorca para las Organizaciones Profesionales Agrarias (OPAS) y la convocatoria correspondiente a 2024</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo Ejecutivo, de 23 de septiembre de 2024, relativo a la aprobación de las bases de las ayudas del Consejo Insular de Menorca para las Agrupaciones de Defensa Sanitaria de Menorca (ADS) y la convocatoria correspondiente al año 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>convocatoria de ayudas para la promoción de la ocupación y la mejora de la competitividad de cooperativas, microcooperativas y sociedades laborales de las Illes Balears para los años 2025 y 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Fomento de instalaciones de energía solar fotovoltaica y microeólica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Subvenciones de autoconsumo y actuaciones de eficiencia energética en comunidades de propietarios</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Fomento de actuaciones de autoconsumo con energias renovables y eficiencia energética para pymes</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Subvenciones para el fomento de instalaciones de autoconsumo con fuentes de energia renovables/térmicas para personas físicas</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Bases reguladoras transformación digital pymes 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas dirigidas al funcionamiento de agrupaciones empresariales innovadoras de las islas baleares 2023</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas dirigidas al funcionamiento de agrupaciones empresariales innovadoras de las Islas Baleares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de Agricultura, Pesca i Medio Natural de convocatoria pública de subvención para actividades de educación ambiental en las Illes Balears a favor de entidades sin ánimo de lucro para el ejercicio 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de Agricultura, Pesca i Medio Natural de convocatoria pública de subvención para actividades de educación ambiental en las Illes Balears a favor de entidades sin ánimo de lucro para el ejercicio 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763152</t>
+  </si>
+  <si>
+    <t>Ayudas para investigadores predoctorles y postdoctorales para realizar estancias breves fuera de las illes balears</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Ayudas para la contratación de seguros agrarios combinados en la Comunidad Autónoma de las Islas Baleares correspondientes al 46º Plan de Seguros Agrarios Combinados.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Ayudas a Grupos de Cooperación para la innovación en materia agraria, para el año 2024</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en la transformación, comercialización y desarrollo de productos agroalimentarios para el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Subvenciones para la creación de empresas de jóvenes agricultores y agricultoras. convocatoria 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Ayudas para la contratación de seguros agrarios combinados en la comunidad autónoma de las islas baleares correspondientes al 45º plan de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en explotaciones agrarias, correspondientes al año 2024. segunda convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Subvenciones para la promoción de los productos agrícolas y alimentarios en régimen de calidad. convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Subvenciones para la promoción de los productos agrícolas y alimentarios en régimen de calidad. convocatoria 2026</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de Agricultura, Pesca y Medio Natural por la cual se aprueba la convocatoria pública de subvencions a centros educativos no universitarios de las Illes Balears para actividades de educación ambiental para el curso escolar 2023-24</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Ayudas para inversiones no productivas vinculadas a la realización de compromisos de agroambiente y clima, correspondientes al año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Ayudas al sector agrario para alimentar al ganado y garantizar la continuidad de las explotaciones en las Illes Baleares para hacer frente a la sequía del año 2024 -  adquisición extraordinaria de alimentos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>Ayudas al sector agrario para alimentar al ganado y garantizar la continuidad de las explotaciones en las Illes Baleares para hacer frente a la sequía del año 2024- siembra de determinados cultivos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Ayudas para la mejora de la eficiencia energética en el diseño y desarrollo de procesos y sistemas de empaquetado, almacenamiento, logística y distribución de productos agrarios y agroalimentarios en su acceso al canal HORECA, en el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>Acuerdo por el que se aprueban las Bases de la convocatoria de ayudas para el desarrollo rural de la isla de Menorca para el año 2024, vinculadas a proyectos relacionados con los ámbitos agrario y/o ambiental y enmarcados en la Estrategia de Desarrollo Local Participativo 2014-2020 de Menorca</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Acuerdo por el que se aprueban las Bases de la convocatoria de ayudas para el desarrollo rural de la isla de Menorca para el año 2024, vinculadas a proyectos relacionados con los ámbitos agrario y/o ambiental y enmarcados en la Estrategia de Desarrollo Lo</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Ayudas para ferias agrarias y concursos morfológicos y ayudas de minimis para concursos morfológicos celebrados por organizaciones o asociaciones, para el año 2024 – CONCURSOS  AYUNTAMIENTOS</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Ayudas para ferias agrarias y concursos morfológicos y ayudas de minimis para concursos morfológicos celebrados por organizaciones o asociaciones, para el año 2024 – CONCURSOS  ORGANIZACIONES/ASOCIACIONES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Ayudas para ferias agrarias y concursos morfológicos y ayudas de minimis para concursos morfológicos celebrados por organizaciones o asociaciones, para el año 2024 – FERIAS AGRARIAS de INCA Y de SINEU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>Ayudas para las agrupaciones de defensa vegetal para prevenir las plagas de los vegetales para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas al fomento de la agricultura ecológica, para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas al pago de los compromisos agroambientales de cultivos sostenibles por el uso de agua regenerada, para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 1.- FEDERACIONES Y UNIONES COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 2.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2025.- 3.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayuda para empresas de inserción y centros especiales de trabajo relacionados directa o indirectamente con los ámbitos agrario y/o ambiental. Ayudas LEADER Eivissa i Formentera</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Acuerdo por el cual se aprueba convocatoria de ayudas para inversiones en las explotaciones agrarias beneficiarías del proyecto Diseño e implementación de Planes Estratégicos de Gestión Empresarial de titulares de explotaciones agrarias jóvenes y de recie</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ayudas del año 2025 para la mejora de la producción y la comercialización de los productos de la apicultura correspondientes a la Intervención Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Ayudas para fomentar la producción de productos agrícolas de calidad para el período 2026-2027 - CONVOCATORIA 2026</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870822</t>
+  </si>
+  <si>
+    <t>Ayudas para fomentar la producción de productos agrícolas de calidad para el período 2026-2027 - CONVOCATORIA 2027</t>
+  </si>
+  <si>
+    <t>2026-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870829</t>
+  </si>
+  <si>
+    <t>Ayudas para las agrupaciones de defensa vegetal para prevenir las plagas de los vegetales para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones forestales no productivas en prevención de daños forestales. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones forestales no productivas en prevención de daños forestales. Convocatoria 2026</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en la transformación, comercialización y desarrollo de productos agroalimentarios. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Ayudas para las agrupaciones de defensa sanitaria ganaderas para el desarrollo de los programas sanitarios correspondientes al año 2026 - LENGUA AZUL-</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Ayudas para las agrupaciones de defensa sanitaria ganaderas para el desarrollo de los programas sanitarios correspondientes al año 2026 -RESTO ACTUACIONES-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Ayudas para la contratación de seguros agrarios combinados en la Comunidad Autónoma de las Islas Baleares correspondientes al 47º Plan de Seguros Agrarios Combinados</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Instrumentos Financieros- PRÉSTAMOS de INVERSIONES VINCULADAS A LA INTERVENCIÓN de JÓVENES AGRICULTORES - 1.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Instrumentos Financieros-PRÉSTAMOS A CAPITAL CIRCULANTE VINCULADO A LA INTERVENCIÓN de JÓVENES AGRICULTORES - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Instrumentos Financieros-PRÉSTAMOS de INVERSIONES VINCULADAS A LA INTERVENCIÓN DE INVERSIONES EN TRANSFORMACIÓN Y COMERCIALIZACIÓN de PRODUCTOS AGROALIMENTARIOS - 3.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Instrumentos Financieros-PRÉSTAMOS A CAPITAL CIRCULANTE VINCULADO A LA INTERVENCIÓN de  INVERSIONES  EN TRANSFORMACIÓN Y COMERCIALIZACIÓN de PRODUCTOS AGROALIMENTARIOS - 3.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876529</t>
+  </si>
+  <si>
+    <t>AYUDAS INTERVENCIONES EN FORMA de PAGOS DIRECTOS 2026  -3 -Ayuda complementaria para jóvenes agricultores y agricultoras</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883940</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario professional de las Illes Balears 2024.- 1.-UNIONES Y FEDERACIONES COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763018</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario professional de las Illes Balears 2024.- 2.-ORGANIZACIONES PROFESIONALES AGRARIAS (sede Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763043</t>
+  </si>
+  <si>
+    <t>Acuerdo por el cual se aprueban las Bases de la convocatoria, para el año 2024, de ayudas al desarrollo rural de la isla de Mallorca, vinculadas a proyectos relacionados con los ámbitos agrario y/o ambiental y enmarcados en la Estrategia de Desarrollo Loc</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>Resolución que aprueba la convocatoria para conceder subvenciones para la realización de proyectos de asesoramiento a trabajadores y empresas, en la elaboración de los estudios de carga de trabajo y en la elaboración de procedimientos de buenas prácticas</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>PROG. EST. COMERCIO EXTERIOR -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>PROG. ESTRATEGICO COMERCIO EXTERIOR-MINIMIS-ACTUACIONES2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>CONSOLIDACIÓN DEL TRABAJO AUTÓNOMO (AUT) MÍNIMIS AGRO.FORESTAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Apoyo a la dinamización comercial (DIN)</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>Convenio Asesoramiento integral a las empresas Federación de Empresas de La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular y Trans.Energética (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>TI4 Digitalización e Industria (Reg.Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGENCIA de DESARROLLO ECONÓMICO de LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Gemelos Digitales. Reto 1. Gemelo de Riego</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>Orden para compensar problemas comercialización</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Ayudas a establecimiento sector agrario</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Ayudas a inversiones en explotaciones agrarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870764</t>
+  </si>
+  <si>
+    <t>Convenio apiditpara impulsar actividad empresarial innovadora - sector calzado</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>Asociación cluster food+i", para impulsar la competitividad e innovación</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>Cs retos proyectos de desarrollo experimental e innovación</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
+  </si>
+  <si>
+    <t>Fomento PYME agroalimentaria (PAL) Reg.exención 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Ayudas regímenes de calidad de los productos agrícolas y alimenticios, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Programa CRECIMIENTO. Programa de ayudas de apoyo al crecimiento de proyectos empresariales innovadores de San Sebastián</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PARA LA PARTICIPACIÓN EN EL PROGRAMA de IMPULSO A LA CREACIÓN, CRECIMIENTO Y CONSOLIDACIÓN de NUEVAS INICIATIVAS EMPRESARIALES INNOVADORAS.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN TALENT. PROGRAMA de AYUDAS PARA IMPULSAR LA CONTRATACIÓN de PERFILES CON CUALIFICACIÓN PARA DESARROLLAR PROYECTOS INNOVADORES EN EMPRESAS Y ENTIDADES de  SAN SEBASTIAN</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>PROGRAMA BONOS TECNOLÓGICOS. PROGRAMA de AYUDAS PARA LA TRANSFERENCIA TECNOLÓGICA PARA EL IMPULSO Y LA MEJORA COMPETITIVA de PROYECTOS EMPRESARIALES INNOVADORES de SAN SEBASTIÁN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>PROGRAMA ESTRATEGIA. PROGRAMA de AYUDAS de APOYO PARA EL CRECIMIENTO de PROYECTOS EMPRESARIALES INNOVADORES de SAN SEBASTIÁN.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA CONTRATACIÓN JÓVENES PROYECTOS INVESTIGACION-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PARA LA INVERSIÓN EN INNOVACIÓN de ENT. FORMACIÓN EMPLEO 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova dirigido a estudiantes de grado, máster y doctorado oficiales de la UV del curso 2023-2024</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Resolución de 25/04/2024, de la Agencia de Ciencia, competitividad empresarial e innovación asturiana que aprueba la convocatoria de subvenciones programa de ayuda a la Transformación Digital, año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>Resolución de 7/4/2025, de la Agencia de Ciencia, Competitividad Empresarial e Innovación Asturiana, que aprueba la convocatoria para la concesión de subvenciones para la ejecución de proyectos de I+D en el Principado de Asturias del ejercicio 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Convocatoria de Ayudas de fomento al emprendimiento innovador (Cheque Emprendedor) para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolución de 3 de mayo de 2024 de la Consejería de Medio Rural y Política Agraria por la que se convocan ayudas a las Agrupaciones de Defensa Sanitaria Ganadera (ADSG) reconocidas en el Principado de Asturias para el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Acuerdo por el que se autoriza subvenciones a las Organizaciones Profesionales Agrarias para contribuir a sufragar sus gastos de funcionamiento 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de julio de 2024 de convocatoria de Subvenciones a Entidades Locales de la Consejería de Medio Rural y Política Agraria, correspondientes al año 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Resolución de 10 de 12 de 2024 de aprobación de convocatoria por gasto anticipado de concesión de subvenciones para los servicios de asesoramiento en las pequeñas y medianas explotaciones agrarias del P.A. en el marco del PEPAC 2023-2027 para el año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Subvención 2025 Cooperación para la sucesión de explotaciones agrícolas</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de abril de 2025, de la Consejería de Medio Rural y Política Agraria, por la que se aprueban las Bases Reguladoras y la Convocatoria de las Intervenciones en forma de pagos directos a la agricultura y a la ganadería y de las Intervenciones</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 21 de abril de 2025, por la que se aprueba la convocatoria de subvenciones para servicios de asesoría en las pequeñas y medianas explotaciones agrarias del Principado de Asturias realizadas por ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de abril de 2025, de la Consejería de Medio Rural y Política Agraria, por la que se aprueba la convocatoria de subvenciones a las entidades sin ánimo de lucro, con destino a la celebración de certámenes de productos agroalimentarios</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de diciembre de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones no productivas en explotaciones agrarias del Principado de Asturias vinculadas a la mitigación-adaptación al cambio climát</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de dic de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones en modernización y/o mejora de explotaciones agrarias en el marco del plan estratégico de la Política Agrícola Común de Es</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de diciembre de 2025 de la Consejería de Medio Rural y Política Agraria, por la que se convocan ayudas a inversiones productivas en explotaciones agrarias vinculadas a contribuir a la mitigación-adaptación al cambio climático, uso eficient</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>AYUDAS PARA LA PRESTACIÓN de SEVICIOS de SUSTITUCION A PEUELAS Y MEDIANAS EXPLOTACINOES AGRARIAS DEL PRINCIPADO de ASTURIAS 2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878436</t>
+  </si>
+  <si>
+    <t>Subvención 2026 Cooperación para la sucesión de explotaciones agrícolas (anticipado de gasto)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879098</t>
+  </si>
+  <si>
+    <t>Resolución por la que se aprueba la convocatoria ayudas para la prestación de servicios de asesoramiento convocatoria 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 27 de Mayo de 2024 por la que se aprueba la convocatoria de subvenciones para servicios de asesoría en las pequeñas y medianas explotaciones agrarias del Principado de Asturias dedicadas a la producción primaria de productos agrícolas pres</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de febrero de 2024 de la consejería de transición ecológica,industria y desarrollo económi por la que se aprueba convocatoria de subvenciones  para la mejora de la competitividad, innovación y digitalización del pequeño y mediano comercio</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Orden de la consejeria de agua, agricultura, ganaderia y pesca por la que se aprueba la convocatoria de las ayudas destinadas a la inversion en explotaciones agrarias, en el marco del plan estrategico de la pac, periodo 2023-207, anualidad 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Resolución de 23 de marzo de 2024 de la por la que se autoriza la convocatoria de las subvenciones para la dinamización e incentivación del consumo en los comercios minoristas del Principado de Asturias a través del Bono Comercio Asturias</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>ORDEN de 16 de ABRIL de 2024 de LA CONSEJERÍA de AGUA, AGRICULTURA, GANADERÍA Y PESCA POR LA QUE SE CONVOCAN, PARA EL AÑO 2024, LAS AYUDAS A INVERSIONES EN TRANSFORMACIÓN, COMERCIALIZACIÓN Y/O DESARROLLO de PRODUCTOS AGROALIMENTARIOS del PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Orden de 31 de julio de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se convocan ayudas públicas para proyectos al amparo de la EDLP de Galpemur en la Región de Murcia al amparo del FEMPA para 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES DESTINADAS A AGRUPACIONES de DEFENSA SANITARIA GANADERAS de LA REGIÓN de MURCIA PARA EL EJERCICIO 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Orden de 21 de junio de 2024 de la Consejería de Agua, Agricultura, Ganadería y Pesca, convocando ayudas destinadas a los Consejos Reguladores de las Denominaciones de Origen, Indicaciones Geográficas Protegidas  y Consejo Agricultura Ecológica. 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, de 25 de octubre, por el que se regula la Intervención Sectorial Vitivinícola en el marco del Plan Estratégico de la Política Agrícola Común.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Convocatoria ayudas para el intercambio de conocimientos y actividades de información, mediante actividades para formación profesional y adquisición de competencias (7201), en el sector agrario, agroalimentario, forestal y el medio rural, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Orden de 17 de febrero de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas de reestructuración y reconversión de viñedo de la Región de Murcia, para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Orden de 18 de marzo de 2025 de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas a la Cosecha en verde de la vendimia 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas dirigidas a agricultores cultivadores de arroz correspondiente a los compromisos de gestión medioambientales y climáticos de la intervención de desarrollo rural PEPAC 2023-2027. Protección del coto arrocero en la Región de Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Orden de 16/04/2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, 1ª Convocatoria ayudas para la concesión de subvenciones, intervención 7161 "Coop.Grupos Operativos de la Asociación Europea para la innovación agrícola"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Orden de 6 de mayo de 2025, de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se convocan para el año 2025 subvenciones para las Organizaciones Profesionales Agrarias, para el fomento de actividades de servicio al sector agrario</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Orden de 13 de agosto 2024 de la Consejería de Agua, Agricultura, Ganadería y Pesca, por la que se aprueba la convocatoria para el año 2024 de las ayudas de intervención en el sector apícola de la Comunidad Autónoma de la Región de Murcia.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA de LA LÍNEA de AYUDA CORRESPONDIENTE A LOS COMPROMISOS de GESTIÓN MEDIOAMBIENTALES Y CLIMÁTICOS de LA INTERVENCIÓN FEADER PEPAC (2023-2027), 6503 (AGRICULTURA ECOLÓGICA), EN LA REGIÓN de MURCIA.</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para la realización de estancias externas de investigadores predoctorales en centros extranjeros</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Resolución de 20/12/2024 del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas para incentivar la innovación  en los ámbitos de Defensa, Seguridad y Reconstrucción y Desarrollo, por empresas regionales.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Resolución de 29/12/2023 del presidente del instituto de fomento de la región de murcia de convocatoria de ayudas para actuaciones de eficiencia energética en pyme y gran empresa del sector industrial.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Resolución de 01/04/2025 del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas a la participación en ferias, eventos y misiones comerciales. Feria Saudi Agriculture. Arabia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolución de 08/04/2025, del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria plurianual de ayudas para incentivar la contratación de servicios de innovación y competitividad. Cheque Internacionalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de junio de 2025, del Director del Instituto de Fomento de la Región de Murcia, por delegación, de convocatoria de ayudas dirigidas a fomentar la innovación y el emprendimiento. Incubadoras.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolución de 24/05/2024 del Presidente del Instituto de Fomento de la Región de Murcia, de convocatoria de ayudas dirigidas a la entrada de inversores privados en empresas innovadoras de reciente creación.</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
+  </si>
+  <si>
+    <t>Resolución de 24/05/2024, del Presidente del Instituto de Fomento de la Región de Murcia, de convocatoria de ayudas dirigidas fomentar la innovación y el emprendimiento.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
+  </si>
+  <si>
+    <t>Ayudas para la modernización de alojamientos turísticos de la Región de Murcia y mejora de los ámbitos de la transición verde y sostenible, de la eficiencia energética y la transición digital en el marco del PRTR financiado por la UE-NextG  (MRR C14.I1.2)</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Subvención excepcional 2023, landaluz para promoción en puntos de venta de productos agroalimentarios andaluces a través de la marca de calidad y promoción “gusto del sur”.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>Convocatoria Pyme Innova 2025 - Cámara de Sevilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Orden de 18 de abril de 2024, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 1- Ayudas para el impulso y la promoción de la integración de la entidades asociacitivas agroalimentarias.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>Orden de 15 de mayo de 2024, por la que se convocan las ayudas a los planes de producción y comercialización OPPcampaña 2024 - Entidades sin ánimo de lucro</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Orden de 18 de abril de 2024, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 2- Ayudas para promover e impulsar la fusión de entidades asociativas agroalimentarias de Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, de 25 de octubre, por el que se regula la Intervención Sectorial Vitivinícola en el marco del Plan Estratégico de la Política Agrícola Común_Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Orden de 17 de septiembre de 2024, conv.2024-25, de ayudas dirigidas a la transferencia de conocimientos e información a agricultores y ganaderos a través de la celebración de certámenes agroganaderos y agrícolas relacionados con el olivar</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Orden de 24 de septiembre de 2024, por la que se conv. para 2024-25 las ayudas dirigidas a la transferencia de conocimientos e información a agricultores y ganaderos a través de la celebración de jornadas técnicas de amplia.difusión, PDRA 2014-22(Subm.1.2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>RESOLUCION de ** de ** de 2024 por la que se convocan para el ejercicio 2024 las ayudas dirigidas a la cooperación para la promoción de los productos agrícolas y alimenticios en regímenes de calidad (Intervención 7132)</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>ORDEN 10 de ENERO 2025, de la Dirección General de la Producción Agricola y Ganadera por la que se convocan ayudas a la ejecución de programas nacionales veterinarios por las Asociaciones de Defensa Sanitaria Ganadera de concurrencia no competitiva</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Orden de 27 de enero de 2025, por la que se efectúa la convocatoria para el año 2025 de subvenciones correspondientes a las operaciones de Agricultura Ecológica de Mantenimiento de Frutal Secano y Frutal Regadío (6503.2), correspondientes a las Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Orden de 28 de enero de 2025, por la que se efectúa la convocatoria para el año 2025 de la subvención a la operación 10.1.14 Enmienda caliza del suelo para prevención y control de la podredumbre radical en formaciones adehesadas de la Medida 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Orden de 27 de marzo de 2025,convoc. 2025 de ayudas dirigidas a la ejecución, a través de las Agrup. de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria en régimen de concurrencia competitiva</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Orden de 30 de abril de 2025, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 1-  Ayudas para el impulso y la promoción de la integración de la entidades asociacitivas agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Orden de 30 de abril de 2025, subvenciones dirigidas al fomento de procesos de integración y fusión de entidades asociativas agroalimentarias. Línea 2- Ayudas para promover e impulsar la fusión de entidades asociativas agroalimentarias de Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolución de 8 de mayo de 2025 por la que se convocan subvenciones a organizaciones y entidades representativas del sector agrario y de desarrollo rural en Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Orden de 20 de mayo de 2025, por la que se aprueban las bases reguladoras para la concesión de subvenciones, en Régimen de c.competitiva, dirigidas a los titulares de explotaciones agrícolas y ganaderas en municipios afectados por daños DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Orden de 16 de Diciembre de 2025, por la que se convocan para el año 2026 las ayudas dirigidas a la ejecución, a través de las Agrupaciones de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025, de la DG de Industrias, Innov. y Cadena Agroal., por la que se convoca para el ejercicio 2026 ayudas a inversiones en transformación, comercializ y/o desarrollo de productos agroalim. Intervención 68422-01 PYMES</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de diciembre de 2025, de la DG de Industrias, Innov. y Cadena Agroal., por la que se convoca para el ejercicio 2026 ayudas a inversiones en transformación, comercializ y/o desarrollo de productos agroalim. FRUTAS Y HORTAL. PYMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>ORDEN 21 de ENERO de 2026 Ayudas contratación Seguros Agrarios Combin.DTO 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883398</t>
+  </si>
+  <si>
+    <t>Resolución de 6 de mayo de 2024, Convocatoria 2024 de Subvenciones en rég.de conc.no comp. a organizaciones y entidades representativas de los sectores agrario y de desarrollo rural de Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 29 MAYO de 2025, LÍNEA 4.2 inclusión lab Empresa Ordinaria. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de mayo de 2024, de la D.G. Trabajo, Seguridad y Salud Laboral por la que se conv. para 2024 sub en rég.de conc.comp. a pyme para proyectos de prevención de riesgos laborales, Línea 1: - minimi agrícola</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de mayo de 2024, de la D.G. Trabajo, Seguridad y Salud Laboral por la que se conv. para 2024 sub en rég.de conc.comp. a pyme para proyectos de prevención de riesgos laborales, Línea 2: - minimi agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
+  </si>
+  <si>
+    <t>Resolución de 2 de mayo de 2025, de la SGIM, por la que se convocan los incentivos de transición justa en la provincia de Almería para el proyecto tractor «Innovación y sostenibilidad en la industria auxiliar de la agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolución de XX de XXX de 2025 por la que se convocan en concurrencia competitiva subvenciones para proyectos de innovación desarrollados por Centros Tecnológicos. Linea 5 de la Orden de 10 de febrero de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, de LA D.G de FOMENTO de LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN de SUBVENCIONES PARA PROYECTOS de INNOVACIÓN POR LOS CLUSTERES LINEA 2 NO AYUDA de ESTADO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, de LA D.G de FOMENTO de LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN de SUBVENCIONES PARA PROYECTOS de INNOVACIÓN POR LOS CLUSTERES LINEA 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, de LA D.G de FOMENTO de LA INNOVACIÓN, POR LA QUE SE CONVOCA PARA EL EJERCICIO 2025, EN CONCURRENCIA COMPETITIVA, LA CONCESIÓN de SUBVENCIONES PARA ADQUISICICÓN de EQUIPAMIENTOS MEJORA INFRAESTRUCTURAS EN C.TECN. LINEA 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Resolución de 6 de mayo de 2024,de la D.G.Comercio, Conv2024,Subv.en rég.conc.comp.destinadas a impulsar el asociacion.comercial y artesano,a promocionar y dinamizar el pequeño comercio urbano y a promocionar la artesanía en Andal. -Sector Comercial</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Convenio sati - pyme con la cámara de comercio, industria y servicios de zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Convenio satipymes con la cámara de comercio, industria y servicios de huesca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Convenio satipymes con la cámara de comercio, industria y servicios de teruel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de marzo de 2024, Convocatoria de la XX edición de los Premios Blas Infante de Estudio e Investigación sobre Administración y Gestión Pública.</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>ORDEN EEI/319/2024, de 27 de marzo, por la que se convocan ayudas con destino a la inversión y mejora, así como a la digitalización del pequeño comercio.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>ORDEN EEI/      /2024, de 1 de julio, por la que se convocan las ayudas correspondientes al programa “VOLVEREMOS” de fomento del pequeño comercio minorista, para la dinamización comercial en el medio urbano y rural de la Comunidad Autónoma de Aragón</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>Orden por la que se convocan subvenciones destinadas al establecimiento de jóvenes agricultores y de modernización y/o mejora de explotaciones agrarias, en el marco del plan estratégico de la pac para el periodo 2023-2027, para el año 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/1365/2024, de 14 de noviembre, por la que se aprueban las bases reguladoras y la convocatoria de ayudas sobre los daños en producciones e infraestructuras de las explotaciones agrarias como consecuencia de las lluvias torrenciales en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/…/2024, de 5 de diciembre, por la que se convocan subvenciones destinadas al establecimiento de jóvenes agricultores y a  modernización y/o mejora de explotaciones agrarias, en el marco del Plan Estratégico de la PAC, para el periodo 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Orden AGA/…/2024, de 19 de diciembre, por la que se convocan subvenciones para la prestación de servicios de asesoramiento agrario, en el marco del Plan Estratégico Nacional de la PAC 2023-2027, para Aragón, para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/268/2025, de 6 de marzo, por la que se convocan subvenciones en materia de cooperación para los grupos operativos de la Asociación Europea para la Innovación (AEI), en el marco del Plan Estratégico Nacional de la PAC 23-27, para Aragón para 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/685/2025, de 23 de junio, por la que se aprueban las bases reguladoras y la convocatoria de ayudas sobre los daños en producciones e infraestructuras de las explotaciones agrarias como consecuencia de las lluvias torrenciales 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Orden AGA/XX/2025, de XX, por la que se convocan las subvenciones a la contratación de seguros agrarios en la comunidad autónoma de Aragón, para el año 2025 para las líneas del cuadragésimo sexto plan de seguros agrarios combinados (plan 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025 de , POR LA QUE SE CONVOCAN SUBVENCIONES A UNA PARTE DEL COSTE de CONTRATACIÓN de LOS SEGUROS AGRARIOS PARA EL EJERCICIO 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/…/2025, de 17 de diciembre, por la que se convocan subvenciones para la prestación de servicios de asesoramiento agrario, en el marco del Plan Estratégico Nacional de la PAC 2023-2027, para Aragón, para el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/…/2026, de 23 de enero, por la que se convocan subvenciones destinadas al establecimiento de jóvenes agricultores y a la modernización y/o mejora de explotaciones agrarias, para el año 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883040</t>
+  </si>
+  <si>
+    <t>Orden aga/1611/2023, de 7 de noviembre, que establece las bbrr de ayudas extraordinarias otorgadas para financiación de explotaciones agrarias aragonesas por la sequía y los problemas coyunturales del sector, aprueba su convocatoria abierta para 2023-2024</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>ORDEN EEI/   /2024, de 21 de mayo, por la que se convocan para el ejercicio 2024 ayudas para la realización de actuaciones en materia de comercio exterior en la Comunidad Autónoma de Aragón, realizadas por PYMES aragonesas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Orden AGA/    /2024, a 7 de octubre, por la que se convocan subvenciones para inversiones en instalaciones de transformación y en infraestructuras vitivinícolas, estructuras e instrumentos de comercialización, para el año 2025 (ejercicio financiero 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Orden de 13 de enero, que establece las BBRR de ayudas extraordinarias otorgadas para financiación de cooperativas agrarias aragonesas con dificultades económicas consecuencia de la sequía y los problemas coyunturales del sector, y aprueba su convocatoria</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>ORDEN de 23 de enero de 2025, que establece las BBRR de ayudas extraordinarias otorgadas por la Comunidad Autónoma para proporcionar apoyo financiero a las cooperativas agrarias aragonesas y aprueba su convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Orden AGA/    /2025, de 7 de abril, por la que se aprueba la convocatoria para complementar en el año 2025, con cargo al convenio FITE 2023, las subvenciones concedidas al amparo de las Órdenes industrias agroalimentarias 2022 y 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025 de 26 de agosto por la que se convocan subvenciones para inversiones en transformación, comercialización y desarrollo de productos agrícolas (industrias agroalimentarias), en el marco del PEPAC para el periodo 2023-2027 para el año 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Convocatoria instrumental 2024. dirección general de ciencia e investigación. dpto. de educación, ciencia y universidades. subvenciones directas. texto refundido de la ley de subvenciones de aragón aprobado por decreto legislativo 2/2023 de 3 de mayo.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Orden AGA/…/2024, de 20 de mayo, por la que se convocan subvenciones para el fomento y promoción de la venta local de productos agroalimentarios en Aragón, para el año 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/ /2025, de 20 de enero,  para la presentación de la solicitud única de ayudas de la Política Agrícola Común para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDEN/AGA/284/2025, de 10 de marzo, del Consejero de Agricultura, Ganadería y Alimentación, por la que se convocan subvenciones destinadas a la mejora de la producción y comercialización de los productos de la apicultura, para el año 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/  /2026, de 16 de enero, para la presentación de la solicitud única de la Política Agrícola Común para el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882041</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/xxx/2024, de 22 de abril, por la que se convocan subvenciones destinadas a la mejora de la producción y comercialización de los productos de la apicultura, para el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre el gobierno de aragón y la fundación ecología y desarrollo para la ejecución del proyecto "asesoría energética para hogares aragoneses. población general"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Convenio colaboración entre gobierno de aragón y consejo aragonés de cámaras oficiales de comercio, industria y servicios como entidad colaboradora, para gestión ayudas para la modernización de empresas privadas transporte viajeros y mercancías</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Contrato-programa general entre el gobierno de aragón y la universidad de zaragoza, para la asignación y financiación de complementos retributivos adicionales ligados a méritos individuales del personal docente e investigador de la universidad de zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración suscrito entre el instituto aragonés de empleo y las cámaras oficiales de comercio, industria y servicios de huesca, teruel y zaragoza, para realizar el “programa 45+”.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Orden de la vicepresidenta segunda y consejera de economía, empleo e industria, por la que se concede una subvención a la agrupación de personas sordas de zaragoza y aragón (asza) para  realizar servicio de intermediación laboral para personas sordas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Orden de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia, por la que se convocan las ayudas a proyectos de inversión empresarial que fomenten la investigación y desarrollo e innovación industrial en la provincia de Teruel. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>CONVENIO de COLABORACIÓN ENTRE EL GOBIERNO de ARAGÓN Y LAS CÁMARAS OFICIALES de COMERCIO, INDUSTRIA Y SERVICIOS de HUESCA, TERUEL Y ZARAGOZA, PARA LA EJECUCIÓN de LAS ACCIONES SOBRE LAS PYME DERIVADAS del PLAN CAMERAL de COMPETITIVIDAD de ARAGÓN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>ORDEN de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, que aprueba BBRR de ayudas para proyectos de innovación, a través de la iniciativa “Techfablab”, en el marco de PRTR y su convocatoria 2024</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Orden de 16 de mayo de 2025, de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, por la que se convocan ayudas a pequeñas y medianas empresas para actuaciones de digitalización.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>ORDEN de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia, de 4 de febrero de 2026, se convocan ayudas a proyectos de inversión de pymes enmarcados dentro del Fondo de Transición Justa (FTJ) periodo 2021-2027 en la provincia de Teruel</t>
+  </si>
+  <si>
+    <t>2027-08-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885046</t>
+  </si>
+  <si>
+    <t>Orden de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, de 4 de febrero de 2026, por la que se convocan ayudas para captación de nuevas empresas y crecimiento de las ya establecidas en la provincia de Teruel</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-05-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885270</t>
+  </si>
+  <si>
+    <t>Ayudas a proyectos de inversión empresarial que fomenten la investigación y desarrollo e innovación industrial en la provincia de Teruel. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2026 LA SUBACCION I.4.1 “AYUDA POR SUPERFICIE”, de LA ACCIÓN I.4 “AYUDA A LOS PRODUCTORES de PAPA de MESA”</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869169</t>
+  </si>
+  <si>
+    <t>Orden por la que se convoca para la campaña 2024 la acción i.1. “ayuda a la comercialización de frutas, hortalizas, raíces y Tubérculos alimenticios, flores y plantas vivas recolectadas en canarias"</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>CONVENIO de COLABORACIÓN ENTRE EL DEPARTAMENTO de BIENESTAR SOCIAL Y FAMILIA Y LA UNIVERSIDAD de ZARAGOZA, PARA LLEVAR A CABO UN PROYECTO de INVESTIGACION QUE DESARROLLE UN SISTEMA de MEDICION de LA INSERCION LABORAL de PERSONAS CON DISCAPACIDAD 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convocan para la campaña 2024 las ayudas de la ACCION III.2 “APOYO AL SECTOR VACUNO”, SUBACCIÓN III.2.5 “AYUDA A LA REPOSICIÓN EN VACUNO de LECHE CON NOVILLAS"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca para la campaña 2025 La Acción III.1 “Ayuda para el suministro de animales reproductores de razas puras o razas comerciales originarios de la Comunidad”</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de agricultura, ganadería, pesca y soberanía alimentaria por la que se convocan para la campaña 2025, las ayudas de la subacción III.2.4 "Ayudas a la importación de terneros destinados al engorde"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Orden Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria que convoca para la Campaña 2025 la Acción I.5 “Ayuda a los productores tradicionales de tomate de invierno” del Programa Comunitario de Apoyo a las producciones agrarias canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convocan para la campaña 2024, las ayudas de la Acción III.11 “Ayuda a la producción local de huevos de gallina”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria que convoca para la Campaña 2024, la ayuda de la Acción III.5 “Ayuda al consumo humano de carne fresca de vacuno, porcino, conejo, caprino, ovino y pollo de origen local"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca para la campaña 2025 la “ayuda para la producción de miel de calidad procedente de la raza autóctona de abeja negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería, Pesca y Soberanía Alimentaria por la que se convoca, para la campaña 2025, la ayuda por superficie a los productores de aloe vera y olivo.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA, POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2025 LA AYUDA POR HECTÁREA PARA EL MANTENIMIENTO DEL CULTIVO de VIDES DESTINADAS A LA PRODUCCIÓN de VINOS CON DENOMINACIÓN de ORIGEN</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACTO de LA ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN, PARA LA CAMPAÑA 2025, LAS AYUDAS de LA ACCIÓN III.2, APOYO AL SECTOR VACUNO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2025, LAS AYUDAS de LA ACCIÓN III.6 AYUDA A LA PRODUCCIÓN LÁCTEA de CAPRINO Y OVINO de ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2025, LAS AYUDAS de LA ACCIÓN III.4 AYUDA A LA PRODUCCIÓN LÁCTEA de VACUNO de ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2026 LA “AYUDA A LOS PRODUCTORES de DETERMINADOS CULTIVOS FORRAJEROS”, ACCIÓN III.12 DEL PROGRAMA COMUNITARIO de APOYO A LAS PRODUCCIONES</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869139</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCAN PARA LA CAMPAÑA 2026, LAS AYUDAS de LA ACCIÓN III.1 AYUDA PARA EL SUMINISTRO de ANIMALES REPRODUCTORES de RAZAS PURAS O RAZAS COMERCIALES ORIGINARIOS de LA COMUNIDAD</t>
+  </si>
+  <si>
+    <t>2005-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869672</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2026 LA AYUDA A LOS PRODUCTORES de PLÁTANO IGP</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869845</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2026 LA ACCIÓN I.1. AYUDA A LA COMERCIALIZACIÓN de FRUTAS, HORTALIZAS, RAÍCES y TUBÉRCULOS, FLORES Y PLANTAS VIVAS RECOLECTADAS EN CANARIAS Y LA SUBACCIÓN I.4.2. AYUDA A LA COMERCIALIZACIÓN de PAPA de MESA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA, PESCA Y SOBERANÍA ALIMENTARIA POR LA QUE SE CONVOCA PARA LA CAMPAÑA 2026 LA ACCIÓN I.5 - AYUDA A LOS PRODUCTORES TRADICIONALES de TOMATE de INVIERNO</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCA, PARA LA CAMPAÑA 2024, LA AYUDA POR SUPERFICIE A LOS PRODUCTORES de ALOE VERA Y OLIVO, PREVISTAS EN LA ACCIÓN I.8 del PROGRAMA COMUNITARIO de APOYO A LAS PRODUCCIONES AGRARIAS de CANARIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBV. RECONSTRUCCION del POTENCIAL PRODUCCIÓN AGRÍCOLA, VOLCÁN LA PALMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>3 Orden Consejeria de Agricultura concesion ayuda directa perdidas de renta por Volcan , Platanos y Aguacate</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>Subvenciones a las Asociaciones Profesionales Agrarias de Canarias</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>Subvenciones destinadas a compromisos agroambientales en superficies agrarias y compromisos y actividades de conservación de recursos genéticos (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Orden por la que se convocan para 2025, subvenciones destinadas a apoyar a Asociaciones Profesionales Agrarias - Sin Ánimo de Lucro</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatoria ayudas para ejecucion del programa de emisión de bonos digitales para colectivos vulnerables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Orden consejeria de Agricultura, ganaderia , Pesca y Soberanía Alimentaria suscripcion Seguros Agrarios</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>PROYECTO MEJORA MERCADOS TRADICIONALES de CANARIAS Y/O APOYO COMERCIO RURAL</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Subv. proy. base aérea energéticamente sostenible</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Subv. ayto. fuencaliente - proyectos innovadores reto demográfico</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Asistencia y Tutorización transformación digital comercio de gran canaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Programa apoyo a la digitalización y el conocimiento del sector comercial</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Convocatoria subvenciones para la mejora competencias digitales población canaria 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>Convocatoria subvenciones DIGINNOVA PARA LA INCORPORACIÓN de TALENTO JOVEN A LAS EMPRESAS Y CENTROS de INVESTIGACIÓN de CANARIAS</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>Subvención AECP_Plan digitalización construcción 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCAN SUBVENCIONES de APOYO A AGRUPACIONES EMPRESARIALES INNOVADORAS O CLÚSTERES PARA LA REALIZACIÓN de ACTUACIONES de INNOVACIÓN EN CANARIAS, PARA EL EJERCICIO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
+  </si>
+  <si>
+    <t>Convocatoria para la concesión de subvenciones a proyectos de digitalización en empresas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Decreto nº 801/2024 de 17 de diciembre de 2024 del Vicepresidente por el que se convocan los Auxilios a Proyectos de Obras Hidráulicas de Iniciativa Privada y de Riego Agrícola para el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓN AYUNTAMIENTO GARAFÍA PLAN INSULAR de DINAMIZACIÓN COMERCIAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>Resolución del ICCA, por la que se convocan para la campaña 2024  la ayudas de las Acciones I.6 y I.7 del Programa comunitario de apoyo a las producciones agrarias de canarias (POSEI)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>COMPROMISOS de GESTIÓN AGROAMBIENTALES EN AGRICULTURA ECOLÓGICA (6503) PREVISTA EN EL MARCO PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria subv. dest. form. competencias digitales mrr</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para el establecimiento de jóvenes y nuevos agricultores y agricultoras en Cantabria en el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877067</t>
+  </si>
+  <si>
+    <t>Convocatoria PYME DIGITAL 2024 – Cámara de Comercio de Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Orden CTD/9/2024, de 25 de noviembre, bases reguladoras y convocatoria de subvenciones destinadas a Proyectos de Eficiencia Energética y Economía Circular de Empresas Turísticas (C14.I4, línea de actuación2), del PRTR sujetas al Reglamento (UE) 2023/2831</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>Orden CTD/9/2024, bases reguladoras y convocatoria de subvenciones destinadas a Proyectos de Eficiencia Energética y Economía Circular de Empresas Turísticas (C14.I4, línea de actuación 2), del PRTR sujetas al Reglamento (UE) Nº651/2014 Comision 17/6/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para la realización de inversiones productivas vinculadas a contribuir a la mitigación-adaptación al cambio climático, uso eficiente de los recursos naturales y a la modernización y/o mejora en explotaciones agrarias en Cantabria.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Convocatoria de las primeras ayudas a proyectos de inversión en transformación y comercialización de productos agrícolas acometidos por la industria alimentaria e incluidas en el plan estratégico de la política agraria común de Cantabria 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>Resolución del Consejero de Desarrollo Rural, Ganadería, Pesca y Alimentación, de 24 de abril de 2024, por la que se convocan ayudas a la producción y comercialización de la miel, en el marco de la intervención sectorial apícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>PLAN ANUAL de SEGUROS AGRARIOS 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para el establecimiento de jóvenes y nuevos agricultores y agricultoras en Cantabria en el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a los municipios para la realización de obras nuevas y de mejora de las infraestructuras agrarias 2024-2025, reguladas por la Orden DES/25/2024, de 14 de agosto.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Orden DES/07/2025, de 24 de febrero de 2025, por la que se convocan las ayudas financiadas por el FEAGA (Fondo Europeo Agrícola de Garantía) y FEADER (Fondo Europeo Agrícola de Desarrollo Rural) incluidas en la solicitud única para el año 2025 y se recoge</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Convocatoria de las ayudas a las agrupaciones de defensa sanitaria ganaderas reconocidas en Cantabria para el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a la producción y comercialización de la miel, en el marco de la intervención sectorial apícola.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Convocatoria  de ayudas para el año 2025 a las Organizaciones Profesionales Agrarias y Cooperativas Agrarias de Cantabria por colaborar en la cumplimentación de las solicitudes de la convocatoria de ayudas financiadas por el FEAGA Y FEADER</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
-[...2 lines deleted...]
-    <t>Ayudas destinadas a las explotaciones agrarias afectadas por la sequía y por otras adversidades climáticas durante los años 2023 y 2024</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para el establecimiento de jóvenes y nuevos agricultores y agricultoras en Cantabria en el año 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Convocatoria ayudas para realización de inversiones productivas vinculadas a contribuir a la mitigación-adaptación al cambio climático, uso eficiente de los recursos naturales y a la modernización y/o mejora en explotaciones agrarias en Cantabria  2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871752</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre el gobierno de cantabria, a través de la consejeria de fomento, ordenación del territorio y medio ambiente y la universidad de cantabria para el fomento de la investigación en materia de transportes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Convenio colaboración entre el gobierno de cantabria a través de la consejería de industria, turismo, innovación, transporte y comercio y la universidad de cantabria para el fomento de la investigación en materia de consumo</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Orden por la que se convocan las ayudas a la artesanía en cantabria 2024 (producción primaria de productos agrícolas)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas a las entidades asociativas agrarias para la colaboración en la prestación de servicios de asesoramiento que incluya la gestión técnico-económica, a las explotaciones agrarias en la Comunidad Autónoma de Cantabria para el año 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>ORDEN IND/57/2024, de 4 de diciembre, por la que se aporueba la Convocatoria para el años 2025 de las ayudas a la artesanía en Cantabria (Producción primaria de productos agrícolas.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Orden IND/39/2025, de 20 de agosto, por la que se aprueba para el año 2025 la convocatoria de subvenciones para asociaciones de comerciantes y sus federaciones y confederaciones y cooperativas de detallistas. No sujeto a minimis</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>AYUDAS A LA ARTESANÍA de CANTABRIA PARA EL AÑO 2026 (Producción primaria de productos agrícolas)</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Orden IND/19/2024, de 7 de mayo, por la que se convoca para el año 2024 la línea de subvenciones INNOVA.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Resolución SOD/EMPLEA/23/24, de 26 de abril de 2024, por la que se convoca para el año 2024 la línea de subvenciones del programa “EMPLEA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Resolución SOD/CERT/23/24, de 26 de abril de 2024, que convoca para el año 2024 la línea de subvenciones del programa de “CERTIFICACIONES PARA LA MEJORA COMPETITIVA Y LA ENTRADA EN NUEVOS MERCADOS”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN SOD/+TAL/23/24, de 20 de MARZO de 2024, POR LA QUE SE CONVOCA LA LÍNEA de SUBVENCIONES “+ TALENTO. CONTRATACIÓN de PERSONAL TÉCNICO COMERCIAL”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Resolución SOD/TEC/23/24, de 20 de marzo de 2024, por la que se convoca para el año 2024 la línea de subvenciones del programa de “Personal Técnico I+D”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Resolución SOD/FER/23/24, de 11 de abril de 2024, por la que se convoca para el año 2024 la línea de subvenciones del programa de “ORGANIZACIÓN de FERIAS Y CONGRESOS EMPRESARIALES EN CANTABRIA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Orden de 21 de diciembre de 2025 de la Consejería de Industria, Comercio y Empleo, por la que se convocan subvenciones para el año 2026 dirigidas a la adquisición de maquinaria industriales nueva en empresas industriales de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Orden de 22 de diciembre de 2023, de la consejería de agricultura, ganadería y desarrollo rural, se convocan subvenciones a la transformación y comercialización de productos agrarios, silvícolas y de la alimentación, cofinanciadas por feader, línea j01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Resolución SOD/PLAN/24/24, de 16 de mayo de 2024, por la que se convoca para el año 2024 el programa de subvenciones para la ejecución de planes de promoción comercial de las empresas de Cantabria. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Orden de 26 de junio de 2024 de la Consejería de Agricultura, G y DR por la que se convocan las ayudas para la reposición de reses como consecuencia de su sacrificio en aplicación de programas sanitarios oficiales de enfermedades de los rumiantes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>Subvenciones para la promoción del dimensionamiento del cooperativismo agroalimentario en la Comunidad de Castilla y León para el año 2024. Mínimis General. Orden de 01/08//2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Subvenciones para la promoción del dimensionamiento del cooperativismo agroalimentario en la Comunidad de Castilla y León para el año 2024. Mínimis agrícola. Orden de 1 de agosto de 2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Orden de 20 de agosto de 2024 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan  las ayudas destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Orden de 23 de octubre de 2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan subvenciones para bonificación de intereses en préstamos preferenciales bonificados formalizados por titulares de explotaciones en CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Orden de 21 de octubre de 2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2024, las ayudas de la intervención destinadas a fomentar la cooperación para la sucesión de explotaciones agrarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Orden de 24 de octubre de 2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2024, subvenciones a las organizaciones profesionales agrarias más representativas en la Comunidad de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Orden de 29 de octubre de 2024 de la Consejería de Agricultura, por la que se convocan subvenciones destinadas a la construcción, ampliación o adaptación de cebaderos o centros de recría de razas puras, de las especies bovina, ovina o caprina.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería y Desarrollo Rural, de 5 de noviembre de 2024, para fomentar la modernización de la industria agroalimentaria y la transición justa, Programa del Fondo de Transición Justa - Pymes</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería y Desarrollo Rural, de 8/11/2024, por la que se convocan subvenciones a las inversiones en comercialización y Transformación de los productos de la pesca y la acuicultura - Programa FEMPA – Línea PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Orden de 23 de diciembre de 2024, de la Consejería de Agricultura, Ganadería y DR, por la que se convocan ayudas para la realización de acciones de formación, información y demostración en el marco del Plan Estratégico Nacional de la PAC de España.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Orden de 27 de enero de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan las intervenciones en forma de pagos directos, intervenciones de desarrollo rural y el establecimiento de requisitos comunes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Orden de 23 de marzo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo rural, por la que se convocan ayudas a vacunación frente a salmonella en avicultura de puesta en Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Orden  de 21 de marzo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan, para el año 2025, las ayudas para la reestructuración y reconversión de viñedos en la comunidad de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Orden de 8 de abril de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas a la cosecha en verde de viñedos en la Comunidad de Castilla y León para la vendimia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Orden de 22/04/2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan subvenciones a la transformación amparadas en la Intervención 6842.1 (objetivos ambientales) del PEPAC cofinanciadas por el FEADER - Línea MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Orden de 19 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al control de rendimiento lechero a las entidades oficialmente reconocidas para la realización del control lechero.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan  las ayudas destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Orden de 26 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las subvenciones a la suscripción de pólizas de seguros agrarios incluidos en los Planes Anuales de Seguros Agrarios Combinados.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Orden de 28 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural por la que se convocan, para la campaña apícola del año 2025, las ayudas de la Intervención Sectorial Apícola en el marco del PEPAC 2023-2027 en Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2025 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al fomento de la cría e inscripción de ejemplares de razas puras de castilla y león en los libros genealógicos.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Orden de 12/08/2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2025 las ayudas para la promoción del dimensionamiento del cooperativismo agroalimentario, en la comunidad autónoma de Castilla y León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Orden de 23 de diciembre de 2025, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan ayudas para la realización de acciones de formación, información y demostración en el marco del PEPAC de España 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Orden de 27 de mayo de 2024 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan, para la campaña apícola del año 2024, las ayudas de la intervención sectorial apícola en el marco del PEPAC 2023-2027 en Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
+  </si>
+  <si>
+    <t>Orden de 28 de mayo de 2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2024, las ayudas destinadas a la realización de inversiones en equipos colectivos de protección antiheladas.</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764435</t>
+  </si>
+  <si>
+    <t>Orden de 30 de mayo de 2024 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan las ayudas destinadas al fomento de la cría e inscripción de ejemplares de razas puras de castilla y león en los libros genealógicos.</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
+  </si>
+  <si>
+    <t>Orden de 20 de agosto de 2024, de la Consejería de Cultura, Turismo y Deporte, por la que se convocan subv. destinadas a proyectos de eficiencia energética y economía circular de empresas turísticas, financiados por fondos europeos next generation-eu MRR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Orden de 8 de mayo de 2024, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convoca la incorporación de titulares de explotaciones agrarias a las intervenciones de desarrollo rural medioambientales y climáticas</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Orden de 12-diciembre-2025 de la Consejería de Economía y Hacienda por la que se efectúa la convocatoria del año 2026 destinadas a desarrollar y mejorar las capacidades de investigación e innovación del tejido empresarial a través de las AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Orden de 25 de enero de 2024, de la consejería industria, comercio y empleo por la que se convocan subvenciones destinadas a la financiación de costes salariales de trabajadores con discapacidad en centros especiales de empleo para el año 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Orden de 7 de mayo de 2024, de la Consejería de Industria, Comercio y Empleo por la que se convocan subvenciones dirigidas a la modernización, digitalización y mejora de la gestión del comercio de Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Acuerdo de 25 de abril de 2024, de la Junta de Castilla y León, por el que se autoriza la concesión directa de subvenciones a la Agrupaciones Empresariales Innovadoras de Castilla y León VITARTIS y CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Orden de 5 de abril de 2024, de la Consejería Industria, Comercio y Empleo, por la que se convocan para el año 2024 subvenciones públicas dirigidas a la realización de acciones que contribuyan al Bienestar laboral en centros de trabajo de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Orden de 3 de mayo de 2024, de la Consejería de Industria, Comercio y Empleo, por la que se convocan las subvenciones para el año 2024 del programa de apoyo a la creación y al empleo en cooperativas y sociedades labor. PROGRAMA I.- INCORPORACIÓN de SOCIOS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Orden de 6 de mayo de 2024, de la Consejería de Industria, Comercio y Empleo por la que se convocan subvenciones dirigidas a la modernización de las empresas artesanas de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Orden de 11 de julio de 2024, de la Consejería de Industria, Comercio y Empleo, por la que se convocan subvenciones dirigidas a la organización de ferias comerciales en Castilla y León</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Orden de 23 de diciembre de 2024, de la Consejería de Industria, Comercio y Empleo por la que se convocan subvenciones dirigidas a la reactivación del comercio minorista de proximidad de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Orden de 23 de diciembre de 2024, de la Consejería de Industria, Comercio y Empleo por la que se convocan subvenciones dirigidas a la promoción del sector comercial de Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Orden de 7 de mayo de 2025, de la Consejería de Industria, Comercio y Empleo, por la que se convocan las subvenciones para el año 2025 del programa de apoyo a la creación y al empleo en cooperativas y sociedades laborales. Programa II.- Inversiones</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Orden de 19 de junio de 2025, de la C. de Industria, Comercio y Empleo por la que se convocan subvenciones al fomento del relevo en la actividad por cuenta propia en Castilla y León (Relevacyl Autoempleo). Año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Orden de 19 de junio de 2025, de la C. de Industria, Comercio y Empleo, por la que se convocan subvenciones al fomento del espíritu emprendedor para garantizar el relevo productivo a través de las org. representativas de autónomos y de la economía social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Orden MAV/625/2025, de 12 de junio, por la que se aprueban las bases reguladoras y se convocan subvenciones para la digitalización de empresas de primera transformación de madera y otros productos maderables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Orden MAV/624/2025, de 12 de junio, por la que se aprueban las bases reguladoras y se convocan subvenciones para proyectos de emprendimiento digital y startups forestales en Castilla y León (RETECHFOR, PRTR, fondos Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Orden de 30 de mayo de 2023 de la consejería de movilidad y Transformación digital por la que se convocan ayudas destinadas a la modernización de empresas de transporte de viajeros y de transporte de mercancías, en el marco del prtr – next generation eu.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>Orden MTD/879/2024,de 6 de septiembre,que modifica Orden MTD/683/2023 de 23 de mayo, por la que aprueban bases reguladoras y se aprueba segunda convocatoria de ayudas para emisión bonos digitales colectivos vulnerables CyL financiado por UE(NextGen)MRR</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Orden de 3 de mayo de 2024, de la Consejería de Industria, Comercio y Empleo, por la que se convocan las subvenciones para el año 2024 del programa de apoyo a la creación y al empleo en cooperativas y sociedades laborales. PROGRAMA II.- INVERSIONES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Subvenciones destinadas a fomentar el autoempleo en Tierra de Campos.  Mínimis agrícola. Reg.(UE)1408/2013. Resolución del 22/11/2024 del Presidente de la Comisión Ejecutiva de Anclaje de FAFECYL.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para proyectos de carácter PRODUCTIVO de la medida 7119.2 LEADER del PLAN ESTRATÉGICO de LA POLÍTICA AGRARIA COMUN 2023-2027 EN CYL a gestionar por el GAL ASOCIACIÓN de DESARROLLO RURAL INTEGRAL RIBERA DEL DUERO BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas para proyectos de carácter NO PRODUCTIVO de la medida 7119.2 Leader del plan estratégico de la política agraria común 2023-2027 en CYL a gestionar por el GAL Asociación para el desarrollo rural e integral ribera del duero burgalesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvenciones para la financiación de proyectos en el marco de la Intervención 7119 LEADER del Plan Estratégico Nacional de la Política Agraria Común (PEPAC) 2023-2027 de España, en base a la Estrategia de Desarrollo del Grupo AGALSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Ayudas públicas para expedientes de la medida 7119.3 LEADER del Plan Estratégico de la Política Agraria común 2023-2027 en Castilla y León, gestionadas por el Grupo de Acción Local Segovia Sur</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Ayudas públicas para expedientes de la medida 7119.4 LEADER del Plan Estratégico de la Política Agraria común 2023-2027 en Castilla y León, gestionadas por el Grupo de Acción Local Segovia Sur</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvenciones para la financiación de proyectos en el marco de la Intervención 7119 LEADER del Plan Estratégico Nacional de la Política Agraria Común (PEPAC) 2023-2027 de España, en base a la Estrategia de Desarrollo del G.A.L. Asociación M</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de septiembre de 2023 del presidente del servicio público de empleo de castilla y león por la que se convocan subvenciones del programa de formación de trabajadores ocupados en empresas de sectores estratégicos agroalimentación 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Ayudas proyectos de investigación científica y Transferencia de tecnología, cofinanciadas por el FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Subvenciones dirigidas a financiar el programa de formación a la carta en empresas con carácter dual para 2024. Empresas agrícolas. Reg.(UE) 1408/2013. Resolución de 15/05/2024 del Presidente de la Comisión Ejecutiva de Formación para el Empleo de FAFECYL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Resolución, de 10/05/2024, de la DG de Agricultura y Ganadería, por la que se realiza la convocatoria de las ayudas mejorar las condiciones de producción y comercialización de la miel en Castilla-La Mancha, para la campaña apícola 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se establecen   disposiciones de aplicación de las intervenciones en forma de pagos directos financiadas con cargo   al Fondo Europeo Agrícola (FEAGA), la solicitud única y lo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Resolución, de 08/04/2025, de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria de las ayudas de la Intervención Sectorial Apícola en el marco del Plan Estratégico de la Política Agrícola Común en Castilla-La, para lac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolución de 11/12/2025, de la DG de Agricultura y Ganadería, por la que se convocan, en 2025, las ayudas de la Intervención 6505.2 Actividades de conservación, uso y desarrollo sostenible de los recursos genéticos ganaderos en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolución de 07//01/2026 de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria en 2026 de las ayudas a las solicitudes de reestructuración y reconversión de viñedo de Castilla-La Mancha en el marco de la Intervención S</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Orden  de 28 de enero, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se establecen disposiciones de aplicación de las intervenciones en forma de pagos directos financiadas con cargo al Fondo Europeo Agrícola (FEAGA), la solicit</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884030</t>
+  </si>
+  <si>
+    <t>Orden xx/2024 de 14 de febrero, de la consejería de agricultura, ganadería y desarrollo rural, por la que se regula la obligación de retirada de los subproductos de la vinificación, se precisan las bases reguladoras de las ayudas a la destilación de subpr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Resolución de 21/11/2024, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, por el procedimiento de tramitación anticipada, para el año 2025, las ayudas para para promover</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolución de 22/11/2024, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, por el procedimiento de tramitación anticipada, para el año 2025, las ayudas a la cooperación para la información y promoción de los pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Orden de 24/02/2023, de la consejería de agricultura, agua y desarrollo rural, por la que se establecen las bases reguladoras para la concesión de ayudas para la modernización y Transformación de los regadíos en el ámbito territorial de castilla-la mancha</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Resolución, de 16/05/2024, de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria por el procedimiento de tramitación anticipada, en 2024, de la prórroga de compromisos de la incorporación en 2023 a la ayuda incluida enl</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Resolución de 12/03/2024, ayudas para mejorar y/o modernizar explotaciones agrícolas y ganaderas en el marco de la intervención 6841.2 para jóvenes que simultáneamente soliciten ayuda a la intervención 6961.1 del Plan Estratégico de la PAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>Resolución de 17/12/2024, de la Dirección General de Desarrollo Rural, por la que se convocan, para el año 2025, por el procedimiento de tramitación anticipada, las ayudas al establecimiento de jóvenes a la agricultura y a las inversiones para la mejora y</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Resolución, de 14/05/2024, de la Viceconsejería de la Política Agraria Común y Política Agroambiental, por la que se convocan en 2024, por el procedimiento de tramitación anticipada, ayudas para la realización de actividades de formación de las submedidas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Orden de bases de subvenciones para acciones de formación en capacidades digitales, dirigida preferentemente a mujeres del ámbito rural, Plan Nacion. Competencias digitales, del PRTR, financiado por la U. E. -Next Generation EU-, y convocatoria 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de DESARROLLO SOSTENIBLE, POR LA QUE SE ESTABLECEN LAS BASES REGULADORAS de LAS AYUDAS PARA EL FOMENTO de LA CREACIÓN de AGRUPACIONES de PROPIETARIOS FORESTALES PRIVADOS PARA LA GESTIÓN CONJUNTA EN EL MARCO DEL PLAN de RECUPERACIÓN,</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Decreto 44/2024, de 27 de agosto, por el que se regula la concesión directa de subvenciones para la contratación de personas jóvenes en el marco del Programa Mi Primer Empleo, cofinanciadas por el Fondo Social Europeo Plus. REG (UE) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2024 por la que se aprueba la convocatoria de subvenciones para la realización de proyectos de formación profesional y empleo en el seno de la empresa (Línea 5 Sectorial), para 2024. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Resolución de 05/03/2024, de la consejería de fomento, por la que se convocan ayudas para actuaciones de rehabilitación energética en viviendas y en edificios de viviendas existentes, en ejecución del programa de rehabilitación energética para edificios e</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Resolución de 23/12/2025, de la Dirección General de Desarrollo Rural, por la que se convocan para el año 2026 por el procedimiento de tramitación anticipada, las ayudas al establecimiento de jóvenes a la agricultura y a las inversiones para la mejora y/o</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolución de 21/08/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan para el año 2024 las subvenciones al control del rendimiento lechero en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de Ordenación Agropecuaria, por la que se convocan, para el año 2024, las ayudas a las agrupaciones de defensa sanitaria ganaderas (ADSG) en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
+  </si>
+  <si>
+    <t>Resolución de 18/12/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan, por el procedimiento de tramitación anticipada, en el año 2025, las subvenciones destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolución de 18/12/2024, de la Dirección General de Ordenación Agropecuaria, por la que se convocan para el año 2025 las subvenciones al control del rendimiento lechero en Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>ORDEN de LA CONSEJERÍA de AGRICULTURA, GANADERÍA Y DESARROLLO RURAL, POR LA QUE   SE ESTABLECEN LAS BASES REGULADORAS de LA AYUDA EXCEPCIONAL PARA PALIAR LAS   REPERCUSIONES EN LAS EXPLOTACIONES GANADERAS AFECTADAS POR EL SEROTIPO 3 DEL   VIRUS de LA LENG</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Resolución de 27/05/2025, de la Dirección General de Ordenación Agropecuaria, por la que se establece la convocatoria de ayudas adicionales a la contratación de seguros agrarios en Castilla-La Mancha incluidos en el cuadragésimo sexto Plan de Seguros Agrarios Combinados (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolución  de la Dirección General de Ordenación Agropecuaria, por la que se convocan para el año 2026 las subvenciones al control del rendimiento lechero en Castilla-La Mancha.</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878072</t>
+  </si>
+  <si>
+    <t>Resolución de 30/05/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de minimis, ayudas en especie para la participación agrupada en el stand que contratará la Consejería de Agricultura, Ganadería y Desarrollo Rural para la asistencia a la feria agroalimentaria Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolución, de 18/11/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, por el procedimiento de tramitación anticipada, para el año 2026, las ayudas para promover lap</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolución de 16/12/2025, de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, en régimen de concurrencia competitiva, para el año 2026, las ayudas para la información y promoción de los productos agrícolas y alime</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Orden xx/2024, de 26 de marzo, de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por el que se establecen las bases reguladoras para la concesión directa de ayudas adicionales a la contratación de seguros agrarios en Castilla-La Mancha.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Resolución de 22/04/2025, de la Secretaría General, por la que se realiza la convocatoria, en régimen de concurrencia competitiva, para el año 2025, de ayudas a las organizaciones profesionales agrarias y a las entidades asociativas sin ánimo de lucro, pa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Convocatoria de 20 becas para la matrícula  del curso de verano 2025 del Vicerrectorado de Cultura, Deporte y Compromiso Social de la UCLM “Emprendimiento en el sector veterinario y agroganadero: oportunidades y desafíos" CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolución de 04/08/2025, de la Viceconsejería de Política Agraria Común y Política Agroambiental, por la que se convocan ayudas, en régimen de minimis, por la tenencia y mantenimiento de perros mastines para la defensa y guarda de ganado ovino y caprinoe</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>CONVENIO COLABORACIÓN COOPERATIVAS AGRO-ALIMENTARIAS de CASTILLA-LA MANCHA E IPEX PARA SU INTERNACIONALIZACIÓN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>convocatoria de las ayudas para proyectos para la promoción del impacto social del conocimiento de las universidades y el resto de los agentes del sistema de investigación, desarrollo e innovación de Cataluña.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Subvenciones para la investigación y recuperación de suelos de su propiedad que se ven afectados por indicios de contaminaciones puntuales o por vertidos de residuos industriales por causante desconocido.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Subvenciones para proyectos de inovación tecnológica Green 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Subvenciones a cupones a la competitividad empresarial:Innovación 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Resolución de la Viceconsejería de Medio Ambiente por la que se convocan las ayudas en inversiones en tecnologías forestales y en la transformación, movilización y comercialización de productos forestales en el marco del Programa de Desarrollo Rural de Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Ayudas a las líneas del plan de seguros agrarios (agroseguro)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>Ayudas directas a la agricultura y la ganadería y otros regímenes de ayuda para la campaña 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓNpor la que se abre la convocatoria para la concesión de subvenciones en el ámbito delcomercio y de los servicios para el año 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Ayudas a las líneas del Plan de seguros agrarios (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis destinadas a las explotaciones agrarias de arroz que utilicen semilla certificada para 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis para la promoción de las exportaciones de las industrias agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Ayudas a la conservación de los recursos genéticos agrícolas dirigidas a entidades de conservación, en el marco del Plan Estratégico de la PAC 2023-2027 correspondientes a 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Ayudas para las inversiones para las instalaciones de transformación e infraestructuras vitivinícolas y comercialización 2024-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Ayudas para la transformación del cooperativismo agroalimentario catalán y el fomento de la competitividad y la sostenibilidad ambiental, social y económica (IMPULS.COOP) correspondientes a 2025, 2026 y 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrícola en materia de sanidad vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Ayudas destinadas a las explotaciones agrarias en respuesta a la agravación de las condiciones del sector primario derivado del conflicto bélico en Ucrania y de la sequía al 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Ayudas para incentivar la investigación aplicada en materia de producción agroalimentaria ecológica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>Ayudas a las Líneas del Plan de Seguros Agrarios (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Ayudas para el fomento de la transformación del sistema agroalimentario catalán alineado con el Plan estratégico de la alimentación de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis al sector agrícola para el fomento de la transformación del sistema agroalimentario catalán alineado con el Plan estratégico de la alimentación de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis para el fomento de la transformación del sistema agroalimentario catalán alineado con el Plan estratégico de la alimentación de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis del sector de interés económico general para el fomento de la transformación del sistema agroalimentario catalán alineado con el Plan estratégico de la alimentación de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Ayudas de minimis destinados a la promoción y la comercialización de la venta de proximidad en Cataluña</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Ayudas al desarrollo y validación de tratamientos innovadores en la gestión de deyecciones ganaderas correspondientes a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ayudas a la mejora de los procesos de transformación y comercialización de los productos agroalimentarios correspondientes al año 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Ayudas para las inversiones para las instalaciones de transformación y comercialización vitivinícolas 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
+  </si>
+  <si>
+    <t>Ayudas para el fomento de las actuaciones de las agrupaciones de defensa forestal (ADF) para el año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Ayudas a la conservación de los recursos genéticos agrícolas dirigidas a entidades de conservación, en el marco del Plan estratégico de la PAC 2023-2027 correspondientes a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrícola en materia de sanidad vegetal 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871077</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871093</t>
+  </si>
+  <si>
+    <t>Ayudas a las entidades locales por la redacción del plano de delimitación y/o del plan de prevención de incendios forestales</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871847</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872116</t>
+  </si>
+  <si>
+    <t>Ayudas a las líneas del Plan de seguros agrarios 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Ayudas a la línia de financiación para actuaciones de mejora en el ahorro energètico de instalaciones y equipos y para proyecto de economía circular de los establecimientos que prestan servicios de alojamiento turístico de Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Premio al/a la mejor joven artesano/ana alimentario/a innovador/a correspondiente al año 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvenciones para la programación de espectáculos de artes en vivo y actividades de artes visuales de carácter profesional en acontecimientos de interés agroturístico</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>Resolución EMT//2024, de, por la que se abre la convocatoria anticipada para el año 2025 para la concesión de subvenciones para el fomento de la contratación con formación en el marco de las campañas agrarias en Lleida (SOC - CAMPAÑA AGRARIA EN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Ayudas a las contratación Programa PICE Cámara de Comercio de Ceuta 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>BASES REGULADORAS PARA LA CONCESIÓN de LAS SUBVENCIONES DIRIGIDAS A FINANCIAR PROYECTOS de EFICIENCIA ENERGÉTICA Y ECONOMÍA CIRCULAR EN EMPRESAS TURÍSTICAS EN LA CIUDAD AUTÓNOMA de CEUTA, EN EL MARCO DEL PLAN de RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>II fase oficinas comarcales transción energética</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>CONVENIO de COLABORACIÓN ENTRE LA CIUDAD de MELILLA Y LA FUNDACIÓN INSTITUTO CAMERAL PARA LA CREACIÓN Y DESARROLLO de LA EMPRESA (INCYDE), PARA EL DESARROLLO de TRES PROGRAMAS de FORMACIÓN Y ACOMPAÑAMIENTO DENTRO del PROYECTO "EMPRENde  Y AVANZA" .</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Decreto del 10 de septiembre 2024 de la Delegada del Área de Gobierno de Economía, Innovación y Hacienda por el que se aprueba la convocatoria pública para la concesión de subvenciones a personas afiliadas al régimen especial de trabajadores por cuenta propia</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria renta para jóvenes agricultores y agricultoras 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882796</t>
+  </si>
+  <si>
+    <t>Premios solución digital startup Comunidad de Madrid 2024</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Ayudas a municipios de la Comunidad de Madrid para el desarrollo de actividades de promoción comercial y ferial 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Programa eficiencia energética en pyme y gran empresa sector industrial</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria seguros agrarios c.madrid pólizas 01/01/24 al 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>CONVENIO de COLABORACIÓN ENTRE LA CIUDAD de MELILLA Y LA FUNDACIÓN INSTITUTO CAMERAL PARA LA CREACIÓN Y DESARROLLO de LA EMPRESA (INCYDE), PARA EL DESARROLLO de TRES PROGRAMAS de FORMACIÓN Y ACOMPAÑAMIENTO DENTRO del PROYECTO "REACTIVA TU FUTURO".</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>AYUDA AL COMITÉ de AGRICULTURA ECOLÓGICA 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>AYUDAS  INVERSIONES CON OBJETIVOS AMBIENTALES INDUSTRIA AGROALIMENTARIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Ayudas a la producción y comercialización de la miel año 2024 FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Ayudas  para inversiones con objetivos ambientales en la industria agroalimentaria, cofinanciadas por FEADESR y AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>AYUDAS AGRUPACIONES de TRATAMIENTO INTEGRADO EN AGRICULTURA (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria seguros agrarios C. Madrid Pólizas 01/11/24 al 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria seguros agrarios C. Madrid Pólizas 01/01/25 AL 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Ayudas Agrupaciones de Defensa Sanitaria Ganadera - LÍNEA A</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Ayudas Agrupaciones de Defensa Sanitaria Ganadera - LÍNEA B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Ayudas Agrupaciones de Tratamiento Integrado en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Ayuda complementaria renta para jóvenes agricultores y agricultoras 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ayuda agricultores determinados cultivos afronten dificultades campaña 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AYUDAS ORGANIZ.  PROFES. AGRARIAS Y UNION COOP. AGRARIAS (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AYUDAS UNION COOP. AGRARIAS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>AYUDAS FOMENTO INVERSIONES TRANSFORM.PRODUC.AGRAR.RESTO INVERS.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>AYUDAS FOMENTO INVERSIONES TRANSFORM.PRODUC.AGRAR.ENTIDADES ASOCIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>AYUDAS  INVERSIONES CON OBJETIVOS AMBIENTALES INDUSTRIA AGROALIMENT.MINIMIS</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>AYUDAS FOMENTO INVERSIONES TRANSFORMAC.PRODUCTOS AGRARIOS. ENTIDADES ASOCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>Resolución Dirección de Fundación Biodiversidad que publica la convocatoria de subvenciones para realizar proyectos que contribuyan a la mejora ambiental en el ámbito agropecuario y forestal, y contribución al desarrollo territorial sostenible en Doñana.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección de la Fundación Biodiversidad, que aprueba la publicación de convocatoria de subvenciones, para apoyo de proyectos aprobados en el marco del programa LIFE en ámbito de la biodiversidad y fomento de digitalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Subvenciones a los seguros agrícolas, ganaderos y forestales comprendidos en el 47º Plan de Seguros Agrarios Combinados</t>
+  </si>
+  <si>
+    <t>2027-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886334</t>
+  </si>
+  <si>
+    <t>Línea de Financiación “ico Crecimiento Exportadores” - Minimis Agricultura</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886390</t>
+  </si>
+  <si>
+    <t>Resolución de 5 de febrero de 2026, de la Presidencia del IVACE, por la que se convoca la concesión de subvenciones a empresas para proyectos de I+D para el ejercicio 2026, con financiación de la U. E. a través del FEDER.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885694</t>
+  </si>
+  <si>
+    <t>Orden de 29 de diciembre de 2025 por la que se establecen las bases reguladoras del Programa Galicia Suma Talento: Empléate de incentivos a la contratación en la empresa ordinaria, y se procede a su convocatoria para el año 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Orden de 29 de diciembre de 2025 por la que se establecen las bases reguladoras para la concesión de subvenciones públicas, destinadas a la financiación del Programa Investigo, de contratación de personas jóvenes demandantes de empleo</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Orden de 30 de diciembre de 2025 por la que se establecen las bases reguladoras del Programa de incentivos a las empresas calificadas como iniciativas de empleo de base tecnológica (IEBT), y se procede a su convocatoria para el año 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885510</t>
+  </si>
+  <si>
+    <t>Convocatoria derivada de las bases reguladoras de las ayudas para apoyar la actividad científica de los grupos de investigación de Cataluña (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Resolución de 10/02/2026 de la Dirección General de Producción Agroalimentaria y Cooperativas, por la que se convocan, las ayudas para la asistencia a la feria agroalimentaria World Olive Oil Exhibition (WOOE) para el año 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886495</t>
+  </si>
+  <si>
+    <t>Orden de 4 de febrero de 2026 de la C.M.A.V. y O.T. por la que se convoca la prima compensatoria para el año 2026, cofinanciada FEADER en marco PEPAC España 2023-2027, de expedientes de forestación de tierras agrícolas (1993-1999, 2000-2006 y 2007-2013)</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887418</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se establecen axudas aos investimentos en tecnoloxías forestais, procesamento, mobilización e comercializacion de produtos forestais</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
+  </si>
+  <si>
+    <t>Pagos directos a la agricultura 2023/2027</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888025</t>
+  </si>
+  <si>
+    <t>Ayuda a ganaderos de ovino y caprino sin pastos</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888029</t>
+  </si>
+  <si>
+    <t>Ayudas para ganaderos extensivos de vacas nodrizas</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888038</t>
+  </si>
+  <si>
+    <t>Ayuda para ganaderos de ovino y caprino de carne</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888040</t>
+  </si>
+  <si>
+    <t>Ayuda para los ganaderos de leche de vaca</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888045</t>
+  </si>
+  <si>
+    <t>Ayuda para ganaderos ovino y caprino de leche</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888058</t>
+  </si>
+  <si>
+    <t>ORDE do 13 de febreiro de 2026 pola que se regula a aplicación dos pagamentos directos á agricultura e á gandaría e das axudas ao desenvolvemento rural suxeitas ao sistema integrado de xestión e control (códigos de procedemento MR250A, MR239G, MR239K, MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888126</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. ADISMONTA</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888167</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. ADERSUR</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888474</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de 19 de febrero de 2026 del director de la Agencia Valenciana de Fomento y Garantía Agraria, por la que se aprueba la convocatoria de ayudas a la reestructuración y reconversión de viñedo de la Comunitat Valenciana para operaciones que finali</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888572</t>
+  </si>
+  <si>
+    <t>Ayuda para sufragar el precio del gasóleo consumido por los productores agrarios arts 24 a 27 Real Decreto Ley 20/2022. Año 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agua, Agricultura, Ganadería y Pesca por la que se aprueba la convocatoria de las ayudas de reestructuración y reconversión de viñedo de la Región de Murcia, para el año 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888969</t>
+  </si>
+  <si>
+    <t>Resolución de 20/02/2026 de la Dirección General de Ordenación Agropecuaria, por la que se convocan, por el procedimiento de tramitación anticipada, ayudas para la prestación de servicios de asesoramiento en gestión integrada de plagas por parte de las Ag</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889012</t>
+  </si>
+  <si>
+    <t>Bases reguladoras y convocatoria de subvenciones a la suscripción de los seguros agrarios incluidos en el Plan de Seguros Combinados de 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890287</t>
+  </si>
+  <si>
+    <t>REAFIANZAMIENTO PROGRAMA DE AVALES PARA PYMES AÑO 2026 MRR REG (UE) 2023/2831 de minimis, General</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890292</t>
+  </si>
+  <si>
+    <t>REAFIANZAMIENTO PROGRAMA DE AVALES PARA PYMES AÑO 2026 MRR Reglamento (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890304</t>
+  </si>
+  <si>
+    <t>REAFIANZAMIENTO PROGRAMA DE AVALES PARA PYMES AÑO 2026 REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890274</t>
+  </si>
+  <si>
+    <t>REAFIANZAMIENTO PROGRAMA DE AVALES PARA PYMES AÑO 2026 REG (UE) 1408/2013 de minimis, Agrícola, Mecanismo de Recuperación y Resiliencia (MRR)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890279</t>
+  </si>
+  <si>
+    <t>REAFIANZAMIENTO PROGRAMA DE AVALES PARA PYMES AÑO 2026 REG (UE) 2023/2831 de minimis, General</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890291</t>
+  </si>
+  <si>
+    <t>REAFIANZAMIENTO PROGRAMA DE AVALES PARA PYMES AÑO 2026 Reglamento (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890300</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvenciones para la mejora de la competitividad de las pymes de comercio de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890314</t>
+  </si>
+  <si>
+    <t>Orden de la Vicepresidenta y Consejera de Presidencia, Economía y Justicia del Gobierno de Aragón, por la que se convocan ayudas a pequeñas y medianas empresas para actuaciones de digitalización</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Subvenciones a entidades asociativas del sector agrario y alimentario, para la realización de actividades específicas de especial interés para el sector agroalimentario español, así como su integración en entidades de ámbito europeo</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890368</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. ADESVAL</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891006</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891007</t>
+  </si>
+  <si>
+    <t>Orden de 28 de febrero de 2026 de la Consejería de Agricultura, Ganadería y Desarrollo rural, por la que se convocan ayudas a vacunación frente a salmonella en avicultura de puesta en Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890367</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Agua, Agricultura, Ganadería y Pesca por la QUE SE Aprueba la Convocatoria de las Ayudas Destinadas al Establecim. de Personas Jóvenes Agricultoras, en el Marco del Plan Estratégico de la Política Agraria Común, Período 2023-2027</t>
+  </si>
+  <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891315</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones  en transformación y comercialización de productos agrícolas. NO Ayudas Estado.(Interv, 7119 PEPAC), s/ I Convo  (PEPAC 2023-2027) G.A.L. Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889842</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones en la creación y desarrollo de empresas y actividades no agrícolas en zonas rurales (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889844</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de Ordenación Agropecuaria por la que se convocan, en régimen de concurrencia competitiva, para el año 2026, las ayudas para compensar el lucro cesante de las explotaciones ganaderas en las que se haya impuesto un vaciad</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890551</t>
+  </si>
+  <si>
+    <t>Orden IND/8/2026, de 25 de febrero, por la que se aprueba la convocatoria de subvenciones destinadas al fomento del empleo y mejora de la competitividad en las cooperativas y sociedades laborales. 
+Reglamento (UE) 1408/2013 de Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Orden de 27 de febrero de 2025, de la Consejería de Industria, Comercio y Empleo por la que se convocan subvenciones para la financiación de las unidades de apoyo a la actividad profesional en los centros especiales de empleo para el año 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891005</t>
+  </si>
+  <si>
+    <t>Ayudas 2026  Enfoque Leader a inversiones en transformación y comercialización de productos agrícolas.Ayudas Estado(Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) G.A.L. Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889841</t>
+  </si>
+  <si>
+    <t>Ayudas a empresas de Navarra en el marco del programa Europa+cerca en el año 2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889671</t>
+  </si>
+  <si>
+    <t>Ayudas a Sindicatos de trabajadores del sector agroalimentario para el desarrollo de sus actividades de colaboración y representación ante la Administración General del Estado</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890371</t>
+  </si>
+  <si>
+    <t>Ayudas para acciones de fomento del sector forestal privado</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890417</t>
+  </si>
+  <si>
+    <t>Ayudas para la Mejora Energética de Edificaciones Destinadas a Servicio Público Municipal en Zonas Rurales para el AÑO 2026</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890870</t>
+  </si>
+  <si>
+    <t>Convocatoria de las ayudas a los ayuntamientos para la realización de obras nuevas y de mejora de las infraestructuras agrarias en el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890665</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 27 de febrero de 2026 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio
+“Alimentos de España Mejores Vinos, año 2026”</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890573</t>
+  </si>
+  <si>
+    <t>ORDEN AGA/XXX/2026, de XX de xxxx, del Consejero de Agricultura, Ganadería y Alimentación, por la que se convocan subvenciones destinadas a la mejora de la producción y comercialización de los productos de la apicultura, para el año 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Orden de 26 de febrero de 2026 por la que se establecen las bases reguladoras de las ayudas destinadas a las personas agricultoras jóvenes, en el marco del Plan estratégico de la política agraria común de España 2023-2027, cofinanciadas por el Fondo Europ</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891035</t>
+  </si>
+  <si>
+    <t>Convocatoria en 2024 de ayudas a proyectos industriales en el sector agroalimentario dentro del Proyecto Estratégico para la Recuperación y Transformación Económica Agroalimentario, en el marco del Plan de Recuperación, Transformación y Resiliencia.</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>AYUDAS CONCURRENCIA COMPETITIVA LÍNEA A DESARROLLO ACTIVIDADES INTERÉS GENERAL CONSIDERADAS INTERÉS SOCIAL, EN EL ÁMBITO de LA INVESTIGACIÓN CIENTÍFICA y TÉCNICA Y PROTECCIÓN MEDIO AMBIENTE EN MATERIAS de COMPETENCIA ESTATAL. ANUALIDAD 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Orden de 27 de abril de 2023, del mapa, por la que se convocan las subvenciones del real decreto 388/2021, de 1 de junio, destinadas a la obtención de avales de saeca en el sector agroalimentario y pesquero. sector pesca.</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Orden de 27 de abril de 2023, del mapa, por la que se convocan las subvenciones del real decreto 388/2021, de 1 de junio, destinadas a la obtención de avales de saeca en el sector agroalimentario y pesquero. sector industria agroalimentaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>Orden de 27 de abril de 2023, del mapa, por la que se convocan las subvenciones del real decreto 388/2021, de 1 de junio, destinadas a la obtención de avales de saeca en el sector agroalimentario y pesquero. sector agrario.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>Subvenciones a los seguros de acuicultura continental comprendidos en el 44 plan de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Subvenciones a los seguros de acuicultura marina comprendidos en el 44 plan de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Orden de 15 de noviembre de 2023, del mapa, por la que se convocan las subvenciones del real decreto 388/2021, de 1 de junio, destinadas a la obtención de avales de saeca en el sector agroalimentario y pesquero.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>Subvenciones a los seguros agrícolas, ganaderos y forestales comprendidos en el 45º plan de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>CONVENIO de COOPERACIÓN EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS de LA CONSELLERIA de AGRICULTURA, GANADERÍA Y PESCA Y LA UNIVERSIDAD de ALICANTE, PARA LA REALIZACIÓN de PRÁCTICAS FORMATIVAS SUBVENCIONADAS DURANTE EL AÑO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de mayo de 2024, del (FEGA), por la que se convocan anticipadamente las subvenciones de servicios de asesoramiento de ámbito supraautonómico, destinadas al sector agroalimentario y forestal, en el marco del PEPAC.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Orden de 29 de abril, por la que se convocan para el ejercicio 2024, las subvenciones destinadas al programa Cultiva, relativo a estancias formativas de jóvenes agricultores en explotaciones modelo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>Plan de renovación del Parque Nacional de Maquinaria Agraria (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Orden de 30 de octubre de 2024, del MAPA, por la que se convocan las subvenciones del Real Decreto 388/2021, de 1 de junio, destinadas a la obtención de avales de SAECA en el sector agroalimentario y pesquero.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Ayuda extraordinaria para renovación de la maquinaria agrícola, aprobada por el artículo 26 del Real Decreto-ley 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Orden de 26 de diciembre de 2024, del MAPA, por la que se convocan las subvenciones del artículo 6 del Real Decreto-ley 4/2022, de 15 de marzo, destinadas la subvención del principal de créditos a titulares de explotaciones agrarias (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 13 de marzo de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España Mejores Vinos, año 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 17 de marzo de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España a la Mejor Bebida Espirituosa con Indicación Geográfica, año 2025”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 7 de abril de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España a los Mejores Jamones, año 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2025 del Fondo Español de Garantía Agraria O. A. (FEGA), por la que se convocan ayudas a inversiones materiales o inmateriales en transformación, comercialización o desarrollo de productos agroalimentarios PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Ayudas para la preparación y ejecución de proyectos de innovación de interés general por grupos operativos supraautonómicos de la Asociación Europea para la Innovación en materia de productividad y sostenibilidad agrícolas (AEI-Agri), en el marco del Plan Estratégico de la PAC de España (PEPAC)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+  </si>
+  <si>
+    <t>Programas plurirregionales de formación 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Plan de renovación del Parque Nacional de Maquinaria Agraria (PLAN RENOVE) para el ejercicio 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...3166 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
   </si>
   <si>
-    <t>Bases reguladoras 2025-2027 y convocatoria para las ayudas a la mejora de la producción y comercialización de los productos de la apicultura en el marco de la Intervención Sectorial Apícola, recogida en el PEPAC, para la campaña del año 2025.</t>
-[...2902 lines deleted...]
-  <si>
     <t>Extracto de la Orden de 3 de febrero de 2025 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio “Alimentos de España, año 2025”</t>
   </si>
   <si>
     <t>2025-03-17</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
   </si>
   <si>
-    <t>Subvenciones destinadas a compromisos agroambientales en superficies agrarias y compromisos y actividades de conservación de recursos genéticos (2025)</t>
-[...193 lines deleted...]
-  <si>
     <t>Resolución de 27 de marzo, por la que se convocan para el ejercicio 2025, las subvenciones destinadas al programa Cultiva, relativo a estancias formativas de jóvenes agricultores en explotaciones modelo</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
-  </si>
-[...1414 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
   </si>
   <si>
     <t>Extracto de la Orden de 13 de enero de 2026 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio
 “Alimentos de España, año 2026”</t>
   </si>
   <si>
-    <t>2026-03-03</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
   </si>
   <si>
-    <t>Instrumentos Financieros-PRÉSTAMOS A CAPITAL CIRCULANTE VINCULADO A LA INTERVENCIÓN DE JÓVENES AGRICULTORES - 1.2</t>
-[...29 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+    <t>Resolución de 17 de noviembre del 2025, del FEGA, por la que se convocan anticipadamente subvenciones para la realización de proyectos de investigación aplicada en el sector apícola y sus productos dentro de la ISA, en el marco PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de diciembre de 2025, del FEGA, por la que se convocan anticipadamente las subvenciones de servicios de asesoramiento de ámbito supraautonómico en el marco del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
   </si>
   <si>
     <t>Ayuda extraordinaria para compensar daños en infraestructura productiva en explotaciones agrarias afectadas por la DANA. Relación C.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
   </si>
   <si>
-    <t>Orden de 16 de Diciembre de 2025, por la que se convocan para el año 2026 las ayudas dirigidas a la ejecución, a través de las Agrupaciones de Defensa Sanitaria Ganadera, de programas sanitarios que no cuentan con financiación comunitaria.</t>
-[...191 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+    <t>Ayuda extraordinaria para compensar daños en infraestructura productiva en explotaciones agrarias afectadas por la DANA. Relación A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Subvenciones a los seguros agrícolas, ganaderos y forestales comprendidos en el 46º Plan de Seguros Agrarios Combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Intervención agricultura innovadora en el desierto para medios de vida resilientes (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>2023 Filipinas. provisión energía eléctrica por fuentes renovables en Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Apoyo a las políticas públicas de creación de empleo a través del emprendimiento, la investigación y la innovación. ser emprendedor creativo fase ii</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Convocatoria instrumental subvención al ministerio de agricultura de etiopía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de mayo de 2025 de la Presidencia del Centro para el Desarrollo Tecnológico y la Innovación E.P.E. (CDTI), por la que se aprueba la convocatoria para el año 2025 de ayudas destinadas a proyectos de I+D Misiones Ciencia e Innovación.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
   </si>
   <si>
     <t>Orden de 24 de noviembre de 2025 por la que se aprueba la convocatoria del año 2025 de ayudas a proyectos de colaboración público-privada (ayudas para actividades no económicas de organismos de investigación).</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
   </si>
   <si>
-    <t>Ayudas para fomentar la producción de productos agrícolas de calidad para el período 2026-2027 - CONVOCATORIA 2026</t>
-[...29 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+    <t>Línea ICO Avales Plan de Respuesta Ante los Daños Causados por la Depresión Aislada en Niveles Altos (DANA) - III -. Reglamento (UE) 2022/2472 Agricultura Inversión</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>Línea ICO Avales Plan de Respuesta Ante los Daños Causados por la Depresión Aislada en Niveles Altos (DANA) – IV -  Reglamento (UE) 2022/2472 Agricultura Desastre</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>Línea ICO Avales Plan de Respuesta Ante los Daños Causados por la Depresión Aislada en Niveles Altos (DANA) - Reglamento (UE) 1408/2013 – Minimis Sector Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>“I Premios Nacionales a Experiencias Educativas que fomentan la Competencia Digital del alumnado”</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>No devengo de intereses de demora durante los 6 primeros meses en los aplazamientos del ingreso de la deuda tributaria del artículo 8.2 del RD.ley 6/2024. Agricultura. Año 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Ayuda para sufragar el precio del gasóleo consumido por los productores agrarios arts 24 a 27 Real Decreto Ley 20/2022. Año 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Reducción en 2024 del rendimiento neto calculado por el método de estimación objetiva en el Impuesto sobre la Renta de las Personas Físicas del artículo 11 del RD.ley 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Reducción en 2024 de la cuota devengada por operaciones corrientes del régimen simplificado del Impuesto sobre el Valor Añadido del artículo 11 del RD.ley 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>Reafianzamiento del programa de avales para pymes 2024 agricola mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>LÍNEA DIRECTA de INNOVACIÓN VINCULADA A LOS PERTES AEROESPACIAL Y de SALUD de VANGUARDIA, EN EL MARCO del PLAN de RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA, FINANCIADO POR LA UNIÓN EUROPEA “NEXT GENERATION EU”</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas dirigidas a impulsar la innovación abierta a través de la iniciativa «Activa Startups», en el marco del Plan de Recuperación, Transformación y Resiliencia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Convocatoria correspondiente a 2025 de las ayudas de apoyo a agrupaciones empresariales innovadoras con objeto de mejorar su competitividad y su contribución a la autonomía estratégica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario en Andalucía y Extremadura. Proyectos de Generadores de Empleo Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES SEPE-CORPORACIONES LOCALES 2024 del PROGRAMA de FOMENTO de EMPLEO AGRARIO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2024 PARA PROYECTOS de GARANTÍA de RENTAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de abril de 2024 de la Fundación EOI, F.S.P. por la que se convocan ayudas para impulso del ecosistema emprendedor innovador nacional dentro del Programa Impulso del Ecosistema Emprendedor Innovador en el marco del PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2024 PARA PROYECTOS GENERADORES de EMPLEO ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario. Proyectos de Garantía de Rentas 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario en Andalucía y Extremadura 2024 (Cádiz) - Proyectos generadores de empleo estable</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>ESTADO - MINISTERIO de TRABAJO Y ECONOMÍA SOCIAL - DIRECCIÓN PROVINCIAL DEL SEPE de CASTELLÓ/CASTELLÓN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025. PROYECTOS GARANTÍA de RENTAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 PARA PROYECTOS de GARANTÍA de RENTAS</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 PARA PROYECTOS GENERADORES de EMPLEO ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAMA FOMENTO EMPLEO AGRARIO ZONAS RURALES DEPRIMIDAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 (Empleo Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025 (Garantía de Rentas)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario en Zonas Rurales Deprimidas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO PARA ZONAS RURALES DEPRIMIDAS (2025). SALAMANCA</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO DEL EMPLEO AGRARIO JAÉN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764318</t>
+  </si>
+  <si>
+    <t>SUBVENCIONES PROGRAMA de FOMENTO de EMPLEO AGRARIO CCE 2024 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763362</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENTO de EMPLEO AGRARIO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764051</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764127</t>
+  </si>
+  <si>
+    <t>Adenda+resolución de 28 de septiembre de 2023 de icex españa exportación e inversiones, e.p.e. por la que se convoca concesión de ayudas para la participación agrupada en la feria iwf 2024 - atlanta (ee.uu) 6 al 9 de agosto 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Resolución de 23 de noviembre de 2023 de icex españa exportación e inversiones, e.p.e. por la que se convoca concesión de ayudas para la participación agrupada en la feria kind &amp; jugend 2024 - colonia (alemania) 3 al 5 de septiembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de enero de 2024 de icex españa exportación e inversiones, e.p.e. por la que se convoca concesión de ayudas para la participación agrupada en la ideobain-interclima 2024 paris (francia) del 30 de septiembre de 2024 al 3 de octubre de 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de enero de 2024 de icex españa exportación e inversiones, e.p.e. por la que se convoca concesión ayudas para participación agrupada en la feria amb (international exhibition for metal working) stuttgart (alemania) 10 a 14 septiembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de enero de 2024 de icex españa exportación e inversiones, e.p.e. por la que se convoca concesión ayudas para la participación agrupada en la feria imts (international manufacturing technology show) chicago ee. uu. 9 a 14 septiembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de enero de 2024 de icex españa exportación e inversiones, e.p.e. por la que se convoca concesión de ayudas para la participación agrupada en la feria (international sheet metal working technology exhibition) hannover 22 a 25 octubre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de marzo de 2024 de ICEX España Exportación e Inversiones, E.P.E. por la que se convoca concesión de ayudas para la Participación Agrupada en la Feria AGRIEXPO - Lima (PERÚ) - 23 al 25 de octubre 2024</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2024 de ICEX España Exportación e Inversiones, E.P.E. por la que se convoca concesión de ayudas para la Participación Agrupada en la Feria INTERSOLAR 2024 - Múnich (ALEMANIA) - 19 al 21 de junio de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de marzo de 2024 de ICEX España Exportación e Inversiones, E.P.E. por la que se convoca concesión de ayudas para la Participación Agrupada en la Feria SAUDI AGRICULTURE 2024 - Riad (ARABIA SAUDÍ) - 21 al 24 de octubre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Programa de Fomento de Empleo Agrario. Proyectos Generadores de Empleo Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Resolución de e.p.e red.es por la que se convocan ayudas destinadas a digitalizar comunidades de bienes, sociedades civiles con objeto mercantil, sociedades civiles profesionales y explotaciones agrarias de titularidad compartida del segmento i, ii, iii.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Resolución e.p.e red.es de convocatoria de ayudas para digitalizar comunidades de bienes, sociedades civiles con objeto mercantil, sociedades civiles profesionales y explotaciones agrarias de titularidad compartida. segmento i, ii, iii. sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Resolución e.p.e red.es de convocatoria de ayudas para digitalizar comunidades de bienes, sociedades civiles con objeto mercantil, sociedades civiles profesionales y explotaciones agrarias de titularidad compartida. segmento i, ii, iii. sector pesca.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Resolución e.p.e red.es de convocatoria de ayudas para digitalizar comunidades de bienes, sociedades civiles con objeto mercantil, sociedades civiles profesionales y explotaciones agrarias de titularidad compartida. segmento i, ii, iii. sector s.i.e.g.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Convocatoria de ayudas del Programa de bonos de conectividad «UNICO Demanda Bono PYME». Sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Resolución de la E.P.E Red.es por la que se convocan ayudas destinadas a digitalizar empresas del segmento IV (entre 50 y menos de 100 empleados) y el segmento V (entre 100 y menos de 250 empleados). Programa Kit Digital. Sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Segunda convocatoria del programa de ayudas para la digitalización del regadío en el marco del PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre la fundación biodiversidad y fundación azti-azti fundazioa, para la ejecución de acciones incluidas en el proyecto life15 ipe/es/012 “gestión integrada, innovadora y participativa de la red natura 2000 en el medio marino esp</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Convenio entre la consejería de agricultura, ganadería, pesca y desarrollo sostenible y la fundación biodiversidad, para la ejecución de acciones incluidas en el proyecto life15 ipe/es/012 “gestión integrada, innovadora y participativa de la red natura 20</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre la fundación biodiversidad y la consejería de agricultura, ganadería, pesca y desarrollo sostenible para la ejecución de acciones incluidas en el proyecto life cerceta pardilla (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Programa 1 Proyectos innovadores de instalaciones agrivoltaicas con almacenamiento (ENERGÍAS RENOVABLES INNOVADORAS) en el marco del Plan de Recuperación, Transformación y Resiliencia, financiado por la Unión Europea-Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>ORDEN POR LA QUE SE CONVOCAN SUBVENCIONES PARA LA FINANCIACIÓN de PROYECTOS INNOVADORES PARA LA TRANSFORMACIÓN TERRITORIAL Y LA LUCHA CONTRA LA DESPOBLACIÓN, PROMOVIDOS POR ENTIDADES SIN ÁNIMO de LUCRO, DURANTE EL EJERCICIO de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>AYUDAS FOMENTO INVERSIONES TRANSFORM.PRODUC.AGRAR.RESTO INVERS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>AYUDAS  INVERSIONES CON OBJETIVOS AMBIENTALES INDUSTRIA AGROALIMENT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Ayudas para la incorporación de nuevos agricultores. Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AYUDAS INVERSIONES MODERNIZACIÓN Y/O MEJORA EXPLOTACIONES AGRARIAS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>AYUDAS A LA PRODUCCIÓN Y COMERCIALIZACIÓN de LA MIEL AÑO 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>AYUDAS LA PROMOCIÓN, TRANSFORMACIÓN Y COMERCIALIZACIÓN PRODUCTOS de PESCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>FEADER ayudas fomento de forestación tierras agrícolas Com. Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>FEADER.AYUDA AGRIC Y GANAD ECOLOGICA.PEPAC.PROG 2025-29 Y ANUAL</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>FEADER AYUDAS INCORPORACIÓN JÓVENES AGRICULTORES CONVOCATORIA 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>Orde do 30 de decembro de 2025 pola que se establecen as bases reguladoras e a convocatoria para o ano 2026 das axudas para estudos e investimentos vinculados á conservación, á recuperación e á rehabilitación do patrimonio natural e cultural e á sensibili</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Reforestaciones forestales ,producción de trufa y piñon.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886505</t>
+  </si>
+  <si>
+    <t>Resolución de 10/02/2026, de la Dirección General de Ordenación Agropecuaria, por la que se convocan, para el año 2026, las subvenciones destinadas al fomento de las razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886491</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de febrero de 2026 por la que se convocan para el ejercicio 2026 las ayudas dirigidas al apoyo a la prestación de servicios de aseoramiento (Intervención 7202.06. asesoramiento para jóvenes agricultores) previstas en la Orden de 8 de abril</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886458</t>
+  </si>
+  <si>
+    <t>Convocatoria de las ayudas a la gestión forestal sostenible en fincas de titularidad privada para el año 2026 correspondientes a la restauración de daños forestales</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886517</t>
+  </si>
+  <si>
+    <t>Incentivar servicios ecosistémicos en la gestión forestal sostenible.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885626</t>
+  </si>
+  <si>
+    <t>Resolución, de 05/02/2026, de la Dirección General de Agricultura y Ganadería, por la que se realiza la convocatoria de las ayudas de la Intervención Sectorial Apícola en el marco del Plan Estratégico de la Política Agrícola Común (Pepac) en Castilla-La M</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885714</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 por la que se convocan las ayudas a la valorización,  segunda transformación e ecoinnovación de productos forestales y a la digitalización da segunda transformación y ecoinnovación de pro</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolución del 31 de diciembre de 2025, por la que se establecen y se convocan las ayudas para la organización de actividades formativas no regladas y y actividades de divulgación que impulsen el conocimiento y la competitividad de la industria forestal</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>A propietarios ganado realice desplazamientos a través vías pecuarias esp.natur.</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885888</t>
+  </si>
+  <si>
+    <t>Ayudas a proyectos de paisajes agroforestales resilientes para los años 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>Convocatoria del 2026,para el ejercicio 2025, para la concesión de subvenciones de la línea 2 a las empresas de inserción para la realización de acciones para la mejora del empleo y la inserción laboral de los colectivos en riesgo de exclusión social</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Orden del 29 de diciembre de 2025,  por la que se establecen las bases reguladoras del Programa de ayudas para implantar la igualdad laboral, la conciliación y la responsabilidad social empresarial (RSE),  y se procede a su convocatoria para el año 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Resolución de 9de marzo de 2026, de la Consejería de Medio Rural y Política Agraria, por la que se convocan las ayudas de las Intervenciones en forma de pagos directos a la agricultura y a la ganadería y de las Intervenciones de Desarrollo Rural dentro</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en explotaciones agrarias del sector de los frutos secos. Convocatoria 2027</t>
+  </si>
+  <si>
+    <t>2027-05-03</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892725</t>
+  </si>
+  <si>
+    <t>Resolución de 30 de diciembre de 2025 por la que aprueba las bases reguladoras para la concesión de las ayudas IA360 orientadas a potenciar la innovación empresarial en concurrencia competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolucion 29 diciembre 25 del Instituto Gallego del Consumo y de la Competencia convocatoria ayudas asociaciones realizar actuaciones informacion mediacion asesoramiento y asistencia durante año 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Orden de 27 de febrero de 2026 de la Consejería de Agricultura, Ganadería y Desarrollo Rural, por la que se convocan para el año 2026 las ayudas a las actividades de control oficial de rendimiento lechero en Castilla y León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890132</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2026.- ORGANIZACIONES PROFESIONALES AGRARIAS (sede Mallorca)</t>
+  </si>
+  <si>
+    <t>2026-05-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891942</t>
+  </si>
+  <si>
+    <t>Ayudas para el sector agrario profesional de las Illes Balears 2026.- ORGANIZACIONES PROFESIONALES AGRARIAS (sede Menorca)</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891944</t>
+  </si>
+  <si>
+    <t>Extracto de la Orden de 9 de marzo de 2026 del Ministerio de Agricultura, Pesca y Alimentación por la que se convoca el Premio
+“Alimentos de España a la Mejor Bebida Espirituosa con Indicación Geográfica, año 2026”</t>
+  </si>
+  <si>
+    <t>2026-04-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892012</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de marzo de 2026 de la Consejería de Medio Rural y Política Agraria, por la que se convocan las ayudas de las Intervenciones en forma de pagos directos y de las Intervenciones de Desarrollo Rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Ayudas Fomento Inversiones TRANSFORM.PRODUC.AGRAR.RESTO INVERS.MINIMIS</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892711</t>
+  </si>
+  <si>
+    <t>Ayudas Fomento Inversiones TRANSFORM.PRODUC.AGRAR.ENTIDADES ASOCIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892712</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en explotaciones agrarias del sector de los frutos secos. Convocatoria 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892719</t>
+  </si>
+  <si>
+    <t>Convocatoria Ayudas a la Producción y Comercialización de la Miel, en el Marco de la Intervención Sectorial Apícola para el AÑO 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026 de la línea de ayuda del Plan Estratégico de la Política Agraria Común para España (PEPAC) 2023-2027 denominada “6501.4 -Apicultura para la biodiversidad en la Comunidad Autónoma en la Región de Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892923</t>
+  </si>
+  <si>
+    <t>Resolcuión de 13 de marzo de 2026, Subv Orden de 9 de abril de 2025 Linea 4.2.Subvenciones a empresas privadas del mercado ordinario de trabajo por cada participante que contraten durante los tres meses posteriores a la finali.itinerario.Minimis Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Subvenciones para inversiones en activos físicos en actuaciones no productivas a realizar en las zonas de influencia socioeconómica de los espacios naturales protegidos de Aragón, en el marco del Plan Estratégico de la Política Agraria Común, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893201</t>
+  </si>
+  <si>
+    <t>Ayudas Fomento Inversiones TRANSFORMAC.PRODUCTOS Agrarios. Entidades Asocia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893304</t>
+  </si>
+  <si>
+    <t>Ayudas Fomento Inversiones TRANSFORM.PRODUC.AGRAR.RESTO Invers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893306</t>
+  </si>
+  <si>
+    <t>Actuaciones silvicolas, mejora red viaria forestal y actuaciones agroforestales.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8907,66 +8235,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1090"/>
+  <dimension ref="A1:H990"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1090"/>
+      <selection activeCell="A1" sqref="A1:H990"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="588.571" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="218.09" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -8980,27449 +8308,25231 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="C70" s="1"/>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>226</v>
+        <v>204</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G73" s="1"/>
+      <c r="G73" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C78" s="1"/>
+        <v>235</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>249</v>
+        <v>218</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>270</v>
+        <v>256</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>271</v>
+        <v>240</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>272</v>
+        <v>257</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>271</v>
+        <v>240</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>271</v>
+        <v>240</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>245</v>
+        <v>265</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>245</v>
+        <v>269</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>271</v>
+        <v>12</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>271</v>
+        <v>12</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="C91" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>271</v>
+        <v>12</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G93" s="1"/>
       <c r="H93" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G94" s="1"/>
       <c r="H94" s="1" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>57</v>
+        <v>286</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>85</v>
+        <v>286</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>248</v>
+        <v>298</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>248</v>
+        <v>298</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>317</v>
+        <v>298</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>320</v>
+        <v>298</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>328</v>
+        <v>159</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G114" s="1"/>
       <c r="H114" s="1" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="C115" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D115" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G115" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H115" s="1" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="C116" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G116" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H116" s="1" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C117" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="C118" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G118" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H118" s="1" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="C119" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>296</v>
+        <v>12</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C120" s="1"/>
+        <v>344</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G120" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H120" s="1" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C121" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="C122" s="1"/>
+        <v>354</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>354</v>
+      </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="C123" s="1"/>
+        <v>357</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>358</v>
+      </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-      <c r="C125" s="1"/>
+        <v>364</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>366</v>
+      </c>
       <c r="D125" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F125" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G125" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="C127" s="1"/>
+        <v>373</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>374</v>
+      </c>
       <c r="D127" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="C128" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>377</v>
+      </c>
       <c r="D128" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>271</v>
+        <v>24</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>383</v>
+        <v>63</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G129" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H129" s="1" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D130" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H130" s="1" t="s">
         <v>385</v>
-      </c>
-[...8 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>9</v>
+        <v>388</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H132" s="1" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>200</v>
+        <v>392</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G133" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H133" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H135" s="1" t="s">
         <v>403</v>
-      </c>
-[...17 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H136" s="1" t="s">
         <v>407</v>
-      </c>
-[...19 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H137" s="1" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H138" s="1" t="s">
         <v>414</v>
-      </c>
-[...19 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H139" s="1" t="s">
         <v>418</v>
-      </c>
-[...19 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H140" s="1" t="s">
         <v>422</v>
-      </c>
-[...19 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="1" t="s">
         <v>426</v>
-      </c>
-[...13 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H142" s="1" t="s">
         <v>428</v>
-      </c>
-[...19 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H143" s="1" t="s">
         <v>432</v>
-      </c>
-[...16 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B144" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D144" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>391</v>
+        <v>438</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>9</v>
+        <v>439</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="C150" s="1"/>
       <c r="D150" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>455</v>
-[...3 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="C152" s="1"/>
       <c r="D152" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>426</v>
+        <v>463</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>271</v>
+        <v>24</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>451</v>
+        <v>469</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>455</v>
+        <v>477</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>456</v>
+        <v>478</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>455</v>
+        <v>481</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>456</v>
+        <v>482</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>455</v>
+        <v>485</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>174</v>
+        <v>486</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>476</v>
+        <v>487</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>478</v>
+        <v>143</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G160" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H160" s="1" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>479</v>
+        <v>493</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G161" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H161" s="1" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>478</v>
+        <v>412</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G162" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H162" s="1" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>488</v>
+        <v>500</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>489</v>
+        <v>501</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>445</v>
+        <v>503</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>384</v>
+        <v>504</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>478</v>
+        <v>504</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>384</v>
+        <v>507</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>174</v>
+        <v>99</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>416</v>
+        <v>510</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>495</v>
+        <v>511</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>497</v>
+        <v>459</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>411</v>
+        <v>513</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G167" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H167" s="1" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>499</v>
+        <v>515</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>500</v>
+        <v>459</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>426</v>
+        <v>214</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>503</v>
+        <v>275</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>9</v>
+        <v>518</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>448</v>
+        <v>522</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>507</v>
+        <v>523</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>513</v>
+        <v>481</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>426</v>
+        <v>532</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>179</v>
+        <v>533</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G173" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="H173" s="1" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>420</v>
+        <v>537</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>151</v>
+        <v>31</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>520</v>
+        <v>538</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>521</v>
+        <v>539</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>519</v>
+        <v>540</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>200</v>
+        <v>541</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>522</v>
+        <v>542</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>174</v>
+        <v>544</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>524</v>
+        <v>545</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>525</v>
+        <v>546</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>526</v>
+        <v>547</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>433</v>
+        <v>548</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>395</v>
+        <v>549</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>527</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>528</v>
+        <v>551</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>433</v>
+        <v>510</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>529</v>
+        <v>552</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>530</v>
+        <v>553</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>531</v>
+        <v>554</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>426</v>
+        <v>555</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>412</v>
+        <v>556</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>532</v>
+        <v>557</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>533</v>
+        <v>558</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>534</v>
+        <v>559</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>535</v>
+        <v>214</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>536</v>
+        <v>560</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>538</v>
+        <v>239</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>539</v>
+        <v>562</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>540</v>
+        <v>563</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>9</v>
+        <v>445</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>479</v>
+        <v>564</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>541</v>
+        <v>565</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>542</v>
+        <v>566</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>543</v>
+        <v>567</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>544</v>
+        <v>568</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>545</v>
+        <v>569</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>547</v>
+        <v>567</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>548</v>
+        <v>568</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>549</v>
+        <v>571</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>550</v>
+        <v>572</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>551</v>
+        <v>573</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>552</v>
+        <v>574</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>553</v>
+        <v>575</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>554</v>
+        <v>576</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>267</v>
+        <v>573</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>558</v>
+        <v>442</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>559</v>
+        <v>579</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>560</v>
+        <v>580</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>561</v>
+        <v>581</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>57</v>
+        <v>582</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>562</v>
+        <v>583</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>563</v>
+        <v>584</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>569</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>570</v>
+        <v>587</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>576</v>
+        <v>591</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>579</v>
+        <v>593</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>581</v>
+        <v>595</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>579</v>
+        <v>597</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>586</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="C195" s="1"/>
       <c r="D195" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>588</v>
+        <v>601</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>583</v>
+        <v>604</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>593</v>
+        <v>143</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>594</v>
+        <v>387</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>602</v>
+        <v>402</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>25</v>
+        <v>616</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>608</v>
+        <v>99</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>609</v>
+        <v>259</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>614</v>
+        <v>99</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>572</v>
+        <v>259</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>615</v>
+        <v>626</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>616</v>
+        <v>627</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>580</v>
+        <v>629</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>618</v>
+        <v>630</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>619</v>
+        <v>36</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>609</v>
+        <v>632</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>622</v>
+        <v>634</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>623</v>
+        <v>552</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>624</v>
+        <v>636</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>625</v>
+        <v>637</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>575</v>
+        <v>638</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>559</v>
+        <v>239</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>626</v>
+        <v>639</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>627</v>
+        <v>640</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>594</v>
+        <v>434</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>630</v>
+        <v>589</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>631</v>
+        <v>590</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>632</v>
+        <v>591</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>635</v>
+        <v>559</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>576</v>
+        <v>644</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>602</v>
+        <v>648</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>565</v>
+        <v>609</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>53</v>
+        <v>445</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>644</v>
+        <v>564</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>580</v>
+        <v>656</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>620</v>
+        <v>603</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>594</v>
+        <v>659</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>649</v>
+        <v>660</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>651</v>
+        <v>63</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>601</v>
+        <v>664</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>602</v>
+        <v>665</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>657</v>
+        <v>412</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>57</v>
+        <v>412</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>594</v>
+        <v>668</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>660</v>
+        <v>31</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>57</v>
+        <v>673</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>594</v>
+        <v>674</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>660</v>
+        <v>31</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>665</v>
+        <v>567</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>666</v>
+        <v>49</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>669</v>
+        <v>473</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>644</v>
+        <v>49</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>672</v>
+        <v>48</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>673</v>
+        <v>49</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>673</v>
+        <v>276</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>672</v>
+        <v>63</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>135</v>
+        <v>689</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>680</v>
+        <v>189</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="B228" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H228" s="1" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>693</v>
+        <v>361</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>694</v>
+        <v>362</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>605</v>
+        <v>707</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>57</v>
+        <v>710</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>594</v>
+        <v>533</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>700</v>
+        <v>711</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>704</v>
+        <v>715</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C234" s="1"/>
+        <v>717</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>718</v>
+      </c>
       <c r="D234" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>54</v>
+        <v>686</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>576</v>
+        <v>718</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>614</v>
+        <v>717</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>712</v>
+        <v>723</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>713</v>
+        <v>724</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>714</v>
+        <v>383</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>666</v>
+        <v>725</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>672</v>
+        <v>383</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>718</v>
+        <v>729</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>571</v>
+        <v>730</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>565</v>
+        <v>731</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>719</v>
+        <v>732</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>720</v>
+        <v>733</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>571</v>
+        <v>730</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>565</v>
+        <v>731</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>722</v>
+        <v>735</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>608</v>
+        <v>731</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>608</v>
+        <v>731</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>608</v>
+        <v>731</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>57</v>
+        <v>730</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>594</v>
+        <v>731</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>736</v>
+        <v>485</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>737</v>
+        <v>750</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>744</v>
+        <v>485</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>180</v>
+        <v>686</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>579</v>
+        <v>485</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>96</v>
+        <v>686</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>587</v>
+        <v>758</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>96</v>
+        <v>686</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>608</v>
+        <v>696</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>96</v>
+        <v>686</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>608</v>
+        <v>765</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>96</v>
+        <v>686</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>594</v>
+        <v>768</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>96</v>
+        <v>686</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>697</v>
+        <v>772</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G255" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H255" s="1" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>697</v>
+        <v>776</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G256" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H256" s="1" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>763</v>
+        <v>779</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>697</v>
+        <v>780</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G257" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H257" s="1" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>763</v>
+        <v>779</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G258" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H258" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>771</v>
+        <v>786</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G259" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H259" s="1" t="s">
-        <v>774</v>
+        <v>787</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>775</v>
+        <v>788</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>763</v>
+        <v>789</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G260" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H260" s="1" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>763</v>
+        <v>789</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G261" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H261" s="1" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>779</v>
+        <v>793</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>763</v>
+        <v>789</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G262" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H262" s="1" t="s">
-        <v>780</v>
+        <v>794</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>781</v>
+        <v>795</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>763</v>
+        <v>466</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>771</v>
+        <v>466</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G263" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H263" s="1" t="s">
-        <v>782</v>
+        <v>796</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>783</v>
+        <v>797</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>763</v>
+        <v>503</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>771</v>
+        <v>504</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G264" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H264" s="1" t="s">
-        <v>784</v>
+        <v>798</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>785</v>
+        <v>799</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>763</v>
+        <v>707</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>771</v>
+        <v>800</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G265" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H265" s="1" t="s">
-        <v>786</v>
+        <v>801</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>763</v>
+        <v>803</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>771</v>
+        <v>804</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G266" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H266" s="1" t="s">
-        <v>788</v>
+        <v>805</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>771</v>
+        <v>808</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G267" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H267" s="1" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>763</v>
+        <v>683</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>697</v>
+        <v>811</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G268" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H268" s="1" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>763</v>
+        <v>567</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>697</v>
+        <v>474</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G269" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H269" s="1" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>763</v>
+        <v>816</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>697</v>
+        <v>817</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G270" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H270" s="1" t="s">
-        <v>796</v>
+        <v>818</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>797</v>
+        <v>819</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>763</v>
+        <v>820</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>798</v>
+        <v>276</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G271" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H271" s="1" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>800</v>
+        <v>822</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>328</v>
+        <v>276</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G272" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H272" s="1" t="s">
-        <v>802</v>
+        <v>823</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>803</v>
+        <v>824</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>801</v>
+        <v>510</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>328</v>
+        <v>552</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G273" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H273" s="1" t="s">
-        <v>804</v>
+        <v>825</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>805</v>
+        <v>826</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>801</v>
+        <v>510</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>328</v>
+        <v>552</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>806</v>
+        <v>827</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>807</v>
+        <v>828</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>801</v>
+        <v>510</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>328</v>
+        <v>552</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>808</v>
+        <v>829</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>809</v>
+        <v>830</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>801</v>
+        <v>775</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>328</v>
+        <v>831</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>811</v>
+        <v>833</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>801</v>
+        <v>213</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>328</v>
+        <v>214</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G277" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H277" s="1" t="s">
-        <v>812</v>
+        <v>834</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>801</v>
+        <v>213</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>328</v>
+        <v>214</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G278" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H278" s="1" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>801</v>
+        <v>838</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>328</v>
+        <v>839</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G279" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H279" s="1" t="s">
-        <v>816</v>
+        <v>840</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>43</v>
+        <v>842</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>818</v>
+        <v>843</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G280" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H280" s="1" t="s">
-        <v>819</v>
+        <v>844</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>820</v>
+        <v>845</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>821</v>
+        <v>846</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>822</v>
+        <v>847</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G281" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H281" s="1" t="s">
-        <v>823</v>
+        <v>848</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>824</v>
+        <v>849</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>825</v>
+        <v>846</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>826</v>
+        <v>847</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>827</v>
+        <v>850</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>828</v>
+        <v>851</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>825</v>
+        <v>852</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>826</v>
+        <v>731</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>829</v>
+        <v>853</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>830</v>
+        <v>854</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>825</v>
+        <v>855</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>826</v>
+        <v>380</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G284" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H284" s="1" t="s">
-        <v>831</v>
+        <v>856</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>832</v>
+        <v>857</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>825</v>
+        <v>855</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>826</v>
+        <v>380</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G285" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H285" s="1" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>834</v>
+        <v>859</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>825</v>
+        <v>860</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>826</v>
+        <v>861</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G286" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H286" s="1" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>836</v>
+        <v>863</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>837</v>
+        <v>864</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>763</v>
+        <v>865</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G287" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H287" s="1" t="s">
-        <v>838</v>
+        <v>866</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>839</v>
+        <v>867</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>123</v>
+        <v>868</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>547</v>
+        <v>869</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G288" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H288" s="1" t="s">
-        <v>840</v>
+        <v>870</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>841</v>
+        <v>871</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>123</v>
+        <v>868</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>547</v>
+        <v>869</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G289" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H289" s="1" t="s">
-        <v>842</v>
+        <v>872</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>843</v>
+        <v>873</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>673</v>
+        <v>868</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>844</v>
+        <v>869</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G290" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H290" s="1" t="s">
-        <v>845</v>
+        <v>874</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>846</v>
+        <v>875</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>763</v>
+        <v>876</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>697</v>
+        <v>466</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G291" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H291" s="1" t="s">
-        <v>847</v>
+        <v>877</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>848</v>
+        <v>878</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>763</v>
+        <v>879</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>697</v>
+        <v>880</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>849</v>
+        <v>881</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>850</v>
+        <v>882</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>763</v>
+        <v>883</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>697</v>
+        <v>884</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>851</v>
+        <v>885</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>852</v>
+        <v>886</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>763</v>
+        <v>887</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G294" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H294" s="1" t="s">
-        <v>853</v>
+        <v>888</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>854</v>
+        <v>889</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>697</v>
+        <v>890</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G295" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H295" s="1" t="s">
-        <v>855</v>
+        <v>891</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>856</v>
+        <v>892</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>763</v>
+        <v>893</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>697</v>
+        <v>894</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G296" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H296" s="1" t="s">
-        <v>857</v>
+        <v>895</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>858</v>
+        <v>896</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>763</v>
+        <v>897</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>697</v>
+        <v>898</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G297" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H297" s="1" t="s">
-        <v>859</v>
+        <v>899</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>860</v>
+        <v>900</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>763</v>
+        <v>259</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>697</v>
+        <v>648</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G298" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>861</v>
+        <v>901</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>862</v>
+        <v>902</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>763</v>
+        <v>40</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>697</v>
+        <v>236</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G299" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H299" s="1" t="s">
-        <v>863</v>
+        <v>903</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>864</v>
+        <v>904</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>763</v>
+        <v>60</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>697</v>
+        <v>656</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G300" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H300" s="1" t="s">
-        <v>865</v>
+        <v>905</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>866</v>
+        <v>906</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>763</v>
+        <v>40</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>697</v>
+        <v>259</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G301" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H301" s="1" t="s">
-        <v>867</v>
+        <v>907</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>868</v>
+        <v>908</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>763</v>
+        <v>40</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>697</v>
+        <v>276</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>869</v>
+        <v>909</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>870</v>
+        <v>910</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>763</v>
+        <v>911</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>697</v>
+        <v>912</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G303" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>871</v>
+        <v>913</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>872</v>
+        <v>914</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>763</v>
+        <v>915</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>697</v>
+        <v>916</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>873</v>
+        <v>917</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>874</v>
+        <v>918</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>763</v>
+        <v>919</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>697</v>
+        <v>597</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G305" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>875</v>
+        <v>920</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>876</v>
+        <v>921</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>763</v>
+        <v>922</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>697</v>
+        <v>923</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G306" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H306" s="1" t="s">
-        <v>877</v>
+        <v>924</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>878</v>
+        <v>925</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>763</v>
+        <v>620</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>697</v>
+        <v>656</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G307" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>879</v>
+        <v>926</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>880</v>
+        <v>927</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>763</v>
+        <v>928</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>771</v>
+        <v>929</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G308" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H308" s="1" t="s">
-        <v>881</v>
+        <v>930</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>882</v>
+        <v>931</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>763</v>
+        <v>932</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>771</v>
+        <v>656</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G309" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H309" s="1" t="s">
-        <v>883</v>
+        <v>933</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>884</v>
+        <v>934</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>763</v>
+        <v>935</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>798</v>
+        <v>936</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G310" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H310" s="1" t="s">
-        <v>885</v>
+        <v>937</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>886</v>
+        <v>938</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>887</v>
+        <v>939</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>548</v>
+        <v>324</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>888</v>
+        <v>940</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>889</v>
+        <v>941</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>890</v>
+        <v>942</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>891</v>
+        <v>943</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>892</v>
+        <v>944</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>893</v>
+        <v>945</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>890</v>
+        <v>324</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>891</v>
+        <v>259</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>894</v>
+        <v>946</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>895</v>
+        <v>947</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>896</v>
+        <v>361</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>602</v>
+        <v>948</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>897</v>
+        <v>949</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>898</v>
+        <v>950</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>264</v>
+        <v>951</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>899</v>
+        <v>952</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>900</v>
+        <v>953</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>901</v>
+        <v>954</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>614</v>
+        <v>955</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>902</v>
+        <v>956</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>903</v>
+        <v>957</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>904</v>
+        <v>938</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>543</v>
+        <v>449</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>609</v>
+        <v>648</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>905</v>
+        <v>958</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>906</v>
+        <v>959</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>907</v>
+        <v>276</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>594</v>
+        <v>648</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>908</v>
+        <v>960</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>909</v>
+        <v>961</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>575</v>
+        <v>962</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>602</v>
+        <v>276</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>910</v>
+        <v>963</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>911</v>
+        <v>964</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>558</v>
+        <v>965</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>594</v>
+        <v>966</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>912</v>
+        <v>967</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>913</v>
+        <v>968</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>571</v>
+        <v>969</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>914</v>
+        <v>279</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>915</v>
+        <v>970</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>916</v>
+        <v>971</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>593</v>
+        <v>972</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>917</v>
+        <v>973</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>918</v>
+        <v>974</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>919</v>
+        <v>975</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>57</v>
+        <v>976</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>920</v>
+        <v>977</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>921</v>
+        <v>978</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>922</v>
+        <v>979</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>57</v>
+        <v>980</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>920</v>
+        <v>384</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>923</v>
+        <v>981</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
-        <v>924</v>
+        <v>982</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>57</v>
+        <v>401</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>920</v>
+        <v>392</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>925</v>
+        <v>983</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
-        <v>926</v>
+        <v>984</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>57</v>
+        <v>985</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>594</v>
+        <v>235</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>927</v>
+        <v>986</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>928</v>
+        <v>987</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>57</v>
+        <v>485</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>594</v>
+        <v>936</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>929</v>
+        <v>988</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
-        <v>930</v>
+        <v>989</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>57</v>
+        <v>648</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>920</v>
+        <v>990</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>931</v>
+        <v>991</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
-        <v>932</v>
+        <v>992</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>57</v>
+        <v>993</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>644</v>
+        <v>994</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>933</v>
+        <v>995</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
-        <v>934</v>
+        <v>996</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>822</v>
+        <v>997</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>594</v>
+        <v>998</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>935</v>
+        <v>999</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
-        <v>936</v>
+        <v>1000</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>937</v>
+        <v>1001</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>938</v>
+        <v>1002</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>940</v>
+        <v>1004</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>941</v>
+        <v>365</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>412</v>
+        <v>718</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>942</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
-        <v>943</v>
+        <v>1006</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>683</v>
+        <v>239</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>944</v>
+        <v>236</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>945</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
-        <v>946</v>
+        <v>1008</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>887</v>
+        <v>993</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>652</v>
+        <v>1009</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>947</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>948</v>
+        <v>1011</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>579</v>
+        <v>683</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>949</v>
+        <v>1009</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>950</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
-        <v>951</v>
+        <v>1013</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>651</v>
+        <v>1014</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>602</v>
+        <v>1015</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>952</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
-        <v>953</v>
+        <v>1017</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>954</v>
+        <v>683</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>602</v>
+        <v>1009</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>955</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>956</v>
+        <v>1019</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>957</v>
+        <v>63</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>958</v>
+        <v>656</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>959</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
-        <v>960</v>
+        <v>1019</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>961</v>
+        <v>63</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>962</v>
+        <v>656</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>963</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
-        <v>964</v>
+        <v>1022</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>961</v>
+        <v>1023</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>962</v>
+        <v>656</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>965</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
-        <v>966</v>
+        <v>1025</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>967</v>
+        <v>1026</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>968</v>
+        <v>656</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>969</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>970</v>
+        <v>1028</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>971</v>
+        <v>1029</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>242</v>
+        <v>1030</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>972</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>973</v>
+        <v>1032</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>57</v>
+        <v>1033</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>594</v>
+        <v>1034</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>974</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>975</v>
+        <v>1036</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>635</v>
+        <v>939</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>587</v>
+        <v>1037</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>976</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>977</v>
+        <v>1039</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>978</v>
+        <v>1040</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>412</v>
+        <v>656</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>979</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>980</v>
+        <v>1042</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>981</v>
+        <v>1043</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>383</v>
+        <v>648</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>982</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>983</v>
+        <v>1045</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>497</v>
+        <v>1046</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>411</v>
+        <v>380</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>984</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>985</v>
+        <v>1048</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>986</v>
+        <v>492</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>445</v>
+        <v>1049</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>987</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>985</v>
+        <v>1051</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>986</v>
+        <v>1052</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>445</v>
+        <v>656</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>988</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>985</v>
+        <v>1054</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>986</v>
+        <v>1055</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>445</v>
+        <v>1056</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>989</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>985</v>
+        <v>1058</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>986</v>
+        <v>1056</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>445</v>
+        <v>552</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>990</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>985</v>
+        <v>1060</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>986</v>
+        <v>1061</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>445</v>
+        <v>259</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>991</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>985</v>
+        <v>1063</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>986</v>
+        <v>1064</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>445</v>
+        <v>259</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>992</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>985</v>
+        <v>1066</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>986</v>
+        <v>1067</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>445</v>
+        <v>374</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>993</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>994</v>
+        <v>1069</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>497</v>
+        <v>1067</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>423</v>
+        <v>374</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>995</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>996</v>
+        <v>1071</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>497</v>
+        <v>1072</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>412</v>
+        <v>384</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>997</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>998</v>
+        <v>1074</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>999</v>
+        <v>99</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>538</v>
+        <v>1075</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>1000</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1001</v>
+        <v>1066</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>999</v>
+        <v>638</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>456</v>
+        <v>529</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1002</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1003</v>
+        <v>1078</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1004</v>
+        <v>1079</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1005</v>
+        <v>251</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1006</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1007</v>
+        <v>1081</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1008</v>
+        <v>48</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>411</v>
+        <v>49</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1009</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1010</v>
+        <v>1083</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1011</v>
+        <v>1084</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1012</v>
+        <v>1085</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>1013</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1014</v>
+        <v>1087</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1015</v>
+        <v>99</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>9</v>
+        <v>668</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>296</v>
+        <v>84</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1016</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1017</v>
+        <v>1089</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1018</v>
+        <v>1090</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>206</v>
+        <v>1091</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G363" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H363" s="1" t="s">
-        <v>1019</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>1020</v>
+        <v>1093</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1008</v>
+        <v>939</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>445</v>
+        <v>504</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1021</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1022</v>
+        <v>1095</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1015</v>
+        <v>1096</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>445</v>
+        <v>1097</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>271</v>
+        <v>84</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1023</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1024</v>
+        <v>1099</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1025</v>
+        <v>63</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>440</v>
+        <v>656</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1026</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1027</v>
+        <v>1101</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>411</v>
+        <v>1096</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>426</v>
+        <v>1097</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G367" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H367" s="1" t="s">
-        <v>1028</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1029</v>
+        <v>1103</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>9</v>
+        <v>549</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1030</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1031</v>
+        <v>1105</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>411</v>
+        <v>1043</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>9</v>
+        <v>1106</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1032</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1033</v>
+        <v>1108</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>411</v>
+        <v>1109</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>9</v>
+        <v>659</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1034</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1035</v>
+        <v>1111</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>391</v>
+        <v>149</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>9</v>
+        <v>489</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1036</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1037</v>
+        <v>1113</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1038</v>
+        <v>149</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>242</v>
+        <v>489</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1039</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1040</v>
+        <v>1115</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>665</v>
+        <v>710</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>891</v>
+        <v>387</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1041</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1042</v>
+        <v>1117</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>354</v>
+        <v>803</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1008</v>
+        <v>358</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1043</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1044</v>
+        <v>1119</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1045</v>
+        <v>1120</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>602</v>
+        <v>1121</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1046</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1047</v>
+        <v>1123</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>543</v>
+        <v>1124</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>609</v>
+        <v>49</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1048</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1049</v>
+        <v>1126</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1050</v>
+        <v>1127</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>594</v>
+        <v>1128</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1051</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1052</v>
+        <v>1130</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C378" s="1"/>
+        <v>1127</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1128</v>
+      </c>
       <c r="D378" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1053</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1054</v>
+        <v>1132</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1055</v>
+        <v>1127</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>594</v>
+        <v>1128</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1056</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1057</v>
+        <v>1134</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1058</v>
-[...1 lines deleted...]
-      <c r="C380" s="1"/>
+        <v>549</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1135</v>
+      </c>
       <c r="D380" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1059</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1060</v>
+        <v>1137</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>822</v>
+        <v>510</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>594</v>
+        <v>552</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1061</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1062</v>
+        <v>1139</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1063</v>
+        <v>1140</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>594</v>
+        <v>552</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1064</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1065</v>
+        <v>1142</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1066</v>
+        <v>552</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1067</v>
+        <v>251</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1068</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1069</v>
+        <v>1144</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1070</v>
+        <v>552</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1071</v>
+        <v>251</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1072</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1073</v>
+        <v>1146</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1074</v>
+        <v>552</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1075</v>
+        <v>251</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1076</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1077</v>
+        <v>1148</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>690</v>
+        <v>1149</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1078</v>
+        <v>1150</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1079</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1080</v>
+        <v>1152</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>672</v>
+        <v>1153</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1081</v>
+        <v>373</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1082</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1083</v>
+        <v>1155</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>53</v>
+        <v>1156</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1084</v>
+        <v>1157</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1085</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1086</v>
+        <v>1159</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>620</v>
+        <v>430</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1087</v>
+        <v>1157</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1088</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1089</v>
+        <v>1161</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>543</v>
+        <v>1156</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>608</v>
+        <v>1157</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H390" s="1" t="s">
-        <v>1090</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1091</v>
+        <v>1163</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>543</v>
+        <v>1156</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>608</v>
+        <v>1157</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1092</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1093</v>
+        <v>1165</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>543</v>
+        <v>1166</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1094</v>
+        <v>648</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1095</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1096</v>
+        <v>1168</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>388</v>
+        <v>1169</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1097</v>
+        <v>1030</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1098</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1099</v>
+        <v>1171</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>354</v>
+        <v>210</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>242</v>
+        <v>1172</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>296</v>
+        <v>84</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>1100</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1101</v>
+        <v>1174</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>465</v>
+        <v>1175</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1102</v>
+        <v>772</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G395" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H395" s="1" t="s">
-        <v>1103</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1104</v>
+        <v>1177</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>484</v>
+        <v>1178</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1105</v>
+        <v>865</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1106</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1107</v>
+        <v>1180</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>174</v>
+        <v>1175</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>374</v>
+        <v>772</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1108</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1109</v>
+        <v>1182</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>456</v>
+        <v>259</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1110</v>
+        <v>1183</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1111</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1112</v>
+        <v>1185</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>354</v>
+        <v>259</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>242</v>
+        <v>1183</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G399" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H399" s="1" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1114</v>
+        <v>1187</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>354</v>
+        <v>275</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>242</v>
+        <v>276</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G400" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H400" s="1" t="s">
-        <v>1115</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1116</v>
+        <v>1189</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1117</v>
+        <v>1190</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1118</v>
+        <v>236</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>226</v>
+        <v>84</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1119</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1120</v>
+        <v>1192</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1121</v>
+        <v>1190</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1105</v>
+        <v>236</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1122</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1123</v>
+        <v>1194</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>538</v>
+        <v>1190</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>183</v>
+        <v>236</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1124</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1125</v>
+        <v>1196</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1121</v>
+        <v>1190</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1105</v>
+        <v>236</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1126</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1127</v>
+        <v>1198</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1121</v>
+        <v>213</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1105</v>
+        <v>214</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1128</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1129</v>
+        <v>1200</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1121</v>
+        <v>482</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1105</v>
+        <v>387</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1130</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1131</v>
+        <v>1202</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1132</v>
+        <v>387</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1133</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1134</v>
+        <v>1204</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1121</v>
+        <v>1205</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>242</v>
+        <v>1206</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1135</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1136</v>
+        <v>1208</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>456</v>
+        <v>1209</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1110</v>
+        <v>939</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1137</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1138</v>
+        <v>1211</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>538</v>
+        <v>366</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1139</v>
+        <v>939</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1140</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1141</v>
+        <v>1213</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>456</v>
+        <v>366</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1018</v>
+        <v>731</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1142</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1143</v>
+        <v>1215</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>484</v>
+        <v>536</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>1144</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1145</v>
+        <v>1217</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1117</v>
+        <v>1218</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1146</v>
+        <v>935</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>1147</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>1148</v>
+        <v>1220</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1149</v>
+        <v>63</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>206</v>
+        <v>656</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1150</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1151</v>
+        <v>1222</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1149</v>
+        <v>1223</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1067</v>
+        <v>939</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1152</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1153</v>
+        <v>1225</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1149</v>
+        <v>1226</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1154</v>
+        <v>9</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1155</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1156</v>
+        <v>1228</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1012</v>
+        <v>1229</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1157</v>
+        <v>251</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>1158</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>692</v>
+        <v>1231</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1012</v>
+        <v>99</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1157</v>
+        <v>259</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1159</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>675</v>
+        <v>1233</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1012</v>
+        <v>536</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1157</v>
+        <v>803</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1160</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1161</v>
+        <v>1235</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1012</v>
+        <v>847</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1157</v>
+        <v>765</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1162</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1163</v>
+        <v>1237</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1164</v>
+        <v>847</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1165</v>
+        <v>9</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1166</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1167</v>
+        <v>1237</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>448</v>
+        <v>771</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1168</v>
+        <v>1239</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>1169</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1170</v>
+        <v>1241</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1117</v>
+        <v>40</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>395</v>
+        <v>1242</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1171</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1172</v>
+        <v>1244</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>448</v>
+        <v>40</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1173</v>
+        <v>1242</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1174</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1175</v>
+        <v>1246</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1176</v>
+        <v>617</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1177</v>
+        <v>1247</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1178</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1179</v>
+        <v>1249</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1180</v>
+        <v>1250</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>179</v>
+        <v>1251</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1181</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1182</v>
+        <v>1253</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1012</v>
+        <v>1254</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1183</v>
+        <v>1255</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>271</v>
+        <v>105</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1184</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1185</v>
+        <v>1257</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>388</v>
+        <v>1229</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1186</v>
+        <v>559</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>271</v>
+        <v>105</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1187</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1188</v>
+        <v>1259</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1012</v>
+        <v>1260</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1157</v>
+        <v>884</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1189</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1190</v>
+        <v>1262</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1180</v>
+        <v>582</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1132</v>
+        <v>1263</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1191</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1192</v>
+        <v>1265</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1117</v>
+        <v>1266</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1193</v>
+        <v>1267</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1194</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1195</v>
+        <v>1269</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1196</v>
+        <v>1266</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1157</v>
+        <v>452</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1197</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1198</v>
+        <v>1271</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1196</v>
+        <v>1266</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1157</v>
+        <v>1272</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1199</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1200</v>
+        <v>1274</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1177</v>
+        <v>1275</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>487</v>
+        <v>998</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F434" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G434" s="1" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1201</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1202</v>
+        <v>1277</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1168</v>
+        <v>573</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1203</v>
+        <v>1278</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F435" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G435" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1204</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1205</v>
+        <v>1280</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1206</v>
+        <v>1281</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1207</v>
+        <v>659</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F436" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G436" s="1" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1208</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1209</v>
+        <v>1283</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>179</v>
+        <v>401</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F437" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G437" s="1" t="s">
-        <v>180</v>
+        <v>134</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1211</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1212</v>
+        <v>1285</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>395</v>
+        <v>1286</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1203</v>
+        <v>1287</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F438" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G438" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1213</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1214</v>
+        <v>1289</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>395</v>
+        <v>1290</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1203</v>
+        <v>1291</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F439" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G439" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>1215</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1216</v>
+        <v>1293</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1203</v>
+        <v>478</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F440" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G440" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1217</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1218</v>
+        <v>1295</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>179</v>
+        <v>603</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>225</v>
+        <v>1296</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F441" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G441" s="1" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1219</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1220</v>
+        <v>1298</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>395</v>
+        <v>1299</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1221</v>
+        <v>1033</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F442" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G442" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>1222</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1223</v>
+        <v>1301</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>395</v>
+        <v>469</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1224</v>
+        <v>1091</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F443" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G443" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1225</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1226</v>
+        <v>1303</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1105</v>
+        <v>1304</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1203</v>
+        <v>591</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G444" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H444" s="1" t="s">
-        <v>1227</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1228</v>
+        <v>1306</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>179</v>
+        <v>1307</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>225</v>
+        <v>559</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F445" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G445" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1229</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1230</v>
+        <v>1306</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>395</v>
+        <v>1307</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>200</v>
+        <v>559</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F446" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G446" s="1" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>1231</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1232</v>
+        <v>1306</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>179</v>
+        <v>1307</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>200</v>
+        <v>559</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G447" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H447" s="1" t="s">
-        <v>1233</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1234</v>
+        <v>1306</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>179</v>
+        <v>1307</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>200</v>
+        <v>559</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F448" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G448" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1235</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1236</v>
+        <v>1306</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>179</v>
+        <v>1307</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>200</v>
+        <v>559</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F449" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G449" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1237</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1238</v>
+        <v>1306</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>179</v>
+        <v>1307</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>200</v>
+        <v>559</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F450" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G450" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1239</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1240</v>
+        <v>1306</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1110</v>
+        <v>1307</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>195</v>
+        <v>559</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G451" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H451" s="1" t="s">
-        <v>1241</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1242</v>
+        <v>1306</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>412</v>
+        <v>1307</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>186</v>
+        <v>559</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G452" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H452" s="1" t="s">
-        <v>1243</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1244</v>
+        <v>1316</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>179</v>
+        <v>1079</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1210</v>
+        <v>251</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F453" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G453" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1245</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1246</v>
+        <v>1318</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1117</v>
+        <v>629</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1118</v>
+        <v>591</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1247</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1248</v>
+        <v>1320</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1196</v>
+        <v>864</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1249</v>
+        <v>1172</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1250</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1251</v>
+        <v>1322</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1012</v>
+        <v>1323</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>190</v>
+        <v>1172</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1252</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1253</v>
+        <v>1325</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1105</v>
+        <v>1326</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>206</v>
+        <v>1172</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1254</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1255</v>
+        <v>1328</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1157</v>
+        <v>1329</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1256</v>
+        <v>1330</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1257</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1258</v>
+        <v>1332</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1259</v>
+        <v>1190</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1260</v>
+        <v>610</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1261</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1262</v>
+        <v>1334</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1132</v>
+        <v>972</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1207</v>
+        <v>707</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>202</v>
+        <v>134</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1263</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1264</v>
+        <v>1336</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1157</v>
+        <v>63</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1265</v>
+        <v>656</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>187</v>
+        <v>134</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1266</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1267</v>
+        <v>1338</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1196</v>
+        <v>1040</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1249</v>
+        <v>659</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1268</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1269</v>
+        <v>1340</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1270</v>
+        <v>1341</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1271</v>
+        <v>391</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>12</v>
+        <v>1342</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1272</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1273</v>
+        <v>1344</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1105</v>
+        <v>1345</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1274</v>
+        <v>1346</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>16</v>
+        <v>1342</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1275</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1276</v>
+        <v>1348</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1118</v>
+        <v>391</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1277</v>
+        <v>1349</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>197</v>
+        <v>1342</v>
       </c>
       <c r="H465" s="1" t="s">
-        <v>1278</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1279</v>
+        <v>1351</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1280</v>
+        <v>816</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>225</v>
+        <v>616</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>226</v>
+        <v>1342</v>
       </c>
       <c r="H466" s="1" t="s">
-        <v>1281</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1234</v>
+        <v>1353</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1280</v>
+        <v>1354</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1282</v>
+        <v>1034</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F467" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G467" s="1" t="s">
-        <v>151</v>
+        <v>1342</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>1235</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>1283</v>
+        <v>1356</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1210</v>
+        <v>1354</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1203</v>
+        <v>883</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1284</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1285</v>
+        <v>1358</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1286</v>
+        <v>1359</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>215</v>
+        <v>236</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>197</v>
+        <v>1342</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1287</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1288</v>
+        <v>1361</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>534</v>
+        <v>761</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>535</v>
+        <v>1091</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G470" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H470" s="1" t="s">
-        <v>1289</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1290</v>
+        <v>1363</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>408</v>
+        <v>1364</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1291</v>
+        <v>1365</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G471" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H471" s="1" t="s">
-        <v>1292</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1293</v>
+        <v>1367</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>190</v>
+        <v>1368</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1274</v>
+        <v>1369</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>117</v>
+        <v>1342</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1294</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>431</v>
+        <v>1371</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1249</v>
+        <v>510</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>209</v>
+        <v>559</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>226</v>
+        <v>1342</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>1295</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1296</v>
+        <v>1373</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>205</v>
+        <v>552</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1297</v>
+        <v>1085</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>96</v>
+        <v>1342</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>1298</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1299</v>
+        <v>1375</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1249</v>
+        <v>424</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>151</v>
+        <v>1342</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>1300</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1301</v>
+        <v>1377</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>186</v>
+        <v>1378</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1302</v>
+        <v>1378</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>187</v>
+        <v>1342</v>
       </c>
       <c r="H476" s="1" t="s">
-        <v>1303</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1304</v>
+        <v>1380</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>186</v>
+        <v>1205</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>200</v>
+        <v>1381</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>187</v>
+        <v>1342</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1305</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1306</v>
+        <v>1383</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>401</v>
+        <v>243</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>219</v>
+        <v>1384</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>16</v>
+        <v>1342</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1307</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1308</v>
+        <v>1386</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1309</v>
+        <v>1387</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1310</v>
+        <v>9</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>296</v>
+        <v>1342</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1311</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1312</v>
+        <v>1389</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>196</v>
+        <v>1390</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1183</v>
+        <v>387</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>54</v>
+        <v>1342</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1313</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1314</v>
+        <v>1392</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>401</v>
+        <v>635</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>219</v>
+        <v>251</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G481" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H481" s="1" t="s">
-        <v>1315</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1316</v>
+        <v>1394</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1317</v>
+        <v>635</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1318</v>
+        <v>1085</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>96</v>
+        <v>1342</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1319</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1320</v>
+        <v>1396</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1321</v>
+        <v>439</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1318</v>
+        <v>1397</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1322</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1323</v>
+        <v>1399</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>196</v>
+        <v>1400</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1324</v>
+        <v>1400</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>180</v>
+        <v>1342</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1325</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1326</v>
+        <v>1402</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>222</v>
+        <v>466</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1327</v>
+        <v>466</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>32</v>
+        <v>1342</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>1328</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1329</v>
+        <v>1404</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>222</v>
+        <v>540</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1330</v>
+        <v>1405</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>16</v>
+        <v>1342</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>1331</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1332</v>
+        <v>1407</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1282</v>
+        <v>1408</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1333</v>
+        <v>659</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1334</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1335</v>
+        <v>1410</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>219</v>
+        <v>1290</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1186</v>
+        <v>631</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>16</v>
+        <v>156</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1336</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1337</v>
+        <v>1412</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1338</v>
+        <v>980</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1339</v>
+        <v>725</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1340</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1341</v>
+        <v>1412</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>210</v>
+        <v>980</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1342</v>
+        <v>725</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G490" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>156</v>
+      </c>
       <c r="H490" s="1" t="s">
-        <v>1343</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1344</v>
+        <v>1415</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1282</v>
+        <v>603</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1333</v>
+        <v>604</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1345</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1346</v>
+        <v>1417</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1347</v>
+        <v>567</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1221</v>
+        <v>384</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1348</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1346</v>
+        <v>1419</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1347</v>
+        <v>1420</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1221</v>
+        <v>1421</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1349</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1346</v>
+        <v>1423</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1347</v>
+        <v>883</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1221</v>
+        <v>1124</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>1350</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1351</v>
+        <v>1425</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>219</v>
+        <v>406</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1352</v>
+        <v>1247</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>1353</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1354</v>
+        <v>1427</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>242</v>
+        <v>1428</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>1355</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1356</v>
+        <v>1430</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1357</v>
+        <v>673</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1358</v>
+        <v>1431</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>296</v>
+        <v>156</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1359</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1360</v>
+        <v>1433</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>201</v>
+        <v>510</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1186</v>
+        <v>552</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1361</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1362</v>
+        <v>1435</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>465</v>
+        <v>507</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1363</v>
+        <v>552</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>1364</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B500" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="B500" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C500" s="1"/>
+      <c r="C500" s="1" t="s">
+        <v>1438</v>
+      </c>
       <c r="D500" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1366</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1367</v>
+        <v>1440</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1368</v>
+        <v>1079</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1369</v>
+        <v>251</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1370</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1371</v>
+        <v>1442</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1368</v>
+        <v>1079</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1372</v>
+        <v>251</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1373</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1374</v>
+        <v>1444</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1368</v>
+        <v>424</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1224</v>
+        <v>425</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>1375</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1376</v>
+        <v>1446</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1203</v>
+        <v>239</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1369</v>
+        <v>1447</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>1377</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1378</v>
+        <v>1449</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1379</v>
+        <v>445</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1380</v>
+        <v>1450</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1381</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1382</v>
+        <v>1452</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1203</v>
+        <v>1453</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1224</v>
+        <v>1454</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1383</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1384</v>
+        <v>1456</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1203</v>
+        <v>1453</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1224</v>
+        <v>1454</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1385</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1386</v>
+        <v>1458</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1358</v>
+        <v>275</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1363</v>
+        <v>276</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1387</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1388</v>
+        <v>1460</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1389</v>
+        <v>603</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1333</v>
+        <v>604</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>1390</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1391</v>
+        <v>1462</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1389</v>
+        <v>251</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1392</v>
+        <v>1463</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>1393</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1394</v>
+        <v>1465</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1395</v>
+        <v>474</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1396</v>
+        <v>1466</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1397</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1398</v>
+        <v>1468</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1399</v>
+        <v>474</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>206</v>
+        <v>1466</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>1400</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1401</v>
+        <v>1470</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1402</v>
+        <v>894</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1403</v>
+        <v>1471</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1404</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1405</v>
+        <v>1470</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1406</v>
+        <v>894</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1407</v>
+        <v>1471</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>1408</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1409</v>
+        <v>1474</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1256</v>
+        <v>435</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1410</v>
+        <v>1475</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1411</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1412</v>
+        <v>1477</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1379</v>
+        <v>463</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1392</v>
+        <v>1475</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>271</v>
+        <v>156</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>1413</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1414</v>
+        <v>1479</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1415</v>
+        <v>463</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1416</v>
+        <v>1475</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1417</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1418</v>
+        <v>1481</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1402</v>
+        <v>463</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1419</v>
+        <v>1475</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>1420</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1421</v>
+        <v>1483</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1372</v>
+        <v>1484</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1352</v>
+        <v>730</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>1422</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1423</v>
-[...2 lines deleted...]
-      <c r="C520" s="1"/>
+        <v>1486</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D520" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1424</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1425</v>
-[...2 lines deleted...]
-      <c r="C521" s="1"/>
+        <v>1488</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D521" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>1426</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1427</v>
+        <v>1490</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1428</v>
+        <v>63</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1429</v>
+        <v>276</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H522" s="1" t="s">
-        <v>1430</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1431</v>
+        <v>1492</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1432</v>
+        <v>1493</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1433</v>
+        <v>659</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="H523" s="1" t="s">
-        <v>1434</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1435</v>
+        <v>1495</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1436</v>
+        <v>23</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1437</v>
+        <v>485</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="H524" s="1" t="s">
-        <v>1438</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1439</v>
+        <v>1497</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1440</v>
+        <v>1498</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1441</v>
+        <v>656</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H525" s="1" t="s">
-        <v>1442</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1443</v>
+        <v>1500</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1444</v>
+        <v>1501</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1441</v>
+        <v>1502</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G526" s="1"/>
+      <c r="G526" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H526" s="1" t="s">
-        <v>1445</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1446</v>
+        <v>1504</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1444</v>
+        <v>594</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1447</v>
+        <v>374</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G527" s="1"/>
+      <c r="G527" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H527" s="1" t="s">
-        <v>1448</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1449</v>
+        <v>1506</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>465</v>
+        <v>1507</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>242</v>
+        <v>1431</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G528" s="1"/>
+      <c r="G528" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H528" s="1" t="s">
-        <v>1450</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1451</v>
+        <v>1509</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1452</v>
+        <v>942</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1453</v>
+        <v>1510</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G529" s="1"/>
+      <c r="G529" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H529" s="1" t="s">
-        <v>1454</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1455</v>
+        <v>1512</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1452</v>
+        <v>1513</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1456</v>
+        <v>1514</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G530" s="1"/>
+      <c r="G530" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H530" s="1" t="s">
-        <v>1457</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1458</v>
+        <v>1516</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1459</v>
+        <v>463</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1460</v>
+        <v>380</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G531" s="1"/>
+      <c r="G531" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H531" s="1" t="s">
-        <v>1461</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1462</v>
+        <v>1518</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1459</v>
+        <v>1519</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1460</v>
+        <v>259</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G532" s="1"/>
+      <c r="G532" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H532" s="1" t="s">
-        <v>1463</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1464</v>
+        <v>1521</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1465</v>
+        <v>275</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1466</v>
+        <v>276</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G533" s="1"/>
+      <c r="G533" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H533" s="1" t="s">
-        <v>1467</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1468</v>
+        <v>1523</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      </c>
+        <v>1239</v>
+      </c>
+      <c r="C534" s="1"/>
       <c r="D534" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G534" s="1"/>
+      <c r="G534" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H534" s="1" t="s">
-        <v>1471</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1472</v>
+        <v>1525</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1469</v>
+        <v>1330</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1470</v>
+        <v>776</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G535" s="1"/>
+      <c r="G535" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H535" s="1" t="s">
-        <v>1473</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1474</v>
+        <v>1527</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1475</v>
+        <v>1528</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1476</v>
+        <v>656</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1477</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1478</v>
+        <v>1530</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1460</v>
+        <v>405</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1479</v>
+        <v>1349</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>1480</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1481</v>
+        <v>1532</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1482</v>
+        <v>1533</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1193</v>
+        <v>668</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>1483</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1484</v>
+        <v>1535</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1482</v>
+        <v>1536</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1193</v>
+        <v>9</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1485</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1486</v>
+        <v>1538</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1487</v>
+        <v>507</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1488</v>
+        <v>9</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1489</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1490</v>
+        <v>1540</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1491</v>
+        <v>1541</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1492</v>
+        <v>555</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>1493</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1494</v>
+        <v>1543</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1491</v>
+        <v>1544</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1495</v>
+        <v>771</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1496</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1497</v>
+        <v>1543</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1487</v>
+        <v>1544</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1488</v>
+        <v>771</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H543" s="1" t="s">
-        <v>1498</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1499</v>
+        <v>1543</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1500</v>
+        <v>1544</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1501</v>
+        <v>771</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
       <c r="H544" s="1" t="s">
-        <v>1502</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1503</v>
+        <v>1548</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1460</v>
+        <v>63</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>920</v>
+        <v>656</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H545" s="1" t="s">
-        <v>1504</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1505</v>
+        <v>1550</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1506</v>
+        <v>1551</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1476</v>
+        <v>1552</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F546" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
       <c r="H546" s="1" t="s">
-        <v>1507</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1508</v>
+        <v>1554</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1509</v>
+        <v>510</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1510</v>
+        <v>552</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H547" s="1" t="s">
-        <v>1511</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1512</v>
+        <v>1556</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1513</v>
+        <v>1557</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>374</v>
+        <v>1135</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="H548" s="1" t="s">
-        <v>1514</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1515</v>
+        <v>1559</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1516</v>
+        <v>213</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1517</v>
+        <v>214</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F549" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H549" s="1" t="s">
-        <v>1518</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1519</v>
+        <v>1561</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1516</v>
+        <v>620</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1520</v>
+        <v>656</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H550" s="1" t="s">
-        <v>1521</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1522</v>
+        <v>1563</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1523</v>
+        <v>63</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1524</v>
+        <v>656</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F551" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="H551" s="1" t="s">
-        <v>1525</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1526</v>
+        <v>1565</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1523</v>
+        <v>1566</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1524</v>
+        <v>1085</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F552" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>1527</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1528</v>
+        <v>1568</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1529</v>
+        <v>63</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>235</v>
+        <v>276</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F553" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>226</v>
+        <v>163</v>
       </c>
       <c r="H553" s="1" t="s">
-        <v>1530</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1531</v>
+        <v>1570</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1529</v>
+        <v>1420</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>235</v>
+        <v>673</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F554" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>226</v>
+        <v>163</v>
       </c>
       <c r="H554" s="1" t="s">
-        <v>1532</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1533</v>
+        <v>1572</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1534</v>
+        <v>63</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1535</v>
+        <v>49</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="H555" s="1" t="s">
-        <v>1536</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1537</v>
+        <v>1574</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>235</v>
+        <v>1251</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>236</v>
+        <v>1575</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H556" s="1" t="s">
-        <v>1538</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1539</v>
+        <v>1577</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>1540</v>
+        <v>383</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>500</v>
+        <v>482</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G557" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H557" s="1" t="s">
-        <v>1541</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1542</v>
+        <v>1579</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>1543</v>
+        <v>1580</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1544</v>
+        <v>1581</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F558" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>226</v>
+        <v>163</v>
       </c>
       <c r="H558" s="1" t="s">
-        <v>1545</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1546</v>
+        <v>1583</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1543</v>
+        <v>1584</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1544</v>
+        <v>434</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>226</v>
+        <v>163</v>
       </c>
       <c r="H559" s="1" t="s">
-        <v>1547</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1548</v>
+        <v>1586</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>1543</v>
+        <v>275</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1544</v>
+        <v>1587</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>226</v>
+        <v>163</v>
       </c>
       <c r="H560" s="1" t="s">
-        <v>1549</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1550</v>
+        <v>1589</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1551</v>
+        <v>1590</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1552</v>
+        <v>1591</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H561" s="1" t="s">
-        <v>1553</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1554</v>
+        <v>1593</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>1529</v>
+        <v>1594</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1500</v>
+        <v>656</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="H562" s="1" t="s">
-        <v>1555</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1556</v>
+        <v>1596</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1543</v>
+        <v>775</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1557</v>
+        <v>1597</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
       <c r="H563" s="1" t="s">
-        <v>1558</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1559</v>
+        <v>1599</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>920</v>
-[...3 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="C564" s="1"/>
       <c r="D564" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H564" s="1" t="s">
-        <v>1561</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1562</v>
+        <v>1602</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1067</v>
-[...1 lines deleted...]
-      <c r="C565" s="1"/>
+        <v>1551</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>1552</v>
+      </c>
       <c r="D565" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>1563</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1564</v>
+        <v>1604</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1067</v>
-[...1 lines deleted...]
-      <c r="C566" s="1"/>
+        <v>750</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>1121</v>
+      </c>
       <c r="D566" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H566" s="1" t="s">
-        <v>1565</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1566</v>
+        <v>1606</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1513</v>
+        <v>1607</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1567</v>
+        <v>1608</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>117</v>
+        <v>176</v>
       </c>
       <c r="H567" s="1" t="s">
-        <v>1568</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1569</v>
+        <v>1610</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="C568" s="1"/>
+        <v>1096</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>1608</v>
+      </c>
       <c r="D568" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H568" s="1" t="s">
-        <v>1570</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1571</v>
+        <v>1612</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1572</v>
-[...1 lines deleted...]
-      <c r="C569" s="1"/>
+        <v>499</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>549</v>
+      </c>
       <c r="D569" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H569" s="1" t="s">
-        <v>1573</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1574</v>
+        <v>1614</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1572</v>
+        <v>673</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>236</v>
+        <v>668</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H570" s="1" t="s">
-        <v>1575</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1576</v>
+        <v>1616</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1577</v>
+        <v>673</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1437</v>
+        <v>668</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H571" s="1" t="s">
-        <v>1578</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1579</v>
+        <v>1618</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1580</v>
+        <v>1619</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1581</v>
+        <v>1620</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G572" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H572" s="1" t="s">
-        <v>1582</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1583</v>
+        <v>1622</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>348</v>
+        <v>1046</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1479</v>
+        <v>421</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H573" s="1" t="s">
-        <v>1584</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1585</v>
+        <v>1624</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1572</v>
+        <v>1287</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1586</v>
+        <v>1625</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>16</v>
+        <v>176</v>
       </c>
       <c r="H574" s="1" t="s">
-        <v>1587</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1588</v>
+        <v>1627</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>1589</v>
+        <v>1400</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1590</v>
+        <v>842</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H575" s="1" t="s">
-        <v>1591</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1592</v>
+        <v>1629</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>1465</v>
+        <v>361</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1593</v>
+        <v>380</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H576" s="1" t="s">
-        <v>1594</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1595</v>
+        <v>1631</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>1577</v>
+        <v>361</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1596</v>
+        <v>380</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H577" s="1" t="s">
-        <v>1597</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1598</v>
+        <v>1633</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>1599</v>
+        <v>1634</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1600</v>
+        <v>1329</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F578" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H578" s="1" t="s">
-        <v>1601</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1602</v>
+        <v>1636</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1599</v>
+        <v>1637</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1600</v>
+        <v>1043</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F579" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H579" s="1" t="s">
-        <v>1603</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1604</v>
+        <v>1639</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1577</v>
+        <v>445</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>1479</v>
+        <v>446</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F580" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>117</v>
+        <v>176</v>
       </c>
       <c r="H580" s="1" t="s">
-        <v>1605</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1606</v>
+        <v>1641</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>1607</v>
+        <v>452</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1479</v>
+        <v>1330</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>117</v>
+        <v>176</v>
       </c>
       <c r="H581" s="1" t="s">
-        <v>1608</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1609</v>
+        <v>1643</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1610</v>
+        <v>108</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1479</v>
+        <v>1644</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>117</v>
+        <v>176</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>1611</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1455</v>
+        <v>1646</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1572</v>
+        <v>1209</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1456</v>
+        <v>656</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1612</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1613</v>
+        <v>1648</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1614</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C584" s="1"/>
       <c r="D584" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>1615</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1616</v>
+        <v>1650</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1617</v>
+        <v>1651</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>1618</v>
+        <v>49</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>1619</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1620</v>
+        <v>1653</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>1621</v>
+        <v>1654</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>1622</v>
+        <v>499</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G586" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H586" s="1" t="s">
-        <v>1623</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1624</v>
+        <v>1656</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>1625</v>
+        <v>1657</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>1466</v>
+        <v>1438</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>1626</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1627</v>
+        <v>1659</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>1482</v>
+        <v>434</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1628</v>
+        <v>1660</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1629</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1630</v>
+        <v>1662</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>1617</v>
+        <v>99</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1631</v>
+        <v>510</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>1632</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1633</v>
+        <v>1664</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1221</v>
+        <v>532</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>1634</v>
+        <v>1665</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>1635</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1636</v>
+        <v>1667</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1465</v>
+        <v>1364</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>242</v>
+        <v>1668</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>1637</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1638</v>
+        <v>1670</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>1221</v>
+        <v>1671</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1639</v>
+        <v>1607</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>296</v>
+        <v>176</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>1640</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1641</v>
+        <v>1673</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>1642</v>
+        <v>1674</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>1643</v>
+        <v>656</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1644</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1645</v>
+        <v>1676</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>1617</v>
+        <v>1528</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>1646</v>
+        <v>656</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>1647</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1648</v>
+        <v>1678</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>1617</v>
+        <v>1679</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>1551</v>
+        <v>656</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1649</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1650</v>
+        <v>1681</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>1453</v>
+        <v>545</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1651</v>
+        <v>659</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>1652</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>1653</v>
+        <v>1683</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>1654</v>
+        <v>1684</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>535</v>
+        <v>1096</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>1655</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>1656</v>
+        <v>1686</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>1500</v>
+        <v>1687</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1535</v>
+        <v>656</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>104</v>
+        <v>176</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1657</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1658</v>
+        <v>1689</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>673</v>
+        <v>1096</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>844</v>
+        <v>1384</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G599" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H599" s="1" t="s">
-        <v>1659</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1660</v>
+        <v>1691</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>763</v>
+        <v>582</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>697</v>
+        <v>463</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G600" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H600" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1662</v>
+        <v>1693</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>763</v>
+        <v>1619</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>697</v>
+        <v>1657</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G601" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H601" s="1" t="s">
-        <v>1663</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1664</v>
+        <v>1695</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>763</v>
+        <v>63</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>697</v>
+        <v>656</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G602" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H602" s="1" t="s">
-        <v>1665</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1666</v>
+        <v>1697</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>763</v>
+        <v>99</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>697</v>
+        <v>668</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G603" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H603" s="1" t="s">
-        <v>1667</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1668</v>
+        <v>1699</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>763</v>
+        <v>972</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>697</v>
+        <v>683</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G604" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H604" s="1" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1670</v>
+        <v>1701</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>763</v>
+        <v>1702</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>697</v>
+        <v>452</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G605" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H605" s="1" t="s">
-        <v>1671</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1672</v>
+        <v>1704</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>763</v>
+        <v>213</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>697</v>
+        <v>214</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G606" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H606" s="1" t="s">
-        <v>1673</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1674</v>
+        <v>1706</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>763</v>
+        <v>466</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>697</v>
+        <v>358</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G607" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H607" s="1" t="s">
-        <v>1675</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1676</v>
+        <v>1708</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>763</v>
+        <v>1709</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>697</v>
+        <v>1365</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G608" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H608" s="1" t="s">
-        <v>1677</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1678</v>
+        <v>1711</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>763</v>
+        <v>1097</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>697</v>
+        <v>1365</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G609" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H609" s="1" t="s">
-        <v>1679</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1680</v>
+        <v>1713</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>763</v>
+        <v>30</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>697</v>
+        <v>1365</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G610" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H610" s="1" t="s">
-        <v>1681</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1682</v>
+        <v>1715</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>763</v>
+        <v>1716</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>697</v>
+        <v>1717</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G611" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H611" s="1" t="s">
-        <v>1683</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1684</v>
+        <v>1719</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>763</v>
+        <v>1551</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G612" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H612" s="1" t="s">
-        <v>1685</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1686</v>
+        <v>1721</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>763</v>
+        <v>1551</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G613" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H613" s="1" t="s">
-        <v>1687</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1688</v>
+        <v>1723</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>763</v>
+        <v>1218</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>697</v>
+        <v>541</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G614" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H614" s="1" t="s">
-        <v>1689</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1690</v>
+        <v>1725</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>763</v>
+        <v>1726</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>697</v>
+        <v>1727</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G615" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H615" s="1" t="s">
-        <v>1691</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1692</v>
+        <v>1729</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>763</v>
+        <v>1364</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>697</v>
+        <v>552</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G616" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H616" s="1" t="s">
-        <v>1693</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1694</v>
+        <v>1731</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>763</v>
+        <v>1732</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>697</v>
+        <v>1541</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G617" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H617" s="1" t="s">
-        <v>1695</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1696</v>
+        <v>1734</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>763</v>
+        <v>1735</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>697</v>
+        <v>1736</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G618" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H618" s="1" t="s">
-        <v>1697</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
-        <v>1698</v>
+        <v>1738</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>763</v>
+        <v>1287</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>697</v>
+        <v>1739</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G619" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H619" s="1" t="s">
-        <v>1699</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
-        <v>1700</v>
+        <v>1741</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>763</v>
+        <v>1742</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>697</v>
+        <v>1743</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G620" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H620" s="1" t="s">
-        <v>1701</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
-        <v>1702</v>
+        <v>1745</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>763</v>
+        <v>459</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>697</v>
+        <v>279</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G621" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H621" s="1" t="s">
-        <v>1703</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
-        <v>1704</v>
+        <v>1747</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>763</v>
+        <v>63</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>697</v>
+        <v>377</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G622" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H622" s="1" t="s">
-        <v>1705</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
-        <v>1706</v>
+        <v>1749</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>763</v>
+        <v>1750</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>697</v>
+        <v>725</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G623" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H623" s="1" t="s">
-        <v>1707</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1708</v>
+        <v>1752</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>763</v>
+        <v>620</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>697</v>
+        <v>377</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G624" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H624" s="1" t="s">
-        <v>1709</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1710</v>
+        <v>1754</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>763</v>
+        <v>567</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>697</v>
+        <v>985</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G625" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H625" s="1" t="s">
-        <v>1711</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1712</v>
+        <v>1756</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>763</v>
+        <v>412</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>697</v>
+        <v>380</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G626" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H626" s="1" t="s">
-        <v>1713</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1714</v>
+        <v>1758</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>763</v>
+        <v>1759</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>697</v>
+        <v>998</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G627" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H627" s="1" t="s">
-        <v>1715</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
-        <v>1716</v>
+        <v>1761</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>763</v>
+        <v>459</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>697</v>
+        <v>1762</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G628" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H628" s="1" t="s">
-        <v>1717</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
-        <v>1718</v>
+        <v>1764</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>763</v>
+        <v>1765</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>697</v>
+        <v>928</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G629" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H629" s="1" t="s">
-        <v>1719</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
-        <v>1720</v>
+        <v>1767</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>763</v>
+        <v>27</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>697</v>
+        <v>1768</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G630" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H630" s="1" t="s">
-        <v>1721</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1722</v>
+        <v>1770</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>763</v>
+        <v>1345</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>697</v>
+        <v>1346</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G631" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H631" s="1" t="s">
-        <v>1723</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1724</v>
+        <v>1772</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>763</v>
+        <v>1551</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>697</v>
+        <v>817</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G632" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H632" s="1" t="s">
-        <v>1725</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C633" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="B633" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D633" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G633" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H633" s="1" t="s">
-        <v>1727</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1728</v>
+        <v>1776</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>763</v>
+        <v>529</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>697</v>
+        <v>1777</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G634" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H634" s="1" t="s">
-        <v>1729</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1730</v>
+        <v>1779</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>763</v>
+        <v>1780</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>697</v>
+        <v>1590</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G635" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H635" s="1" t="s">
-        <v>1731</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1732</v>
+        <v>1782</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>763</v>
+        <v>1072</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>697</v>
+        <v>731</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G636" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H636" s="1" t="s">
-        <v>1733</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1734</v>
+        <v>1784</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>763</v>
+        <v>1785</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>697</v>
+        <v>1786</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="G637" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H637" s="1" t="s">
-        <v>1735</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1736</v>
+        <v>1788</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>1737</v>
+        <v>1717</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1738</v>
+        <v>730</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F638" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H638" s="1" t="s">
-        <v>1739</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1740</v>
+        <v>1790</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>1741</v>
+        <v>1768</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1742</v>
+        <v>409</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F639" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H639" s="1" t="s">
-        <v>1743</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1744</v>
+        <v>1792</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>1745</v>
+        <v>1768</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>594</v>
+        <v>409</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H640" s="1" t="s">
-        <v>1746</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1747</v>
+        <v>1794</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>558</v>
+        <v>1795</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>594</v>
+        <v>409</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1748</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1749</v>
+        <v>1797</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>57</v>
+        <v>1798</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>594</v>
+        <v>499</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H642" s="1" t="s">
-        <v>1750</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1749</v>
+        <v>1800</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>57</v>
+        <v>493</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>594</v>
+        <v>673</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F643" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H643" s="1" t="s">
-        <v>1751</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1752</v>
+        <v>1802</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>1753</v>
+        <v>884</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1754</v>
+        <v>936</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F644" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H644" s="1" t="s">
-        <v>1755</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1756</v>
+        <v>1804</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>763</v>
+        <v>1049</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>594</v>
+        <v>673</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F645" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H645" s="1" t="s">
-        <v>1757</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1758</v>
+        <v>1806</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>1759</v>
+        <v>1807</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1760</v>
+        <v>552</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F646" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H646" s="1" t="s">
-        <v>1761</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1762</v>
+        <v>1809</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>85</v>
+        <v>594</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>242</v>
+        <v>552</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F647" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H647" s="1" t="s">
-        <v>1763</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1764</v>
+        <v>1811</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>920</v>
+        <v>673</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F648" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H648" s="1" t="s">
-        <v>1765</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1766</v>
+        <v>1813</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>85</v>
+        <v>510</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>374</v>
+        <v>552</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F649" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H649" s="1" t="s">
-        <v>1767</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1768</v>
+        <v>1815</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>92</v>
+        <v>1668</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>594</v>
+        <v>1816</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F650" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H650" s="1" t="s">
-        <v>1769</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1770</v>
+        <v>1818</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>120</v>
+        <v>1668</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1771</v>
+        <v>1369</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F651" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H651" s="1" t="s">
-        <v>1772</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1773</v>
+        <v>1820</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>120</v>
+        <v>635</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1771</v>
+        <v>1369</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F652" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H652" s="1" t="s">
-        <v>1774</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>966</v>
+        <v>1822</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>429</v>
+        <v>893</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>690</v>
+        <v>648</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F653" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H653" s="1" t="s">
-        <v>1775</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1776</v>
+        <v>1824</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>586</v>
+        <v>1825</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>602</v>
+        <v>1826</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F654" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H654" s="1" t="s">
-        <v>1777</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1778</v>
+        <v>1828</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>967</v>
+        <v>1826</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>968</v>
+        <v>1085</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F655" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H655" s="1" t="s">
-        <v>1779</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
-        <v>1780</v>
+        <v>1830</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>601</v>
+        <v>1831</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>949</v>
+        <v>861</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F656" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H656" s="1" t="s">
-        <v>1781</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1782</v>
+        <v>1833</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>754</v>
+        <v>1287</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F657" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H657" s="1" t="s">
-        <v>1783</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
-        <v>1784</v>
+        <v>1835</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>754</v>
+        <v>1156</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1785</v>
+        <v>1157</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F658" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H658" s="1" t="s">
-        <v>1786</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
-        <v>1787</v>
+        <v>1837</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>628</v>
+        <v>1742</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1788</v>
+        <v>1838</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F659" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H659" s="1" t="s">
-        <v>1789</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
-        <v>1790</v>
+        <v>1840</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>57</v>
+        <v>275</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>572</v>
+        <v>1841</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F660" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H660" s="1" t="s">
-        <v>1791</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1792</v>
+        <v>1843</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>1793</v>
+        <v>659</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>565</v>
+        <v>928</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F661" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H661" s="1" t="s">
-        <v>1794</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1795</v>
+        <v>1845</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>714</v>
+        <v>1846</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>680</v>
+        <v>466</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F662" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H662" s="1" t="s">
-        <v>1796</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1797</v>
+        <v>1848</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>1798</v>
+        <v>1502</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>887</v>
+        <v>1849</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F663" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="H663" s="1" t="s">
-        <v>1799</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
-        <v>1800</v>
+        <v>1851</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>22</v>
+        <v>1795</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>1801</v>
+        <v>1218</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F664" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="H664" s="1" t="s">
-        <v>1802</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
-        <v>1803</v>
+        <v>1853</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>1804</v>
+        <v>1854</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>680</v>
+        <v>656</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F665" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="H665" s="1" t="s">
-        <v>1805</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1806</v>
+        <v>1856</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>689</v>
+        <v>1857</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>914</v>
+        <v>1858</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F666" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H666" s="1" t="s">
-        <v>1807</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
-        <v>1808</v>
+        <v>1860</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>135</v>
+        <v>1861</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>1771</v>
+        <v>598</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F667" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H667" s="1" t="s">
-        <v>1809</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
-        <v>1810</v>
+        <v>1863</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>1811</v>
+        <v>1493</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>1812</v>
+        <v>377</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F668" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H668" s="1" t="s">
-        <v>1813</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
-        <v>1814</v>
+        <v>1865</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>579</v>
+        <v>1716</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1815</v>
+        <v>1552</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F669" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H669" s="1" t="s">
-        <v>1816</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1817</v>
+        <v>1867</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>899</v>
+        <v>1716</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1818</v>
+        <v>1684</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H670" s="1" t="s">
-        <v>1819</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1820</v>
+        <v>1869</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>680</v>
+        <v>718</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1821</v>
+        <v>1552</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>1822</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
-        <v>1823</v>
+        <v>1871</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>1824</v>
+        <v>718</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>652</v>
+        <v>1552</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H672" s="1" t="s">
-        <v>1825</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
-        <v>1826</v>
+        <v>1873</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>887</v>
+        <v>1874</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>748</v>
+        <v>377</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>1827</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1828</v>
+        <v>1876</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>887</v>
+        <v>846</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>748</v>
+        <v>668</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>1829</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
-        <v>1830</v>
+        <v>1878</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>614</v>
+        <v>846</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1831</v>
+        <v>668</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1832</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1833</v>
+        <v>1880</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1834</v>
+        <v>1519</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1835</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1836</v>
+        <v>1882</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>669</v>
+        <v>463</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>711</v>
+        <v>771</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1837</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1838</v>
+        <v>1884</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>571</v>
+        <v>463</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>587</v>
+        <v>1885</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1839</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
-        <v>1840</v>
+        <v>1887</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>57</v>
+        <v>1888</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>200</v>
+        <v>574</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1841</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1842</v>
+        <v>1890</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>514</v>
+        <v>1888</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>968</v>
+        <v>574</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1843</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1846</v>
+        <v>725</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1847</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1848</v>
+        <v>1895</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>85</v>
+        <v>1896</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>559</v>
+        <v>541</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1849</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1850</v>
+        <v>1898</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>887</v>
+        <v>405</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>902</v>
+        <v>1121</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1851</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1852</v>
+        <v>1900</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>547</v>
+        <v>758</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>548</v>
+        <v>1901</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1853</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1854</v>
+        <v>1903</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>1855</v>
+        <v>1651</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1856</v>
+        <v>236</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>296</v>
+        <v>218</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1857</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1858</v>
+        <v>1905</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>1050</v>
+        <v>1651</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1859</v>
+        <v>236</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>296</v>
+        <v>218</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1860</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1861</v>
+        <v>1907</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>85</v>
+        <v>189</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1862</v>
+        <v>236</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>296</v>
+        <v>218</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1863</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1864</v>
+        <v>1909</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>1862</v>
+        <v>1910</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>296</v>
+        <v>218</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>1865</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1866</v>
+        <v>1912</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>1867</v>
+        <v>63</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>373</v>
+        <v>1910</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G689" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H689" s="1" t="s">
-        <v>1868</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1869</v>
+        <v>1914</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>1867</v>
+        <v>1354</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>373</v>
+        <v>236</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G690" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H690" s="1" t="s">
-        <v>1870</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1871</v>
+        <v>1916</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>665</v>
+        <v>1917</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G691" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H691" s="1" t="s">
-        <v>1872</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1873</v>
+        <v>1919</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>890</v>
+        <v>884</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>1874</v>
+        <v>503</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G692" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H692" s="1" t="s">
-        <v>1875</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1876</v>
+        <v>1921</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>53</v>
+        <v>401</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>602</v>
+        <v>1786</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G693" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H693" s="1" t="s">
-        <v>1877</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1878</v>
+        <v>1923</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>754</v>
+        <v>1205</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>731</v>
+        <v>659</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G694" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H694" s="1" t="s">
-        <v>1879</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1880</v>
+        <v>1925</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>586</v>
+        <v>510</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1881</v>
+        <v>552</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G695" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H695" s="1" t="s">
-        <v>1882</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
-        <v>1883</v>
+        <v>1927</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1884</v>
+        <v>1816</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1815</v>
+        <v>555</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H696" s="1" t="s">
-        <v>1885</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1886</v>
+        <v>1929</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1887</v>
+        <v>1239</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1888</v>
+        <v>1930</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>1889</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1890</v>
+        <v>1932</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1891</v>
+        <v>962</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>377</v>
+        <v>1172</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G698" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H698" s="1" t="s">
-        <v>1892</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1893</v>
+        <v>1934</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1891</v>
+        <v>213</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1894</v>
+        <v>214</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F699" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G699" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H699" s="1" t="s">
-        <v>1895</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1896</v>
+        <v>1936</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1891</v>
+        <v>248</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>576</v>
+        <v>526</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G700" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H700" s="1" t="s">
-        <v>1897</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1898</v>
+        <v>1938</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>601</v>
+        <v>1607</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>949</v>
+        <v>656</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G701" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H701" s="1" t="s">
-        <v>1899</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
-        <v>1900</v>
+        <v>1940</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>601</v>
+        <v>1607</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>949</v>
+        <v>656</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G702" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H702" s="1" t="s">
-        <v>1901</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1902</v>
+        <v>1942</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>601</v>
+        <v>1943</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1894</v>
+        <v>1944</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F703" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G703" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H703" s="1" t="s">
-        <v>1903</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
-        <v>1904</v>
+        <v>1946</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1905</v>
+        <v>1947</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1906</v>
+        <v>1381</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G704" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H704" s="1" t="s">
-        <v>1907</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1908</v>
+        <v>1949</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>57</v>
+        <v>401</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>200</v>
+        <v>1381</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G705" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H705" s="1" t="s">
-        <v>1909</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1910</v>
+        <v>1951</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>57</v>
+        <v>1128</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>594</v>
+        <v>1056</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G706" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H706" s="1" t="s">
-        <v>1911</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1912</v>
+        <v>1953</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>154</v>
+        <v>383</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>373</v>
+        <v>1121</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G707" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H707" s="1" t="s">
-        <v>1913</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1914</v>
+        <v>1955</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>31</v>
+        <v>469</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>565</v>
+        <v>765</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G708" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H708" s="1" t="s">
-        <v>1915</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1912</v>
+        <v>1957</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>1916</v>
+        <v>1759</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>373</v>
+        <v>1958</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G709" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H709" s="1" t="s">
-        <v>1917</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1912</v>
+        <v>1960</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>1916</v>
+        <v>1961</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>373</v>
+        <v>883</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G710" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H710" s="1" t="s">
-        <v>1918</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1919</v>
+        <v>1963</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>1920</v>
+        <v>1493</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1921</v>
+        <v>731</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G711" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H711" s="1" t="s">
-        <v>1922</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1923</v>
+        <v>1965</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>1924</v>
+        <v>1966</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>594</v>
+        <v>377</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G712" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H712" s="1" t="s">
-        <v>1925</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1926</v>
+        <v>1968</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1924</v>
+        <v>1969</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>594</v>
+        <v>1970</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G713" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H713" s="1" t="s">
-        <v>1927</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1928</v>
+        <v>1972</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1924</v>
+        <v>730</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>594</v>
+        <v>1973</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G714" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H714" s="1" t="s">
-        <v>1929</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1930</v>
+        <v>1975</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>1924</v>
+        <v>731</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>594</v>
+        <v>1121</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G715" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H715" s="1" t="s">
-        <v>1931</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1932</v>
+        <v>1977</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>1933</v>
+        <v>1978</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>242</v>
+        <v>1536</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G716" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H716" s="1" t="s">
-        <v>1934</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1935</v>
+        <v>1980</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>1074</v>
+        <v>1978</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>242</v>
+        <v>1536</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G717" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H717" s="1" t="s">
-        <v>1936</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1937</v>
+        <v>1982</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>43</v>
+        <v>1983</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>602</v>
+        <v>251</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G718" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H718" s="1" t="s">
-        <v>1938</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1939</v>
+        <v>1985</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>43</v>
+        <v>1156</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>602</v>
+        <v>259</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G719" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H719" s="1" t="s">
-        <v>1940</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1941</v>
+        <v>1987</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>978</v>
+        <v>344</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>373</v>
+        <v>1988</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G720" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H720" s="1" t="s">
-        <v>1942</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1943</v>
+        <v>1990</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>85</v>
+        <v>425</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>242</v>
+        <v>431</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G721" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H721" s="1" t="s">
-        <v>1944</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1945</v>
+        <v>1992</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>85</v>
+        <v>1166</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G722" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H722" s="1" t="s">
-        <v>1946</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1947</v>
+        <v>1994</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>1948</v>
+        <v>785</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>242</v>
+        <v>1995</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G723" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H723" s="1" t="s">
-        <v>1949</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1950</v>
+        <v>1997</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>1951</v>
+        <v>1501</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>594</v>
+        <v>656</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G724" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H724" s="1" t="s">
-        <v>1952</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1953</v>
+        <v>1999</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>1954</v>
+        <v>1369</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>594</v>
+        <v>1826</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F725" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G725" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H725" s="1" t="s">
-        <v>1955</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1956</v>
+        <v>2001</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>1045</v>
+        <v>425</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>594</v>
+        <v>839</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H726" s="1" t="s">
-        <v>1957</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1958</v>
+        <v>2003</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>354</v>
+        <v>842</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>242</v>
+        <v>843</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F727" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H727" s="1" t="s">
-        <v>1959</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1960</v>
+        <v>2005</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>1961</v>
+        <v>1109</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1389</v>
+        <v>384</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F728" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H728" s="1" t="s">
-        <v>1962</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1963</v>
+        <v>2007</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>1071</v>
+        <v>324</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>594</v>
+        <v>1364</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H729" s="1" t="s">
-        <v>1964</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1965</v>
+        <v>2010</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>1071</v>
+        <v>597</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>594</v>
+        <v>2011</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>12</v>
+        <v>2008</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1966</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1967</v>
+        <v>2013</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1968</v>
+        <v>357</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1969</v>
+        <v>1726</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>202</v>
+        <v>2008</v>
       </c>
       <c r="H731" s="1" t="s">
-        <v>1970</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1971</v>
+        <v>2015</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1968</v>
+        <v>1275</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>958</v>
+        <v>2016</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H732" s="1" t="s">
-        <v>1972</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1973</v>
+        <v>2018</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>938</v>
+        <v>1716</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1974</v>
+        <v>656</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H733" s="1" t="s">
-        <v>1975</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1976</v>
+        <v>2020</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>938</v>
+        <v>2021</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1974</v>
+        <v>49</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H734" s="1" t="s">
-        <v>1977</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1978</v>
+        <v>2023</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>354</v>
+        <v>1205</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1974</v>
+        <v>659</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>151</v>
+        <v>2008</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1979</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1980</v>
+        <v>2025</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>1981</v>
+        <v>30</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1982</v>
+        <v>49</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>226</v>
+        <v>2008</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>1983</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1984</v>
+        <v>2027</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>1981</v>
+        <v>30</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1982</v>
+        <v>1786</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>226</v>
+        <v>2008</v>
       </c>
       <c r="H737" s="1" t="s">
-        <v>1985</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1986</v>
+        <v>2029</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1981</v>
+        <v>392</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1084</v>
+        <v>2030</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F738" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>16</v>
+        <v>2008</v>
       </c>
       <c r="H738" s="1" t="s">
-        <v>1987</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1988</v>
+        <v>2032</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>1989</v>
+        <v>803</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1990</v>
+        <v>731</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>180</v>
+        <v>2008</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1991</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1992</v>
+        <v>2034</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1989</v>
+        <v>803</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1990</v>
+        <v>193</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>202</v>
+        <v>2008</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>1993</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1994</v>
+        <v>2036</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>962</v>
+        <v>544</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1084</v>
+        <v>668</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>16</v>
+        <v>2008</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1995</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1996</v>
+        <v>2038</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1859</v>
+        <v>544</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1997</v>
+        <v>1798</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>139</v>
+        <v>2008</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1998</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1999</v>
+        <v>2040</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>957</v>
+        <v>2041</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>200</v>
+        <v>1127</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>16</v>
+        <v>2008</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>2000</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>2001</v>
+        <v>2043</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>2002</v>
+        <v>1205</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>412</v>
+        <v>656</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G744" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2008</v>
+      </c>
       <c r="H744" s="1" t="s">
-        <v>2003</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>2004</v>
+        <v>2045</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>954</v>
+        <v>1384</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>594</v>
+        <v>1608</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>139</v>
+        <v>2008</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>2005</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>2006</v>
+        <v>2047</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>2007</v>
+        <v>466</v>
       </c>
       <c r="C746" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E746" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G746" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="D746" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H746" s="1" t="s">
-        <v>2009</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>2010</v>
+        <v>2050</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>1859</v>
+        <v>1090</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>343</v>
+        <v>1091</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>96</v>
+        <v>2008</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>2011</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>2012</v>
+        <v>2050</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>2013</v>
+        <v>1090</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2014</v>
+        <v>1091</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>187</v>
+        <v>2008</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>2015</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>2016</v>
+        <v>2053</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>2013</v>
+        <v>1090</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2014</v>
+        <v>1091</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>139</v>
+        <v>2008</v>
       </c>
       <c r="H749" s="1" t="s">
-        <v>2017</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>2012</v>
+        <v>2055</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>2013</v>
+        <v>1090</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2014</v>
+        <v>1091</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>187</v>
+        <v>2008</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>2018</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>2019</v>
+        <v>2057</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>2013</v>
+        <v>1090</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2014</v>
+        <v>1091</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>187</v>
+        <v>2008</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>2020</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>2021</v>
+        <v>2059</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2013</v>
+        <v>2060</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2014</v>
+        <v>2061</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>187</v>
+        <v>2008</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>2022</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>2023</v>
+        <v>2063</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>2013</v>
+        <v>1286</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2014</v>
+        <v>425</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>187</v>
+        <v>2008</v>
       </c>
       <c r="H753" s="1" t="s">
-        <v>2024</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>2025</v>
+        <v>2065</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1859</v>
+        <v>510</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1990</v>
+        <v>552</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>139</v>
+        <v>2008</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>2026</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>2027</v>
+        <v>2067</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>1856</v>
+        <v>1438</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2028</v>
+        <v>573</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>104</v>
+        <v>2008</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2029</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2030</v>
+        <v>2069</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>2031</v>
+        <v>510</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>1465</v>
+        <v>1106</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2032</v>
+        <v>2008</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2033</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2034</v>
+        <v>2071</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>2031</v>
+        <v>424</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>1465</v>
+        <v>1826</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2032</v>
+        <v>2008</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2035</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2036</v>
+        <v>2073</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>2031</v>
+        <v>1736</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1465</v>
+        <v>579</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2032</v>
+        <v>2008</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2037</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2038</v>
+        <v>2075</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>2039</v>
+        <v>775</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2040</v>
+        <v>1969</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H759" s="1" t="s">
-        <v>2041</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2042</v>
+        <v>2032</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>2039</v>
+        <v>2077</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2043</v>
+        <v>2078</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>202</v>
+        <v>2008</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2044</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2045</v>
+        <v>2080</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>2046</v>
+        <v>1166</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2014</v>
+        <v>1329</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>197</v>
+        <v>2008</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2047</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2048</v>
+        <v>2045</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>938</v>
+        <v>864</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2049</v>
+        <v>2082</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>54</v>
+        <v>2008</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2050</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2051</v>
+        <v>2084</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>2039</v>
+        <v>1175</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2014</v>
+        <v>276</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>117</v>
+        <v>2008</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2052</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2053</v>
+        <v>2086</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>2054</v>
+        <v>1807</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1186</v>
+        <v>1507</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>96</v>
+        <v>2008</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2055</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2056</v>
+        <v>2088</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>2057</v>
+        <v>1281</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2058</v>
+        <v>478</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>96</v>
+        <v>2008</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2059</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2060</v>
+        <v>2090</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>354</v>
+        <v>1001</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>938</v>
+        <v>1431</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>32</v>
+        <v>2008</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2061</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2062</v>
+        <v>2092</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>2063</v>
+        <v>997</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>958</v>
+        <v>2093</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>54</v>
+        <v>2008</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2064</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2065</v>
+        <v>2095</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>354</v>
+        <v>466</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>1974</v>
+        <v>656</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>139</v>
+        <v>266</v>
       </c>
       <c r="H768" s="1" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>2068</v>
+        <v>1397</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>1974</v>
+        <v>2098</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>32</v>
+        <v>266</v>
       </c>
       <c r="H769" s="1" t="s">
-        <v>2069</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2070</v>
+        <v>2100</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>2068</v>
+        <v>63</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1974</v>
+        <v>656</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>32</v>
+        <v>2101</v>
       </c>
       <c r="H770" s="1" t="s">
-        <v>2071</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2072</v>
+        <v>2103</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>957</v>
+        <v>63</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1974</v>
+        <v>656</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>54</v>
+        <v>2101</v>
       </c>
       <c r="H771" s="1" t="s">
-        <v>2073</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2074</v>
+        <v>2105</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>957</v>
+        <v>2106</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1974</v>
+        <v>731</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2075</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2076</v>
+        <v>2108</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>2054</v>
+        <v>213</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2077</v>
+        <v>214</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2078</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2079</v>
+        <v>2110</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>2080</v>
+        <v>1581</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2081</v>
+        <v>2111</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H774" s="1" t="s">
-        <v>2082</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2083</v>
+        <v>2113</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2084</v>
+        <v>2114</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2043</v>
+        <v>1513</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2085</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2086</v>
+        <v>2116</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>343</v>
+        <v>2117</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1788</v>
+        <v>725</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2087</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2088</v>
+        <v>2119</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>2089</v>
+        <v>63</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2090</v>
+        <v>1121</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2091</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2092</v>
+        <v>2121</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1969</v>
+        <v>1854</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2093</v>
+        <v>1364</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G778" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H778" s="1" t="s">
-        <v>2094</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2095</v>
+        <v>2123</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2096</v>
+        <v>1717</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H779" s="1" t="s">
-        <v>2097</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2098</v>
+        <v>2125</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>354</v>
+        <v>377</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>242</v>
+        <v>2126</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F780" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H780" s="1" t="s">
-        <v>2099</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2100</v>
+        <v>2128</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>354</v>
+        <v>2129</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>242</v>
+        <v>2106</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F781" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H781" s="1" t="s">
-        <v>2101</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>354</v>
+        <v>2129</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G782" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H782" s="1" t="s">
-        <v>2104</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2105</v>
+        <v>2133</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>2080</v>
+        <v>1127</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2106</v>
+        <v>2134</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G783" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H783" s="1" t="s">
-        <v>2107</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2108</v>
+        <v>2136</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>2109</v>
+        <v>545</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2110</v>
+        <v>656</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F784" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G784" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H784" s="1" t="s">
-        <v>2111</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2112</v>
+        <v>2138</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>2113</v>
+        <v>99</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2114</v>
+        <v>259</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2115</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2116</v>
+        <v>2140</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>2117</v>
+        <v>1709</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2118</v>
+        <v>2141</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F786" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H786" s="1" t="s">
-        <v>2119</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2120</v>
+        <v>2143</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2121</v>
+        <v>1709</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2122</v>
+        <v>2141</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F787" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G787" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H787" s="1" t="s">
-        <v>2123</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2124</v>
+        <v>2145</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2121</v>
+        <v>846</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2122</v>
+        <v>847</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F788" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G788" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H788" s="1" t="s">
-        <v>2125</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2126</v>
+        <v>2147</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>1990</v>
+        <v>510</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2127</v>
+        <v>552</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2128</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2129</v>
+        <v>2149</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>957</v>
+        <v>510</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2130</v>
+        <v>552</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2131</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2132</v>
+        <v>2151</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2117</v>
+        <v>1368</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2133</v>
+        <v>1514</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2134</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2135</v>
+        <v>2153</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2039</v>
+        <v>1368</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2136</v>
+        <v>1514</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2137</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2138</v>
+        <v>2155</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>2139</v>
+        <v>807</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2140</v>
+        <v>808</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G793" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H793" s="1" t="s">
-        <v>2141</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2142</v>
+        <v>2157</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>354</v>
+        <v>807</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>1008</v>
+        <v>808</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2143</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2144</v>
+        <v>2159</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2084</v>
+        <v>838</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>362</v>
+        <v>2160</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>296</v>
+        <v>12</v>
       </c>
       <c r="H795" s="1" t="s">
-        <v>2145</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2146</v>
+        <v>2162</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>2147</v>
+        <v>807</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2090</v>
+        <v>808</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F796" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G796" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H796" s="1" t="s">
-        <v>2148</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2149</v>
+        <v>2164</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>2150</v>
+        <v>1226</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>362</v>
+        <v>470</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G797" s="1"/>
       <c r="H797" s="1" t="s">
-        <v>2151</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2152</v>
+        <v>2166</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>2068</v>
+        <v>500</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2153</v>
+        <v>697</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G798" s="1"/>
       <c r="H798" s="1" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2155</v>
+        <v>2168</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2068</v>
+        <v>275</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2153</v>
+        <v>2169</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G799" s="1"/>
       <c r="H799" s="1" t="s">
-        <v>2156</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2157</v>
+        <v>2171</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2068</v>
+        <v>2172</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2153</v>
+        <v>2173</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G800" s="1"/>
       <c r="H800" s="1" t="s">
-        <v>2158</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2159</v>
+        <v>2175</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>2080</v>
+        <v>1590</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2160</v>
+        <v>1242</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F801" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2161</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2162</v>
+        <v>2177</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>343</v>
+        <v>1015</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>242</v>
+        <v>1009</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2163</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2164</v>
+        <v>2179</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2122</v>
+        <v>1015</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>362</v>
+        <v>279</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H803" s="1" t="s">
-        <v>2165</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2166</v>
+        <v>2181</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2046</v>
+        <v>1015</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2167</v>
+        <v>1009</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>180</v>
+        <v>77</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2168</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2169</v>
+        <v>1235</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>2057</v>
+        <v>564</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2008</v>
+        <v>1454</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>187</v>
+        <v>96</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>938</v>
+        <v>2185</v>
       </c>
       <c r="C806" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D806" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E806" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F806" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G806" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="D806" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H806" s="1" t="s">
-        <v>2172</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2173</v>
+        <v>2187</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>920</v>
+        <v>772</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2175</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2176</v>
+        <v>2190</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2174</v>
+        <v>2191</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>920</v>
+        <v>214</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2177</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2178</v>
+        <v>2193</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>1008</v>
+        <v>2194</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>411</v>
+        <v>513</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2179</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2180</v>
+        <v>2196</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>1008</v>
+        <v>213</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2181</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2182</v>
+        <v>2198</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>1008</v>
+        <v>213</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2183</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2184</v>
+        <v>2200</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>2127</v>
+        <v>213</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>362</v>
+        <v>214</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2185</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2186</v>
+        <v>2202</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>958</v>
+        <v>213</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>2187</v>
+        <v>214</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F813" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
       <c r="H813" s="1" t="s">
-        <v>2188</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2189</v>
+        <v>2204</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>1008</v>
+        <v>213</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F814" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="H814" s="1" t="s">
-        <v>2190</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2191</v>
+        <v>2206</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>1008</v>
+        <v>213</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="H815" s="1" t="s">
-        <v>2192</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2193</v>
+        <v>2208</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>1008</v>
+        <v>213</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>180</v>
+        <v>77</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2195</v>
+        <v>2210</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>1008</v>
+        <v>966</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>411</v>
+        <v>2211</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>104</v>
+        <v>686</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2196</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2197</v>
+        <v>2213</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>1008</v>
+        <v>2191</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>411</v>
+        <v>2214</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>226</v>
+        <v>686</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2198</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2199</v>
+        <v>2216</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>1008</v>
+        <v>772</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>411</v>
+        <v>2217</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F819" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H819" s="1" t="s">
-        <v>2200</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2201</v>
+        <v>2219</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>1008</v>
+        <v>2220</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>411</v>
+        <v>2221</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G820" s="1"/>
       <c r="H820" s="1" t="s">
-        <v>2202</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2203</v>
+        <v>2223</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>1008</v>
+        <v>2224</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>411</v>
+        <v>1242</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F821" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>139</v>
+        <v>1342</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2204</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2205</v>
+        <v>2226</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2127</v>
+        <v>2224</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>411</v>
+        <v>2227</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2206</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2207</v>
+        <v>2229</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2153</v>
+        <v>275</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2136</v>
+        <v>2169</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>296</v>
+        <v>24</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2208</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>1638</v>
+        <v>2231</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2153</v>
+        <v>275</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>362</v>
+        <v>276</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G824" s="1"/>
       <c r="H824" s="1" t="s">
-        <v>2209</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2210</v>
+        <v>2233</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>2167</v>
+        <v>275</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2093</v>
+        <v>276</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G825" s="1"/>
       <c r="H825" s="1" t="s">
-        <v>2211</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2212</v>
+        <v>2235</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>2081</v>
+        <v>275</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>2213</v>
+        <v>276</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G826" s="1"/>
       <c r="H826" s="1" t="s">
-        <v>2214</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2215</v>
+        <v>2237</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>2133</v>
+        <v>275</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1011</v>
+        <v>276</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G827" s="1"/>
       <c r="H827" s="1" t="s">
-        <v>2216</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2217</v>
+        <v>2239</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>2218</v>
+        <v>275</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2219</v>
+        <v>276</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G828" s="1"/>
       <c r="H828" s="1" t="s">
-        <v>2220</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2221</v>
+        <v>2241</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>2222</v>
+        <v>275</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2223</v>
+        <v>276</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G829" s="1"/>
       <c r="H829" s="1" t="s">
-        <v>2224</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2225</v>
+        <v>2243</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2226</v>
+        <v>772</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>411</v>
+        <v>513</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2227</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2228</v>
+        <v>2245</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>2140</v>
+        <v>2246</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>2136</v>
+        <v>2247</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2229</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2230</v>
+        <v>2249</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>2140</v>
+        <v>2250</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2231</v>
+        <v>2251</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G832" s="1"/>
       <c r="H832" s="1" t="s">
-        <v>2232</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2233</v>
+        <v>2253</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>1788</v>
+        <v>2250</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>1084</v>
+        <v>2254</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>197</v>
+        <v>686</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2234</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2235</v>
+        <v>2256</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1788</v>
+        <v>2250</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>411</v>
+        <v>2254</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>16</v>
+        <v>686</v>
       </c>
       <c r="H834" s="1" t="s">
-        <v>2236</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2237</v>
+        <v>2258</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>967</v>
+        <v>1970</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2238</v>
+        <v>2251</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G835" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H835" s="1" t="s">
-        <v>2239</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2240</v>
+        <v>2260</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2241</v>
+        <v>1970</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>412</v>
+        <v>2261</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G836" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>1342</v>
+      </c>
       <c r="H836" s="1" t="s">
-        <v>2242</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2243</v>
+        <v>2263</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>354</v>
+        <v>1454</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1974</v>
+        <v>2264</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G837" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H837" s="1" t="s">
-        <v>2244</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2245</v>
+        <v>2266</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1788</v>
+        <v>1454</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2246</v>
+        <v>2264</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>151</v>
+        <v>686</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2248</v>
+        <v>2268</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>2249</v>
+        <v>994</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>408</v>
+        <v>214</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>117</v>
+        <v>240</v>
       </c>
       <c r="H839" s="1" t="s">
-        <v>2250</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2251</v>
+        <v>2270</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>2223</v>
+        <v>214</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2252</v>
+        <v>214</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>104</v>
+        <v>204</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2253</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2254</v>
+        <v>2272</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>2255</v>
+        <v>2273</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2256</v>
+        <v>2274</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2257</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2258</v>
+        <v>2276</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2259</v>
+        <v>2250</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>981</v>
+        <v>2254</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G842" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H842" s="1" t="s">
-        <v>2260</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2261</v>
+        <v>2278</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2262</v>
+        <v>2250</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1005</v>
+        <v>2254</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G843" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>686</v>
+      </c>
       <c r="H843" s="1" t="s">
-        <v>2263</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2264</v>
+        <v>2280</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2262</v>
+        <v>2281</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>423</v>
+        <v>2282</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2265</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2266</v>
+        <v>2284</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2262</v>
+        <v>279</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2252</v>
+        <v>2285</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G845" s="1"/>
       <c r="H845" s="1" t="s">
-        <v>2267</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2268</v>
+        <v>2287</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>2262</v>
+        <v>279</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2252</v>
+        <v>780</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F846" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>226</v>
+        <v>96</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2269</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2270</v>
+        <v>2289</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>981</v>
+        <v>2290</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2271</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2272</v>
+        <v>2292</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>2246</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>423</v>
+        <v>2247</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2273</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2274</v>
+        <v>2294</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>2090</v>
+        <v>2250</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>411</v>
+        <v>2251</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G849" s="1"/>
       <c r="H849" s="1" t="s">
-        <v>2275</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2276</v>
+        <v>2296</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>2277</v>
+        <v>2246</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2278</v>
+        <v>2247</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F850" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H850" s="1" t="s">
-        <v>2279</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2280</v>
+        <v>2298</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>2277</v>
+        <v>2250</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>1015</v>
+        <v>2290</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="G851" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H851" s="1" t="s">
-        <v>2281</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2282</v>
+        <v>2300</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>1084</v>
+        <v>2301</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1011</v>
+        <v>1223</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G852" s="1"/>
       <c r="H852" s="1" t="s">
-        <v>2283</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2284</v>
+        <v>2303</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>1004</v>
+        <v>730</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>1318</v>
+        <v>2304</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G853" s="1"/>
       <c r="H853" s="1" t="s">
-        <v>2285</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2286</v>
+        <v>2306</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2287</v>
+        <v>2307</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>1018</v>
+        <v>235</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G854" s="1"/>
       <c r="H854" s="1" t="s">
-        <v>2288</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2289</v>
+        <v>2309</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2290</v>
+        <v>2307</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>2187</v>
+        <v>235</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G855" s="1"/>
       <c r="H855" s="1" t="s">
-        <v>2291</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2292</v>
+        <v>2311</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2277</v>
+        <v>1084</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>2278</v>
+        <v>235</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G856" s="1"/>
       <c r="H856" s="1" t="s">
-        <v>2293</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2294</v>
+        <v>2313</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>2277</v>
+        <v>217</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2278</v>
+        <v>659</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G857" s="1"/>
       <c r="H857" s="1" t="s">
-        <v>2295</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2296</v>
+        <v>2315</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2277</v>
+        <v>217</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2278</v>
+        <v>659</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G858" s="1"/>
       <c r="H858" s="1" t="s">
-        <v>2297</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2298</v>
+        <v>2317</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>2277</v>
+        <v>186</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2278</v>
+        <v>235</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G859" s="1"/>
       <c r="H859" s="1" t="s">
-        <v>2299</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2300</v>
+        <v>2317</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>2287</v>
+        <v>2319</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1540</v>
+        <v>235</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G860" s="1"/>
       <c r="H860" s="1" t="s">
-        <v>2301</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2302</v>
+        <v>2317</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>2287</v>
+        <v>2319</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>1540</v>
+        <v>235</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G861" s="1"/>
       <c r="H861" s="1" t="s">
-        <v>2303</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2277</v>
+        <v>63</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2305</v>
+        <v>380</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G862" s="1"/>
       <c r="H862" s="1" t="s">
-        <v>2306</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2307</v>
+        <v>2324</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2308</v>
+        <v>30</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>404</v>
+        <v>659</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G863" s="1"/>
       <c r="H863" s="1" t="s">
-        <v>2309</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>81</v>
+        <v>2326</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>1005</v>
+        <v>2327</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>405</v>
+        <v>2328</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G864" s="1"/>
       <c r="H864" s="1" t="s">
-        <v>2310</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2311</v>
+        <v>2330</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>981</v>
+        <v>532</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>445</v>
+        <v>478</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G865" s="1"/>
       <c r="H865" s="1" t="s">
-        <v>2312</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2313</v>
+        <v>2332</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>497</v>
+        <v>1768</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>9</v>
+        <v>235</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G866" s="1"/>
       <c r="H866" s="1" t="s">
-        <v>2314</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2315</v>
+        <v>2334</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2256</v>
+        <v>2335</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>383</v>
+        <v>2336</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G867" s="1"/>
       <c r="H867" s="1" t="s">
-        <v>2316</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>985</v>
+        <v>2338</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>986</v>
+        <v>2339</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>445</v>
+        <v>764</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2317</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2318</v>
+        <v>2341</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>1005</v>
+        <v>942</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>455</v>
+        <v>2342</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2319</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2320</v>
+        <v>2344</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>544</v>
+        <v>2345</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2321</v>
+        <v>1816</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G870" s="1"/>
       <c r="H870" s="1" t="s">
-        <v>2322</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2323</v>
+        <v>2347</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>2324</v>
+        <v>1368</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2031</v>
+        <v>631</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G871" s="1"/>
       <c r="H871" s="1" t="s">
-        <v>2325</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2326</v>
+        <v>2349</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>2327</v>
+        <v>631</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2328</v>
+        <v>424</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G872" s="1"/>
       <c r="H872" s="1" t="s">
-        <v>2329</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2330</v>
+        <v>2351</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2331</v>
+        <v>552</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>1974</v>
+        <v>1826</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G873" s="1"/>
       <c r="H873" s="1" t="s">
-        <v>2332</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2333</v>
+        <v>2353</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>2327</v>
+        <v>555</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2063</v>
+        <v>644</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G874" s="1"/>
       <c r="H874" s="1" t="s">
-        <v>2334</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2335</v>
+        <v>2355</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2336</v>
+        <v>555</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>1968</v>
+        <v>1275</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G875" s="1"/>
       <c r="H875" s="1" t="s">
-        <v>2337</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2338</v>
+        <v>2357</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2339</v>
+        <v>1157</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>1859</v>
+        <v>1475</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G876" s="1"/>
       <c r="H876" s="1" t="s">
-        <v>2340</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2341</v>
+        <v>2249</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2342</v>
+        <v>1085</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2343</v>
+        <v>2359</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G877" s="1"/>
       <c r="H877" s="1" t="s">
-        <v>2344</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2345</v>
+        <v>2361</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>2342</v>
+        <v>1510</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>1265</v>
+        <v>2362</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G878" s="1"/>
       <c r="H878" s="1" t="s">
-        <v>2346</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2347</v>
+        <v>2364</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2348</v>
+        <v>807</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>2349</v>
+        <v>1229</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G879" s="1"/>
       <c r="H879" s="1" t="s">
-        <v>2350</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2351</v>
+        <v>2366</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2352</v>
+        <v>1841</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>1968</v>
+        <v>2246</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G880" s="1"/>
       <c r="H880" s="1" t="s">
-        <v>2353</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2354</v>
+        <v>2368</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>2031</v>
+        <v>2369</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>938</v>
+        <v>1175</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G881" s="1"/>
       <c r="H881" s="1" t="s">
-        <v>2355</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2356</v>
+        <v>2371</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>2357</v>
+        <v>2372</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>644</v>
+        <v>2373</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G882" s="1"/>
       <c r="H882" s="1" t="s">
-        <v>2358</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2359</v>
+        <v>2375</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>2360</v>
+        <v>2160</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>594</v>
+        <v>1825</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2361</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2362</v>
+        <v>2377</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>1881</v>
+        <v>2160</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>2343</v>
+        <v>1825</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G884" s="1"/>
       <c r="H884" s="1" t="s">
-        <v>2363</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2364</v>
+        <v>2379</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>2365</v>
+        <v>99</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>938</v>
+        <v>1762</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G885" s="1"/>
       <c r="H885" s="1" t="s">
-        <v>2366</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2367</v>
+        <v>2381</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>601</v>
+        <v>2327</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>594</v>
+        <v>259</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G886" s="1"/>
       <c r="H886" s="1" t="s">
-        <v>2368</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2369</v>
+        <v>2383</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>2370</v>
+        <v>40</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>200</v>
+        <v>259</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G887" s="1"/>
       <c r="H887" s="1" t="s">
-        <v>2371</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2372</v>
+        <v>2385</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>2370</v>
+        <v>2386</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>200</v>
+        <v>259</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G888" s="1"/>
       <c r="H888" s="1" t="s">
-        <v>2373</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2374</v>
+        <v>2388</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>1881</v>
+        <v>40</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1989</v>
+        <v>259</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G889" s="1"/>
       <c r="H889" s="1" t="s">
-        <v>2375</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2376</v>
+        <v>2390</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>2377</v>
+        <v>1826</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>374</v>
+        <v>361</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G890" s="1"/>
       <c r="H890" s="1" t="s">
-        <v>2378</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2379</v>
+        <v>2392</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>2380</v>
+        <v>1329</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>411</v>
+        <v>648</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F891" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G891" s="1"/>
       <c r="H891" s="1" t="s">
-        <v>2381</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>2380</v>
+        <v>493</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2007</v>
+        <v>1166</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G892" s="1"/>
       <c r="H892" s="1" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>1738</v>
+        <v>493</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2385</v>
+        <v>1166</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G893" s="1"/>
       <c r="H893" s="1" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>2388</v>
+        <v>493</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>1961</v>
+        <v>1166</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G894" s="1"/>
       <c r="H894" s="1" t="s">
-        <v>2389</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2390</v>
+        <v>2400</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>694</v>
+        <v>1519</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>968</v>
+        <v>2401</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G895" s="1"/>
       <c r="H895" s="1" t="s">
-        <v>2391</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2392</v>
+        <v>2403</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>957</v>
+        <v>2404</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2393</v>
+        <v>380</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F896" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G896" s="1"/>
       <c r="H896" s="1" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>2349</v>
+        <v>1067</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2147</v>
+        <v>2407</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G897" s="1"/>
       <c r="H897" s="1" t="s">
-        <v>2396</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2397</v>
+        <v>2409</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>2349</v>
+        <v>2220</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2147</v>
+        <v>1085</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G898" s="1"/>
       <c r="H898" s="1" t="s">
-        <v>2398</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2399</v>
+        <v>2411</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>2349</v>
+        <v>99</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2147</v>
+        <v>668</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G899" s="1"/>
       <c r="H899" s="1" t="s">
-        <v>2400</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2401</v>
+        <v>2413</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2349</v>
+        <v>63</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2402</v>
+        <v>656</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G900" s="1"/>
       <c r="H900" s="1" t="s">
-        <v>2403</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2404</v>
+        <v>2415</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>694</v>
+        <v>2416</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>411</v>
+        <v>2417</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G901" s="1"/>
       <c r="H901" s="1" t="s">
-        <v>2405</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2406</v>
+        <v>2419</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>1738</v>
+        <v>1096</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>632</v>
+        <v>1121</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G902" s="1"/>
       <c r="H902" s="1" t="s">
-        <v>2407</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>1595</v>
+        <v>2421</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>1801</v>
+        <v>2422</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2408</v>
+        <v>2423</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G903" s="1"/>
       <c r="H903" s="1" t="s">
-        <v>2409</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2410</v>
+        <v>2425</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>2411</v>
+        <v>1109</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2002</v>
+        <v>884</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G904" s="1"/>
       <c r="H904" s="1" t="s">
-        <v>2412</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2413</v>
+        <v>2427</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>623</v>
+        <v>2416</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>961</v>
+        <v>1665</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G905" s="1"/>
       <c r="H905" s="1" t="s">
-        <v>2414</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2415</v>
+        <v>2429</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>552</v>
+        <v>2416</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2416</v>
+        <v>1665</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G906" s="1"/>
       <c r="H906" s="1" t="s">
-        <v>2417</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2418</v>
+        <v>2431</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>1087</v>
+        <v>405</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>1888</v>
+        <v>474</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F907" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G907" s="1"/>
       <c r="H907" s="1" t="s">
-        <v>2419</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2420</v>
+        <v>2433</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>2421</v>
+        <v>391</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>594</v>
+        <v>1346</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F908" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G908" s="1"/>
       <c r="H908" s="1" t="s">
-        <v>2422</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2423</v>
+        <v>2435</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>2424</v>
+        <v>391</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>367</v>
+        <v>1346</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F909" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G909" s="1"/>
       <c r="H909" s="1" t="s">
-        <v>2425</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2426</v>
+        <v>2437</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>2427</v>
+        <v>366</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>374</v>
+        <v>2438</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F910" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G910" s="1"/>
       <c r="H910" s="1" t="s">
-        <v>2428</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2429</v>
+        <v>2440</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>2427</v>
+        <v>839</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>374</v>
+        <v>1267</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F911" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G911" s="1"/>
       <c r="H911" s="1" t="s">
-        <v>2430</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2431</v>
+        <v>2442</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>745</v>
+        <v>629</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>594</v>
+        <v>632</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F912" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G912" s="1"/>
       <c r="H912" s="1" t="s">
-        <v>2432</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2433</v>
+        <v>2444</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>2434</v>
+        <v>2445</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>559</v>
+        <v>1463</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F913" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G913" s="1"/>
       <c r="H913" s="1" t="s">
-        <v>2435</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2436</v>
+        <v>2447</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>745</v>
+        <v>2445</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2437</v>
+        <v>1463</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F914" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G914" s="1"/>
       <c r="H914" s="1" t="s">
-        <v>2438</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2439</v>
+        <v>2449</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>1081</v>
+        <v>2445</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>373</v>
+        <v>430</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F915" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2440</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2441</v>
+        <v>2451</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>748</v>
+        <v>635</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2442</v>
+        <v>552</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F916" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2443</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2444</v>
+        <v>2453</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>2445</v>
+        <v>99</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2446</v>
+        <v>259</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F917" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2447</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2448</v>
+        <v>2455</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>2449</v>
+        <v>99</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2450</v>
+        <v>259</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F918" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2451</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>937</v>
+        <v>361</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2453</v>
+        <v>380</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F919" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G919" s="1"/>
       <c r="H919" s="1" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>2427</v>
+        <v>431</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>644</v>
+        <v>2460</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F920" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G920" s="1"/>
       <c r="H920" s="1" t="s">
-        <v>2456</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2457</v>
+        <v>2462</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>2458</v>
+        <v>425</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2437</v>
+        <v>431</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F921" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G921" s="1"/>
       <c r="H921" s="1" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
       <c r="B922" s="1" t="s">
-        <v>2458</v>
+        <v>63</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>544</v>
+        <v>656</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F922" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G922" s="1"/>
       <c r="H922" s="1" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>623</v>
+        <v>1665</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>968</v>
+        <v>1665</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F923" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G923" s="1"/>
       <c r="H923" s="1" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="B924" s="1" t="s">
-        <v>555</v>
+        <v>474</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>373</v>
+        <v>1466</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F924" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G924" s="1"/>
       <c r="H924" s="1" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="B925" s="1" t="s">
-        <v>1785</v>
+        <v>63</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>1859</v>
+        <v>656</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F925" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G925" s="1"/>
       <c r="H925" s="1" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2468</v>
+        <v>2471</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>1785</v>
+        <v>2472</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>576</v>
+        <v>2473</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F926" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G926" s="1"/>
       <c r="H926" s="1" t="s">
-        <v>2469</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2470</v>
+        <v>2475</v>
       </c>
       <c r="B927" s="1" t="s">
-        <v>1785</v>
+        <v>221</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2471</v>
+        <v>725</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F927" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G927" s="1"/>
       <c r="H927" s="1" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="B928" s="1" t="s">
-        <v>2445</v>
+        <v>2478</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>572</v>
+        <v>2479</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F928" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G928" s="1"/>
       <c r="H928" s="1" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>1650</v>
+        <v>2481</v>
       </c>
       <c r="B929" s="1" t="s">
-        <v>2475</v>
+        <v>1205</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>576</v>
+        <v>1206</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F929" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G929" s="1"/>
       <c r="H929" s="1" t="s">
-        <v>2476</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2477</v>
+        <v>2483</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>2475</v>
+        <v>1205</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2478</v>
+        <v>1206</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F930" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G930" s="1"/>
       <c r="H930" s="1" t="s">
-        <v>2479</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2480</v>
+        <v>2485</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2445</v>
+        <v>1205</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2475</v>
+        <v>1260</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G931" s="1"/>
       <c r="H931" s="1" t="s">
-        <v>2481</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2482</v>
+        <v>2487</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2475</v>
+        <v>2488</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2437</v>
+        <v>1260</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G932" s="1"/>
       <c r="H932" s="1" t="s">
-        <v>2483</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2484</v>
+        <v>2490</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>559</v>
+        <v>2488</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2485</v>
+        <v>193</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G933" s="1"/>
       <c r="H933" s="1" t="s">
-        <v>2486</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2487</v>
+        <v>2492</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>2488</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>572</v>
+        <v>731</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G934" s="1"/>
       <c r="H934" s="1" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>2491</v>
+        <v>365</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2492</v>
+        <v>714</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G935" s="1"/>
       <c r="H935" s="1" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2496</v>
+        <v>656</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G936" s="1"/>
       <c r="H936" s="1" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2496</v>
+        <v>656</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G937" s="1"/>
       <c r="H937" s="1" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>576</v>
+        <v>2497</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2343</v>
+        <v>656</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="G938" s="1"/>
       <c r="H938" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2475</v>
+        <v>2497</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>377</v>
+        <v>656</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G939" s="1"/>
       <c r="H939" s="1" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>555</v>
+        <v>1684</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>1834</v>
+        <v>374</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G940" s="1"/>
       <c r="H940" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>2507</v>
+        <v>693</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>572</v>
+        <v>1085</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G941" s="1"/>
       <c r="H941" s="1" t="s">
         <v>2508</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
         <v>2509</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>555</v>
+        <v>1581</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>1834</v>
+        <v>548</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G942" s="1"/>
       <c r="H942" s="1" t="s">
         <v>2510</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
         <v>2511</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>367</v>
+        <v>2512</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>374</v>
+        <v>656</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G943" s="1"/>
       <c r="H943" s="1" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2491</v>
+        <v>2515</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>1094</v>
+        <v>656</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G944" s="1"/>
       <c r="H944" s="1" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2517</v>
+        <v>259</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G945" s="1"/>
       <c r="H945" s="1" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2520</v>
+        <v>731</v>
       </c>
       <c r="C946" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E946" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F946" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G946" s="1"/>
+      <c r="H946" s="1" t="s">
         <v>2521</v>
-      </c>
-[...13 lines deleted...]
-        <v>2522</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B947" s="1" t="s">
         <v>2523</v>
       </c>
-      <c r="B947" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C947" s="1" t="s">
-        <v>2521</v>
+        <v>969</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F947" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G947" s="1"/>
       <c r="H947" s="1" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
         <v>2525</v>
       </c>
       <c r="B948" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C948" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D948" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E948" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F948" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H948" s="1" t="s">
         <v>2526</v>
-      </c>
-[...16 lines deleted...]
-        <v>2527</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B949" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C949" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D949" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E949" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F949" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H949" s="1" t="s">
         <v>2528</v>
-      </c>
-[...19 lines deleted...]
-        <v>2529</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B950" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C950" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D950" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E950" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F950" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H950" s="1" t="s">
         <v>2530</v>
-      </c>
-[...19 lines deleted...]
-        <v>2531</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B951" s="1" t="s">
         <v>2532</v>
       </c>
-      <c r="B951" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C951" s="1" t="s">
-        <v>2521</v>
+        <v>369</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H951" s="1" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
         <v>2534</v>
       </c>
       <c r="B952" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C952" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E952" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F952" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H952" s="1" t="s">
         <v>2535</v>
-      </c>
-[...16 lines deleted...]
-        <v>2536</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B953" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C953" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E953" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F953" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H953" s="1" t="s">
         <v>2537</v>
-      </c>
-[...19 lines deleted...]
-        <v>2539</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2540</v>
+        <v>2538</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>57</v>
+        <v>369</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2538</v>
+        <v>463</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2541</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B955" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C955" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E955" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F955" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H955" s="1" t="s">
         <v>2542</v>
-      </c>
-[...19 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B956" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C956" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E956" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F956" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H956" s="1" t="s">
         <v>2544</v>
-      </c>
-[...19 lines deleted...]
-        <v>2545</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B957" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C957" s="1" t="s">
         <v>2546</v>
       </c>
-      <c r="B957" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D957" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H957" s="1" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
         <v>2548</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>683</v>
+        <v>2188</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>684</v>
+        <v>2546</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H958" s="1" t="s">
         <v>2549</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
         <v>2550</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>751</v>
+        <v>2188</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>565</v>
+        <v>2546</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F959" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H959" s="1" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>751</v>
+        <v>2188</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>565</v>
+        <v>2546</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F960" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>887</v>
+        <v>1172</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>548</v>
+        <v>2555</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F961" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B962" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C962" s="1" t="s">
         <v>2555</v>
       </c>
-      <c r="B962" s="1"/>
-      <c r="C962" s="1"/>
       <c r="D962" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F962" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F962" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G962" s="1" t="s">
-        <v>100</v>
+        <v>2008</v>
       </c>
       <c r="H962" s="1" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2557</v>
-[...2 lines deleted...]
-      <c r="C963" s="1"/>
+        <v>2559</v>
+      </c>
+      <c r="B963" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C963" s="1" t="s">
+        <v>2555</v>
+      </c>
       <c r="D963" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F963" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F963" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G963" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H963" s="1" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2559</v>
-[...2 lines deleted...]
-      <c r="C964" s="1"/>
+        <v>2561</v>
+      </c>
+      <c r="B964" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C964" s="1" t="s">
+        <v>2562</v>
+      </c>
       <c r="D964" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F964" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F964" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G964" s="1" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2561</v>
-[...2 lines deleted...]
-      <c r="C965" s="1"/>
+        <v>2564</v>
+      </c>
+      <c r="B965" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C965" s="1" t="s">
+        <v>2562</v>
+      </c>
       <c r="D965" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F965" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F965" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G965" s="1" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2563</v>
-[...2 lines deleted...]
-      <c r="C966" s="1"/>
+        <v>2566</v>
+      </c>
+      <c r="B966" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C966" s="1" t="s">
+        <v>2567</v>
+      </c>
       <c r="D966" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F966" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F966" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G966" s="1" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="H966" s="1" t="s">
-        <v>2564</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2565</v>
-[...2 lines deleted...]
-      <c r="C967" s="1"/>
+        <v>2569</v>
+      </c>
+      <c r="B967" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C967" s="1" t="s">
+        <v>2570</v>
+      </c>
       <c r="D967" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F967" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F967" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G967" s="1" t="s">
-        <v>226</v>
+        <v>2008</v>
       </c>
       <c r="H967" s="1" t="s">
-        <v>2566</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2567</v>
-[...2 lines deleted...]
-      <c r="C968" s="1"/>
+        <v>2572</v>
+      </c>
+      <c r="B968" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C968" s="1" t="s">
+        <v>2570</v>
+      </c>
       <c r="D968" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F968" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F968" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G968" s="1" t="s">
-        <v>54</v>
+        <v>2008</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2568</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2569</v>
-[...2 lines deleted...]
-      <c r="C969" s="1"/>
+        <v>2574</v>
+      </c>
+      <c r="B969" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C969" s="1" t="s">
+        <v>2575</v>
+      </c>
       <c r="D969" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F969" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F969" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G969" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2570</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2571</v>
-[...1 lines deleted...]
-      <c r="B970" s="1"/>
+        <v>2577</v>
+      </c>
+      <c r="B970" s="1" t="s">
+        <v>2575</v>
+      </c>
       <c r="C970" s="1"/>
       <c r="D970" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G970" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F970" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H970" s="1" t="s">
-        <v>2572</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2573</v>
-[...2 lines deleted...]
-      <c r="C971" s="1"/>
+        <v>2579</v>
+      </c>
+      <c r="B971" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="C971" s="1" t="s">
+        <v>2581</v>
+      </c>
       <c r="D971" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G971" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F971" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H971" s="1" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2575</v>
-[...2 lines deleted...]
-      <c r="C972" s="1"/>
+        <v>2583</v>
+      </c>
+      <c r="B972" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C972" s="1" t="s">
+        <v>2584</v>
+      </c>
       <c r="D972" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G972" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F972" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G972" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H972" s="1" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2575</v>
-[...2 lines deleted...]
-      <c r="C973" s="1"/>
+        <v>2586</v>
+      </c>
+      <c r="B973" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C973" s="1" t="s">
+        <v>2584</v>
+      </c>
       <c r="D973" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="G973" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F973" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H973" s="1" t="s">
-        <v>2577</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2578</v>
-[...2 lines deleted...]
-      <c r="C974" s="1"/>
+        <v>2588</v>
+      </c>
+      <c r="B974" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C974" s="1" t="s">
+        <v>2584</v>
+      </c>
       <c r="D974" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F974" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F974" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G974" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="H974" s="1" t="s">
-        <v>2579</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B975" s="1" t="s">
         <v>2580</v>
       </c>
-      <c r="B975" s="1"/>
-      <c r="C975" s="1"/>
+      <c r="C975" s="1" t="s">
+        <v>2581</v>
+      </c>
       <c r="D975" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F975" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F975" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G975" s="1" t="s">
-        <v>180</v>
+        <v>84</v>
       </c>
       <c r="H975" s="1" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2582</v>
-[...1 lines deleted...]
-      <c r="B976" s="1"/>
+        <v>2577</v>
+      </c>
+      <c r="B976" s="1" t="s">
+        <v>2575</v>
+      </c>
       <c r="C976" s="1"/>
       <c r="D976" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F976" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F976" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G976" s="1" t="s">
-        <v>180</v>
+        <v>134</v>
       </c>
       <c r="H976" s="1" t="s">
-        <v>2583</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2584</v>
-[...2 lines deleted...]
-      <c r="C977" s="1"/>
+        <v>2590</v>
+      </c>
+      <c r="B977" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C977" s="1" t="s">
+        <v>2591</v>
+      </c>
       <c r="D977" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F977" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F977" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G977" s="1" t="s">
-        <v>180</v>
+        <v>84</v>
       </c>
       <c r="H977" s="1" t="s">
-        <v>2585</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
-        <v>2586</v>
-[...2 lines deleted...]
-      <c r="C978" s="1"/>
+        <v>2593</v>
+      </c>
+      <c r="B978" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C978" s="1" t="s">
+        <v>2594</v>
+      </c>
       <c r="D978" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F978" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F978" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G978" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H978" s="1" t="s">
-        <v>2587</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>2588</v>
-[...2 lines deleted...]
-      <c r="C979" s="1"/>
+        <v>2596</v>
+      </c>
+      <c r="B979" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C979" s="1" t="s">
+        <v>2597</v>
+      </c>
       <c r="D979" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>385</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F979" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G979" s="1"/>
       <c r="H979" s="1" t="s">
-        <v>2589</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2590</v>
-[...2 lines deleted...]
-      <c r="C980" s="1"/>
+        <v>2599</v>
+      </c>
+      <c r="B980" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="C980" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D980" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F980" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F980" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G980" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H980" s="1" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2592</v>
-[...2 lines deleted...]
-      <c r="C981" s="1"/>
+        <v>2601</v>
+      </c>
+      <c r="B981" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C981" s="1" t="s">
+        <v>2602</v>
+      </c>
       <c r="D981" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F981" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F981" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G981" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="H981" s="1" t="s">
-        <v>2593</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2594</v>
-[...2 lines deleted...]
-      <c r="C982" s="1"/>
+        <v>2604</v>
+      </c>
+      <c r="B982" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C982" s="1" t="s">
+        <v>2602</v>
+      </c>
       <c r="D982" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F982" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F982" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G982" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="H982" s="1" t="s">
-        <v>2595</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2596</v>
-[...2 lines deleted...]
-      <c r="C983" s="1"/>
+        <v>2606</v>
+      </c>
+      <c r="B983" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="C983" s="1" t="s">
+        <v>2591</v>
+      </c>
       <c r="D983" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F983" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F983" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G983" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H983" s="1" t="s">
-        <v>2597</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>2598</v>
-[...2 lines deleted...]
-      <c r="C984" s="1"/>
+        <v>2608</v>
+      </c>
+      <c r="B984" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C984" s="1" t="s">
+        <v>2602</v>
+      </c>
       <c r="D984" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F984" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F984" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G984" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H984" s="1" t="s">
-        <v>2599</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2600</v>
+        <v>2610</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>2601</v>
-[...1 lines deleted...]
-      <c r="C985" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C985" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D985" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F985" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F985" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G985" s="1" t="s">
-        <v>202</v>
+        <v>1342</v>
       </c>
       <c r="H985" s="1" t="s">
-        <v>2602</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2603</v>
+        <v>2612</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>2496</v>
+        <v>2575</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>576</v>
+        <v>2602</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>226</v>
+        <v>156</v>
       </c>
       <c r="H986" s="1" t="s">
-        <v>2604</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2605</v>
+        <v>2614</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2606</v>
+        <v>2575</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2607</v>
+        <v>2615</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H987" s="1" t="s">
-        <v>2608</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2609</v>
+        <v>2617</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2517</v>
+        <v>2575</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2607</v>
+        <v>2602</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H988" s="1" t="s">
-        <v>2610</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" s="1" t="s">
-        <v>2611</v>
+        <v>2619</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>2612</v>
+        <v>2575</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2607</v>
+        <v>2602</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F989" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H989" s="1" t="s">
-        <v>2613</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" s="1" t="s">
-        <v>2614</v>
+        <v>2621</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>2612</v>
+        <v>2575</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2342</v>
+        <v>2602</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="F990" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>296</v>
+        <v>2008</v>
       </c>
       <c r="H990" s="1" t="s">
-        <v>2615</v>
-[...76 lines deleted...]
-      <c r="H993" s="1" t="s">
         <v>2622</v>
-      </c>
-[...2496 lines deleted...]
-        <v>2847</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>