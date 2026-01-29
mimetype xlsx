--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -4,154 +4,349 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
+    <sheet name="Plataformes i xarxes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
-[...10 lines deleted...]
-    <t>RAIA - Xarxa de Suport a la Innovació Rural</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Tipus</t>
+  </si>
+  <si>
+    <t>Descripció</t>
+  </si>
+  <si>
+    <t>CTA (Corporació Tecnològica d'Andalusia)</t>
+  </si>
+  <si>
+    <t>Associacions d'empreses, Plataforma, Hubs</t>
+  </si>
+  <si>
+    <t>CTA és el clúster d¿innovació multisectorial d¿Andalusia amb activitat nacional i internacional. Ajuda empreses, administracions i universitats a planificar una estratègia d'R+D+i alineada amb les necessitats. Des de la identificació de necessitats de R+D+ia la formulació de projectes per resoldre-les o la cerca de socis i finançament, acompanya les empreses en el projecte d'innovació. És l'aliat estratègic per transformar en negoci els resultats aconseguits i un soci amb èxit en projectes d'innovació internacionals. Es tracta d'una fundació privada amb més de 186 empreses membres i 20 anys d'experiència , impulsada a l'origen per la Junta d'Andalusia i amb gestió privada, dedicada a promoure la innovació tecnològica. Més de 186 empreses formen part de CTA. Des de grans corporacions internacionals fins a pimes o startups tecnològiques de tots els sectors econòmics.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>Plataforma</t>
+  </si>
+  <si>
+    <t>FarmPEP és una iniciativa comunitària col·laborativa. Es va iniciar el gener de 2020 a través d'un projecte d'Innovate UK amb ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop i The Farming Forum, amb l'objectiu de connectar l'intercanvi de coneixements a l'agricultura després de la COVID-19.</t>
+  </si>
+  <si>
+    <t>Xarxa de Montes d'Utilitat Pública</t>
   </si>
   <si>
     <t>Xarxa</t>
   </si>
   <si>
-    <t>El projecte RAIA busca crear una xarxa a la regió Alentejo-Algarve-Andalusia que permeti dotar tant les administracions públiques com el teixit associatiu, les empreses i la ciutadania en general de les eines necessàries per impulsar la innovació agrària a l'espai rural , transformant la zona transfronterera de La Raya en un territori amb noves oportunitats de negoci i . La innovació es considera un motor del desenvolupament rural que estableix avantatges competitius, per la qual cosa constitueix una de les principals característiques de la futura xarxa.</t>
-[...68 lines deleted...]
-    <t>NBSOIL (Solucions Basades a la Natura per a la Gestió del Sòl) permet als assessors de sòls mitjançant un programa d'aprenentatge, implementar una visió holística de la salut del sòl mitjançant Solucions Basades a la Natura (SBN) i col·laborar eficaçment en diferents escales temporals i espacials. L' objectiu general és dissenyar un atractiu programa d'aprenentatge combinat que permeti als assessors de sòls implementar una visió holística de la salut del sòl mitjançant Solucions Basades a la Natura (SBN) i col·laborar eficaçment en diferents escales temporals i espacials.</t>
+    <t>La REMP, Xarxa Estatal de Montes Públics, es constitueix com una xarxa per millorar el coneixement i posar en valor el patrimoni públic forestal, incloent-hi les forests d'Utilitat Pública així com aquells patrimonials de les Entitats Locals.</t>
+  </si>
+  <si>
+    <t>Xarxa d'informació ambiental d'Andalusia</t>
+  </si>
+  <si>
+    <t>La Conselleria de Sostenibilitat i Medi Ambient de la Junta d Andalusia és l organisme responsable de garantir el dret d accés a la informació ambiental a Andalusia. Concretament el Decret 170/2024, de 26 d'agost pel qual s'estableix la seva estructura orgànica, determina que la Secretaria General de Medi Ambient i Canvi Climàtic és l'encarregada de l'organització, gestió, estructuració i funcionament de la Xarxa d'Informació Ambiental (REDIAM), per a la integració i difusió de tota la informació alfanumèrica, gràfica o de qualsevol productors d'informació ambiental a la comunitat autònoma, per ser utilitzada en la gestió, la investigació, la difusió pública i la presa de decisions, així com l'establiment de les línies d'actuació de la Conselleria en matèria de producció d'informació estadística i cartogràfica.</t>
+  </si>
+  <si>
+    <t>RECAN (xarxa comptable agrària nacional)</t>
+  </si>
+  <si>
+    <t>La Xarxa Comptable Agrària Nacional és un instrument que permet avaluar la renda de les explotacions agràries i l'impacte que hi produeix la política agrària. Es regeix per un Reglament comunitari, per la qual cosa suposa els mateixos principis comptables a tots els països. Es tracta, doncs, de l'única font de microdades completa a Espanya i harmonitzada amb la resta de països de la UE.</t>
+  </si>
+  <si>
+    <t>Xarxa ROENA</t>
+  </si>
+  <si>
+    <t>Arran de l'aprovació d'una sèrie de projectes de la CICYT relacionats amb la utilització d'inhibidors de la nitrificació com a eina per reduir les pèrdues de N a l'atmosfera ia les aigües, i seguint la proposta de coordinació per part del MCyT, es va tenir una primera reunió a Pamplona, on va sorgir la idea per primera vegada de crear una Xarxa Temàtica. Posteriorment es van fer altres reunions a Lleida i Madrid on es va acordar presentar-se a la Convocatòria d'Accions Especials del MCyT. Al gener del 2002 es va presentar el Projecte de creació de la Xarxa amb el suport de gran part de les firmes dels allí reunits i al setembre de 2002 va ser finalment aprovada. Entenem que aquesta aprovació constitueix un reconeixement oficial de l'existència de la Xarxa per part del Ministeri de Ciència i Tecnologia. Aclariments: La xarxa temàtica no té finalitats lucratives. No disposa de fons per a l'assistència dels participants a les reunions, només es poden arbitrar petits ajuts per facilitar-ne l'execució.</t>
+  </si>
+  <si>
+    <t>Ramaderes en Xarxa</t>
+  </si>
+  <si>
+    <t>Projecte que neix davant la necessitat de reivindicar l'espai de la dona al món ramader. El col·lectiu que vol trencar amb aquesta imatge masculinitzada de la ramaderia extensiva i superar la discriminació social, institucional i professional que pateixen. «Tant les aprenentes de pastores nouvingudes a la Serra com les mestres ramaderes amb diverses generacions de pasturatge a l'esquena parlem un mateix llenguatge i, sobretot, tenim clar què és el que volem canviar: volem passar de la permanent invisibilitat a primera fila, volem tenir veu allà on es decideixen les coses importants, volem trencar pasturatge, volem que se'ns respecti com a dones ramaderes, volem superar la discriminació familiar, social, administrativa i professional que patim, volem canviar l'excessiva burocràcia, volem compartir amb els homes les feines de casa i superar aquesta pluriocupació obligada que, com a dones, totes patim. Volem canviar.</t>
+  </si>
+  <si>
+    <t>Xarxa Municipal Ramader-Càrnica</t>
+  </si>
+  <si>
+    <t>En defensa del major sector de la producció agrària nacional i la primera indústria alimentària. Una plataforma que aspira a convertir-se en un fòrum de trobada entre el sector privat i municipis, fomentant l'acció i la col·laboració publicoprivada i que tingui com a intenció reconèixer la important tasca de la cadena per afrontar els reptes demogràfics i econòmics que hem d'afrontar com a país.</t>
+  </si>
+  <si>
+    <t>Xarxa Nacional de Granges Típiques</t>
+  </si>
+  <si>
+    <t>Davant la necessitat de disposar de sistemes d'informació econòmica dels sectors ramaders que permetés fer comparacions a nivell granja, regional, nacional i internacional, la Direcció General de Produccions i Mercats Agraris va posar en marxa l'any 2003 la Xarxa Nacional de Granges Típiques (projecte RENGRATI), avui emmarcat a XARXES TECO. Aquest projecte se centra a configurar i disposar de xarxes permanents d'informació tècnico-econòmica dels diferents sectors ramaders a Espanya. Per això, s'ha establert una infraestructura o xarxa d'institucions i persones que aporten informació, com ara les principals associacions de productors, investigadors, assessors, productors i administracions relacionades. Alhora, aquestes Xarxes Nacionals sectorials, estan integrades a les Xarxes Internacionals d'Anàlisi Comparativa de Granges, en què participen els països més importants de la producció ramadera a nivell mundial. Aquestes Xarxes Internacionals presten assessorament permanent als membres i col·laboren a aplicar la metodologia adequada per a la validació de la informació aportada pels productors, així com per a l'avaluació de polítiques i estratègies sectorials i productives, o la simulació del seu impacte a tots els nivells. La metodologia utilitzada en aquest marc té com a punt de partida els registres comptables de granges reals amb característiques similars, les quals es tipifiquen per representar així el sistema de producció més comú a la regió on s'ubiquen, en termes de mida, maneig i rendiments. A més de validacions realitzades segons la metodologia internacional, en reunions nacionals mantingudes amb els productors, denominades a la terminologia de la xarxa "panells", es procedeix a la discussió i validació dels resultats per tal de garantir major representativitat. RENGRATI té la vocació de servir d'eina estratègica aportant informació veraç i actualitzada sobre costos de producció, rendibilitat, beneficis i punts d'equilibri, que serveixin de suport als sectors i com a referència per a la presa de decisions pràctiques, ajudant a orientar en la direcció adequada el futur immediat d'aquests sectors. A aquest efecte, es posa a disposició en aquest apartat informació més detallada sobre el funcionament de la Xarxa Nacional de Granges Típiques i de les Xarxes Internacionals, així com els informes de resultats per sectors.</t>
+  </si>
+  <si>
+    <t>REDIGA</t>
+  </si>
+  <si>
+    <t>REDIGA sorgeix per enfortir les sinergies entre investigadors/es i institucions, incrementar la visibilitat i projecció de les investigacions i construir un ecosistema col·laboratiu en ramaderia de precisió.</t>
+  </si>
+  <si>
+    <t>Pastoreig en xarxa</t>
+  </si>
+  <si>
+    <t>És una iniciativa de la nostra filial Red Eléctrica per controlar la vegetació sota les esteses de la xarxa de transport amb ramaderia extensiva pasturejada. La iniciativa respon al nostre compromís de fer compatibles les nostres instal·lacions amb la natura i el medi rural, convertint-les en corredors ecològics i reduint-se així la fragmentació dels hàbitats.</t>
+  </si>
+  <si>
+    <t>Xarxa d'estacions meteorològiques del SiAR</t>
+  </si>
+  <si>
+    <t>El Ministeri d'Agricultura, Pesca i Alimentació, a través de la Subdirecció General de Regadius, Camins Naturals i Infraestructures Rurals, posa a disposició dels usuaris de manera gratuïta tota la informació recollida a través de la Xarxa d'estacions meteorològiques del SiAR.</t>
+  </si>
+  <si>
+    <t>Xarxa d'Agroecologia en Acció</t>
+  </si>
+  <si>
+    <t>La Xarxa d'Agroecologia en Acció comença amb la intenció de posar en contacte els diferents projectes de base agroecològica i pagesa que s'estan desenvolupant a tot l'estat, per ajudar a coordinar el sector, plantejar solucions a necessitats comunes i consolidar els projectes. Des d'Ecologistes en Acció, fa anys que treballem l'Agroecologia com una proposta vàlida i de gran potencial per enfrontar els reptes ecològics i socials de futur per al medi rural, generats pel sistema alimentari industrial i globalitzat. A més, moltes persones militants i simpatitzants de l'Agroecologia ens hem embarcat en projectes d'aquest tipus, sobretot en models a escala camperola, trobat moltes dificultats per establir-nos i mantenir-nos. El desenvolupament de projectes amb base a les cures, no tenen un suport adequat en el model capitalista i patriarcal actual. Situar les cures al centre (la cura de la terra i la cura de nosaltres) fa que sigui complicat assentar els nostres projectes. Amb el pas dels anys molts projectes han caigut o transformat, però cada cop són més els que segueixen naixent i que resisteixen, perquè volem i apostem per un altre model de desenvolupament socioeconòmic respectuós amb el medi, amb les persones i amb el futur del planeta.</t>
+  </si>
+  <si>
+    <t>Xarxa pagesa per a l'agricultura del carboni</t>
+  </si>
+  <si>
+    <t>Impulsem una xarxa camperola per ajudar a difondre noves maneres de fer i entendre la producció d'aliments. I és que tenim la seguretat que el sector primari necessita un canvi d'estratègies agronòmiques que afavoreixin la recuperació del sòl, la seva autofertilitat i la seva conservació, alhora que la viabilitat econòmica es creixi. La nostra associació vol impulsar la formació i l'intercanvi de coneixements i experiències relacionades amb allò que ens agrada anomenar agricultura biològica del carboni. El nom 'bio-lògica' integra la biologia més lògica que hi ha: el model de la natura. Ja coneixem diferents iniciatives particulars al nostre país i en països veïns que experimenten i busquen tècniques agronòmiques que afavoreixen la recuperació del sòl, la seva autofertilitat i la seva conservació. Aquestes finques estan demostrant la seva viabilitat econòmica i per això s'estan convertint en referents en el seu àmbit. Amb la creació d‟aquesta xarxa afavorim l‟intercanvi d‟informació, experiències i dificultats entre els integrants de la xarxa per fer front als reptes que han d‟encarar l‟agricultura: la crisi ambiental, climàtica i energètica, la crisi de subministraments (fertilitzants, llavors, etc), i la pròpia subsistència del sector.</t>
+  </si>
+  <si>
+    <t>Xarxa d'Àrees Pasto-Cortafocs d'Andalusia (RAPCA)</t>
+  </si>
+  <si>
+    <t>Xarxa enfocada a l'ús de bestiar en règim de pasturatge controlat per eliminar el combustible vegetal de les zones de tallafocs i mantenir les infraestructures de cara a la prevenció d'incendis forestals . Un equip tècnic s'encarrega del funcionament d'aquesta xarxa, determinant les zones més apropiades en coordinació amb l' INFOCA i seleccionant, sota criteris tècnics estrictes, els ramaders per posteriorment valorar-ne l'acció. Els beneficis de la RAPCA : Funció preventiva Representa una tasca essencial per preservar les nostres muntanyes davant del foc no només pel manteniment d'àrees tallafocs, sinó a més per la vigilància que suposa la presència de pastors al territori. Redueix l'acumulació de material combustible Exerceix una funció clau per a la silvicultura preventiva en zones de difícil accés Millores ambientals Augmenta la biodiversitat, contribueix a la dispersió de les llavors, millora l'estructura del sòl i redueix l'erosió i la desertització Contribució al medi rural Es reconeix la tasca del pastor Contribueix al desenvolupament rural sostenible ia la fixació de la població rural Potencia l'ús de races autòctones i l'obtenció de productes de qualitat</t>
+  </si>
+  <si>
+    <t>LAURUS</t>
+  </si>
+  <si>
+    <t>Xarxa de suport a les associacions de propietaris forestals europeus oferint innovació i formació al personal tècnic. La Xarxa proporciona: Formació d'experts: Participar en seminaris web dissenyats per augmentar-ne el coneixement i potenciar-ne la presa de decisions mitjançant la transferència de coneixements i experiència pràctica de SFH. Oportunitats innovadores: Obtenir accés a nous models de negoci, idees i oportunitats que millorin tant la rendibilitat com la sostenibilitat de les explotacions forestals. Connexions valuoses: Connectar directament amb gerents que ja estan implementant amb èxit aquests enfocaments innovadors a través de xarxes i suport impulsat per la comunitat.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>Xarxa temàtica destinada a promoure lintercanvi i la transferència de coneixement entre científics i professionals dedicats al sector agroforestal. AFINET actuarà a nivell europeu per posar en pràctica els resultats de diferents investigacions i promoure idees innovadores que ajudin els professionals a superar desafiaments i problemes.</t>
+  </si>
+  <si>
+    <t>FORADVISE</t>
+  </si>
+  <si>
+    <t>FORADVISE tancarà les bretxes de coneixement i proporcionarà eines per garantir que els serveis d'assessorament forestal siguin moderns, eficaços i estiguin ben integrats als Sistemes de Coneixement i Innovació Agrícola (AKIS) tant a nivell nacional com de la UE. Els seus objectius són: Desenvolupament de Xarxes Europees Desenvolupament de capacitats i formació Comprensió i modernització del Sistema de Coneixement i Innovació Forestal (FOKIS)</t>
+  </si>
+  <si>
+    <t>BBioNets</t>
+  </si>
+  <si>
+    <t>BBioNets és una xarxa temàtica que es basa en el treball realitzat pels Grups Operatius d'EIP-AGRI en relació amb la gestió i/o processament de biomassa agrícola i forestal amb Tecnologies de Base Biològica (BBTs), promovent-ho i fomentant-ho. BBioNets preveu l'establiment de 6 Xarxes Regionals Forestals i Agrícoles (FAN) amb associats a Irlanda, Espanya (CTA, Tepro), Itàlia, Grècia, Polònia i Txèquia. Veure fulletó en espanyol fent clic aquí.</t>
+  </si>
+  <si>
+    <t>PTI. SOSECOIR CSIC</t>
+  </si>
+  <si>
+    <t>PTI SosEcoCir té com a missió contribuir a afavorir el desenvolupament sostenible , compatibilitzant el creixement industrial i socioeconòmic del territori amb la conservació dels seus recursos naturals . Objectius de la Plataforma: Avançar en accions i estudis tendents a la sostenibilitat de l'entorn urbà (comunitats urbanes). Mitigar els efectes de l'escalfament global; orientar les polítiques sectorials (agrària, forestal, ambiental). Implementar solucions innovadores en la gestió de recursos i de residus. Reduir la petjada de carboni i un ús energètic més eficient mitjançant el desenvolupament de combustibles naturals i la reducció de les necessitats energètiques dedificis. Establir sistemes de governança que condueixin a una agricultura més sostenible. Establir equilibris entre les necessitats humanes, dinnovació i de desenvolupament socioeconòmic.</t>
+  </si>
+  <si>
+    <t>Inno4Grass</t>
+  </si>
+  <si>
+    <t>Inno4Grass és l'acrònim de "Espai d'innovació compartida per a la productivitat sostenible de les pastures a Europa", un projecte internacional i de múltiples actors que reuneix destacades organitzacions de pagesos, serveis d'extensió, institucions educatives i de recerca de vuit països de la UE: Alemanya, Bèlgica, França, Irlanda, Itàlia pastures tenen una participació considerable a l'àrea agrícola i on la producció de productes lactis, La carn de boví i oví és de gran millora econòmica. També es dirigeix al públic/societat en general amb el missatge que els boscos, gestionats de forma sostenible pels habitants de les zones rurals, són una gran font de riquesa que ens proporciona suro, resines, plantes aromàtiques i medicinals, i productes comestibles com nous i baies silvestres o bolets i tòfones. L'activitat socioeconòmica als nostres boscos també contribueix a prevenir incendis forestals.</t>
+  </si>
+  <si>
+    <t>EURAKNOS</t>
+  </si>
+  <si>
+    <t>EURAKNOS vol enfortir la base de coneixements agrícoles de la UE mitjançant la creació conjunta de “la xarxa per connectar totes les xarxes temàtiques” i explorar la viabilitat de crear una base de dades modular de troballes útils de diverses xarxes temàtiques. Euraknos augmentarà la compilació del coneixement llest per a la pràctica en intensificar la interacció entre diverses xarxes de menjar agrícola o forestal, maximitzant així els resultats per als professionals. La f'ertilització creuada s'organitzarà entre les xarxes temàtiques existents que abasten diferents països, regions i sistemes de producció. L'objectiu principal és estimular l'intercanvi d'enfocaments, les metodologies i les eines existents. Per maximitzar "&amp;" l'impacte en el practicant, el pagès i el Forester. Euraknos també explorarà les necessitats dels usuaris finals per avaluar la possibilitat d'establir una base de coneixement i innovació europea per connectar tots els TNS, inclosos els aspectes de gestió de dades.</t>
+  </si>
+  <si>
+    <t>Xarxa Espanyola de Seguiment del Decaïment Forestal (REDEC)</t>
+  </si>
+  <si>
+    <t>Xarxa dinvestigadors i gestors de diverses institucions espanyoles dedicats a lestudi del decaïment forestal. Són objectius generals de la Xarxa, posar en comú el coneixement existent dels sistemes forestals afectats en què s'està fent treball de camp i investigació, avançar en el coneixement del decaïment forestal, reforçar vincles entre els grups de recerca per promoure la col·laboració i el flux d'informació i ajudar els gestors forestals a afrontar el problema del decaïment.</t>
+  </si>
+  <si>
+    <t>PTI. Horitzó verd CSIC</t>
+  </si>
+  <si>
+    <t>Plataforma afronta el repte d'assegurar la sostenibilitat futura dels sistemes agrícoles i forestals davant de l'impacte del Canvi Climàtic</t>
+  </si>
+  <si>
+    <t>AF4EU</t>
+  </si>
+  <si>
+    <t>Xarxa que promou l'agroforesteria a Europa mitjançant el desenvolupament d'una xarxa agroforestal interactiva, impulsada per la innovació i amb múltiples actors (Regional Agroforestry Innovation Networks (RAINs)</t>
+  </si>
+  <si>
+    <t>ResAlliance</t>
+  </si>
+  <si>
+    <t>Xarxa temàtica que pretén millorar el flux dinformació i coneixements i augmentar la capacitat dels forestals i agricultors en matèria de resiliència del paisatge. ResAlliance promou iniciatives interactives de múltiples parts interessades en dos nivells: LandNet i LandLab</t>
+  </si>
+  <si>
+    <t>Fundació d'Innovació i Transferència Agroalimentària d'Aragó (FITA)</t>
+  </si>
+  <si>
+    <t>La Fundació d'Innovació i Transferència Agroalimentària d'Aragó (FITA) pretén reforçar la innovació i transferència del coneixement al sector agroalimentari i ambiental per donar resposta als desafiaments econòmics, ambientals i socials d'agents públics i privats ia la societat en general. la innovació col·laborativa del sector agrari, agroalimentari i forestal</t>
+  </si>
+  <si>
+    <t>Xarxa d'Espais Test Agraris (RETA)</t>
+  </si>
+  <si>
+    <t>Xarxa de referència en el procés de canvi de paradigma al món rural per a entitats comunitàries, públiques i privades, que es comprometen amb enfocaments innovadors, creatius i honestos, facilitant els processos d'incorporació progressiva de nous agents al sector agrari. Un espai test agrari és un programa de facilitació dels processos progressius d‟instal·lació de nous agents al sector agrari, coordinat mitjançant una governança estructurada i consensuada amb tots els agents implicats; amb l'objectiu d' acompanyar persones emprenedores amb poca experiència agrària , que vulguin desenvolupar un projecte agrícola, ramader o forestal en un entorn de prova . L'espai test agrari s'estructura amb un suport legal, un suport físic i un suport integral que asseguren la realització del test d'activitat per part de la persona tèster.</t>
+  </si>
+  <si>
+    <t>INCREDIBLE - Innovation networks of cork, resins and edibles in the mediterranean basin</t>
+  </si>
+  <si>
+    <t>INCREDIBLE aborda la bretxa entre la investigació existent i el coneixement de la innovació sobre sistemes de serveis per a PFNM a la Mediterrània. En particular, INCREDIBLE vincula el coneixement i fomenta la col·laboració entre diferents grups de parts interessades, desenvolupa models de negoci innovadors i millor l'experiència a les regions rurals per desenvolupar estratègies econòmiques inclusives. INCREDIBLE pretén: Crear i estimular les xarxes d'innovació (iNets) interregionals i multilaterals. Accelerar els fluxos de coneixement i l'assimilació de coneixements per donar suport a la innovació als PFNM. Contribuir a la innovació social i empresarial a través de la divulgació i activitats dabast selectiu i de multiplicadors específics.</t>
   </si>
   <si>
     <t>Xarxa de Selvicultura Adaptativa al Canvi Climàtic (SILVADAPTNET)</t>
   </si>
   <si>
     <t>La Xarxa neix com a mitjà per unificar els resultats obtinguts pels diferents grups de recerca intentant donar respostes clares sobre les pertorbacions i problemàtiques associades al canvi climàtic , i així ajudar en la generació de nous criteris per gestionar la forest . L' objectiu fonamental és la integració de diferents grups de recerca en silvicultura adaptativa al canvi climàtic , contribuint amb coneixements, metodologies i amb lloc experimentals actius, per al desenvolupament d'un marc de gestió forestal adaptativa de base ecohidrològica generalitzable a tot el territori peninsular. La Xarxa Silvadapt.net compta amb un total de 34 parcel·les de seguiment de masses naturals i silvicultura davant del canvi climàtic, repartides entre els principals tipus fitoclimàtics presents a Espanya, així com amb una representació dels tipus de massa més característics del nostre entorn natural. 
       Fuente: https://silvadaptnet.webs.upv.es/index.php/red-de-parcelas/</t>
   </si>
   <si>
+    <t>Xarxa d'Horts Urbans de Madrid</t>
+  </si>
+  <si>
+    <t>La Xarxa d'Horts Urbans de Madrid és una iniciativa impulsada per ciutadans que es dediquen a l'agricultura comunitària a Madrid. La creació de la Xarxa va sorgir per visibilitzar l'agricultura urbana madrilenya, per donar resposta a les necessitats de les hortes urbanes de rebre suport mutu i compartir coneixements, experiències, insums, etc. Un dels objectius de la xarxa és crear un punt de trobada entre les iniciatives d‟agroecologia comunitària a la nostra ciutat i avançar cap a un model de ciutat més amable que s‟interessi per temes com l‟educació ambiental, la sobirania alimentària, els canals talls de distribució de productes, els grups de consum, la mobilitat sostenible, l‟agrocompostatge, etc.</t>
+  </si>
+  <si>
+    <t>EIP-AGRI</t>
+  </si>
+  <si>
+    <t>Plataforma per a la promoció de xarxes de treball europees, projectes, investigació i divulgació d'esdeveniments i innovació</t>
+  </si>
+  <si>
+    <t>Xarxa d'Impuls a la Petita Transformació Alimentària (RITA)</t>
+  </si>
+  <si>
+    <t>La innovació i la relocalització són aspectes fonamentals per a la viabilitat de petites i mitjanes empreses i persones que es dediquen a la transformació d'aliments. Obradors compartits, petits escorxadors i sales d'especejament i altres instal·lacions adaptades a processos artesanals ia petita escala són iniciatives innovadores i, en molts casos, pioneres per al desenvolupament sostenible del sector de la petita i mitjana producció. Aquestes pràctiques innovadores aborden aspectes tècnics importants, però també aspectes socials o de gestió i governança que són necessaris, entre altres qüestions, per oferir una alimentació saludable, aconseguir preus justos o influir positivament en l'ocupació rural. La Xarxa d'Impuls a la Petita Transformació Alimentària cerca afavorir un ecosistema de suport per als qui transformen aliments a petita i mitjana escala, i millorar l'accés de la població a aliments saludables i de qualitat , respectuosos amb el medi ambient i justos amb les persones que els produeixen i el desenvolupament socioeconòmic del medi rural. RITA és un projecte impulsat per 6 entitats amb àmplia trajectòria en iniciatives per al desenvolupament de sistemes alimentaris territorialitzats, l'articulació de processos col·lectius i l'impuls de l'agroecologia: ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinant, Extremadura Alimenta, Sindicat Labrego Galego, SEAE ( ISEC-UCO (Institut de Sociologia i Estudis Camperols – Grup PAIDI SEJ 179 de la Universitat de Còrdova).</t>
+  </si>
+  <si>
+    <t>RAIA - Xarxa de Suport a la Innovació Rural</t>
+  </si>
+  <si>
+    <t>El projecte RAIA busca crear una xarxa a la regió Alentejo-Algarve-Andalusia que permeti dotar tant les administracions públiques com el teixit associatiu, les empreses i la ciutadania en general de les eines necessàries per impulsar la innovació agrària a l'espai rural , transformant la zona transfronterera de La Raya en un territori amb noves oportunitats de negoci i . La innovació es considera un motor del desenvolupament rural que estableix avantatges competitius, per la qual cosa constitueix una de les principals característiques de la futura xarxa.</t>
+  </si>
+  <si>
+    <t>Societat Espanyola d'Agricultura Ecològica/Agroecologia (SEAE)</t>
+  </si>
+  <si>
+    <t>Associació sense ànim de lucre que EAE impulsa la millora i difusió del coneixement sobre la producció d'aliments de qualitat amb base agroecològica sota el desenvolupament rural sustentable</t>
+  </si>
+  <si>
+    <t>Xarxa PlantMicro</t>
+  </si>
+  <si>
+    <t>Xarxa de grups de recerca focalitzada en les investigacions de les interaccions beneficioses entre les plantes i els microorganismes. A la xarxa hi participen 15 grups de recerca de diverses universitats L' objectiu de la Xarxa és unir els coneixements, els recursos i els esforços en la investigació de les interaccions planta-microorganisme en relació amb la seva importància i aplicabilitat en la millora de la tolerància dels cultius a les situacions d'estrès derivades del canvi climàtic (principalment sequeres, altes temperatures i salinitat) i en la producció agrícola sostenible i per garantir la seguretat alimentària malgrat la seguretat alimentària.</t>
+  </si>
+  <si>
+    <t>Xarxa PlasPain</t>
+  </si>
+  <si>
+    <t>Xarxa enfocada a la investigació de la tecnologia del plasma per a la indústria agroalimentària i biomèdica. A la xarxa hi participen 11 grups de recerca de diverses universitats L' objectiu de la Xarxa és consolidar i potenciar la investigació a l'àmbit de la tecnologia del plasma aplicat a la indústria biomèdica i agroalimentària. Objectius específics : Fomentar l'intercanvi actiu d'idees i l'establiment de col·laboracions en matèria de recerca; Promoure la interacció amb altres grups de recerca afins, no pertanyents a la xarxa, dins i fora del territori nacional; Promoure l'aprofitament d'equips, serveis i tecnologies implementades a cadascun dels grups de la xarxa en el desenvolupament d'investigacions conjuntes; Difondre la Xarxa i les seues activitats a la societat; Impulsar la transferència de resultats i la interacció amb el teixit socioproductiu.</t>
+  </si>
+  <si>
+    <t>Xarxa Espanyola de Lleguminoses (RELEG)</t>
+  </si>
+  <si>
+    <t>La Xarxa neix per donar resposta a la demanda mundial creixent d'aliments d'origen vegetal, les preocupacions ambientals i la seguretat alimentària. L' objectiu primordial de la Xarxa és optimitzar els serveis agronòmics, econòmics i nutricionals que els cultius de lleguminoses presten a la societat, impulsant-ne així la implementació. Els objectius específics són: Coordinar i integrar la investigació existent sobre lleguminoses en diverses disciplines com ara genètica, genòmica, millorament, agronomia, ecologia i qualitat nutricional. Contribuir a l'avenç de les pràctiques agrícoles basades en lleguminoses per augmentar la productivitat i la sostenibilitat ambiental. Impulsar un enfocament sintètic que integri coneixements i experiència de diversos camps. Millorar la sostenibilitat de lagricultura i enfortir la seguretat dels subministraments daliments i pinsos. Fomentar l'intercanvi científic i la col·laboració entre investigadors de diferents àrees mitjançant grups de treball coordinats. Reduir el dèficit de proteïnes mitjançant l'enfocament en la investigació i la innovació en lleguminoses. Millorar la comprensió dels caràcters que determinen l'adaptació, la productivitat, la resistència a estrès i la qualitat dels cultius de lleguminoses. Investigar la composició i qualitat nutricional de les lleguminoses i promoure la innovació alimentària al sector.</t>
+  </si>
+  <si>
+    <t>Xarxa de recerca en Cereals Resilients i de qualitat per a la Seguretat alimentària espanyola (CERES)</t>
+  </si>
+  <si>
+    <t>Xarxa que pretén coordinar els esforços de la investigació pública espanyola en fisiologia , genètica, fenotipat, bioquímica i biotecnologia de cultius de cereal per a: Plantejar estratègies que permetin combinar l'aprofitament dels recursos genètics, genòmics i fenòmics per mitigar l'impacte del canvi climàtic sobre la producció dels cereals, Produir cereals amb valor afegit i Reforçar els canals de comunicació i entrega de resultats amb el sector de producció de llavors, fertilitzants i desenvolupament tecnològic a l'agricultura. Per això, reuneix grups de recerca centrats sobre els recursos fitogenètics, la genètica i genòmica, premillora i millora, qualitat funcional i nutricional, fisiologia a diverses escales, fenotipat, bioquímica i biologia molecular de cereals.</t>
+  </si>
+  <si>
+    <t>PalmerNet</t>
+  </si>
+  <si>
+    <t>Xarxa que integra 7 grups de recerca nacionals que treballen amb Amaranthus palmeri i/o resistències a herbicides , i d'altres que poden aportar noves eines per al seu control. Es pretén consolidar una línia de recerca a nivell nacional sobre A. palmeri que englobi els treballs s'estan realitzant actualment a Espanya de forma interdisciplinària per diferents equips, per rendibilitzar els èxits obtinguts fins ara i que en garanteixi l'estabilitat i l'impacte científic i social. L' objectiu principal de PalmerNET és definir i abordar el problema de la introducció i expansió d'A. palmeri a Espanya i buscar solucions per a la seva prevenció i contenció a nivell nacional.</t>
+  </si>
+  <si>
+    <t>Xarxa SICURA OneHealth4Food</t>
+  </si>
+  <si>
+    <t>La Xarxa per donar suport i impulsar una base metodològica ( Onehealth ) que pugui servir per integrar l'enfocament multisectorial (salut humana, animal i medi ambiental) en l'avaluació i la gestió de la seguretat alimentària a Espanya. OneHealth4Food està constituïda per investigadors d'universitats i centres de recerca en el camp de la seguretat alimentària i en àrees afins de “OneHealth”, creant un marc de col·laboració i de sinergies, en el context alimentari, que establirà les bases metodològiques d'un enfocament integrat a l'Avaluació de Riscos microbiològics a la cadena alimentària. Pots consultar els integrants clicant aquí</t>
+  </si>
+  <si>
+    <t>Xarxa Espanyola de Bacteris Làctics (RedBal)</t>
+  </si>
+  <si>
+    <t>Xarxa de recerca dedicada a l'estudi dels bacteris làctics (BAL) que tenen un paper rellevant a la nostra vida quotidiana (BAL). Els BAL són bacteris que produeixen àcid làctic a partir de la glucosa i es troben de forma natural en ambients rics en nutrients, com en vegetals, fruites i llet, així com en diverses localitzacions anatòmiques d'animals, per exemple, a l'intestí oa la glàndula mamària des d'on arriben a la llet materna. Algunes BAL presenten propietats beneficioses i el seu consum com a probiòtics ajuda al manteniment de la salut tant humana com animal. La xarxa integra 51 grups pertanyents a diverses entitats de recerca per a 4 línies de recerca: MICROBIOTA HUMANA I ANIMAL. PROBIÒTICS; MICROBIOTA D'ALIMENTS. TECNOLOGIA; BIOTECNOLOGIA; QUALITAT I SEGURETAT ALIMENTÀRIA.</t>
+  </si>
+  <si>
+    <t>NutriCrop</t>
+  </si>
+  <si>
+    <t>Xarxa de recerca nacional en cultius emergents constituïda per 14 grups de recerca pertanyents al sector públic en col·laboració amb empreses privades treballant des de diferents àmbits científics relacionats amb l'agronomia, la ciència i tecnologia dels aliments i la immunonutrició. El principal objectiu d'aquesta Xarxa és la coordinació i el foment de la investigació en cultius emergents, integrant grups de disciplines agronòmiques, alimentàries i de salut per impulsar-ne el cultiu i l'ús en aliments altament saludables a Espanya. Pots conèixer els integrants de la xarxa clicant aquí</t>
+  </si>
+  <si>
+    <t>Xarxa VITIS CLIMADAPT</t>
+  </si>
+  <si>
+    <t>La Xarxa VITIS CLIMADAPT està composta per entitats públiques de R+D+i de 15 comunitats autònomes i compta amb la col·laboració de vivers, cellers, denominacions d'origen, així com fundacions i associacions que aporten la visió del sector privat, per millorar la coordinació entre els diferents grups de recerca nacionals que estan treballant en aquesta matèria, i maximitzar així l'impacte dels estudis base de dades. L' objectiu general de la Xarxa VITIS CLIMADAPT és potenciar l' adaptació de la viticultura al canvi climàtic facilitant la interacció, la comunicació i el treball en xarxa dels grups d'R+D que desenvolupen la seva activitat en la conservació i la millora del material genètic de la vinya. Els objectius concrets són: Facilitar una comunicació i col·laboració activa entre els integrants de la xarxa; Diagnosticar l'estat de la investigació i la innovació en recursos genètics de la vinya per a l'adaptació al canvi climàtic; Fomentar la interacció entre la investigació bàsica i el desenvolupament de nous recursos genètics; Consensuar procediments i eines comunes per a l'avaluació del comportament productiu, la qualitat del raïm i el potencial enològic dels recursos genètics.</t>
+  </si>
+  <si>
+    <t>NBSoil</t>
+  </si>
+  <si>
+    <t>NBSOIL (Solucions Basades a la Natura per a la Gestió del Sòl) permet als assessors de sòls mitjançant un programa d'aprenentatge, implementar una visió holística de la salut del sòl mitjançant Solucions Basades a la Natura (SBN) i col·laborar eficaçment en diferents escales temporals i espacials. L' objectiu general és dissenyar un atractiu programa d'aprenentatge combinat que permeti als assessors de sòls implementar una visió holística de la salut del sòl mitjançant Solucions Basades a la Natura (SBN) i col·laborar eficaçment en diferents escales temporals i espacials.</t>
+  </si>
+  <si>
     <t>Xarxa de Recerca en Ramaderia de Precisió i Digitalització Animal (REDIGA)</t>
   </si>
   <si>
     <t>REDIGA és una xarxa de recerca que neix per enfortir les sinergies entre investigadors/es i institucions , incrementar la visibilitat i projecció de les investigacions, i construir un ecosistema col·laboratiu en ramaderia de precisió. En aquest sentit, REDIGA reuneix perfils diversos de l'enginyeria agronòmica, la veterinària, la ciència animal i la biologia, amb enfocaments tecnològics i basats en dades per monitoritzar els animals. A REDIGA hi participen persones de les següents institucions :  El principal objectiu és integrar i promoure la investigació en digitalització animal i ramaderia de precisió , formar i involucrar les noves generacions d'investigadors/es, així com comunicar els projectes desenvolupats a Espanya dins del context europeu. La xarxa s'adreça a tots els àmbits, sistemes i espècies de la producció animal , així com a altres espècies animals, on l'aplicació del coneixement, la innovació tecnològica i l'ús d'eines digitals són essencials per millorar la vida dels animals i optimitzar la gestió tecnicoeconòmica del sistema, facilitant una presa de decisions objectiva i eficient.</t>
   </si>
   <si>
     <t>Plataforma Tecnològica Espanyola del CO2 (PTECO2)</t>
   </si>
   <si>
     <t>PTECO2 pretén abordar un desenvolupament tecnològic a Espanya que contribueixi a disminuir l'impacte ambiental, social i econòmic derivat de les emissions de gasos amb efecte d'hivernacle</t>
   </si>
   <si>
     <t>AdvisoryAgriHub</t>
   </si>
   <si>
     <t>La Plataforma Advisory AgriHub és un centre col·laboratiu dedicat a millorar els serveis d'assessorament en agricultura, silvicultura i sostenibilitat ambiental. A la Plataforma pots trobar: Inventari Unificat de Coneixement de cinc xarxes especialitzades (stratus, AdvisoryNetPest, LiveNet, ForAdvise, Organic Advice Network) Recursos de capacitació d'avantguarda Xarxes col·laboratives Esdeveniments i actualitzacions</t>
   </si>
   <si>
     <t>Xarxa d'Innovació i Assessorament a Canals Curts de Comercialització (RIA-CCC)</t>
   </si>
   <si>
     <t>La Xarxa d'Innovació i Assessorament a Canals Curts de Comercialització (CCC) és un projecte integral desenvolupat per la Fundació Entretantos que cerca transformar el de l'assessorament agroalimentari a CCC mitjançant la creació d'una xarxa estatal especialitzada. La informació sobre aquests canals està dispersa i no hi ha eines específiques per a l'intercanvi entre professionals. Per això s'ha creat una plataforma col·laborativa que centralitza tot allò que necessites: Xarxa d'Innovació i Assessorament a Canals Curts de Comercialització. Aquest projecte cerca la professionalització de l'assessorament a CCC i la creació de sinergies amb tots els actors del sistema agroalimentari estatal, contribuint així a la transició cap a sistemes alimentaris més sostenibles i resilients.</t>
   </si>
   <si>
     <t>Els pobles més bonics d'Espanya</t>
@@ -192,182 +387,92 @@
   <si>
     <t>SheepNet - Sharing expertise and experience towards sheep productivity through networking</t>
   </si>
   <si>
     <t>SheepNet és un projecte de xarxa temàtica sobre innovació pràctica per millorar la productivitat ovina (nombre de bens deslletats per ovella coberta), un component crític dels ingressos dels ramaders i, per tant, de la sostenibilitat i l'atractiu de la ramaderia ovina. SheepNet establirà un intercanvi durador de coneixements científics i pràctics entre investigadors, ramaders i assessors, mitjançant un enfocament multiactor i transdisciplinari a nivell nacional i internacional i amb la participació àmplia dels Sistemes Europeus de Coneixement i Innovació Agrícola. Això promourà la implementació i difusió de tecnologies i pràctiques innovadores i òptimes per a la millora de la productivitat ovina. Per maximitzar l'impacte i garantir una àmplia cobertura dels diferents sistemes de producció, SheepNet reunirà sis dels països principals productors d'ovelles de la UE, a més de Turquia, Austràlia, Nova Zelanda i totes les xarxes rellevants de la UE. Objectius : Generar un cabal de coneixements científics, tècnics i pràctics mitjançant un enfocament combinat "de dalt a baix i de baix a dalt" i la sòlida participació de 45 explotacions innovadores Fomentar la fertilització creuada mitjançant tallers multiactor a nivell nacional i internacional, una participació àmplia i interactiva de la comunitat ovina a través de xarxes socials i una plataforma interactiva Desenvolupar material de comunicació i aprenentatge, eines web, una plataforma interactiva, dissenyat per ajudar tant científics com a parts interessades, i una sòlida interacció amb el Punt de Servei EIP AGRI garantiran una accessibilitat àmplia i duradora als resultats de SheepNet.</t>
   </si>
   <si>
     <t>R4D - Resilience for dairy</t>
   </si>
   <si>
     <t>Xarxa per millorar les estratègies comercials i operatives de les explotacions lleteres, així com per fomentar interaccions positives entre les comunitats ramaderes i la societat. R4D se centrarà en 3 àrees de coneixement per tal de millorar la sostenibilitat de les explotacions de buit de llet: Resiliència econòmica i social Eficiència tècnica Medi ambient, benestar animal i sistemes de producció amb acceptació social L' objectiu és enfortir la relació entre ramaders, assessors, investigadors i actors rellevants del sector, amb la intenció de crear millors solucions a través de l'intercanvi de coneixement entre els participants. Els participants del projecte estan treballant junts per millorar les estratègies de negoci a les granges de llet, així com estimular la interacció positiva entre les comunitats de ramaders i la societat. S'estan buscant les tècniques més efectives i innovadores per fer front als reptes relatius a la millora del benestar animal, increment de biodiversitat, reducció de les emissions de gasos amb efecte d'hivernacle i disminució de la petjada ambiental. Per augmentar la resiliència i la robustesa de les explotacions de buit de llet, R4D treballarà a diferents nivells. Des de la cerca de solucions a mida per a diferents explotacions, fins a formacions presencials i telemàtiques. Els participants de Bèlgica, Dinamarca, Finlàndia, França, Alemanya, Hongria, Irlanda, Itàlia, Lituània, Luxemburg, Països Baixos, Irlanda del Nord, Polònia, Eslovènia i Espanya, cooperaran per provar diferents models i desenvolupar una sèrie de solucions.</t>
   </si>
   <si>
     <t>PANACEA - A thematico network to design the penetration path of non-food agricultural crops into european agriculture</t>
   </si>
   <si>
     <t>Tot i la considerable inversió en recerca i desenvolupament, els cultius no alimentaris (CNA) no estan gaire estesos a l'agricultura europea, principalment a causa de les dificultats a les cadenes de subministrament ia les deficiències en el marc polític i en els incentius a la inversió. Per tant, la necessitat creixent de matèries primeres per proveir les bioindústries fa imprescindible la integració exitosa dels CNA a l'agricultura de la UE. En aquest context, la Xarxa PANACEA aborda el repte d'augmentar la integració dels CNA a l'agricultura i la bioeconomia de la UE. La Xarxa PANACEA té com a objectiu difondre casos pràctics de cultius no alimentaris i fomentar la cooperació entre la investigació, la indústria i el sector agrícola per incrementar la contribució d'aquests cultius a l'Estratègia Europea de Bioeconomia. Els cultius no alimentaris (CNA) són aquells que no s'incorporen a la cadena alimentària i s'utilitzen per produir una àmplia gamma de productes de base biològica, com ara polímers, lubricants, materials de construcció, productes farmacèutics, bioenergia i biocombustibles. No obstant això, els CNA no estan gaire estesos a l'agricultura europea, principalment a causa de les dificultats a les cadenes de subministrament ia les deficiències en les polítiques.</t>
   </si>
   <si>
     <t>HNV-Link - High nature value farming: aprenentatge, innovació i coneixements</t>
   </si>
   <si>
     <t>La xarxa HNV-Link es dedica a desenvolupar i compartir innovacions que donen suport als sistemes i comunitats agrícoles d'alt valor de la natura (HNV). És propòsit de la xarxa reunir solucions innovadores de naturalesa tècnica, comercial, social, institucional i política de 10 àrees daprenentatge de projectes de sistemes i comunitats agrícoles dalt valor. Aquestes històries i lliçons d'èxit de base estaran disponibles gratuïtament per beneficiar tots els que participen a l'agricultura d'HNV. El projecte també identificarà situacions en què falten innovacions, però podrien marcar una diferència positiva.</t>
   </si>
   <si>
-    <t>INCREDIBLE - Innovation networks of cork, resins and edibles in the mediterranean basin</t>
-[...4 lines deleted...]
-  <si>
     <t>HENNOVATION - Practice-led innovation supported by science and market-driven actors in laying hen and other livestock sectors</t>
   </si>
   <si>
     <t>Hennovación demostra el potencial d'innovació dirigit per productors i pràctiques de la indústria (a la granja, durant el transport i a l'escorxador) a través de l'establiment de xarxes d'innovació que busquen i busquen proactivament i Utilitzeu noves idees perquè el vostre negoci sigui més eficient i sostenible. El projecte també desenvoluparà les habilitats dels participants a les xarxes d'innovació i facilitarà la comunicació de les persones dins de cada xarxa. Són objectius esperats: demostrar el potencial de les xarxes dinnovació basades en la pràctica, amb el suport dels actors científics i de mercat existents, per desenvolupar solucions pràctiques i rendibles als desafiaments de la sostenibilitat. desenvolupar xarxes multiactor que desenvoluparan innovacions tècniques per abordar la pica-pica perjudicial i la gestió de les gallines ponedores al final del seu cicle, basant-se en la pràctica, l'economia i la informació científica Crear un eines de comunicació web, guies de facilitació i programes de formació en línia, dissenyat per ajudar els actors científics i de mercat, estarà disponible per donar suport a les xarxes dinnovació basades en la pràctica en altres sectors ramaders Elaborar recomanacions polítiques que contribueixin a materialitzar tot el potencial de la innovació basada en la pràctica a través de xarxes multiactor als sectors ramaders</t>
   </si>
   <si>
     <t>EUROSHEEP - European network for interactive and innovative knowledge exchange on sheep health and nutrition</t>
   </si>
   <si>
     <t>EuroSheep crea una xarxa europea i internacional autosostenible sobre «rendibilitat ovina a través de la salut i la nutrició» facilitant intercanvi de coneixements entre diversos actors i difondrà les millors pràctiques. EuroSheep reuneix experts per a un enfocament transdisciplinari de la «producció ovina» (sanitat animal, nutrició animal, gestió de pastures, ramaderia de precisió, cria i genètica, així com sociologia i economia), cosa que permetrà adoptar un enfocament multifactorial de solucions pràctiques i la incorporació d'innovacions a les explotacions. L' objectiu general del projecte EuroSheep és crear una Xarxa Temàtica autosostenible, tant europea com internacional, sobre «rendibilitat ovina a través de la salut i la nutrició», dissenyada per estimular l'intercanvi de coneixements i la col·laboració entre una àmplia gamma d'actors i parts interessades del sector oví, amb la finalitat de difondre àmpliament les millors pràctiques i innovacions ramaders.</t>
   </si>
   <si>
     <t>EUFRUIT Network</t>
   </si>
   <si>
     <t>EUFRUIT, mitjançant un enfocament de multiactor, busca millorar la implementació dels resultats de la recerca en un coneixement pràctic i aplicable que beneficiarà directament el sector de fruites europees. Són objectius del projecte: 1. Crear una xarxa europea centrada en el sector fructícola. 2. Desenvolupar i implementar un enfocament sistemàtic per analitzar i sintetitzar el coneixement científic i pràctic existent. 3. Establir un diàleg permanent amb els organismes polítics pertinents de la UE, nacionals i regionals. 4. Identificar i donar suport a noves àrees prioritàries de recerca mitjançant el seguiment i l'anàlisi continuades de les activitats de recerca i innovació existents i futures.</t>
   </si>
   <si>
     <t>ENABLING - Enhance new approaches in biobased local innovation networks for growth</t>
   </si>
   <si>
     <t>La xarxa temàtica impulsada per ENABLING aportarà un important impuls a la innovació en la producció, el preprocessament i el subministrament de biomassa per a productes i processos de base biològica a tot Europa. El projecte pretén donar resposta a la necessitat, manifestada per professionals de tot Europa de millorar la col·laboració i les oportunitats de negoci entre els operadors que generen fluxos de biomassa (agricultors) i la indústria de processament i transformació (la indústria de base biològica – IBB).</t>
   </si>
   <si>
     <t>CERERE - Cereal Renaissance in rural Europe</t>
   </si>
   <si>
     <t>CERERE sintetitza, comparteix i difon les millors pràctiques, els resultats de recerca i les solucions coinnovadores existents en sistemes alimentaris de cereals orgànics i de baixos insums, amb un èmfasi especial en l'agrobiodiversitat i els valors associats de qualitat i salut.</t>
   </si>
   <si>
     <t>4D4F - Data driven dairy decisions 4 farmers</t>
   </si>
   <si>
     <t>La xarxa temàtica 4D4F se centra en el desenvolupament d'una xarxa per a ramaders lleters, proveïdors de tecnologia de sensors per a la indústria làctia, empreses de dades, assessors agrícoles i investigadors, per tal d'explorar maneres d'utilitzar les dades generades pels sensors per millorar la presa de decisions dels ramaders.</t>
   </si>
   <si>
     <t>AgriSpin - Space for agricultural innovation</t>
   </si>
   <si>
     <t>El projecte AgriSpin ofereix directrius perquè els socis organitzin reunions, participin en reunions amb altres xarxes temàtiques i projectes, i generin impacte a la seva pròpia organització.</t>
   </si>
   <si>
-    <t>Xarxa d'Espais Test Agraris (RETA)</t>
-[...82 lines deleted...]
-  <si>
     <t>Xarxa de Recerca en Sanitat Animal (RISA)</t>
   </si>
   <si>
     <t>La Xarxa aglutina investigadors dedicats a la Sanitat Animal a Espanya per potenciar les sinergies existents entre els diferents grups de recerca en sanitat animal de disciplines com l'entomologia, l'epidemiologia i el benestar animal amb l'objectiu d'aconseguir un ús més racional, responsable i optimitzat dels recursos, garantir la sanitat i el benestar animal i, per tant, la salut pública. Són objectius de la Xarxa: Potenciar sinèrgies: Potenciar la sinergia entre els diferents grups de recerca en sanitat animal del nostre país, comptant amb experts en fauna terrestre tant silvestre com domèstica i amb professionals de disciplines molt diverses de la sanitat animal com són l'entomologia, l'epidemiologia, la bacteriologia, la virologia, la immunologia, l'anatomia. Impulsar la internacionalització: impulsar la internacionalització del sector de la investigació en sanitat animal d'Espanya. Promoure valors: Promoure ús racional, responsable i optimitzat dels recursos per garantir la sanitat i benestar animal i, per tant, la salut pública. Promoure la transferència i la divulgació: Promoure la transferència tecnològica i la divulgació científica en sanitat animal a nivell de sector i al públic general. Organitzar activitats: Organitzar activitats, dedicades a temes de gran rellevància per a la investigació en sanitat animal, com ara la innovació, la seguretat biològica, l'enfocament One Health, el medi ambient, etc. Col·laborar: Col·laborar a potenciar una major visibilitat i comunicació del sector de la recerca en sanitat animal a Espanya i fora d'aquesta.</t>
   </si>
   <si>
     <t>PTI. SUPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast cerca transformar la manera de dissenyar, produir, utilitzar i reciclar els plàstics per dirigir-la cap a una economia circular des d'un enfocament sinèrgic que involucra la ciència de materials i la biotecnologia, per desenvolupar activitats de recerca i innovació així com estratègies socioeducativa. Són objectius de la Plataforma: Desenvolupament destratègies químiques i biotecnològiques per al reciclatge i el desenvolupament de nous polímers sostenibles. Anàlisi dels efectes en la salut i el medi ambient de la contaminació per plàstics. Regulació i certificació de plàstics amb menys impacte ambiental. Activitats de difusió, ensenyament i capacitació sobre l'estat actual i els avenços en els plàstics.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Plataforma que agrupa les seves activitats en cinc àrees estratègiques : generació renovable (biomassa, solar tèrmica i fotovoltaica, eòlica, etc.), emmagatzematge eficient d'energia, descarbonització industrial, tecnologies de l'hidrogen i electrificació. Són objectius de la Plataforma: Impulsar el desenvolupament de les tecnologies clau en el cicle energètic per assolir un sistema energètic més assequible, fiable, competitiu i sostenible, tant socialment com mediambientalment. Integrar capacitats, tecnologies i coneixements CSIC per afrontar projectes amb un alt desenvolupament tecnològic i impulsar-ne la ràpida integració en el sector industrial.</t>
   </si>
   <si>
     <t>elaia</t>
   </si>
   <si>
     <t>Plataforma agrícola especialitzada en la gestió i transformació de cultius permanents de regadiu amb els més alts estàndards de sostenibilitat i qualitat utilitzant les darreres tecnologies.</t>
   </si>
   <si>
     <t>PTI. SOILBIO CSIC</t>
@@ -606,140 +711,134 @@
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>El projecte es basa en una xarxa d'assessors de tota la UE especialitzats en producció ramadera per establir una nova xarxa a nivell de la UE que fomenti la col·laboració oberta entre assessors i actors clau del sector ramader . La xarxa abastarà diversos aspectes de l'agricultura, com ara les millors pràctiques, els avenços tecnològics, la valorització dels productes agrícoles, la diversificació de les fonts d'ingressos i la resolució d'altres reptes crítics. Els objectius del projecte són: Establir i mantenir una xarxa d'assessors ramaders a tota la UE, millorant les habilitats, la capacitat i l'intercanvi de coneixements a llarg termini sobre pràctiques sostenibles. Recopilar, seleccionar, avaluar, analitzar, adaptar i traduir 100 pràctiques d'assessorament innovadores per a la producció ramadera sostenible en un entorn de múltiples actors a 29 països europeus. Promoure pràctiques d'assessorament innovadores per a la producció ramadera sostenible mitjançant l'intercanvi de coneixements específics i les activitats d'escalament adaptades a cada país.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Xarxa temàtica enfocada a la reducció de l'ús i els riscos dels plaguicides (RURP) a tots els estats membres de la UE. La xarxa adoptarà un enfocament de múltiples actors en reunir 17 socis que representen la diversitat de parts interessades d'AKIS que treballen a nivell agrícola, regional, nacional i de la UE, amb l'objectiu d'identificar, seleccionar i donar forma a enfocaments nous que s'adaptin i es repliquin a tota la UE.</t>
   </si>
   <si>
     <t>ENRD</t>
   </si>
   <si>
     <t>La Xarxa Europea per al Desenvolupament Rural (REDR) serveix com a centre per a l'intercanvi d'informació sobre com funcionen a la pràctica les polítiques, els programes, els projectes i altres iniciatives de desenvolupament rural i com es poden millorar per aconseguir-ne més. La REDR no és una organització de membres.</t>
   </si>
   <si>
     <t>Aliments d´Espanya</t>
   </si>
   <si>
     <t>Plataforma ministerial de divulgació</t>
   </si>
   <si>
-    <t>EIP-AGRI</t>
-[...4 lines deleted...]
-  <si>
     <t>Associació Clúster Agroalimentari de Navarra (NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Clúster Agroalimentari de Navarra, NAGRIFOOD és una organització d'empreses   que té per objecte la millora contínua de la competitivitat dels seus socis a través del desenvolupament de la intercooperació, la innovació oberta, l'intraemprenentatge i la internacionalització de les empreses agroalimentàries navarreses</t>
   </si>
   <si>
     <t>Assessors d'Aragó</t>
   </si>
   <si>
     <t>ASSESSORS ARAGÓN és una plataforma impulsada per la Fundació per a l'Agricultura del Coneixement i que constitueix una Xarxa Social Professional que dóna cabuda a investigadors, tecnòlegs, assessors i agricultors, integrant així: el coneixement, la seva transferència i la seva aplicació</t>
   </si>
   <si>
     <t>Xarxa de Municipis per l'Agroecologia</t>
   </si>
   <si>
     <t>L'objecte de la Xarxa és la construcció, mitjançant l'intercanvi d'experiències, coneixements, dades, informacions i projectes, de sistemes alimentaris locals respectuosos amb el medi ambient, sostenibles, inclusius, resilients, segurs i diversificats que assegurin menjar saludable, sostenible i accessible al conjunt de la població, i que potenciïn l'ocupació local, en línia amb les perspectives de la perspectiva.</t>
   </si>
   <si>
     <t>Platafoma SynergyNuts</t>
   </si>
   <si>
     <t>Espai per a la formació, difusió i innovació en tots els aspectes relacionats amb els fruits secs en tanca</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>La Xarxa d'Innovació en Fertilització (Fertilisation Innovation Network, FIN) és una xarxa tècnica basada en enfocaments nous i efectius que cobreixen els reptes principals que condueixen a la creació d'un Pla de Gestió Sostenible de Nutrients. La FIN està integrada per 3 subxarxes transnacionals especialitzades (FIN-agricultura de precisió, FIN-qualitat del sòl, FIN-fetilitzants de base biològica) en les quals assessors capacitats recopilaran Bones Pràctiques (BP) i Innovacions de Recerca (RI) sobre l'ús òptim de fertilitzants. viabilitat sistèmica de les BP i les RI. Pots consultar un fulletó del projecte en anglès fent clic aquí.</t>
   </si>
   <si>
     <t>Plataforma tecnològica Aula de Productes Làctics i Tecnologies Alimentàries</t>
   </si>
   <si>
     <t>Formació especialitzada i serveis tecnològics avançats a empreses i entitats del sector lacti i alimentari</t>
   </si>
   <si>
     <t>Interpanell</t>
   </si>
   <si>
     <t>INTERPANEL és una plataforma de col·laboració entre diferents entitats pertanyents a cada cadena de valor de l'oli d'oliva, on també s'integren entitats que aporten coneixement i capacitat tecnològica per al desenvolupament del sistema, i capacitat de difusió de resultats cap al conjunt del sector.</t>
   </si>
   <si>
+    <t>Food For Life</t>
+  </si>
+  <si>
+    <t>Plataforma que fomenta la transmissió dels avenços de recerca, científics i tecnològics a través de la col·laboració publicoprivada dels principals agents sectorials agroalimentaris en relació amb la R+D+ii la detecció de noves demandes en l'àmbit dels Reptes de la Societat, assegurant la competitivitat i el creixement del sector agroalimentari espanyol.</t>
+  </si>
+  <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL engloba com a sector BIO la Biotecnologia, la Biomedicina i la Bioeconomia, aplicades a la salut, l'agroalimentació i la sostenibilitat mediambiental per impulsar el desenvolupament i la competitivitat del teixit empresarial del Sector Biotec per posicionar els seus associats al mapa internacional.</t>
   </si>
   <si>
-    <t>Food For Life</t>
-[...2 lines deleted...]
-    <t>Plataforma que fomenta la transmissió dels avenços de recerca, científics i tecnològics a través de la col·laboració publicoprivada dels principals agents sectorials agroalimentaris en relació amb la R+D+ii la detecció de noves demandes en l'àmbit dels Reptes de la Societat, assegurant la competitivitat i el creixement del sector agroalimentari espanyol.</t>
+    <t>Agronet - Brewing</t>
+  </si>
+  <si>
+    <t>Subministraments, informació i assessorament per a cerveseries</t>
+  </si>
+  <si>
+    <t>Cooperatives agro-alimentàries comunitat valenciana</t>
+  </si>
+  <si>
+    <t>Plataforma de representació institucional, foment cooperatiu, formació, comunicació i representació empresarial</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
   </si>
   <si>
     <t>Plataforma de divulgació d´innovació en recerca, experiències en diferents produccions i actualització de normativa</t>
   </si>
   <si>
     <t>Plataforma TERRA</t>
   </si>
   <si>
     <t>Plataforma Terra és una comunitat oberta i participativa de productors, empreses i desenvolupadors de tecnologia</t>
   </si>
   <si>
     <t>Xarxa Nacional de Granges Típiques (RENGRATI)</t>
   </si>
   <si>
     <t>Plataforma ministerial d'informació i assessorament per a l'avaluació de polítiques i estratègies sectorials i productives i la simulació d'aquest impacte a tots els nivells</t>
   </si>
   <si>
-    <t>Agronet - Brewing</t>
-[...10 lines deleted...]
-  <si>
     <t>agrifoodTEF</t>
   </si>
   <si>
     <t>agrifoodTEF és una xarxa d'infraestructures de prova i validació a Europa que recolza les empreses de tecnologia agroalimentària perquè desenvolupin productes amb solucions d'IA i robòtica en instal·lacions del món real</t>
   </si>
   <si>
     <t>Catalan Water Partnership (CWP)</t>
   </si>
   <si>
     <t>Catalan water partnership (CWP) és una associació estratègica sense ànim de lucre tipus clúster, formada per empreses i centres de coneixement que operin al sector de l'ús sostenible de l'aigua. CWP promou projectes i col·laboracions multinivell, orientades a aconseguir solucions innovadores a les necessitats globals d'aigua de qualitat a qualsevol lloc del món i aplicables a múltiples sectors</t>
   </si>
   <si>
     <t>Zinnae</t>
   </si>
   <si>
     <t>Zinnae, Clúster per a l'ús eficient de l'aigua que ofereix solucions als desafiaments de la seguretat hídrica per contribuir a construir un futur sostenible i resilient sota principis de l'economia circular i la societat intel·ligent. Objectius: Contribuir a les polítiques públiques i ser un referent a Aragó en l'àmbit del coneixement i innovació al sector de l'aigua.|Identificar les necessitats i capacitats formatives i desenvolupar un sistema d'atracció de talent.|Suport en el desenvolupament de projectes i vehicle de valorització dels resultats de la innovació promovent l'aplicació de solucions innovadores.|Visibilització</t>
   </si>
   <si>
     <t>Avanis</t>
   </si>
   <si>
     <t>Plataforma per crear connexions entre persones del sector agroalimentari per sumar coneixements, seguir aprenent i fer créixer el sector dia a dia, convertint-lo en un de més competitiu, més sostenible i més innovador.</t>
   </si>
   <si>
     <t>EU4Advice</t>
@@ -918,128 +1017,128 @@
   <si>
     <t>Xarxa Valenciana de Desenvolupament Rural</t>
   </si>
   <si>
     <t>Eina per difondre informació sobre els seus programes i activitats, així com per donar a conèixer notícies i esdeveniments relacionats amb el desenvolupament rural a València. També compta amb una secció de recursos, on es poden trobar materials i guies útils per al desenvolupament rural a la regió, i un catàleg de productes i serveis de les zones rurals de València</t>
   </si>
   <si>
     <t>Xarxa PAC d'Espanya</t>
   </si>
   <si>
     <t>Plataforma que promou la creació de grups de treball sobre qüestions rellevants per al medi rural</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consultoria, Auditories, Analítica i Formació, al sector agroalimentari</t>
   </si>
   <si>
     <t>Xarxa-iCAT</t>
   </si>
   <si>
     <t>Xarxa d'innovació agroalimentària i rural de Catalunya</t>
   </si>
   <si>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Desenvolupadors i propagadors de varietats vegetals</t>
+  </si>
+  <si>
     <t>BIOFRUITNET</t>
   </si>
   <si>
     <t>Aquest projecte se centra en fruites orgàniques de manzana, pedra i cítrics i té com a objectiu enfortir la competitivitat de la producció de fruites orgàniques europees</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>L'objectiu principal d'InnoSeta és establir una innovadora xarxa temàtica autosostenible en equips de polvorització, capacitació i aconsellar per contribuir a tancar la bretxa entre les noves solucions de protecció de cultius d'alta gamma disponibles, ja sigui comercial o de resultats de recerca aplicables, amb resultats de recerca aplicables, amb pràctiques agrícoles europees quotidianes. Això s'aconseguirà promovent un intercanvi efectiu d'idees i informació innovadores entre: investigació indústria serveis d'extensió i la comunitat agrícola perquè la investigació existent i les solucions comercials puguin comunicar-se àmpliament, alhora que captura les necessitats de nivell de base i idees innovadores "&amp;" de la comunitat agrícola.")</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable va treballar amb 14 grups d'innovació d'agricultors a 10 països. Les dades dels grups van mostrar una àmplia gamma de rendiments de cultius. Això indica una necessitat, però també una clara possibilitat de millores. Basat en la literatura científica i les aportacions dels agricultors, s'han reunit més de 100 materials amb solucions pràctiques a la plataforma de coneixement cultivable de Net Net (Farmknowledge.org). Els grups d'agricultors "&amp;" van avaluar formats i algunes solucions a la pràctica. Les seves experiències han estat documentades en vídeos i resums de pràctica. Els grups de pagesos van traduir materials que eren rellevants per a ells en el seu propi idioma. Es van dur a terme cursos e"&amp;"n línia presentant els materials als agricultors i assessors</t>
   </si>
   <si>
     <t>Rosewood4.0</t>
   </si>
   <si>
     <t>Rosewood4.0 recopilarà i estructurarà les millors pràctiques i innovació rellevants (BP &amp; amp; i) amb l'objectiu de millorar el marc de mobilització de fusta a cinc centres regionals. Es desenvoluparan cinc fulls de ruta regionals (i una interregional transregional) en funció de la priorització de BP &amp; amp recol·lectats; coincidia amb les necessitats/desafiaments identificats de les diferents regions. El projecte organitzarà tallers específics i visites destudi vinculades amb materials de capacitació de nou disseny que afavoreixen la implementació de BP &amp; amp; i. Accions de difusió intenses per a la transferència de BP &amp; amp; m'aconseguiré utilitzant diferents eines i canals (per exemple, plataforma de coneixement, resums de pràctica, producció de vídeos, etc</t>
   </si>
   <si>
-    <t>ANOVE</t>
-[...2 lines deleted...]
-    <t>Desenvolupadors i propagadors de varietats vegetals</t>
+    <t>APROSE</t>
+  </si>
+  <si>
+    <t>Associació professional sense ànim de lucre d'empreses productores de llavors selectes. Analitzar, estudiar i tractar els problemes comuns que poguessin sorgir segons les espècies de llavors</t>
   </si>
   <si>
     <t>SMARTPROTECT</t>
   </si>
   <si>
     <t>SmartProtect és una xarxa temàtica que se centra en l'intercanvi de coneixements regionals creuats de solucions de gestió de plagues integrades (IPM) intel·ligents per a agricultors i assessors. L'objectiu és estimular el flux de coneixement en els sistemes regionals de coneixement agrícola i innovació (AKISS) a tota la UE i connectar-los en el potencial innovador de les metodologies tecnologies dagricultura de precisió i anàlisi de dades.</t>
   </si>
   <si>
     <t>Best Practice Hens - Pilot Project on Best Practices for Alternative Egg Production Systems</t>
   </si>
   <si>
     <t>Les Gallines de Millors Pràctiques (BPH) prepararan i proporcionaran suport pràctic als productors d'ous per encoratjar-los a passar de sistemes de gàbies a sistemes sense gàbies. Això s'aplica tant a la cria de gallines ponedores com al manteniment de gallines ponedores en el període de producció. resums de pràctiques) La BPH organitzarà esdeveniments de difusió dirigits als Estats membres amb un alt percentatge de sistemes de gàbies per augmentar l'aplicació de sistemes d'allotjament sense gàbies als Estats membres objectiu (Espanya, Polònia, Portugal i Bèlgica).</t>
   </si>
   <si>
     <t>BIOSCHAMP - Biostimulant d'alternative casing for sustainable and profitable mushroom industry</t>
   </si>
   <si>
     <t>En aquest projecte, desenvoluparem un enfocament integrat per lluitar contra els principals desafiaments de salut en la producció de fongs (fongs i bacteris paràsits). Amb el desenvolupament d'un sòl d'embolcall enriquit amb microbiota, disminuirem la necessitat de pesticides i contribuirem a millorar la productivitat, la sostenibilitat i la rendibilitat del sector europeu dels bolets.</t>
   </si>
   <si>
     <t>Boosting RurAl Bioeconomy Networks following multiactor approaCHES - BRANCHES</t>
   </si>
   <si>
     <t>Identificar, resumir, compartir i presentar les millors pràctiques existents i els resultats de la investigació; Augmentar l'aplicació de noves tecnologies eficaces en funció dels costos mitjançant la millora de la transferència activa de coneixements entre professionals i investigadors; Mobilitzar més biomassa i crear noves oportunitats comercials a les zones rurals millorant i enfortint la connexió entre la pràctica i la ciència; Aplicar un enfocament multidisciplinari i multiactor; Oferir un canal per al flux bidireccional dinformació, noves idees i tecnologies; Assenyalar les necessitats identificades i els elements empresarials rellevants per als professionals; Promoure la bioeconomia i el desenvolupament rural mitjançant noves iniciatives de base biològica</t>
   </si>
   <si>
     <t>Sm@RT: Small Ruminant Technology - Precisió Livestock Farming and Digital Technology for Small Ruminants</t>
   </si>
   <si>
     <t>Sm@RT utilitza un enfocament original interactiu, transdisciplinari i multiactor, basant-se en 3 nivells de xarxes: 1) una xarxa de granges de demostració ben equipades (digifarms), 2) una xarxa de granges comercials innovadores per fomentar els intercanvis amb 3) la indústria de petits remugants a cada país. Savaluaran les necessitats/barreres dels agricultors en termes dús de la tecnologia, a través duna enquesta global i una sèrie de tallers. Les solucions a aquestes necessitats es proposaran durant els tallers. S'oferiran oportunitats de capacitació i demostració a través de les xarxes digifarms i les granges innovadores amb testimonis recopilats per impulsar la difusió i la comunicació en un entorn de confiança.</t>
   </si>
   <si>
     <t>Xarxa AgriFoodTe: Xarxa de Coneixement i Innovació Agroalimentari de Terol</t>
   </si>
   <si>
     <t>Xarxa per accelerar la innovació al sector agroalimentari per afavorir la transició ecològica, digital i cap a una bioeconomia circular a la regió de Terol</t>
   </si>
   <si>
     <t>Associació Clúster Agroalimentari De Navarra(NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Clúster Agroalimentari de Navarra (NAGRIFOOD) és una organització d'empreses que té per objecte la millora contínua de la competitivitat dels seus socis a través del desenvolupament de la intercooperació, la innovació oberta, l'intraemprenentatge i la internacionalització de les empreses agroalimentàries navarreses</t>
   </si>
   <si>
-    <t>APROSE</t>
-[...4 lines deleted...]
-  <si>
     <t>Associació Espanyola de la Indústria de Forn, Brioixeria i Pastisseria (ASEMAC)</t>
   </si>
   <si>
     <t>Organització professional de caràcter sectorial</t>
   </si>
   <si>
     <t>Associació de Fabricants de Pinsos Compostos de Castella i Lleó (ASFACYL)</t>
   </si>
   <si>
     <t>Associació professional de fabricants de pinsos compostos de Castella i Lleó</t>
   </si>
   <si>
     <t>Plataforma Espanyola Tecnològica i d'Innovació en Biocircularitat (BIOPLAT)</t>
   </si>
   <si>
     <t>Organització nacional sense ànim de lucre que fomenta el desenvolupament sostenible de la biomassa i de la bioeconomia</t>
   </si>
   <si>
     <t>Plataforma Tecnològica de Biotecnologia Vegetal (BIOVEGEN)</t>
   </si>
   <si>
     <t>Associació publicoprivada, liderada pel sector empresarial, que reuneix entitats del sector agroalimentari amb interès en innovació vegetal</t>
   </si>
   <si>
     <t>Confederació Espanyola de Forn, Pastisseria, Brioixeria i Afins (CEOPPAN)</t>
@@ -1230,98 +1329,98 @@
   <si>
     <t>Xarxa Asturiana de Desenvolupament Rural (READER)</t>
   </si>
   <si>
     <t>Eina per difondre informació sobre els seus programes i activitats, així com per donar a conèixer notícies i esdeveniments relacionats amb el desenvolupament rural a Astúries. També compta amb una secció de recursos, on es poden trobar materials i guies útils per al desenvolupament rural a la regió, i un catàleg de productes i serveis de les zones rurals d'Astúries</t>
   </si>
   <si>
     <t>Xarxa Càntabra de Desenvolupament Rural</t>
   </si>
   <si>
     <t>Eina per difondre informació sobre els seus programes i activitats, així com per donar a conèixer notícies i esdeveniments relacionats amb el desenvolupament rural a Cantàbria.</t>
   </si>
   <si>
     <t>Xarxa Extremenya de Desenvolupament Rural (REDEX)</t>
   </si>
   <si>
     <t>Plataforma dinformació i serveis, fòrum dintercanvis dexperiències i cooperació, desenvolupament de projectes dinterès general per als associats i, en general, qualsevol altra activitat que repercuteixi en el desenvolupament social i econòmic del medi rural extremeny.</t>
   </si>
   <si>
     <t>Xarxa Gallega de Riscos Emergents en Seguretat Alimentària (RISEGAL)</t>
   </si>
   <si>
     <t>Ofereix informació detallada sobre els objectius i les activitats de la xarxa, així com notícies i esdeveniments relacionats amb la seguretat alimentària. A més, ofereix accés a diferents eines i recursos, com ara bases de dades i publicacions científiques, per fomentar la recerca i la gestió de riscos emergents a la cadena alimentària.</t>
   </si>
   <si>
+    <t>Associació Espanyola de Tècnics Cerealistes (AETC)</t>
+  </si>
+  <si>
+    <t>Associació sense ànim de lucre la principal finalitat del qual és la promoció, estudi i suport de totes aquelles activitats de recerca científica i tècnica sobre els cereals i els seus derivats.</t>
+  </si>
+  <si>
+    <t>Xarxa PAC de Luxemburg</t>
+  </si>
+  <si>
+    <t>A Luxemburg, el desenvolupament rural es gestiona a nivell nacional mitjançant un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. El Pla Estratègic estableix les estratègies i mesures prioritàries a adoptar per donar resposta a les necessitats de la zona geogràfica concreta a què fa referència. El finançament del desenvolupament rural a través del FEADER s'inscriu en el marc general dels Fons Estructurals i d'Inversió Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d‟uns Acords d‟associació, que són plans estratègics en què es descriuen els objectius i les prioritats d‟inversió de cada país.</t>
+  </si>
+  <si>
+    <t>Fòrum Interalimentari</t>
+  </si>
+  <si>
+    <t>Plataforma divulgativa de les activitats, projectes, xarxes, proposta de valor i innovació de la cadena agroalimentària</t>
+  </si>
+  <si>
     <t>GIS Alimentari</t>
   </si>
   <si>
     <t>Plataforma divulgativa de les activitats, projectes, xarxes, normatives i proposta de valor i innovació del sector agroalimentari</t>
   </si>
   <si>
     <t>Associació per al Desenvolupament Rural d'Andalusia (ARA)</t>
   </si>
   <si>
     <t>Fòrum de col·laboració i interlocució on hi ha representats tots els grups de desenvolupament rural d'Andalusia, promotors de l'activitat i generació d'ocupació</t>
   </si>
   <si>
-    <t>Associació Espanyola de Tècnics Cerealistes (AETC)</t>
-[...14 lines deleted...]
-    <t>A Luxemburg, el desenvolupament rural es gestiona a nivell nacional mitjançant un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. El Pla Estratègic estableix les estratègies i mesures prioritàries a adoptar per donar resposta a les necessitats de la zona geogràfica concreta a què fa referència. El finançament del desenvolupament rural a través del FEADER s'inscriu en el marc general dels Fons Estructurals i d'Inversió Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d‟uns Acords d‟associació, que són plans estratègics en què es descriuen els objectius i les prioritats d‟inversió de cada país.</t>
+    <t>EU - FarmBook</t>
+  </si>
+  <si>
+    <t>EU-FarmBook és una plataforma de bones pràctiques per a agricultors i silvicultors. Tot el contingut de la biblioteca procedeix de projectes de recerca de Horizon.</t>
   </si>
   <si>
     <t>Xarxa de Desenvolupament Rural de Castella i Lleó</t>
   </si>
   <si>
     <t>Associació que agrupa i coordina un important nombre de grups que estan gestionant programes de desenvolupament rural - LEADER i PRODER - a Castella i Lleó.</t>
   </si>
   <si>
     <t>Xarxa Espanyola de Desenvolupament Rural (REDR)</t>
   </si>
   <si>
     <t>Xarxa Espanyola de Desenvolupament Rural (REDR) és una associació sense ànim de lucre la missió principal de la qual és promoure un model de desenvolupament rural integral i sostenible, millorar la qualitat de vida de la població rural i posar en valor la importància dels territoris rurals per al conjunt de la societat. REDR ofereix un espai comú per al medi rural i els seus habitants, un lloc on traslladar les seves necessitats i inquietuds i fer-ne sentir la veu.</t>
   </si>
   <si>
-    <t>EU - FarmBook</t>
-[...4 lines deleted...]
-  <si>
     <t>Xarxa d'Oficines de Transferència del Coneixement (Xarxa OTC)</t>
   </si>
   <si>
     <t>Xarxa d'oficines de transferència de resultats de recerca de les universitats espanyoles.</t>
   </si>
   <si>
     <t>Farm Animal Breeding and Reproduction Technology Platform (FABRE TP)</t>
   </si>
   <si>
     <t>La Plataforma Tecnològica Europea de Cria i Reproducció d'Animals de Granja (FABRE TP) és un fòrum liderat per instituts de recerca i el món acadèmic que col·labora amb el sector privat i ofereix una plataforma per definir les prioritats de recerca en cria, genètica i reproducció animal, per tal d'impulsar la sostenibilitat, la competitivitat i la resiliència de tots.</t>
   </si>
   <si>
     <t>Agroxef</t>
   </si>
   <si>
     <t>Transferència de tecnologia i digitalització dels processos de comercialització directa per a la comercialització dels aliments produïts per petits productors agrícoles i ramaders al sector de l'hostaleria i la restauració nacional.</t>
   </si>
   <si>
     <t>FERTINNOWA</t>
   </si>
   <si>
     <t>FERTINNOWA (acrònim en anglès per a Transferència de Tècniques INNOvadores per a la pràctica sostenible de la FERTirrigació), és una xarxa d'intercanvi del coneixement per facilitar la millora de la pràctica de la fertirrigació, adequant-la a les exigències ambientals i normatives europees emparades a la Directiva Marc de l'Aigua i en les que vetllen per la a les zones declarades vulnerables de contaminació d'aqüífers per nitrats.</t>
   </si>
   <si>
     <t>BovINE</t>
@@ -1332,96 +1431,96 @@
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>La xarxa inclou una varietat de socis, des de grups de productors de porcs fins a investigadors i assessors econòmics, connectant els productors de porcs amb les darreres ciències, tècniques i tecnologies de cria. Hi ha quatre temes clau del project: Gestió de la salut, Qualitat de la carn, Benestar animal, Producció de precisió.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>El projecte cerca la creació d‟una xarxa europea de grups d‟innovació per facilitar l‟intercanvi i la cocreació de coneixements entre agricultors, empreses, investigadors i assessors a través de la recopilació de material d‟usuaris finals i el desenvolupament de noves eines adaptades a les necessitats d‟agricultors i empreses.</t>
   </si>
   <si>
     <t>EuroDairy</t>
   </si>
   <si>
     <t>EuroDairy recolza el desenvolupament i la comunicació de la innovació basada en la pràctica en la producció lletera centrant la seva activitat en quatre qüestions clau: Cura dels animals; Resiliència socioeconòmica; Eficiència de recursos; La integració de la producció de llet amb els objectius de biodiversitat</t>
   </si>
   <si>
     <t>Legumes Translated</t>
   </si>
   <si>
     <t>El projecte es basa en la creació de xarxes entre pagesos i altres innovadors i científics en grups d'actors per recopilar i validar el coneixement rellevant basat en la investigació</t>
   </si>
   <si>
+    <t>Xarxa Riojana de Desenvolupament Rural</t>
+  </si>
+  <si>
+    <t>Eina per difondre informació sobre els seus programes i activitats, així com per donar a conèixer notícies i esdeveniments relacionats amb el desenvolupament rural a La Rioja. També compta amb una secció de recursos, on es poden trobar materials i guies útils per al desenvolupament rural a la regió, i un catàleg de productes i serveis de les zones rurals de La Rioja</t>
+  </si>
+  <si>
+    <t>Xarxa PAC de Malta</t>
+  </si>
+  <si>
+    <t>A Malta, el desenvolupament rural es gestiona a nivell nacional mitjançant un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. El Pla Estratègic estableix les estratègies i mesures prioritàries a adoptar per donar resposta a les necessitats de la zona geogràfica concreta a què fa referència. El finançament del desenvolupament rural a través del FEADER s'inscriu en el marc general dels Fons Estructurals i d'Inversió Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d‟uns Acords d‟associació, que són plans estratègics en què es descriuen els objectius i les prioritats d‟inversió de cada país.</t>
+  </si>
+  <si>
+    <t>Xarxa PAC de Romania</t>
+  </si>
+  <si>
+    <t>A Romania, el desenvolupament rural es gestiona a nivell nacional per mitjà d'un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d'uns Acords d'associació, que són plans estratègics en què es descriuen els objectius i les prioritats d'inversió de cada país.</t>
+  </si>
+  <si>
     <t>DISARM</t>
   </si>
   <si>
     <t>DISARM és una col·laboració entre agricultors, veterinaris, serveis d'assessorament, acadèmics i indústria per difondre solucions innovadores per al maneig de la resistència als antibiòtics en la producció ramadera per alleujar l'amenaça de la resistència als antibiòtics. La xarxa intercanviarà enfocaments innovadors entre indústries i països per compartir les millors</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN és una xarxa temàtica de nitrogen i fòsfor que recopila coneixements sobre tecnologies, productes, aplicacions i pràctiques de fertilitzants d'origen biològic recuperats, llestos per al seu ús, per a benefici dels professionals agrícoles. El projecte se centra a connectar resultats innovadors, competitius i comercialment llestos per utilitzar-los, derivats de programes científics aplicats d'alta maduresa investigadora i pràctiques industrials comunes.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>SUWANU EUROPE se centra en projectes de reutilització d'aigua a Europa mitjançant la reutilització d'aigües residuals tractades a l'agricultura</t>
   </si>
   <si>
     <t>BEST4SOIL</t>
   </si>
   <si>
     <t>Xarxa de professionals creada per compartir coneixements sobre la prevenció i el control de les malalties edàfiques</t>
   </si>
   <si>
     <t>WINETWORK</t>
   </si>
   <si>
     <t>Winetwork és un projecte col·laboratiu europeu per a l'intercanvi i la transferència de coneixements innovadors entre les regions europees de cultiu del vi per augmentar la productivitat i la sostenibilitat del sector. Durant 3 anys, 11 socis de 7 països europeus intercanviaran el seu coneixement sobre dues malalties importants a vinyes: malalties del tronc de vinya i flavesència dorée. L‟enfocament del projecte es basa en les interaccions entre una xarxa d‟agents facilitadors, grups de treball regionals i dos grups de treball científics. Aquest enfocament participatiu permetrà la transferència de resultats de la ciència i el coneixement pràctic als materials adaptats als usuaris finals.</t>
-  </si>
-[...16 lines deleted...]
-    <t>A Romania, el desenvolupament rural es gestiona a nivell nacional per mitjà d'un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d'uns Acords d'associació, que són plans estratègics en què es descriuen els objectius i les prioritats d'inversió de cada país.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consultoria, Auditories, Analítica i Formació al sector de la seguretat alimentària</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organització professional sense ànim de lucre formada per empreses dedicades a la producció de llevat per a nutrició i salut, panificació i fermentació</t>
   </si>
   <si>
     <t>XIL.ORG</t>
   </si>
   <si>
     <t>Plataforma de Recerca, Transferència del coneixement, esdeveniments i notícies relacionades al sector agroalimentari</t>
   </si>
   <si>
     <t>GAL Desenvolupament rural i pesquer d'Eivissa i Formentera</t>
   </si>
   <si>
     <t>La principal tasca del grup és la gestió d'estratègies i projectes de desenvolupament rural i pesquer locals, i la tasca més important per recursos i dedicació és les Estratègies de Desenvolupament Local Participatiu rural i pesquera, cofinançat entre fons europeus (FEADER i FEMP) i nacionals</t>
   </si>
@@ -1782,2673 +1881,2849 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C235"/>
+      <selection activeCell="A1" sqref="A1:C251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="2431.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="2787.605" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>505</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Plataformas y redes</vt:lpstr>
+      <vt:lpstr>Plataformes i xarxes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>