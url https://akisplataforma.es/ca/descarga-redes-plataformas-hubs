--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -12,170 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plataformes i xarxes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Tipus</t>
   </si>
   <si>
     <t>Descripció</t>
   </si>
   <si>
+    <t>ATgro</t>
+  </si>
+  <si>
+    <t>Plataforma</t>
+  </si>
+  <si>
+    <t>ATGRO és la plataforma global d'inversió i gestió de projectes agrícoles d'Atitlan, dedicada al desenvolupament de superaliments i altres línies complementàries d'agricultura.</t>
+  </si>
+  <si>
+    <t>Xarxa d'estacions meteorològiques del SiAR</t>
+  </si>
+  <si>
+    <t>Xarxa</t>
+  </si>
+  <si>
+    <t>El Ministeri d'Agricultura, Pesca i Alimentació, a través de la Subdirecció General de Regadius, Camins Naturals i Infraestructures Rurals, posa a disposició dels usuaris de manera gratuïta tota la informació recollida a través de la Xarxa d'estacions meteorològiques del SiAR.</t>
+  </si>
+  <si>
+    <t>Xarxa Nacional de Granges Típiques</t>
+  </si>
+  <si>
+    <t>Davant la necessitat de disposar de sistemes d'informació econòmica dels sectors ramaders que permetés fer comparacions a nivell granja, regional, nacional i internacional, la Direcció General de Produccions i Mercats Agraris va posar en marxa l'any 2003 la Xarxa Nacional de Granges Típiques (projecte RENGRATI), avui emmarcat a XARXES TECO. Aquest projecte se centra a configurar i disposar de xarxes permanents d'informació tècnico-econòmica dels diferents sectors ramaders a Espanya. Per això, s'ha establert una infraestructura o xarxa d'institucions i persones que aporten informació, com ara les principals associacions de productors, investigadors, assessors, productors i administracions relacionades. Alhora, aquestes Xarxes Nacionals sectorials, estan integrades a les Xarxes Internacionals d'Anàlisi Comparativa de Granges, en què participen els països més importants de la producció ramadera a nivell mundial. Aquestes Xarxes Internacionals presten assessorament permanent als membres i col·laboren a aplicar la metodologia adequada per a la validació de la informació aportada pels productors, així com per a l'avaluació de polítiques i estratègies sectorials i productives, o la simulació del seu impacte a tots els nivells. La metodologia utilitzada en aquest marc té com a punt de partida els registres comptables de granges reals amb característiques similars, les quals es tipifiquen per representar així el sistema de producció més comú a la regió on s'ubiquen, en termes de mida, maneig i rendiments. A més de validacions realitzades segons la metodologia internacional, en reunions nacionals mantingudes amb els productors, denominades a la terminologia de la xarxa "panells", es procedeix a la discussió i validació dels resultats per tal de garantir major representativitat. RENGRATI té la vocació de servir d'eina estratègica aportant informació veraç i actualitzada sobre costos de producció, rendibilitat, beneficis i punts d'equilibri, que serveixin de suport als sectors i com a referència per a la presa de decisions pràctiques, ajudant a orientar en la direcció adequada el futur immediat d'aquests sectors. A aquest efecte, es posa a disposició en aquest apartat informació més detallada sobre el funcionament de la Xarxa Nacional de Granges Típiques i de les Xarxes Internacionals, així com els informes de resultats per sectors.</t>
+  </si>
+  <si>
+    <t>RECAN (xarxa comptable agrària nacional)</t>
+  </si>
+  <si>
+    <t>La Xarxa Comptable Agrària Nacional és un instrument que permet avaluar la renda de les explotacions agràries i l'impacte que hi produeix la política agrària. Es regeix per un Reglament comunitari, per la qual cosa suposa els mateixos principis comptables a tots els països. Es tracta, doncs, de l'única font de microdades completa a Espanya i harmonitzada amb la resta de països de la UE.</t>
+  </si>
+  <si>
+    <t>Xarxa PlantMicro</t>
+  </si>
+  <si>
+    <t>Xarxa de grups de recerca focalitzada en les investigacions de les interaccions beneficioses entre les plantes i els microorganismes. A la xarxa hi participen 15 grups de recerca de diverses universitats L' objectiu de la Xarxa és unir els coneixements, els recursos i els esforços en la investigació de les interaccions planta-microorganisme en relació amb la seva importància i aplicabilitat en la millora de la tolerància dels cultius a les situacions d'estrès derivades del canvi climàtic (principalment sequeres, altes temperatures i salinitat) i en la producció agrícola sostenible i per garantir la seguretat alimentària malgrat la seguretat alimentària.</t>
+  </si>
+  <si>
+    <t>ENRD</t>
+  </si>
+  <si>
+    <t>La Xarxa Europea per al Desenvolupament Rural (REDR) serveix com a centre per a l'intercanvi d'informació sobre com funcionen a la pràctica les polítiques, els programes, els projectes i altres iniciatives de desenvolupament rural i com es poden millorar per aconseguir-ne més. La REDR no és una organització de membres.</t>
+  </si>
+  <si>
+    <t>SmaRT</t>
+  </si>
+  <si>
+    <t>Xarxa temàtica que fomenta l'ús de PLF (Precision Livestock Farming) i tecnologies digitals a tot el sector dels petits remugants</t>
+  </si>
+  <si>
+    <t>NUTRICHECK-NET</t>
+  </si>
+  <si>
+    <t>Xarxa temàtica autosostenible i multiactor per fomentar l'adopció, a nivell d'explotació agrícola, de les millors pràctiques de gestió de nutrients específiques per a cada camp</t>
+  </si>
+  <si>
+    <t>Xarxa d'agents del canvi de la devesa</t>
+  </si>
+  <si>
+    <t>Espai viu de col·laboració, on s'uneixen persones i entitats compromeses amb la millora de la rendibilitat i la sostenibilitat de la devesa. És un punt de trobada per a tots els professionals que creuen en un model de Dehesa del Futur: resilient, innovador i capaç d'afrontar els reptes socials, econòmics i ambientals.</t>
+  </si>
+  <si>
+    <t>Xarxa de Centres d'Innovació Territorial (Xarxa CIT)</t>
+  </si>
+  <si>
+    <t>Els CIT són ecosistemes de col·laboració per desenvolupar i compartir experiències que contribueixin a reactivar socialment i econòmicament els territoris rurals. Són espais estratègics d'àmbit provincial i pluriprovincial des dels quals impulsar la creació i el desenvolupament d'activitats en aquestes àrees rurals així com repensar la manera de treballar o de col·laborar en aquests espais. L'objectiu principal dels CIT és potenciar els projectes que ja existeixen, així com posar en marxa iniciatives innovadores, des d'un concepte de “nova ruralitat” que es basa en la col·laboració, la intel·ligència col·lectiva i la innovació socioterritorial. Els objectius dels CIT, alineats amb la política estatal de Repte Demogràfic , són: Dinamitzar el teixit socioeconòmic rural Treballar pels reptes demogràfics, donant suport als agents existents al territori Millorar la qualitat de vida de les persones que resideixen en entorns rurals Retenir i atraure talent Desenvolupar l'emprenedoria Buscar l'equilibri territorial</t>
+  </si>
+  <si>
     <t>CTA (Corporació Tecnològica d'Andalusia)</t>
   </si>
   <si>
-    <t>Associacions d'empreses, Plataforma, Hubs</t>
+    <t>Associacions d'empreses, Plataforma</t>
   </si>
   <si>
     <t>CTA és el clúster d¿innovació multisectorial d¿Andalusia amb activitat nacional i internacional. Ajuda empreses, administracions i universitats a planificar una estratègia d'R+D+i alineada amb les necessitats. Des de la identificació de necessitats de R+D+ia la formulació de projectes per resoldre-les o la cerca de socis i finançament, acompanya les empreses en el projecte d'innovació. És l'aliat estratègic per transformar en negoci els resultats aconseguits i un soci amb èxit en projectes d'innovació internacionals. Es tracta d'una fundació privada amb més de 186 empreses membres i 20 anys d'experiència , impulsada a l'origen per la Junta d'Andalusia i amb gestió privada, dedicada a promoure la innovació tecnològica. Més de 186 empreses formen part de CTA. Des de grans corporacions internacionals fins a pimes o startups tecnològiques de tots els sectors econòmics.</t>
   </si>
   <si>
+    <t>Xarxa de Montes d'Utilitat Pública</t>
+  </si>
+  <si>
+    <t>La REMP, Xarxa Estatal de Montes Públics, es constitueix com una xarxa per millorar el coneixement i posar en valor el patrimoni públic forestal, incloent-hi les forests d'Utilitat Pública així com aquells patrimonials de les Entitats Locals.</t>
+  </si>
+  <si>
     <t>FARMPEP</t>
   </si>
   <si>
-    <t>Plataforma</t>
-[...1 lines deleted...]
-  <si>
     <t>FarmPEP és una iniciativa comunitària col·laborativa. Es va iniciar el gener de 2020 a través d'un projecte d'Innovate UK amb ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop i The Farming Forum, amb l'objectiu de connectar l'intercanvi de coneixements a l'agricultura després de la COVID-19.</t>
   </si>
   <si>
-    <t>Xarxa de Montes d'Utilitat Pública</t>
-[...5 lines deleted...]
-    <t>La REMP, Xarxa Estatal de Montes Públics, es constitueix com una xarxa per millorar el coneixement i posar en valor el patrimoni públic forestal, incloent-hi les forests d'Utilitat Pública així com aquells patrimonials de les Entitats Locals.</t>
+    <t>EUFORGEN</t>
+  </si>
+  <si>
+    <t>EUFORGEN (Programa Europeu de Recursos Genètics Forestals) és un programa de cooperació internacional que promou la conservació i l'ús sostenible dels recursos genètics forestals a Europa com a part integral de la gestió forestal sostenible. Es va establir el 1994 com a resultat d'una resolució adoptada el 1990 per la primera Conferència Ministerial del procés Forest Europe.</t>
+  </si>
+  <si>
+    <t>RETECHFOR (Xarxa de Tecnologia Forestal)</t>
+  </si>
+  <si>
+    <t>El Projecte RETECHFOR (Xarxa tecnològica i territorial per a la monitorització forestal i la reducció de desastres ambientals com a palanques per al desenvolupament de la Bioeconomia FORestal) és una ambiciosa iniciativa impulsada per les Comunitats Autònomes de Castella i Lleó i Canàries.</t>
+  </si>
+  <si>
+    <t>PTFOR (Plataforma Tecnològica Forestal Espanyola i les seves Indústries Derivades)</t>
+  </si>
+  <si>
+    <t>PTFOR és una xarxa de cooperació nacional per promoure la R+D+i al sector forestal i les seves indústries derivades.</t>
+  </si>
+  <si>
+    <t>Extensió Agrària Digital</t>
+  </si>
+  <si>
+    <t>L'avaluació constant dels sistemes agrícoles i ramaders ha impulsat el desenvolupament de l'agricultura i la ramaderia digital.</t>
+  </si>
+  <si>
+    <t>Redforesta</t>
+  </si>
+  <si>
+    <t>La plataforma actua com a punt de trobada, amb la celebració d'esdeveniments en format virtual i presencial per debatre sobre temes clau com la planificació forestal, la conservació de la biodiversitat, la prevenció d'incendis, l'ús de noves tecnologies (drons, sensors, IA) i l'adaptació al canvi climàtic. També ofereix, a través del web del Col·legi Oficial d'Enginyers Tècnics Forestals recursos formatius, fòrums especialitzats, grups temàtics i accés a continguts tècnics d'alt valor, com ara publicacions i estudis de cas.</t>
+  </si>
+  <si>
+    <t>Societat Espanyola de Ciències Forestals (SECF)</t>
+  </si>
+  <si>
+    <t>La Societat Espanyola de Ciències Forestals va ser creada l'any 1991 per fomentar l'estudi i el progrés de les ciències i tècniques forestals a Espanya, promoure el perfeccionament científic i tècnic dels seus membres, estimular la cooperació entre ells i impulsar l'intercanvi nacional i internacional entre entitats i especialistes en els seus camps d'actuació. El col·lectiu de la Societat està integrat tant per investigadors i professionals forestals o de camps afins, com per empreses i entitats que tinguin entre els seus objectius la realització de treballs i activitats forestals als sectors privat o públic. Les titulacions més representades a la Societat són els enginyers de muntanyes, enginyers tècnics forestals, enginyers agrònoms, enginyers tècnics agrícoles, biòlegs, químics, advocats, economistes, geòlegs, farmacèutics i altres.</t>
+  </si>
+  <si>
+    <t>CESEFOR</t>
+  </si>
+  <si>
+    <t>Som una entitat convençuda del paper clau del sector forestal en les noves estratègies bioeconomia i economia circular, en què encaixa perfectament la nostra contribució al desenvolupament integral d'aquest sector i de totes les cadenes de valor, fomentant la sostenibilitat, la innovació i la investigació en tots els seus àmbits productius.</t>
+  </si>
+  <si>
+    <t>Portal Forestal de Castella i Lleó</t>
+  </si>
+  <si>
+    <t>Assumeix-te a aquesta finestra del sector forestal de Castella i Lleó. Coneix a través dels seus portals temàtics alguns dels recursos endògens l'aprofitament dels quals dinamitza el medi rural, fixa població i genera ocupació. Descobreix algunes de les xifres més destacades a través del Portal de Dades Forestals acabat d'estrenar i no et perdis la celebració d'esdeveniments d'interès. Tot això des d'aquí. Perquè des d´aquí veiem l´arbre. I el bosc.</t>
+  </si>
+  <si>
+    <t>PEFC</t>
+  </si>
+  <si>
+    <t>PEFC, el Programa per al Reconeixement de la Certificació Forestal, és una aliança global líder de sistemes nacionals de certificació forestal. Com a organització internacional no governamental sense ànim de lucre, ens dediquem a promoure la gestió forestal sostenible mitjançant la certificació independent per tercers.</t>
+  </si>
+  <si>
+    <t>SIEX (Sistema d'Informació d'Explotacions Agràries)</t>
+  </si>
+  <si>
+    <t>El sistema d'informació d'explotacions agràries (SIEX) perseguirà la interoperabilitat entre les diferents fonts d'informació disponibles dels sectors agrícola, ramader i forestal.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>Xarxa temàtica destinada a promoure lintercanvi i la transferència de coneixement entre científics i professionals dedicats al sector agroforestal. AFINET actuarà a nivell europeu per posar en pràctica els resultats de diferents investigacions i promoure idees innovadores que ajudin els professionals a superar desafiaments i problemes.</t>
+  </si>
+  <si>
+    <t>Societat Espanyola d'Agricultura Ecològica/Agroecologia (SEAE)</t>
+  </si>
+  <si>
+    <t>Associació sense ànim de lucre que EAE impulsa la millora i difusió del coneixement sobre la producció d'aliments de qualitat amb base agroecològica sota el desenvolupament rural sustentable</t>
+  </si>
+  <si>
+    <t>DATAGIA</t>
+  </si>
+  <si>
+    <t>DATAGIA és la Plataforma Digital Agroalimentària de Castella i Lleó que sorgeix per accelerar la digitalització del sector agroalimentari, facilitant l'ús avançat de dades i tecnologies habilitadores en empreses de mida i maduresa digital diferents. DATAGIA és una iniciativa conjunta en el marc del projecte RETECH PAN per construir un espai de dades agroalimentàries interoperable, segur i orientat a casos d'ús reals del sector: Plataforma de dades compartides.- Un entorn on empreses, cooperatives, centres tecnològics i administracions poden connectar, harmonitzar i explotar dades de la cadena agroalimentària. Casos d'ús reals . - Mòduls orientats a traçabilitat, optimització, IoT, intel·ligència artificial explicable, realitat augmentada i espai de dades, amb pilots en diferents baules de la cadena. Comunitat i transferència . - Jornades, formacions i comunitat activa d'empreses i entitats que comparteixen coneixement i resultats del projecte. RETECH PAN és un projecte col·laboratiu en què participen diverses comunitats autònomes -Castella i Lleó, Castella-la Manxa, La Rioja i Extremadura- amb l'objectiu d'impulsar la digitalització avançada de la cadena agroalimentària mitjançant l'ús de tecnologies digitals i dades.</t>
   </si>
   <si>
     <t>Xarxa d'informació ambiental d'Andalusia</t>
   </si>
   <si>
     <t>La Conselleria de Sostenibilitat i Medi Ambient de la Junta d Andalusia és l organisme responsable de garantir el dret d accés a la informació ambiental a Andalusia. Concretament el Decret 170/2024, de 26 d'agost pel qual s'estableix la seva estructura orgànica, determina que la Secretaria General de Medi Ambient i Canvi Climàtic és l'encarregada de l'organització, gestió, estructuració i funcionament de la Xarxa d'Informació Ambiental (REDIAM), per a la integració i difusió de tota la informació alfanumèrica, gràfica o de qualsevol productors d'informació ambiental a la comunitat autònoma, per ser utilitzada en la gestió, la investigació, la difusió pública i la presa de decisions, així com l'establiment de les línies d'actuació de la Conselleria en matèria de producció d'informació estadística i cartogràfica.</t>
   </si>
   <si>
-    <t>RECAN (xarxa comptable agrària nacional)</t>
-[...4 lines deleted...]
-  <si>
     <t>Xarxa ROENA</t>
   </si>
   <si>
     <t>Arran de l'aprovació d'una sèrie de projectes de la CICYT relacionats amb la utilització d'inhibidors de la nitrificació com a eina per reduir les pèrdues de N a l'atmosfera ia les aigües, i seguint la proposta de coordinació per part del MCyT, es va tenir una primera reunió a Pamplona, on va sorgir la idea per primera vegada de crear una Xarxa Temàtica. Posteriorment es van fer altres reunions a Lleida i Madrid on es va acordar presentar-se a la Convocatòria d'Accions Especials del MCyT. Al gener del 2002 es va presentar el Projecte de creació de la Xarxa amb el suport de gran part de les firmes dels allí reunits i al setembre de 2002 va ser finalment aprovada. Entenem que aquesta aprovació constitueix un reconeixement oficial de l'existència de la Xarxa per part del Ministeri de Ciència i Tecnologia. Aclariments: La xarxa temàtica no té finalitats lucratives. No disposa de fons per a l'assistència dels participants a les reunions, només es poden arbitrar petits ajuts per facilitar-ne l'execució.</t>
   </si>
   <si>
     <t>Ramaderes en Xarxa</t>
   </si>
   <si>
     <t>Projecte que neix davant la necessitat de reivindicar l'espai de la dona al món ramader. El col·lectiu que vol trencar amb aquesta imatge masculinitzada de la ramaderia extensiva i superar la discriminació social, institucional i professional que pateixen. «Tant les aprenentes de pastores nouvingudes a la Serra com les mestres ramaderes amb diverses generacions de pasturatge a l'esquena parlem un mateix llenguatge i, sobretot, tenim clar què és el que volem canviar: volem passar de la permanent invisibilitat a primera fila, volem tenir veu allà on es decideixen les coses importants, volem trencar pasturatge, volem que se'ns respecti com a dones ramaderes, volem superar la discriminació familiar, social, administrativa i professional que patim, volem canviar l'excessiva burocràcia, volem compartir amb els homes les feines de casa i superar aquesta pluriocupació obligada que, com a dones, totes patim. Volem canviar.</t>
   </si>
   <si>
     <t>Xarxa Municipal Ramader-Càrnica</t>
   </si>
   <si>
     <t>En defensa del major sector de la producció agrària nacional i la primera indústria alimentària. Una plataforma que aspira a convertir-se en un fòrum de trobada entre el sector privat i municipis, fomentant l'acció i la col·laboració publicoprivada i que tingui com a intenció reconèixer la important tasca de la cadena per afrontar els reptes demogràfics i econòmics que hem d'afrontar com a país.</t>
   </si>
   <si>
-    <t>Xarxa Nacional de Granges Típiques</t>
-[...4 lines deleted...]
-  <si>
     <t>REDIGA</t>
   </si>
   <si>
     <t>REDIGA sorgeix per enfortir les sinergies entre investigadors/es i institucions, incrementar la visibilitat i projecció de les investigacions i construir un ecosistema col·laboratiu en ramaderia de precisió.</t>
   </si>
   <si>
     <t>Pastoreig en xarxa</t>
   </si>
   <si>
     <t>És una iniciativa de la nostra filial Red Eléctrica per controlar la vegetació sota les esteses de la xarxa de transport amb ramaderia extensiva pasturejada. La iniciativa respon al nostre compromís de fer compatibles les nostres instal·lacions amb la natura i el medi rural, convertint-les en corredors ecològics i reduint-se així la fragmentació dels hàbitats.</t>
   </si>
   <si>
-    <t>Xarxa d'estacions meteorològiques del SiAR</t>
-[...4 lines deleted...]
-  <si>
     <t>Xarxa d'Agroecologia en Acció</t>
   </si>
   <si>
     <t>La Xarxa d'Agroecologia en Acció comença amb la intenció de posar en contacte els diferents projectes de base agroecològica i pagesa que s'estan desenvolupant a tot l'estat, per ajudar a coordinar el sector, plantejar solucions a necessitats comunes i consolidar els projectes. Des d'Ecologistes en Acció, fa anys que treballem l'Agroecologia com una proposta vàlida i de gran potencial per enfrontar els reptes ecològics i socials de futur per al medi rural, generats pel sistema alimentari industrial i globalitzat. A més, moltes persones militants i simpatitzants de l'Agroecologia ens hem embarcat en projectes d'aquest tipus, sobretot en models a escala camperola, trobat moltes dificultats per establir-nos i mantenir-nos. El desenvolupament de projectes amb base a les cures, no tenen un suport adequat en el model capitalista i patriarcal actual. Situar les cures al centre (la cura de la terra i la cura de nosaltres) fa que sigui complicat assentar els nostres projectes. Amb el pas dels anys molts projectes han caigut o transformat, però cada cop són més els que segueixen naixent i que resisteixen, perquè volem i apostem per un altre model de desenvolupament socioeconòmic respectuós amb el medi, amb les persones i amb el futur del planeta.</t>
   </si>
   <si>
     <t>Xarxa pagesa per a l'agricultura del carboni</t>
   </si>
   <si>
     <t>Impulsem una xarxa camperola per ajudar a difondre noves maneres de fer i entendre la producció d'aliments. I és que tenim la seguretat que el sector primari necessita un canvi d'estratègies agronòmiques que afavoreixin la recuperació del sòl, la seva autofertilitat i la seva conservació, alhora que la viabilitat econòmica es creixi. La nostra associació vol impulsar la formació i l'intercanvi de coneixements i experiències relacionades amb allò que ens agrada anomenar agricultura biològica del carboni. El nom 'bio-lògica' integra la biologia més lògica que hi ha: el model de la natura. Ja coneixem diferents iniciatives particulars al nostre país i en països veïns que experimenten i busquen tècniques agronòmiques que afavoreixen la recuperació del sòl, la seva autofertilitat i la seva conservació. Aquestes finques estan demostrant la seva viabilitat econòmica i per això s'estan convertint en referents en el seu àmbit. Amb la creació d‟aquesta xarxa afavorim l‟intercanvi d‟informació, experiències i dificultats entre els integrants de la xarxa per fer front als reptes que han d‟encarar l‟agricultura: la crisi ambiental, climàtica i energètica, la crisi de subministraments (fertilitzants, llavors, etc), i la pròpia subsistència del sector.</t>
   </si>
   <si>
     <t>Xarxa d'Àrees Pasto-Cortafocs d'Andalusia (RAPCA)</t>
   </si>
   <si>
     <t>Xarxa enfocada a l'ús de bestiar en règim de pasturatge controlat per eliminar el combustible vegetal de les zones de tallafocs i mantenir les infraestructures de cara a la prevenció d'incendis forestals . Un equip tècnic s'encarrega del funcionament d'aquesta xarxa, determinant les zones més apropiades en coordinació amb l' INFOCA i seleccionant, sota criteris tècnics estrictes, els ramaders per posteriorment valorar-ne l'acció. Els beneficis de la RAPCA : Funció preventiva Representa una tasca essencial per preservar les nostres muntanyes davant del foc no només pel manteniment d'àrees tallafocs, sinó a més per la vigilància que suposa la presència de pastors al territori. Redueix l'acumulació de material combustible Exerceix una funció clau per a la silvicultura preventiva en zones de difícil accés Millores ambientals Augmenta la biodiversitat, contribueix a la dispersió de les llavors, millora l'estructura del sòl i redueix l'erosió i la desertització Contribució al medi rural Es reconeix la tasca del pastor Contribueix al desenvolupament rural sostenible ia la fixació de la població rural Potencia l'ús de races autòctones i l'obtenció de productes de qualitat</t>
   </si>
   <si>
     <t>LAURUS</t>
   </si>
   <si>
     <t>Xarxa de suport a les associacions de propietaris forestals europeus oferint innovació i formació al personal tècnic. La Xarxa proporciona: Formació d'experts: Participar en seminaris web dissenyats per augmentar-ne el coneixement i potenciar-ne la presa de decisions mitjançant la transferència de coneixements i experiència pràctica de SFH. Oportunitats innovadores: Obtenir accés a nous models de negoci, idees i oportunitats que millorin tant la rendibilitat com la sostenibilitat de les explotacions forestals. Connexions valuoses: Connectar directament amb gerents que ja estan implementant amb èxit aquests enfocaments innovadors a través de xarxes i suport impulsat per la comunitat.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Xarxa temàtica destinada a promoure lintercanvi i la transferència de coneixement entre científics i professionals dedicats al sector agroforestal. AFINET actuarà a nivell europeu per posar en pràctica els resultats de diferents investigacions i promoure idees innovadores que ajudin els professionals a superar desafiaments i problemes.</t>
   </si>
   <si>
     <t>FORADVISE</t>
   </si>
   <si>
     <t>FORADVISE tancarà les bretxes de coneixement i proporcionarà eines per garantir que els serveis d'assessorament forestal siguin moderns, eficaços i estiguin ben integrats als Sistemes de Coneixement i Innovació Agrícola (AKIS) tant a nivell nacional com de la UE. Els seus objectius són: Desenvolupament de Xarxes Europees Desenvolupament de capacitats i formació Comprensió i modernització del Sistema de Coneixement i Innovació Forestal (FOKIS)</t>
   </si>
   <si>
     <t>BBioNets</t>
   </si>
   <si>
     <t>BBioNets és una xarxa temàtica que es basa en el treball realitzat pels Grups Operatius d'EIP-AGRI en relació amb la gestió i/o processament de biomassa agrícola i forestal amb Tecnologies de Base Biològica (BBTs), promovent-ho i fomentant-ho. BBioNets preveu l'establiment de 6 Xarxes Regionals Forestals i Agrícoles (FAN) amb associats a Irlanda, Espanya (CTA, Tepro), Itàlia, Grècia, Polònia i Txèquia. Veure fulletó en espanyol fent clic aquí.</t>
   </si>
   <si>
     <t>PTI. SOSECOIR CSIC</t>
   </si>
   <si>
     <t>PTI SosEcoCir té com a missió contribuir a afavorir el desenvolupament sostenible , compatibilitzant el creixement industrial i socioeconòmic del territori amb la conservació dels seus recursos naturals . Objectius de la Plataforma: Avançar en accions i estudis tendents a la sostenibilitat de l'entorn urbà (comunitats urbanes). Mitigar els efectes de l'escalfament global; orientar les polítiques sectorials (agrària, forestal, ambiental). Implementar solucions innovadores en la gestió de recursos i de residus. Reduir la petjada de carboni i un ús energètic més eficient mitjançant el desenvolupament de combustibles naturals i la reducció de les necessitats energètiques dedificis. Establir sistemes de governança que condueixin a una agricultura més sostenible. Establir equilibris entre les necessitats humanes, dinnovació i de desenvolupament socioeconòmic.</t>
   </si>
   <si>
     <t>Inno4Grass</t>
   </si>
   <si>
     <t>Inno4Grass és l'acrònim de "Espai d'innovació compartida per a la productivitat sostenible de les pastures a Europa", un projecte internacional i de múltiples actors que reuneix destacades organitzacions de pagesos, serveis d'extensió, institucions educatives i de recerca de vuit països de la UE: Alemanya, Bèlgica, França, Irlanda, Itàlia pastures tenen una participació considerable a l'àrea agrícola i on la producció de productes lactis, La carn de boví i oví és de gran millora econòmica. També es dirigeix al públic/societat en general amb el missatge que els boscos, gestionats de forma sostenible pels habitants de les zones rurals, són una gran font de riquesa que ens proporciona suro, resines, plantes aromàtiques i medicinals, i productes comestibles com nous i baies silvestres o bolets i tòfones. L'activitat socioeconòmica als nostres boscos també contribueix a prevenir incendis forestals.</t>
   </si>
@@ -237,62 +351,50 @@
   <si>
     <t>Xarxa d'Horts Urbans de Madrid</t>
   </si>
   <si>
     <t>La Xarxa d'Horts Urbans de Madrid és una iniciativa impulsada per ciutadans que es dediquen a l'agricultura comunitària a Madrid. La creació de la Xarxa va sorgir per visibilitzar l'agricultura urbana madrilenya, per donar resposta a les necessitats de les hortes urbanes de rebre suport mutu i compartir coneixements, experiències, insums, etc. Un dels objectius de la xarxa és crear un punt de trobada entre les iniciatives d‟agroecologia comunitària a la nostra ciutat i avançar cap a un model de ciutat més amable que s‟interessi per temes com l‟educació ambiental, la sobirania alimentària, els canals talls de distribució de productes, els grups de consum, la mobilitat sostenible, l‟agrocompostatge, etc.</t>
   </si>
   <si>
     <t>EIP-AGRI</t>
   </si>
   <si>
     <t>Plataforma per a la promoció de xarxes de treball europees, projectes, investigació i divulgació d'esdeveniments i innovació</t>
   </si>
   <si>
     <t>Xarxa d'Impuls a la Petita Transformació Alimentària (RITA)</t>
   </si>
   <si>
     <t>La innovació i la relocalització són aspectes fonamentals per a la viabilitat de petites i mitjanes empreses i persones que es dediquen a la transformació d'aliments. Obradors compartits, petits escorxadors i sales d'especejament i altres instal·lacions adaptades a processos artesanals ia petita escala són iniciatives innovadores i, en molts casos, pioneres per al desenvolupament sostenible del sector de la petita i mitjana producció. Aquestes pràctiques innovadores aborden aspectes tècnics importants, però també aspectes socials o de gestió i governança que són necessaris, entre altres qüestions, per oferir una alimentació saludable, aconseguir preus justos o influir positivament en l'ocupació rural. La Xarxa d'Impuls a la Petita Transformació Alimentària cerca afavorir un ecosistema de suport per als qui transformen aliments a petita i mitjana escala, i millorar l'accés de la població a aliments saludables i de qualitat , respectuosos amb el medi ambient i justos amb les persones que els produeixen i el desenvolupament socioeconòmic del medi rural. RITA és un projecte impulsat per 6 entitats amb àmplia trajectòria en iniciatives per al desenvolupament de sistemes alimentaris territorialitzats, l'articulació de processos col·lectius i l'impuls de l'agroecologia: ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinant, Extremadura Alimenta, Sindicat Labrego Galego, SEAE ( ISEC-UCO (Institut de Sociologia i Estudis Camperols – Grup PAIDI SEJ 179 de la Universitat de Còrdova).</t>
   </si>
   <si>
     <t>RAIA - Xarxa de Suport a la Innovació Rural</t>
   </si>
   <si>
     <t>El projecte RAIA busca crear una xarxa a la regió Alentejo-Algarve-Andalusia que permeti dotar tant les administracions públiques com el teixit associatiu, les empreses i la ciutadania en general de les eines necessàries per impulsar la innovació agrària a l'espai rural , transformant la zona transfronterera de La Raya en un territori amb noves oportunitats de negoci i . La innovació es considera un motor del desenvolupament rural que estableix avantatges competitius, per la qual cosa constitueix una de les principals característiques de la futura xarxa.</t>
   </si>
   <si>
-    <t>Societat Espanyola d'Agricultura Ecològica/Agroecologia (SEAE)</t>
-[...10 lines deleted...]
-  <si>
     <t>Xarxa PlasPain</t>
   </si>
   <si>
     <t>Xarxa enfocada a la investigació de la tecnologia del plasma per a la indústria agroalimentària i biomèdica. A la xarxa hi participen 11 grups de recerca de diverses universitats L' objectiu de la Xarxa és consolidar i potenciar la investigació a l'àmbit de la tecnologia del plasma aplicat a la indústria biomèdica i agroalimentària. Objectius específics : Fomentar l'intercanvi actiu d'idees i l'establiment de col·laboracions en matèria de recerca; Promoure la interacció amb altres grups de recerca afins, no pertanyents a la xarxa, dins i fora del territori nacional; Promoure l'aprofitament d'equips, serveis i tecnologies implementades a cadascun dels grups de la xarxa en el desenvolupament d'investigacions conjuntes; Difondre la Xarxa i les seues activitats a la societat; Impulsar la transferència de resultats i la interacció amb el teixit socioproductiu.</t>
   </si>
   <si>
     <t>Xarxa Espanyola de Lleguminoses (RELEG)</t>
   </si>
   <si>
     <t>La Xarxa neix per donar resposta a la demanda mundial creixent d'aliments d'origen vegetal, les preocupacions ambientals i la seguretat alimentària. L' objectiu primordial de la Xarxa és optimitzar els serveis agronòmics, econòmics i nutricionals que els cultius de lleguminoses presten a la societat, impulsant-ne així la implementació. Els objectius específics són: Coordinar i integrar la investigació existent sobre lleguminoses en diverses disciplines com ara genètica, genòmica, millorament, agronomia, ecologia i qualitat nutricional. Contribuir a l'avenç de les pràctiques agrícoles basades en lleguminoses per augmentar la productivitat i la sostenibilitat ambiental. Impulsar un enfocament sintètic que integri coneixements i experiència de diversos camps. Millorar la sostenibilitat de lagricultura i enfortir la seguretat dels subministraments daliments i pinsos. Fomentar l'intercanvi científic i la col·laboració entre investigadors de diferents àrees mitjançant grups de treball coordinats. Reduir el dèficit de proteïnes mitjançant l'enfocament en la investigació i la innovació en lleguminoses. Millorar la comprensió dels caràcters que determinen l'adaptació, la productivitat, la resistència a estrès i la qualitat dels cultius de lleguminoses. Investigar la composició i qualitat nutricional de les lleguminoses i promoure la innovació alimentària al sector.</t>
   </si>
   <si>
     <t>Xarxa de recerca en Cereals Resilients i de qualitat per a la Seguretat alimentària espanyola (CERES)</t>
   </si>
   <si>
     <t>Xarxa que pretén coordinar els esforços de la investigació pública espanyola en fisiologia , genètica, fenotipat, bioquímica i biotecnologia de cultius de cereal per a: Plantejar estratègies que permetin combinar l'aprofitament dels recursos genètics, genòmics i fenòmics per mitigar l'impacte del canvi climàtic sobre la producció dels cereals, Produir cereals amb valor afegit i Reforçar els canals de comunicació i entrega de resultats amb el sector de producció de llavors, fertilitzants i desenvolupament tecnològic a l'agricultura. Per això, reuneix grups de recerca centrats sobre els recursos fitogenètics, la genètica i genòmica, premillora i millora, qualitat funcional i nutricional, fisiologia a diverses escales, fenotipat, bioquímica i biologia molecular de cereals.</t>
   </si>
   <si>
     <t>PalmerNet</t>
   </si>
   <si>
     <t>Xarxa que integra 7 grups de recerca nacionals que treballen amb Amaranthus palmeri i/o resistències a herbicides , i d'altres que poden aportar noves eines per al seu control. Es pretén consolidar una línia de recerca a nivell nacional sobre A. palmeri que englobi els treballs s'estan realitzant actualment a Espanya de forma interdisciplinària per diferents equips, per rendibilitzar els èxits obtinguts fins ara i que en garanteixi l'estabilitat i l'impacte científic i social. L' objectiu principal de PalmerNET és definir i abordar el problema de la introducció i expansió d'A. palmeri a Espanya i buscar solucions per a la seva prevenció i contenció a nivell nacional.</t>
   </si>
   <si>
     <t>Xarxa SICURA OneHealth4Food</t>
@@ -447,56 +549,50 @@
   <si>
     <t>AgriSpin - Space for agricultural innovation</t>
   </si>
   <si>
     <t>El projecte AgriSpin ofereix directrius perquè els socis organitzin reunions, participin en reunions amb altres xarxes temàtiques i projectes, i generin impacte a la seva pròpia organització.</t>
   </si>
   <si>
     <t>Xarxa de Recerca en Sanitat Animal (RISA)</t>
   </si>
   <si>
     <t>La Xarxa aglutina investigadors dedicats a la Sanitat Animal a Espanya per potenciar les sinergies existents entre els diferents grups de recerca en sanitat animal de disciplines com l'entomologia, l'epidemiologia i el benestar animal amb l'objectiu d'aconseguir un ús més racional, responsable i optimitzat dels recursos, garantir la sanitat i el benestar animal i, per tant, la salut pública. Són objectius de la Xarxa: Potenciar sinèrgies: Potenciar la sinergia entre els diferents grups de recerca en sanitat animal del nostre país, comptant amb experts en fauna terrestre tant silvestre com domèstica i amb professionals de disciplines molt diverses de la sanitat animal com són l'entomologia, l'epidemiologia, la bacteriologia, la virologia, la immunologia, l'anatomia. Impulsar la internacionalització: impulsar la internacionalització del sector de la investigació en sanitat animal d'Espanya. Promoure valors: Promoure ús racional, responsable i optimitzat dels recursos per garantir la sanitat i benestar animal i, per tant, la salut pública. Promoure la transferència i la divulgació: Promoure la transferència tecnològica i la divulgació científica en sanitat animal a nivell de sector i al públic general. Organitzar activitats: Organitzar activitats, dedicades a temes de gran rellevància per a la investigació en sanitat animal, com ara la innovació, la seguretat biològica, l'enfocament One Health, el medi ambient, etc. Col·laborar: Col·laborar a potenciar una major visibilitat i comunicació del sector de la recerca en sanitat animal a Espanya i fora d'aquesta.</t>
   </si>
   <si>
     <t>PTI. SUPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast cerca transformar la manera de dissenyar, produir, utilitzar i reciclar els plàstics per dirigir-la cap a una economia circular des d'un enfocament sinèrgic que involucra la ciència de materials i la biotecnologia, per desenvolupar activitats de recerca i innovació així com estratègies socioeducativa. Són objectius de la Plataforma: Desenvolupament destratègies químiques i biotecnològiques per al reciclatge i el desenvolupament de nous polímers sostenibles. Anàlisi dels efectes en la salut i el medi ambient de la contaminació per plàstics. Regulació i certificació de plàstics amb menys impacte ambiental. Activitats de difusió, ensenyament i capacitació sobre l'estat actual i els avenços en els plàstics.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Plataforma que agrupa les seves activitats en cinc àrees estratègiques : generació renovable (biomassa, solar tèrmica i fotovoltaica, eòlica, etc.), emmagatzematge eficient d'energia, descarbonització industrial, tecnologies de l'hidrogen i electrificació. Són objectius de la Plataforma: Impulsar el desenvolupament de les tecnologies clau en el cicle energètic per assolir un sistema energètic més assequible, fiable, competitiu i sostenible, tant socialment com mediambientalment. Integrar capacitats, tecnologies i coneixements CSIC per afrontar projectes amb un alt desenvolupament tecnològic i impulsar-ne la ràpida integració en el sector industrial.</t>
   </si>
   <si>
-    <t>elaia</t>
-[...4 lines deleted...]
-  <si>
     <t>PTI. SOILBIO CSIC</t>
   </si>
   <si>
     <t>Plataforma Temàtica Interdisciplinar (PTI) del CSIC compromesa amb l'estudi i la preservació del sòl com un recurs natural fonamental. L'objectiu de la PTI és elevar l'impacte i la qualitat de la investigació científica i tècnica relacionada amb els sòls amb un enfocament principal a les Ciències Agràries, però amb l'obertura a la col·laboració de grups interessats d'altres subàrees. Són objectius específics: Facilitar la comunicació i la col·laboració entre els grups de la plataforma mitjançant activitats regulars. Promoure la col·laboració a l'àrea de sòls del CSIC amb empreses i altres organismes públics, en oferir un directori actualitzat i coordinat de grups i especialistes en sòl en un rang ampli de disciplines i àmbits biogeogràfics. Donar suport als grups participants en la cerca i participació en convocatòries nacionals i internacionals, promovent la col·laboració coordinada entre diferents grups de la xarxa. Identificar i promoure iniciatives destacades a l'àrea de sòls, com ara experiments de llarga durada que poden ser utilitzats en xarxa.</t>
   </si>
   <si>
     <t>PTI AGROFOR CSIC</t>
   </si>
   <si>
     <t>Plataforma que uneix esforços de diferents disciplines al voltant d'objectius i activitats concretes que aportin respostes al repte social de la productivitat i la sostenibilitat agrària i alimentària</t>
   </si>
   <si>
     <t>PTI. AGRIAMBI CSIC</t>
   </si>
   <si>
     <t>La plataforma cerca generar coneixement que permeti proporcionar la base científica per a la millora adaptativa de l'eficàcia socioambiental de la Política Agrícola Comuna (PAC) a Espanya</t>
   </si>
   <si>
     <t>PTI. FOODALLERGY CSIC</t>
   </si>
   <si>
     <t>El desafiament de la PTI és el coneixement i la detecció d'al·lergògens alimentaris que presenten alt impacte, àmplia difusió i elevada sensibilitat</t>
   </si>
   <si>
     <t>OrganicClimateNET</t>
@@ -573,98 +669,80 @@
   <si>
     <t>EUNetHorse</t>
   </si>
   <si>
     <t>Xarxa que impulsa lintercanvi de coneixement i aprenentatge entre agents i parts interessades del sector equí per millorar la capacitat de recuperació de les explotacions equines ajudarà a estructurar el sector equinbo i solidificar nous hàbits de treball.</t>
   </si>
   <si>
     <t>FARMWELL</t>
   </si>
   <si>
     <t>Xarxa que cerca millorar el benestar mental, físic i social dels agricultors facilitant l'accés a les innovacions socials per abordar desafiaments socials comuns. FARMWELL és que pretén ajudar a fer innovacions socials centrades en els agricultors i les seves famílies en diversos contextos nacionals i locals.</t>
   </si>
   <si>
     <t>FOREST4EU</t>
   </si>
   <si>
     <t>Xarxa europea de col·laboració per a la innovació i promoció de la silvicultura i l'agroforesteria europea</t>
   </si>
   <si>
     <t>Grazing4AgroEcology</t>
   </si>
   <si>
     <t>Xarxa temàtica que ofereix solucions per a sistemes de producció animal sostenibles i integrats basats en el pasturatge</t>
   </si>
   <si>
-    <t>NUTRICHECK-NET</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRI-KNOW</t>
   </si>
   <si>
     <t>Xarxa temàtica que capitalitza el coneixement dels grups operatius d'EIP-AGRI al camp de la gestió de nutrients a través d'informació orientada a la pràctica per a agricultors i professionals</t>
   </si>
   <si>
     <t>Oper8</t>
   </si>
   <si>
     <t>Xarxa Temàtica per establir processos de participació i identificar els factors, les barreres i les causes fonamentals de la manca d'adopció de mètodes no químics per al control de males herbes</t>
   </si>
   <si>
     <t>Newbie</t>
   </si>
   <si>
     <t>Descriure l'estat de l'art dels nous negocis i models d'entrada Recopilar exemples de millors pràctiques a tot Europa Desenvolupar xarxes de suport a entrants nous que identificaran, desenvoluparan i promouran models de negoci innovadors i models d'entrada per a nous operadors. Les xarxes constaran de com a mínim 50 membres per país. Desenvolupar un conjunt pràctic de ferramentes (conjunt de ferramentes) amb recomanacions i directrius adreçades a grups de parts interessades específics.</t>
   </si>
   <si>
     <t>BROILERNET</t>
   </si>
   <si>
     <t>Xarxa que busca millorar la resiliència i la sostenibilitat del sector avícola europeu mitjançant la creació d'un espai per a la interacció entre la ciència i la pràctica, així com la cocreació de bones pràctiques innovadores i llistes per fer servir en granges avícoles europees</t>
   </si>
   <si>
-    <t>SmaRT</t>
-[...4 lines deleted...]
-  <si>
     <t>LAKTIS</t>
   </si>
   <si>
     <t>Xarxa que impulsa la descarbonització del sector lacti des del territori, connectant ramaderies, innovació i sostenibilitat per a un futur comú. Els objectius de la xarxa són: Assessorar i informar els participants, General un diàleg multi-actor, Promoure i facilitar la interacció de les opinions, Analitzar les diferents eines tecnològiques, Promoure la creació de normatives, Crear una xarxa perenne de col·laboració</t>
   </si>
   <si>
-    <t>Xarxa d'agents del canvi de la devesa</t>
-[...4 lines deleted...]
-  <si>
     <t>European Network of Forest Extension Organisations (FOREXT)</t>
   </si>
   <si>
     <t>Xarxa que ajuda els membres a desenvolupar les seves capacitats en matèria de formació i educació de propietaris de boscos privats. La xarxa ofereix als seus membres oportunitats per desenvolupar la capacitat d'extensió mitjançant: Intercanvi d'experiències, experts i coneixements Desenvolupament i compartició de ferramentes d'extensió Establiment de plataformes d'aprenentatge conjuntes Intercanvi de millors pràctiques Desenvolupament i implementació de projectes europeus rellevants</t>
   </si>
   <si>
     <t>Xarxa Espanyola de Compostatge (REC)</t>
   </si>
   <si>
     <t>La Xarxa Espanyola de Compostatge (REC) integra les activitats desenvolupades a Espanya per Universitats, Organismes Públics de Recerca, Centres Tecnològics i Empreses amb relació a la gestió sostenible de residus orgànics per al desenvolupament d'una Economia Circular. En aquest sentit, la REC es constitueix com a espai comú informatiu i de trobada dels diferents agents interessats en tots els aspectes relatius a la gestió dels residus orgànics. A la REC s'integren totes les actuacions que incideixen en el desenvolupament de les millors pràctiques de gestió dels residus orgànics per obtenir bioenergia i productes de valor afegit que puguin retornar als cicles productius i facilitar una economia baixa en carboni. Les línies de treball són: Gestió de residus orgànics Tecnologies de compostatge i digestió anaeròbia Compostatge i bioremediació Normalització i control de qualitat de processos de tractament de residus orgànics Aplicacions de compost i digerits Recuperació i regeneració de sòls Antagonisme i capacitat supressiva del compost.</t>
   </si>
   <si>
     <t>ClieNFarms</t>
   </si>
   <si>
     <t>ClieNFarms desenvoluparà una xarxa de pagesos per debatre aspectes tècnics, promoure la participació de l'ecosistema circumdant (finances, equips agrícoles, etc.) per facilitar la inversió en equips específics, enfortir els sistemes d'assessorament i brindar un suport polític clar, clau per a l'èxit de la transició cap a explotacions climàticament neutres. Aquesta xarxa proporcionarà una sòlida demostració i apoderament als agricultors. El concepte central del projecte és un enfocament de demostració anomenat E spacio de Soluciones Sistèmiques Innovadores (I3S) . L'I3S està compost per diferents components i actors que provaran i difondran solucions innovadores, codissenyades i adaptades per múltiples actors, per aconseguir granges climàticament neutres dins de la cadena de subministrament i en tota la geografia local. ClieNFarms té com a objectiu codesenvolupar i ampliar solucions sistèmiques localment rellevants (organitzatives, financeres, tècniques) per assolir granges sostenibles, climàticament neutrals i resilients al clima a tot Europa, integrant i millorant interactivament les solucions existents per assolir models de negoci econòmicament viables en els sistemes agrícoles, mitjançant la participació d'agricultors, i ciutadans.</t>
   </si>
   <si>
     <t>FAIRShare</t>
   </si>
   <si>
     <t>FAIRshare involucra, capacita i empodera la comunitat d'assessors agrícoles independents compartint eines, serveis, experiència i motivacions digitals. FAIRshare donarà suport a una xarxa social més àmplia d'institucions associades a través d'una interfície en línia navegable i generarà un laboratori participatiu i dinàmic per a la interacció i l'aplicació d'eines digitals. FAIRshare compta amb dos programes principals. En primer lloc, els paquets de treball 1, 2 i 3 recopilaran una base de dades de les eines i els serveis digitals utilitzats internacionalment, aprofitant les xarxes socials d'institucions associades que abasten països de la UE i tercers països. L'inventari d'eines serà accessible per als usuaris finals mitjançant una interfície en línia intuïtiva i navegable, dissenyada conjuntament amb un enfocament multiactor. Les eines de l'inventari en línia s'acompanyaran d'informació, com vinyetes breus de bones pràctiques, sobre com utilitzar-les o adaptar-les. En segon lloc, els paquets de treball 4, 5 i 6 generaran i dotaran de recursos un laboratori participatiu que permetrà a assessors col·legues de tota la UE interactuar amb l'inventari en línia i, en una sèrie de tallers, intercanviar, coadaptar, codisenyar i aplicar eines digitals. L' objectiu general de FAIRshare és garantir que els assessors agrícoles i les seves organitzacions utilitzin eficaçment eines i serveis digitals per donar suport a una agricultura més productiva i sostenible.</t>
   </si>
   <si>
     <t>ClimateSmartAdvisors</t>
@@ -675,128 +753,110 @@
   <si>
     <t>AgriLINK</t>
   </si>
   <si>
     <t>AgriLink busca impulsar la transició cap a la sostenibilitat a l'agricultura europea mitjançant una millor comprensió del paper que exerceix l'assessorament agrícola en la presa de decisions dels agricultors. AgriLink es basa en els coneixements i les experiències tant de la recerca com de la pràctica. El consorci està format per investigadors de diferents disciplines (economia institucional, estudis d'innovació, estudis AKIS, sociologia de xarxes), així com assessors (d'organitzacions públiques, privades i agricultors) de tota la UE. AgriLink té per objectiu analitzar i millorar el paper de l'assessorament agrícola en vuit àrees d'innovació que combinen els reptes identificats a l'Enfocament estratègic per a la investigació i innovació agrícola a la UE.</t>
   </si>
   <si>
     <t>THERBN</t>
   </si>
   <si>
     <t>La Xarxa thERNB facilita l'intercanvi accessible de coneixements sobre solucions innovadores de bioeconomia circular (BC) adaptades a les petites explotacions agrícoles i als silvicultors de les zones rurals. L' objectiu de thERNB és posar en funcionament una xarxa temàtica (RT) multiactor (MA) a nivell de la UE per intercanviar coneixements sobre solucions innovadores per a la bioeconomia circular (CB) sostenible aplicable per petites explotacions agrícoles i silvicultors (professionals) a escala local en zones rurals.</t>
   </si>
   <si>
     <t>AKISConnect</t>
   </si>
   <si>
     <t>A AKISConnect els actors del sector agrari de tot Europa convergeixen per aprofitar el poder dels sistemes de coneixement i innovació agrícola. AKISConnect connecta els mons dels projectes modernAKIS i ATTRACTISS finançats per la UE. Els seus objectius són: Integració holística del coneixement Empoderament de les comunitats locals Col·laboració dinàmica entre països</t>
   </si>
   <si>
     <t>Xarxa AKISConnect</t>
   </si>
   <si>
     <t>Xarxa amb mapa interactiu d'iniciatives, projectes i col·laboracions que impulsen el desenvolupament agrícola sostenible i l'intercanvi de coneixements a tot Europa. Els objectius d'AKISConnect són: Integració holística del coneixement Empoderament de les comunitats locals Col·laboració dinàmica entre països</t>
   </si>
   <si>
-    <t>Xarxa de Centres d'Innovació Territorial (Xarxa CIT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Organic Advice Network</t>
   </si>
   <si>
     <t>Xarxa europea que intragra assessors i serveis d'assessorament orgànic experimentats, joves graduats i nouvinguts que vulguin adquirir habilitats en assessorament orgànic.</t>
   </si>
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>El projecte es basa en una xarxa d'assessors de tota la UE especialitzats en producció ramadera per establir una nova xarxa a nivell de la UE que fomenti la col·laboració oberta entre assessors i actors clau del sector ramader . La xarxa abastarà diversos aspectes de l'agricultura, com ara les millors pràctiques, els avenços tecnològics, la valorització dels productes agrícoles, la diversificació de les fonts d'ingressos i la resolució d'altres reptes crítics. Els objectius del projecte són: Establir i mantenir una xarxa d'assessors ramaders a tota la UE, millorant les habilitats, la capacitat i l'intercanvi de coneixements a llarg termini sobre pràctiques sostenibles. Recopilar, seleccionar, avaluar, analitzar, adaptar i traduir 100 pràctiques d'assessorament innovadores per a la producció ramadera sostenible en un entorn de múltiples actors a 29 països europeus. Promoure pràctiques d'assessorament innovadores per a la producció ramadera sostenible mitjançant l'intercanvi de coneixements específics i les activitats d'escalament adaptades a cada país.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Xarxa temàtica enfocada a la reducció de l'ús i els riscos dels plaguicides (RURP) a tots els estats membres de la UE. La xarxa adoptarà un enfocament de múltiples actors en reunir 17 socis que representen la diversitat de parts interessades d'AKIS que treballen a nivell agrícola, regional, nacional i de la UE, amb l'objectiu d'identificar, seleccionar i donar forma a enfocaments nous que s'adaptin i es repliquin a tota la UE.</t>
   </si>
   <si>
-    <t>ENRD</t>
-[...4 lines deleted...]
-  <si>
     <t>Aliments d´Espanya</t>
   </si>
   <si>
     <t>Plataforma ministerial de divulgació</t>
   </si>
   <si>
     <t>Associació Clúster Agroalimentari de Navarra (NAGRIFOOD)</t>
   </si>
   <si>
     <t>El Clúster Agroalimentari de Navarra, NAGRIFOOD és una organització d'empreses   que té per objecte la millora contínua de la competitivitat dels seus socis a través del desenvolupament de la intercooperació, la innovació oberta, l'intraemprenentatge i la internacionalització de les empreses agroalimentàries navarreses</t>
   </si>
   <si>
     <t>Assessors d'Aragó</t>
   </si>
   <si>
     <t>ASSESSORS ARAGÓN és una plataforma impulsada per la Fundació per a l'Agricultura del Coneixement i que constitueix una Xarxa Social Professional que dóna cabuda a investigadors, tecnòlegs, assessors i agricultors, integrant així: el coneixement, la seva transferència i la seva aplicació</t>
   </si>
   <si>
     <t>Xarxa de Municipis per l'Agroecologia</t>
   </si>
   <si>
     <t>L'objecte de la Xarxa és la construcció, mitjançant l'intercanvi d'experiències, coneixements, dades, informacions i projectes, de sistemes alimentaris locals respectuosos amb el medi ambient, sostenibles, inclusius, resilients, segurs i diversificats que assegurin menjar saludable, sostenible i accessible al conjunt de la població, i que potenciïn l'ocupació local, en línia amb les perspectives de la perspectiva.</t>
   </si>
   <si>
     <t>Platafoma SynergyNuts</t>
   </si>
   <si>
     <t>Espai per a la formació, difusió i innovació en tots els aspectes relacionats amb els fruits secs en tanca</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>La Xarxa d'Innovació en Fertilització (Fertilisation Innovation Network, FIN) és una xarxa tècnica basada en enfocaments nous i efectius que cobreixen els reptes principals que condueixen a la creació d'un Pla de Gestió Sostenible de Nutrients. La FIN està integrada per 3 subxarxes transnacionals especialitzades (FIN-agricultura de precisió, FIN-qualitat del sòl, FIN-fetilitzants de base biològica) en les quals assessors capacitats recopilaran Bones Pràctiques (BP) i Innovacions de Recerca (RI) sobre l'ús òptim de fertilitzants. viabilitat sistèmica de les BP i les RI. Pots consultar un fulletó del projecte en anglès fent clic aquí.</t>
   </si>
   <si>
     <t>Plataforma tecnològica Aula de Productes Làctics i Tecnologies Alimentàries</t>
   </si>
   <si>
     <t>Formació especialitzada i serveis tecnològics avançats a empreses i entitats del sector lacti i alimentari</t>
   </si>
   <si>
-    <t>Interpanell</t>
-[...4 lines deleted...]
-  <si>
     <t>Food For Life</t>
   </si>
   <si>
     <t>Plataforma que fomenta la transmissió dels avenços de recerca, científics i tecnològics a través de la col·laboració publicoprivada dels principals agents sectorials agroalimentaris en relació amb la R+D+ii la detecció de noves demandes en l'àmbit dels Reptes de la Societat, assegurant la competitivitat i el creixement del sector agroalimentari espanyol.</t>
   </si>
   <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL engloba com a sector BIO la Biotecnologia, la Biomedicina i la Bioeconomia, aplicades a la salut, l'agroalimentació i la sostenibilitat mediambiental per impulsar el desenvolupament i la competitivitat del teixit empresarial del Sector Biotec per posicionar els seus associats al mapa internacional.</t>
   </si>
   <si>
     <t>Agronet - Brewing</t>
   </si>
   <si>
     <t>Subministraments, informació i assessorament per a cerveseries</t>
   </si>
   <si>
     <t>Cooperatives agro-alimentàries comunitat valenciana</t>
   </si>
   <si>
     <t>Plataforma de representació institucional, foment cooperatiu, formació, comunicació i representació empresarial</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
@@ -1017,194 +1077,188 @@
   <si>
     <t>Xarxa Valenciana de Desenvolupament Rural</t>
   </si>
   <si>
     <t>Eina per difondre informació sobre els seus programes i activitats, així com per donar a conèixer notícies i esdeveniments relacionats amb el desenvolupament rural a València. També compta amb una secció de recursos, on es poden trobar materials i guies útils per al desenvolupament rural a la regió, i un catàleg de productes i serveis de les zones rurals de València</t>
   </si>
   <si>
     <t>Xarxa PAC d'Espanya</t>
   </si>
   <si>
     <t>Plataforma que promou la creació de grups de treball sobre qüestions rellevants per al medi rural</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consultoria, Auditories, Analítica i Formació, al sector agroalimentari</t>
   </si>
   <si>
     <t>Xarxa-iCAT</t>
   </si>
   <si>
     <t>Xarxa d'innovació agroalimentària i rural de Catalunya</t>
   </si>
   <si>
+    <t>BIOFRUITNET</t>
+  </si>
+  <si>
+    <t>Aquest projecte se centra en fruites orgàniques de manzana, pedra i cítrics i té com a objectiu enfortir la competitivitat de la producció de fruites orgàniques europees</t>
+  </si>
+  <si>
+    <t>INNOSETA</t>
+  </si>
+  <si>
+    <t>L'objectiu principal d'InnoSeta és establir una innovadora xarxa temàtica autosostenible en equips de polvorització, capacitació i aconsellar per contribuir a tancar la bretxa entre les noves solucions de protecció de cultius d'alta gamma disponibles, ja sigui comercial o de resultats de recerca aplicables, amb resultats de recerca aplicables, amb pràctiques agrícoles europees quotidianes. Això s'aconseguirà promovent un intercanvi efectiu d'idees i informació innovadores entre: investigació indústria serveis d'extensió i la comunitat agrícola perquè la investigació existent i les solucions comercials puguin comunicar-se àmpliament, alhora que captura les necessitats de nivell de base i idees innovadores "&amp;" de la comunitat agrícola.")</t>
+  </si>
+  <si>
+    <t>OK-Net Arable</t>
+  </si>
+  <si>
+    <t>Net Net Arable va treballar amb 14 grups d'innovació d'agricultors a 10 països. Les dades dels grups van mostrar una àmplia gamma de rendiments de cultius. Això indica una necessitat, però també una clara possibilitat de millores. Basat en la literatura científica i les aportacions dels agricultors, s'han reunit més de 100 materials amb solucions pràctiques a la plataforma de coneixement cultivable de Net Net (Farmknowledge.org). Els grups d'agricultors "&amp;" van avaluar formats i algunes solucions a la pràctica. Les seves experiències han estat documentades en vídeos i resums de pràctica. Els grups de pagesos van traduir materials que eren rellevants per a ells en el seu propi idioma. Es van dur a terme cursos e"&amp;"n línia presentant els materials als agricultors i assessors</t>
+  </si>
+  <si>
+    <t>Rosewood4.0</t>
+  </si>
+  <si>
+    <t>Rosewood4.0 recopilarà i estructurarà les millors pràctiques i innovació rellevants (BP &amp; amp; i) amb l'objectiu de millorar el marc de mobilització de fusta a cinc centres regionals. Es desenvoluparan cinc fulls de ruta regionals (i una interregional transregional) en funció de la priorització de BP &amp; amp recol·lectats; coincidia amb les necessitats/desafiaments identificats de les diferents regions. El projecte organitzarà tallers específics i visites destudi vinculades amb materials de capacitació de nou disseny que afavoreixen la implementació de BP &amp; amp; i. Accions de difusió intenses per a la transferència de BP &amp; amp; m'aconseguiré utilitzant diferents eines i canals (per exemple, plataforma de coneixement, resums de pràctica, producció de vídeos, etc</t>
+  </si>
+  <si>
     <t>ANOVE</t>
   </si>
   <si>
     <t>Desenvolupadors i propagadors de varietats vegetals</t>
   </si>
   <si>
-    <t>BIOFRUITNET</t>
-[...20 lines deleted...]
-    <t>Rosewood4.0 recopilarà i estructurarà les millors pràctiques i innovació rellevants (BP &amp; amp; i) amb l'objectiu de millorar el marc de mobilització de fusta a cinc centres regionals. Es desenvoluparan cinc fulls de ruta regionals (i una interregional transregional) en funció de la priorització de BP &amp; amp recol·lectats; coincidia amb les necessitats/desafiaments identificats de les diferents regions. El projecte organitzarà tallers específics i visites destudi vinculades amb materials de capacitació de nou disseny que afavoreixen la implementació de BP &amp; amp; i. Accions de difusió intenses per a la transferència de BP &amp; amp; m'aconseguiré utilitzant diferents eines i canals (per exemple, plataforma de coneixement, resums de pràctica, producció de vídeos, etc</t>
+    <t>SMARTPROTECT</t>
+  </si>
+  <si>
+    <t>SmartProtect és una xarxa temàtica que se centra en l'intercanvi de coneixements regionals creuats de solucions de gestió de plagues integrades (IPM) intel·ligents per a agricultors i assessors. L'objectiu és estimular el flux de coneixement en els sistemes regionals de coneixement agrícola i innovació (AKISS) a tota la UE i connectar-los en el potencial innovador de les metodologies tecnologies dagricultura de precisió i anàlisi de dades.</t>
+  </si>
+  <si>
+    <t>Best Practice Hens - Pilot Project on Best Practices for Alternative Egg Production Systems</t>
+  </si>
+  <si>
+    <t>Les Gallines de Millors Pràctiques (BPH) prepararan i proporcionaran suport pràctic als productors d'ous per encoratjar-los a passar de sistemes de gàbies a sistemes sense gàbies. Això s'aplica tant a la cria de gallines ponedores com al manteniment de gallines ponedores en el període de producció. resums de pràctiques) La BPH organitzarà esdeveniments de difusió dirigits als Estats membres amb un alt percentatge de sistemes de gàbies per augmentar l'aplicació de sistemes d'allotjament sense gàbies als Estats membres objectiu (Espanya, Polònia, Portugal i Bèlgica).</t>
+  </si>
+  <si>
+    <t>BIOSCHAMP - Biostimulant d'alternative casing for sustainable and profitable mushroom industry</t>
+  </si>
+  <si>
+    <t>En aquest projecte, desenvoluparem un enfocament integrat per lluitar contra els principals desafiaments de salut en la producció de fongs (fongs i bacteris paràsits). Amb el desenvolupament d'un sòl d'embolcall enriquit amb microbiota, disminuirem la necessitat de pesticides i contribuirem a millorar la productivitat, la sostenibilitat i la rendibilitat del sector europeu dels bolets.</t>
+  </si>
+  <si>
+    <t>Boosting RurAl Bioeconomy Networks following multiactor approaCHES - BRANCHES</t>
+  </si>
+  <si>
+    <t>Identificar, resumir, compartir i presentar les millors pràctiques existents i els resultats de la investigació; Augmentar l'aplicació de noves tecnologies eficaces en funció dels costos mitjançant la millora de la transferència activa de coneixements entre professionals i investigadors; Mobilitzar més biomassa i crear noves oportunitats comercials a les zones rurals millorant i enfortint la connexió entre la pràctica i la ciència; Aplicar un enfocament multidisciplinari i multiactor; Oferir un canal per al flux bidireccional dinformació, noves idees i tecnologies; Assenyalar les necessitats identificades i els elements empresarials rellevants per als professionals; Promoure la bioeconomia i el desenvolupament rural mitjançant noves iniciatives de base biològica</t>
+  </si>
+  <si>
+    <t>Xarxa AgriFoodTe: Xarxa de Coneixement i Innovació Agroalimentari de Terol</t>
+  </si>
+  <si>
+    <t>Xarxa per accelerar la innovació al sector agroalimentari per afavorir la transició ecològica, digital i cap a una bioeconomia circular a la regió de Terol</t>
+  </si>
+  <si>
+    <t>Associació Clúster Agroalimentari De Navarra(NAGRIFOOD)</t>
+  </si>
+  <si>
+    <t>El Clúster Agroalimentari de Navarra (NAGRIFOOD) és una organització d'empreses que té per objecte la millora contínua de la competitivitat dels seus socis a través del desenvolupament de la intercooperació, la innovació oberta, l'intraemprenentatge i la internacionalització de les empreses agroalimentàries navarreses</t>
   </si>
   <si>
     <t>APROSE</t>
   </si>
   <si>
     <t>Associació professional sense ànim de lucre d'empreses productores de llavors selectes. Analitzar, estudiar i tractar els problemes comuns que poguessin sorgir segons les espècies de llavors</t>
   </si>
   <si>
-    <t>SMARTPROTECT</t>
-[...40 lines deleted...]
-  <si>
     <t>Associació Espanyola de la Indústria de Forn, Brioixeria i Pastisseria (ASEMAC)</t>
   </si>
   <si>
     <t>Organització professional de caràcter sectorial</t>
   </si>
   <si>
     <t>Associació de Fabricants de Pinsos Compostos de Castella i Lleó (ASFACYL)</t>
   </si>
   <si>
     <t>Associació professional de fabricants de pinsos compostos de Castella i Lleó</t>
   </si>
   <si>
     <t>Plataforma Espanyola Tecnològica i d'Innovació en Biocircularitat (BIOPLAT)</t>
   </si>
   <si>
     <t>Organització nacional sense ànim de lucre que fomenta el desenvolupament sostenible de la biomassa i de la bioeconomia</t>
   </si>
   <si>
     <t>Plataforma Tecnològica de Biotecnologia Vegetal (BIOVEGEN)</t>
   </si>
   <si>
     <t>Associació publicoprivada, liderada pel sector empresarial, que reuneix entitats del sector agroalimentari amb interès en innovació vegetal</t>
   </si>
   <si>
     <t>Confederació Espanyola de Forn, Pastisseria, Brioixeria i Afins (CEOPPAN)</t>
   </si>
   <si>
     <t>Associació Patronal, sense ànim de lucre, Associacions i Gremis de fabricants i expenedors de pa, pastisseria, brioixeria i afins, d'àmbits geogràfics provincial i local, així com empreses individuals de tot el territori nacional.</t>
   </si>
   <si>
+    <t>Associació Aragonesa d'Agricultura de Conservació</t>
+  </si>
+  <si>
+    <t>L´Associació és una entitat que aglutina agricultors, tècnics, investigadors, centres formatius i empreses, que estan interessades en fomentar i divulgar la tècnica de l´Agricultura de Conservació</t>
+  </si>
+  <si>
     <t>Confederació Espanyola de Fabricants d'Aliments Compostos per a animals (CESFAC)</t>
   </si>
   <si>
     <t>Plataforma tecnològica per a la gestió conjunta de la seguretat alimentària en la nutrició animal</t>
   </si>
   <si>
     <t>ECONOMIA CIRCULAR - Plataforma que integra altres plataformes d´economia circular</t>
   </si>
   <si>
     <t>Dinamitzar línies i acció, definir la contribució de les plataformes tecnològiques i d'innovació espanyola a la transició cap a una economia circular, eines per al foment de la cooperació a la R+D+i</t>
   </si>
   <si>
     <t>EIT-FOOD</t>
   </si>
   <si>
     <t>Plataforma HUB que promou la innovació, educació, emprenedoria i participació pública</t>
   </si>
   <si>
     <t>Elika</t>
   </si>
   <si>
     <t>Plataforma de divulgació de recerca, avenços i normativa al País Basc en matèria de seguretat alimentaria, alimentació saludable, alimentació sostenible, agricultura, ramaderia, pesca, alimentació animal i indústria alimentària</t>
   </si>
   <si>
     <t>FEDIMA</t>
   </si>
   <si>
     <t>Plataforma de divilgació d´informació d´interès fornera i contacte entre FEDIMA i els socis</t>
   </si>
   <si>
-    <t>Associació Aragonesa d'Agricultura de Conservació</t>
-[...4 lines deleted...]
-  <si>
     <t>INAS DE Agroalimentària</t>
   </si>
   <si>
     <t>Centre privat de recerca amb un experimentat equip de professionals especialitzats en activitats de recerca per a la realització de projectes propis i prestació de serveis on abasta les diferents baules de la cadena alimentària des de la producció primària, fins al processat i la presentació dels productes de consum.</t>
   </si>
   <si>
     <t>PLATAFORMA TECNOLÒGICA ESPANYOLA DE LOGÍSTICA INTERMODALITAT I MOBILITAT (LOGISTOP)</t>
   </si>
   <si>
     <t>Espai de treball multidisciplinar i interterritorial en l'àmbit de la innovació logística compost per tots els actors implicats a la cadena de subministrament, a més d'universitats, centres tecnològics, associacions i consultores especialitzades</t>
   </si>
   <si>
     <t>Plataforma Tecnològica Espanyola d'Envàs i Embalatge (PACKNET)</t>
   </si>
   <si>
     <t>Plataforma que funciona de xarxa de cooperació científica i tecnològica entre els agents de la cadena de l'evans i l'embalatge</t>
   </si>
   <si>
     <t>Plants For The Future</t>
   </si>
   <si>
     <t>Plataforma de divulgació de projectes, investigació, activitats, col·laboradors i grups de treball del grup</t>
   </si>
   <si>
     <t>Plataforma Tecnològica De Sanitat Animal, VET+I</t>
@@ -1377,150 +1431,150 @@
   <si>
     <t>Associació per al Desenvolupament Rural d'Andalusia (ARA)</t>
   </si>
   <si>
     <t>Fòrum de col·laboració i interlocució on hi ha representats tots els grups de desenvolupament rural d'Andalusia, promotors de l'activitat i generació d'ocupació</t>
   </si>
   <si>
     <t>EU - FarmBook</t>
   </si>
   <si>
     <t>EU-FarmBook és una plataforma de bones pràctiques per a agricultors i silvicultors. Tot el contingut de la biblioteca procedeix de projectes de recerca de Horizon.</t>
   </si>
   <si>
     <t>Xarxa de Desenvolupament Rural de Castella i Lleó</t>
   </si>
   <si>
     <t>Associació que agrupa i coordina un important nombre de grups que estan gestionant programes de desenvolupament rural - LEADER i PRODER - a Castella i Lleó.</t>
   </si>
   <si>
     <t>Xarxa Espanyola de Desenvolupament Rural (REDR)</t>
   </si>
   <si>
     <t>Xarxa Espanyola de Desenvolupament Rural (REDR) és una associació sense ànim de lucre la missió principal de la qual és promoure un model de desenvolupament rural integral i sostenible, millorar la qualitat de vida de la població rural i posar en valor la importància dels territoris rurals per al conjunt de la societat. REDR ofereix un espai comú per al medi rural i els seus habitants, un lloc on traslladar les seves necessitats i inquietuds i fer-ne sentir la veu.</t>
   </si>
   <si>
+    <t>FERTINNOWA</t>
+  </si>
+  <si>
+    <t>FERTINNOWA (acrònim en anglès per a Transferència de Tècniques INNOvadores per a la pràctica sostenible de la FERTirrigació), és una xarxa d'intercanvi del coneixement per facilitar la millora de la pràctica de la fertirrigació, adequant-la a les exigències ambientals i normatives europees emparades a la Directiva Marc de l'Aigua i en les que vetllen per la a les zones declarades vulnerables de contaminació d'aqüífers per nitrats.</t>
+  </si>
+  <si>
     <t>Xarxa d'Oficines de Transferència del Coneixement (Xarxa OTC)</t>
   </si>
   <si>
     <t>Xarxa d'oficines de transferència de resultats de recerca de les universitats espanyoles.</t>
   </si>
   <si>
     <t>Farm Animal Breeding and Reproduction Technology Platform (FABRE TP)</t>
   </si>
   <si>
     <t>La Plataforma Tecnològica Europea de Cria i Reproducció d'Animals de Granja (FABRE TP) és un fòrum liderat per instituts de recerca i el món acadèmic que col·labora amb el sector privat i ofereix una plataforma per definir les prioritats de recerca en cria, genètica i reproducció animal, per tal d'impulsar la sostenibilitat, la competitivitat i la resiliència de tots.</t>
   </si>
   <si>
     <t>Agroxef</t>
   </si>
   <si>
     <t>Transferència de tecnologia i digitalització dels processos de comercialització directa per a la comercialització dels aliments produïts per petits productors agrícoles i ramaders al sector de l'hostaleria i la restauració nacional.</t>
   </si>
   <si>
-    <t>FERTINNOWA</t>
-[...2 lines deleted...]
-    <t>FERTINNOWA (acrònim en anglès per a Transferència de Tècniques INNOvadores per a la pràctica sostenible de la FERTirrigació), és una xarxa d'intercanvi del coneixement per facilitar la millora de la pràctica de la fertirrigació, adequant-la a les exigències ambientals i normatives europees emparades a la Directiva Marc de l'Aigua i en les que vetllen per la a les zones declarades vulnerables de contaminació d'aqüífers per nitrats.</t>
+    <t>EuroDairy</t>
+  </si>
+  <si>
+    <t>EuroDairy recolza el desenvolupament i la comunicació de la innovació basada en la pràctica en la producció lletera centrant la seva activitat en quatre qüestions clau: Cura dels animals; Resiliència socioeconòmica; Eficiència de recursos; La integració de la producció de llet amb els objectius de biodiversitat</t>
+  </si>
+  <si>
+    <t>Legumes Translated</t>
+  </si>
+  <si>
+    <t>El projecte es basa en la creació de xarxes entre pagesos i altres innovadors i científics en grups d'actors per recopilar i validar el coneixement rellevant basat en la investigació</t>
   </si>
   <si>
     <t>BovINE</t>
   </si>
   <si>
     <t>BovINE (Xarxa Europea d'Innovació en Carn de Boví) va abordar els urgents reptes de sostenibilitat que enfronten els productors de carn de boví reunint ramaders, organitzacions ramaderes, assessors i investigadors per desenvolupar conjuntament innovacions pràctiques que poguessin implementar-se a les explotacions ramaderes europees. BovINE es va establir a 10 Estats membres i es va centrar exclusivament en les necessitats de les 255.000 explotacions que conformen el sector carni boví de la UE.</t>
   </si>
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>La xarxa inclou una varietat de socis, des de grups de productors de porcs fins a investigadors i assessors econòmics, connectant els productors de porcs amb les darreres ciències, tècniques i tecnologies de cria. Hi ha quatre temes clau del project: Gestió de la salut, Qualitat de la carn, Benestar animal, Producció de precisió.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>El projecte cerca la creació d‟una xarxa europea de grups d‟innovació per facilitar l‟intercanvi i la cocreació de coneixements entre agricultors, empreses, investigadors i assessors a través de la recopilació de material d‟usuaris finals i el desenvolupament de noves eines adaptades a les necessitats d‟agricultors i empreses.</t>
   </si>
   <si>
-    <t>EuroDairy</t>
-[...8 lines deleted...]
-    <t>El projecte es basa en la creació de xarxes entre pagesos i altres innovadors i científics en grups d'actors per recopilar i validar el coneixement rellevant basat en la investigació</t>
+    <t>BEST4SOIL</t>
+  </si>
+  <si>
+    <t>Xarxa de professionals creada per compartir coneixements sobre la prevenció i el control de les malalties edàfiques</t>
+  </si>
+  <si>
+    <t>WINETWORK</t>
+  </si>
+  <si>
+    <t>Winetwork és un projecte col·laboratiu europeu per a l'intercanvi i la transferència de coneixements innovadors entre les regions europees de cultiu del vi per augmentar la productivitat i la sostenibilitat del sector. Durant 3 anys, 11 socis de 7 països europeus intercanviaran el seu coneixement sobre dues malalties importants a vinyes: malalties del tronc de vinya i flavesència dorée. L‟enfocament del projecte es basa en les interaccions entre una xarxa d‟agents facilitadors, grups de treball regionals i dos grups de treball científics. Aquest enfocament participatiu permetrà la transferència de resultats de la ciència i el coneixement pràctic als materials adaptats als usuaris finals.</t>
   </si>
   <si>
     <t>Xarxa Riojana de Desenvolupament Rural</t>
   </si>
   <si>
     <t>Eina per difondre informació sobre els seus programes i activitats, així com per donar a conèixer notícies i esdeveniments relacionats amb el desenvolupament rural a La Rioja. També compta amb una secció de recursos, on es poden trobar materials i guies útils per al desenvolupament rural a la regió, i un catàleg de productes i serveis de les zones rurals de La Rioja</t>
   </si>
   <si>
     <t>Xarxa PAC de Malta</t>
   </si>
   <si>
     <t>A Malta, el desenvolupament rural es gestiona a nivell nacional mitjançant un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. El Pla Estratègic estableix les estratègies i mesures prioritàries a adoptar per donar resposta a les necessitats de la zona geogràfica concreta a què fa referència. El finançament del desenvolupament rural a través del FEADER s'inscriu en el marc general dels Fons Estructurals i d'Inversió Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d‟uns Acords d‟associació, que són plans estratègics en què es descriuen els objectius i les prioritats d‟inversió de cada país.</t>
   </si>
   <si>
     <t>Xarxa PAC de Romania</t>
   </si>
   <si>
     <t>A Romania, el desenvolupament rural es gestiona a nivell nacional per mitjà d'un Pla Estratègic, que es finança a través del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) i contribucions nacionals. Europeus (Fons EIE), que també inclouen els fons de Desenvolupament Regional, Social, de Cohesió i de Pesca. Tots aquests fons es gestionen a nivell nacional, per part de cada Estat membre de la UE, sobre la base d'uns Acords d'associació, que són plans estratègics en què es descriuen els objectius i les prioritats d'inversió de cada país.</t>
   </si>
   <si>
     <t>DISARM</t>
   </si>
   <si>
     <t>DISARM és una col·laboració entre agricultors, veterinaris, serveis d'assessorament, acadèmics i indústria per difondre solucions innovadores per al maneig de la resistència als antibiòtics en la producció ramadera per alleujar l'amenaça de la resistència als antibiòtics. La xarxa intercanviarà enfocaments innovadors entre indústries i països per compartir les millors</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN és una xarxa temàtica de nitrogen i fòsfor que recopila coneixements sobre tecnologies, productes, aplicacions i pràctiques de fertilitzants d'origen biològic recuperats, llestos per al seu ús, per a benefici dels professionals agrícoles. El projecte se centra a connectar resultats innovadors, competitius i comercialment llestos per utilitzar-los, derivats de programes científics aplicats d'alta maduresa investigadora i pràctiques industrials comunes.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>SUWANU EUROPE se centra en projectes de reutilització d'aigua a Europa mitjançant la reutilització d'aigües residuals tractades a l'agricultura</t>
-  </si>
-[...10 lines deleted...]
-    <t>Winetwork és un projecte col·laboratiu europeu per a l'intercanvi i la transferència de coneixements innovadors entre les regions europees de cultiu del vi per augmentar la productivitat i la sostenibilitat del sector. Durant 3 anys, 11 socis de 7 països europeus intercanviaran el seu coneixement sobre dues malalties importants a vinyes: malalties del tronc de vinya i flavesència dorée. L‟enfocament del projecte es basa en les interaccions entre una xarxa d‟agents facilitadors, grups de treball regionals i dos grups de treball científics. Aquest enfocament participatiu permetrà la transferència de resultats de la ciència i el coneixement pràctic als materials adaptats als usuaris finals.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consultoria, Auditories, Analítica i Formació al sector de la seguretat alimentària</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organització professional sense ànim de lucre formada per empreses dedicades a la producció de llevat per a nutrició i salut, panificació i fermentació</t>
   </si>
   <si>
     <t>XIL.ORG</t>
   </si>
   <si>
     <t>Plataforma de Recerca, Transferència del coneixement, esdeveniments i notícies relacionades al sector agroalimentari</t>
   </si>
   <si>
     <t>GAL Desenvolupament rural i pesquer d'Eivissa i Formentera</t>
   </si>
   <si>
     <t>La principal tasca del grup és la gestió d'estratègies i projectes de desenvolupament rural i pesquer locals, i la tasca més important per recursos i dedicació és les Estratègies de Desenvolupament Local Participatiu rural i pesquera, cofinançat entre fons europeus (FEADER i FEMP) i nacionals</t>
   </si>
@@ -1881,828 +1935,828 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C251"/>
+  <dimension ref="A1:C260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C251"/>
+      <selection activeCell="A1" sqref="A1:C260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2787.605" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>147</v>
@@ -2724,1195 +2778,1195 @@
         <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
         <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>367</v>
@@ -3934,769 +3988,868 @@
         <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
         <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
         <v>382</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
         <v>384</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
         <v>388</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
         <v>394</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
         <v>402</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
         <v>408</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
         <v>426</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
         <v>428</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
         <v>434</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
         <v>452</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
         <v>456</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
         <v>464</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
         <v>468</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
         <v>470</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="s">
         <v>480</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="s">
         <v>488</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="s">
         <v>492</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="s">
         <v>500</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="s">
         <v>504</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>505</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>