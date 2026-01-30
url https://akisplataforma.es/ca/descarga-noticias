--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,62 +12,470 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1598">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
+  </si>
+  <si>
+    <t>Avanços en l'anàlisi de la fusta i l'estudi de terres del Grup Operatiu Coníferas+</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu Coníferes+ continua avançant en el desenvolupament dels seus treballs de recerca i presa de dades, amb fites rellevants tant en l' anàlisi de la qualitat estructural de la fusta en arbres dempeus com en el mostreig de sòls per a la identificació d'alternatives a les coníferes afectades per malalties . Tots dos avenços reforcen la base científica del projecte i aporten informació…</t>
+  </si>
+  <si>
+    <t>dc., 28/01/2026 - 12:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/avancos-lanalisi-la-fusta-i-lestudi-terres-del-grup-operatiu-coniferas</t>
+  </si>
+  <si>
+    <t>Conferència CDTI “Entre dos Programes, Horitzó Europa”</t>
+  </si>
+  <si>
+    <t>El CDTI organitza la tretzena edició de la Conferència del Programa Marc de Recerca i Innovació (PM) de la Unió Europea a Espanya, sota el lema “Entre dos Programes, Horitzó Europa”, que tindrà lloc el 16 de juny al Palau de Congressos de Catalunya (Barcelona). L'esdeveniment tindrà lloc en col·laboració amb el Ministeri de Ciència, Innovació i Universitats, la Comissió Europea i Acció. Des de la…</t>
+  </si>
+  <si>
+    <t>dc., 28/01/2026 - 11:19</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/conferencia-cdti-entre-dos-programes-horitzo-europa</t>
+  </si>
+  <si>
+    <t>APP-TRI: mostrejos foliars en blat per “llegir” la parcel·la i afinar la predicció de collita</t>
+  </si>
+  <si>
+    <t>Font: APP-TRI El Grup Operatiu APP-TRI avança en un dels pilars que donen sentit al projecte: portar la dada agronòmica real de camp a una aplicació digital capaç d'estimar la productivitat del blat i anticipar possibles desviacions del cultiu . L'eina es recolza en la integració d'informació procedent de mapes de rendiment de recol·lectora i de sensors remots (Sentinel-2) , amb l'objectiu de…</t>
+  </si>
+  <si>
+    <t>dt., 27/01/2026 - 12:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/app-tri-mostrejos-foliars-blat-llegir-la-parcella-i-afinar-la-prediccio-collita</t>
+  </si>
+  <si>
+    <t>Oberta una enquesta sobre digitalització i ús de dades al turisme rural</t>
+  </si>
+  <si>
+    <t>El projecte Data4Rural ha llançat una enquesta adreçada a agents del turisme rural amb l'objectiu de conèixer el grau de digitalització, l'ús actual de les dades i les necessitats formatives principals del sector . Els resultats serviran per dissenyar eines pràctiques, accions formatives i serveis de suport ajustats a la realitat de les organitzacions rurals. L'enquesta és breu i senzilla , amb…</t>
+  </si>
+  <si>
+    <t>dv., 23/01/2026 - 13:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/oberta-una-enquesta-digitalitzacio-i-us-dades-al-turisme-rural</t>
+  </si>
+  <si>
+    <t>La importància de la ramaderia al boví de carn per a la salut, a debat en una nova jornada del Campus Provacuno</t>
+  </si>
+  <si>
+    <t>Durant la jornada, Juan Pascual, veterinari, divulgador científic i vicepresident d'AnimalhealthEurope, va abordar des d'una perspectiva científica i tècnica el paper del bestiar boví en la sostenibilitat, la nutrició i la salut humana. El Campus Provacuno es consolida com un espai de referència per als estudiants universitaris interessats al sector del boví de carn. En la seva última jornada,…</t>
+  </si>
+  <si>
+    <t>dv., 23/01/2026 - 12:59</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/la-importancia-la-ramaderia-al-bovi-carn-la-salut-debat-una-nova-jornada-del-campus</t>
+  </si>
+  <si>
+    <t>Obert el termini per participar a la conferència de l'EU CAP Network sobre resiliència hídrica en agricultura</t>
+  </si>
+  <si>
+    <t>EU CAP Network ha obert el termini de presentació d'expressions d'interès per participar a la conferència “Water resilience in agriculture: innovation in practice” , una trobada europea centrada en la innovació, l'intercanvi de coneixement i l'enfocament EIP-AGRI . El 9 de febrer és la data límit per presentar candidatures per assistir a aquesta reunió que tindrà lloc a Hamburg (Alemanya) del 19…</t>
+  </si>
+  <si>
+    <t>dc., 21/01/2026 - 22:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/obert-el-termini-participar-la-conferencia-leu-cap-network-resiliencia-hidrica-agricultura</t>
+  </si>
+  <si>
+    <t>Fins al 12 de febrer, continua oberta la convocatòria Ecosistemes d'Innovació i Transferència 2025 d'ajudes CDTI</t>
+  </si>
+  <si>
+    <t>La convocatòria Ecosistemes d'Innovació i Transferència 2025 manté obert el termini de presentació de sol·licituds fins al 12 de febrer de 2026 , amb l'objectiu de reforçar ecosistemes interregionals orientats a la transferència, difusió i valorització del coneixement , en línia amb l'enfocament dels Sistemes de Coneixement i Innovació Agrària ( Aquesta actuació busca fomentar models col·…</t>
+  </si>
+  <si>
+    <t>dt., 20/01/2026 - 17:45</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/fins-al-12-febrer-continua-oberta-la-convocatoria-ecosistemes-dinnovacio-i-transferencia</t>
+  </si>
+  <si>
+    <t>SECUESVAC avança en el càlcul del segrest de carboni orgànic als sòls agraris</t>
+  </si>
+  <si>
+    <t>El projecte del GO SECUESVAC ha fet un nou pas amb l'inici de la fase centrada en el càlcul del segrest de carboni orgànic a terra. Després del començament de la segona etapa, els integrants del Grup Operatiu Optimització del segrest de carboni als sòls agraris associats a la producció de carn de boví treballen en la definició d'estratègies i en la recollida de dades necessàries per desenvolupar…</t>
+  </si>
+  <si>
+    <t>dt., 20/01/2026 - 10:22</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/secuesvac-avanca-el-calcul-del-segrest-carboni-organic-als-sols-agraris</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation obre el seu Open Call 2026 per impulsar la digitalització del sector agroalimentari</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation llança oficialment l' Open Call de la seva edició 2026 , dirigida a startups i projectes tecnològics que aportin solucions innovadores als grans reptes del sector agroalimentari. El programa cerca iniciatives capaces d'accelerar la transformació digital , millorar la sostenibilitat i reforçar la competitivitat del sector. AgroBank Tech Digital INNovation és un…</t>
+  </si>
+  <si>
+    <t>dl., 19/01/2026 - 16:47</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/agrobank-tech-digital-innovation-obre-el-seu-open-call-2026-impulsar-la-digitalitzacio-del</t>
+  </si>
+  <si>
+    <t>La digitalització del camp: una aliada per al futur del regadiu a la Comunitat de regants de La Nava</t>
+  </si>
+  <si>
+    <t>La digitalització ha esdevingut una eina clau per fer front als grans reptes del camp del segle XXI: l'escassetat d'aigua, el canvi climàtic i la necessitat de produir més amb menys recursos. En aquest context, les noves tecnologies aplicades al regadiu, com els sensors, plataformes de dades, automatització o telegestió, estan transformant la manera com els agricultors planifiquen i gestionen els…</t>
+  </si>
+  <si>
+    <t>dv., 16/01/2026 - 11:33</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/la-digitalitzacio-del-camp-una-aliada-al-futur-del-regadiu-la-comunitat-regants-la-nava</t>
+  </si>
+  <si>
+    <t>Evolució del projecte del GO Olivebiome</t>
+  </si>
+  <si>
+    <t>El projecte del GO Olivebiome , coordinat tècnicament per Maslina , avança amb força cap a la validació industrial de solucions probiòtiques sostenibles per a l'alimentació animal, gràcies a la plena incorporació d' AINIA . Els darrers avenços se centren en tres fites clau: Optimització de cultius : AINIA està comparant el creixement de probiòtics en medi MRS i en sèrum lacti, amb l'objectiu d'…</t>
+  </si>
+  <si>
+    <t>dv., 16/01/2026 - 11:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/evolucio-del-projecte-del-go-olivebiome</t>
+  </si>
+  <si>
+    <t>Comença la campanya Local Food Advisors' Journey 2026: un full de ruta europeu per reforçar l'assessorament en canals curts</t>
+  </si>
+  <si>
+    <t>Iniciativa d' EU 4Advice i COREnet , Local Food Advisors' Journey 2026 neix amb l'objectiu de posar en valor la Xarxa Europea d'Assessorament a Canals Curts de Comercialització (EAN-SFSC) i, alhora, implicar activament les persones assessores en la seva construcció i millora contínua . Aquesta iniciativa està concebuda com un itinerari flexible i en evolució , adreçat a assessors i assessores que…</t>
+  </si>
+  <si>
+    <t>dj., 15/01/2026 - 13:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/comenca-la-campanya-local-food-advisors-journey-2026-full-ruta-europeu-reforcar</t>
+  </si>
+  <si>
+    <t>CDTI Innovació busca una empresa espanyola per a un projecte d'R+D a Agritech amb FAEDA (Senegal)</t>
+  </si>
+  <si>
+    <t>CDTI Innovació ha publicat una recerca de soci empresarial per identificar una empresa espanyola interessada a desenvolupar un projecte d'R+D en cooperació internacional juntament amb l'empresa senegalesa FAEDA , a l'àmbit Agritech , concretament en l' aplicació de TIC a l'avicultura . La col·laboració proposada se centra en el desenvolupament i validació d'una granja pilot avícola al Senegal ,…</t>
+  </si>
+  <si>
+    <t>dt., 13/01/2026 - 23:03</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/cdti-innovacio-busca-una-empresa-espanyola-projecte-drd-agritech-amb-faeda-senegal</t>
+  </si>
+  <si>
+    <t>El 2026 arrenca el bloc de jornades tècniques sectorials del pla per impulsar l'agricultura regenerativa i sostenible</t>
+  </si>
+  <si>
+    <t>El 2026 s'inicia el bloc de jornades tècniques sectorials dins del programa “Jornades i seminaris tècnics per a l'impuls de l'agricultura regenerativa i sostenible” , una iniciativa posada en marxa el març del 2025 per la Fundació Juana de Vega i l'empresa Agroassessor , i subvencionada pel Ministeri d'Agricultura, Pesca i Alimentació . Durant gairebé un any i mig, les dues entitats han promogut…</t>
+  </si>
+  <si>
+    <t>dt., 13/01/2026 - 20:26</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-2026-arrenca-el-bloc-jornades-tecniques-sectorials-del-pla-impulsar-lagricultura</t>
+  </si>
+  <si>
+    <t>La revolució de l'aigua intel·ligent: Xinzo de Limia se suma a la digitalització del regadiu</t>
+  </si>
+  <si>
+    <t>La digitalització del camp avança amb pas ferm i Galícia no es queda enrere. La Comunitat de Regants de Llacuna d'Antela, a la comarca ourensana d'A Limia, ha iniciat la implantació de solucions tecnològiques que marcaran un abans i un després en la gestió de l'aigua agrícola . Aquest projecte, recolzat pels fons europeus Next Generation a través del PERTE de Digitalització del Cicle de l'Aigua…</t>
+  </si>
+  <si>
+    <t>dl., 12/01/2026 - 16:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/la-revolucio-laigua-intelligent-xinzo-limia-se-suma-la-digitalitzacio-del-regadiu</t>
+  </si>
+  <si>
+    <t>Innovació i tecnologia, pilars de la seguretat i la sobirania alimentàries a la UE</t>
+  </si>
+  <si>
+    <t>Garantir la seguretat alimentària i la sobirania de la Unió Europea en un context global marcat per la incertesa geopolítica, climàtica i econòmica ha esdevingut una prioritat estratègica. Així es va posar de manifest en el recent Consell extraordinari de Ministres d'Agricultura de la Unió Europea a Brussel·les , celebrada el 7 de gener per iniciativa de la Comissió Europea i la Presidència…</t>
+  </si>
+  <si>
+    <t>dv., 09/01/2026 - 12:36</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/innovacio-i-tecnologia-pilars-la-seguretat-i-la-sobirania-alimentaries-la-ue</t>
+  </si>
+  <si>
+    <t>La Xunta de Galícia intensifica la coordinació amb Xenètica Fontao a favor de la millora del bestiar gallec</t>
+  </si>
+  <si>
+    <t>FONT: RFEAGAS Els directors generals de Ramaderia, Agricultura i Indústries Agroalimentàries, José Balseiros, i de la PAC i de Control de Cadena Alimentària, Juan José Cerviño, es van reunir a San Caetano amb responsables de Xenètica Fontao, empresa participada per la Xunta i encarregada de la gestió del Centre d'Escolma i Reprodució Animal de La trobada va servir per reforçar les línies de col·…</t>
+  </si>
+  <si>
+    <t>dc., 07/01/2026 - 15:52</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/la-xunta-galicia-intensifica-la-coordinacio-amb-xenetica-fontao-favor-la-millora-del</t>
+  </si>
+  <si>
+    <t>El Govern impulsa el coneixement sobre agricultura de carboni mitjançant un conveni amb lAssociació Espanyola dAgricultura de Conservació Sòls Vius</t>
+  </si>
+  <si>
+    <t>El conveni dóna continuïtat a l'actual marc de col·laboració conjunta per tal de contribuir a un millor coneixement de les pràctiques d'agricultura de conservació ja que tinguin una aplicació més gran entre els ecorregims Prestarà especial atenció a la formació de dones i per afavorir el relleu generacional i fixar població al medi rural El conveni compta amb un pressupost màxim de 422.100 euros…</t>
+  </si>
+  <si>
+    <t>dt., 23/12/2025 - 13:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-govern-impulsa-el-coneixement-agricultura-carboni-mitjancant-conveni-amb-lassociacio</t>
+  </si>
+  <si>
+    <t>GO LIVLAB-IN: Com el fras d'insectes està revolucionant la fertilització de cultius hortícoles</t>
+  </si>
+  <si>
+    <t>Aquesta és la base del projecte GO LIVLAB-IN , una iniciativa innovadora que aposta per la insecticultura i l'economia circular com a palanques per transformar l'agricultura i l'agroindústria. LIVLAB-IN planteja un model pioner que utilitza la producció d'insectes per valorar subproductes, deixalles i residus vegetals generats al llarg de la cadena alimentària, des de les primeres fases de…</t>
+  </si>
+  <si>
+    <t>dt., 23/12/2025 - 12:51</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/go-livlab-com-el-fras-dinsectes-esta-revolucionant-la-fertilitzacio-cultius-horticoles</t>
+  </si>
+  <si>
+    <t>Oberta la convocatòria Estades R+P per impulsar l'assessorament científic a l'Administració, amb reptes relacionats amb el sector agroalimentari i forestal</t>
+  </si>
+  <si>
+    <t>La convocatòria Estades I+P obre una nova oportunitat perquè la comunitat científica espanyola contribueixi de manera directa al disseny i la millora de les polítiques públiques mitjançant l'assessorament científic a l'Administració General de l'Estat. Es tracta d´una iniciativa pionera, impulsada per l´Oficina Nacional d´Assessorament Científic (ONAC) i la Fundació Espanyola per a la Ciència i…</t>
+  </si>
+  <si>
+    <t>dl., 22/12/2025 - 18:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/oberta-la-convocatoria-estades-rp-impulsar-lassessorament-cientific-ladministracio-amb</t>
+  </si>
+  <si>
+    <t>CITOLIVA ofereix al sector oleícola l'eina tecnològica per transformar els subproductes</t>
+  </si>
+  <si>
+    <t>OLIVEVALUE, finançat per la Junta d'Andalusia (PAIDI 2020), ofereix un sistema pioner que recomana a trulls i orelles la millor ruta per valoritzar rossinyols, ossos, fulles i altres restes de l'oliverar. CITOLIVA ha finalitzat amb èxit el projecte OLIVEVALUE , una iniciativa que deixa com a resultat principal un model innovador de suport a la presa de decisions estratègiques per a l'aprofitament…</t>
+  </si>
+  <si>
+    <t>dl., 22/12/2025 - 15:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/citoliva-ofereix-al-sector-oleicola-leina-tecnologica-transformar-els-subproductes</t>
+  </si>
+  <si>
+    <t>Nova convocatòria d'ajuts a l'assessorament per a la digitalització del sector agroalimentari i forestal</t>
+  </si>
+  <si>
+    <t>L' assessorament torna a situar-se al centre de la transformació digital del sector agroalimentari i forestal . El Ministeri d'Agricultura, Pesca i Alimentació (MAPA) ha llançat una nova convocatòria d'ajuts per a serveis d'assessorament en digitalització , dotada amb 4,7 milions d'euros , en el marc del Pla Estratègic de la PAC 2023-2027 (PEPAC) . Una línia de suport clau per reforçar el paper…</t>
+  </si>
+  <si>
+    <t>dl., 22/12/2025 - 11:25</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/nova-convocatoria-dajuts-lassessorament-la-digitalitzacio-del-sector-agroalimentari-i</t>
+  </si>
+  <si>
+    <t>SmartFarmRani avança en la conservació genètica i la innovació ramadera a Àvila</t>
+  </si>
+  <si>
+    <t>El projecte SmartFarmRani continua desenvolupant noves actuacions a la província d'Àvila , reforçant el seu compromís amb la innovació, la conservació genètica i la millora de la sostenibilitat a la ramaderia extensiva de races autòctones. En el marc d‟aquestes activitats, membres del projecte s‟han desplaçat a la Diputació d‟Àvila per dur a terme l‟ extracció de semen de dos sementals d‟alta…</t>
+  </si>
+  <si>
+    <t>dv., 19/12/2025 - 11:41</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/smartfarmrani-avanca-la-conservacio-genetica-i-la-innovacio-ramadera-avila</t>
+  </si>
+  <si>
+    <t>OP BIOTECH impulsa solucions microbianes per augmentar la tolerància dels cultius a l'escassetat d'aigua</t>
+  </si>
+  <si>
+    <t>El projecte OP BIOTECH continua avançant en el desenvolupament d'estratègies innovadores basades en l'ús de bacteris beneficiosos amb l'objectiu de reforçar la resistència dels cultius davant de situacions d'estrès hídric. Aquesta línia de treball se centra a aprofitar el potencial de determinats microorganismes del terra i de la rizosfera per millorar el comportament fisiològic de les plantes…</t>
+  </si>
+  <si>
+    <t>dv., 19/12/2025 - 09:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/op-biotech-impulsa-solucions-microbianes-augmentar-la-tolerancia-dels-cultius-lescassetat</t>
+  </si>
+  <si>
+    <t>ASH4SOIL va participar en el tancament del projecte europeu AF4EU</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu ASH4SOIL , coordinat per FEUGA , va participar el passat 12 de desembre a la trobada regional de la Xarxa Regional d'Innovació Agroforestal (RAIN) del projecte europeu AF4EU , liderat per la Universidade de Santiago de Compostela (USC) L'esdeveniment va posar fi a tres anys de col·laboració i de treball conjunt entre entitats de 10 països europeus , amb l'objectiu d'impulsar l'…</t>
+  </si>
+  <si>
+    <t>dj., 18/12/2025 - 18:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/ash4soil-va-participar-el-tancament-del-projecte-europeu-af4eu</t>
+  </si>
+  <si>
+    <t>Setze xefs de renom se sumen al menjar solidari que organitza Provacuno</t>
+  </si>
+  <si>
+    <t>Setze xefs, diversos Estrella Michelin, han participat aquest any en el ja tradicional menjar solidari nadalenc en benefici de les persones més necessitades de Madrid que organitza la Interprofessional de la Carn de Boví (PROVACUNO) amb el suport de l'alcalde de la ciutat, José Luis Martínez-Almeida. La iniciativa, que se celebra des de fa quatre anys, ha consistit en l'elaboració i el lliurament…</t>
+  </si>
+  <si>
+    <t>dj., 18/12/2025 - 13:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/setze-xefs-renom-se-sumen-al-menjar-solidari-que-organitza-provacuno</t>
+  </si>
+  <si>
+    <t>Convocada una plaça de doctorat MSCA sobre biologia cromosòmica en el marc de la xarxa AGILE</t>
+  </si>
+  <si>
+    <t>Font: Xarxa PlantMicro La xarxa doctoral europea Marie Skłodowska-Curie “AGILE” ha obert una convocatòria per a una plaça de doctorat (PhD) amb inici a la primavera de 2026 , centrada en l'anàlisi comparativa de la cromatina en cromosomes estàndard i supernumeraris en plantes. La investigació es desenvoluparà a l' IPK de Gatersleben (Alemanya) i abordarà aspectes clau de la biologia cromosòmica,…</t>
+  </si>
+  <si>
+    <t>dj., 18/12/2025 - 13:43</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/convocada-una-placa-doctorat-msca-biologia-cromosomica-el-marc-la-xarxa-agile</t>
+  </si>
+  <si>
+    <t>CITOLIVA impulsa el 2026 una línia pionera de recerca basada en tècniques avançades de lipidòmica</t>
+  </si>
+  <si>
+    <t>La Fundació va celebrar la reunió del seu Patronat, en què es va presentar el full de ruta per al proper any. Entre les novetats principals, va destacar el llançament d'una nova línia de recerca en l'àmbit de l'alimentació i la salut, que obrirà noves oportunitats en el desenvolupament d'aliments més saludables i funcionals. A la reunió es va aprovar el Pla d'Actuació per al 2026 i es va procedir…</t>
+  </si>
+  <si>
+    <t>dc., 17/12/2025 - 09:53</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/citoliva-impulsa-el-2026-una-linia-pionera-recerca-basada-tecniques-avancades-lipidomica</t>
+  </si>
+  <si>
+    <t>El GO e-LocalHub llança les seves primeres videoreceptes per posar en valor les races autòctones</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu e-LocalHub ha publicat les primeres videoreceptes del projecte, una iniciativa gastronòmica orientada a apropar al consumidor final els productes procedents de races autòctones i de la ramaderia extensiva tradicional . Les elaboracions es realitzen amb productes de les races participants en el projecte: porcina Ibèrica , aviària Castellana Negra , bovina Avileña-Negra Ibèrica i…</t>
+  </si>
+  <si>
+    <t>dt., 16/12/2025 - 15:13</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-go-e-localhub-llanca-les-seves-primeres-videoreceptes-posar-valor-les-races-autoctones</t>
+  </si>
+  <si>
+    <t>Les Jornades Tècniques RFEAGAS 2025 reforcen la coordinació i el futur de la ramaderia de selecció</t>
+  </si>
+  <si>
+    <t>Les Jornades Tècniques RFEAGAS 2025 van reunir a Madrid associacions de criadors, tècnics i professionals del sector amb l'objectiu d'analitzar i actualitzar els principals reptes i oportunitats de la ramaderia de raça pura a Espanya . El programa va abordar, des d'una perspectiva tècnica i transversal , qüestions clau com la sanitat animal , la millora genètica , la digitalització i la gestió de…</t>
+  </si>
+  <si>
+    <t>dt., 16/12/2025 - 14:15</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/les-jornades-tecniques-rfeagas-2025-reforcen-la-coordinacio-i-el-futur-la-ramaderia</t>
+  </si>
+  <si>
+    <t>FutureFoodS llança la seva segona convocatòria transnacional cofinançada per accelerar la sostenibilitat alimentària</t>
+  </si>
+  <si>
+    <t>El partenariat europeu FutureFoodS ha anunciat l'obertura de la seva Segona Convocatòria Transnacional Cofinançada , destinada a finançar projectes de recerca i innovació que impulsin la transició cap a sistemes alimentaris més sostenibles, saludables, circulars i transparents . La convocatòria convida investigadors, centres tecnològics, universitats, administracions públiques, ONG i empreses –…</t>
+  </si>
+  <si>
+    <t>dv., 12/12/2025 - 16:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/futurefoods-llanca-la-seva-segona-convocatoria-transnacional-cofinancada-accelerar-la</t>
+  </si>
+  <si>
+    <t>El CDTI Innovació finançarà la participació espanyola a la tercera convocatòria del partenariat europeu Agroecology</t>
+  </si>
+  <si>
+    <t>El Centre per al Desenvolupament Tecnològic i la Innovació (CDTI Innovació) ha anunciat que finançarà la participació d'entitats espanyoles en la tercera convocatòria cofinançada del partenariat europeu Agroecology , recentment llançada sota el títol “Fostering plant and animal genetic diversity and empowering farmers to accelerate the agroecologic . Aquesta iniciativa cerca impulsar la…</t>
+  </si>
+  <si>
+    <t>dv., 12/12/2025 - 15:10</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-cdti-innovacio-financara-la-participacio-espanyola-la-tercera-convocatoria-del</t>
+  </si>
+  <si>
+    <t>CONAFE participa en set treballs científics presentats al Congrés Mundial de Genètica Aplicada a la Producció Ramadera 2026</t>
+  </si>
+  <si>
+    <t>La Confederació d'Associacions de Frisona Espanyola (CONAFE) col·labora en diversos treballs científics que han estat presentats al Congrés Mundial de Genètica Aplicada a la Producció Ramadera (WCGALP 2026) , que se celebrarà del 12 al 17 de juliol de 2026 a Madison (Wisconsin, EUA) . El WCGALP és el principal fòrum internacional sobre millora genètica animal , reunint cada quatre anys…</t>
+  </si>
+  <si>
+    <t>dc., 10/12/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/conafe-participa-set-treballs-cientifics-presentats-al-congres-mundial-genetica-aplicada</t>
+  </si>
+  <si>
+    <t>Disponible a YouTube l'enregistrament del seminari “R+D+i: Solucions digitals per a una viticultura sostenible” en què va participar el GO PRERIVID</t>
+  </si>
+  <si>
+    <t>Font: GO PRERIVID El passat 28 d'octubre va tenir lloc el seminari en línia gratuït “ R+D+i: Solucions digitals per a una viticultura sostenible”, organitzat per la Plataforma Tecnològica del Vi (PTV) en col·laboració amb l'Organització Interprofessional del Vi d'Espanya (OIVE) i AgroBank . En aquest marc, Débora Franco, directora de Monet Viticultura, va presentar els avenços del Grup Operatiu…</t>
+  </si>
+  <si>
+    <t>dt., 09/12/2025 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/disponible-youtube-lenregistrament-del-seminari-rdi-solucions-digitals-una-viticultura</t>
   </si>
   <si>
     <t>Grups Operatius: innovació agroalimentària en la lluita contra la Peste Porcina Africana</t>
   </si>
   <si>
     <t>La Política Agrària Comuna (PAC) ha impulsat en els darrers anys nombrosos Grups Operatius d'Innovació que treballen per millorar la sanitat i el benestar animal al sector ramader. Aquestes iniciatives, finançades amb fons europeus i desenvolupades en col·laboració entre ramaders, investigadors, administracions i empreses, tenen un objectiu comú: convertir la ciència i la tecnologia en solucions…</t>
   </si>
   <si>
     <t>dv., 05/12/2025 - 21:14</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/grups-operatius-innovacio-agroalimentaria-la-lluita-contra-la-peste-porcina-africana</t>
   </si>
   <si>
     <t>El GO CONTROL celebra una reunió tècnica a València per avaluar l'avenç dels pilots</t>
   </si>
   <si>
     <t>El GO CONTROL ha celebrat una reunió tècnica a la ciutat de València amb l'objectiu d'analitzar detalladament l'estat de desenvolupament i el grau d'avanç dels pilots que s'estan implementant actualment a la Comunitat Valenciana ia Castella i Lleó . La trobada va reunir els equips tècnics responsables de l'execució dels pilots a les dues regions , convertint-se en un espai clau de coordinació,…</t>
   </si>
   <si>
     <t>dv., 05/12/2025 - 10:53</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-go-control-celebra-una-reunio-tecnica-valencia-avaluar-lavenc-dels-pilots</t>
   </si>
@@ -4748,54 +5156,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D383"/>
+  <dimension ref="A1:D417"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D383"/>
+      <selection activeCell="A1" sqref="A1:D417"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -6292,527 +6700,527 @@
       <c r="C108" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B110" s="1"/>
+      <c r="B110" s="1" t="s">
+        <v>437</v>
+      </c>
       <c r="C110" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="B144" s="1" t="s">
         <v>572</v>
       </c>
+      <c r="B144" s="1"/>
       <c r="C144" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>579</v>
       </c>
@@ -8758,1412 +9166,1888 @@
         <v>1134</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1207</v>
+        <v>1229</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1239</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1223</v>
+        <v>1257</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1223</v>
+        <v>1261</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1223</v>
+        <v>1265</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1251</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>1252</v>
+        <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1253</v>
+        <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1223</v>
+        <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1223</v>
+        <v>1273</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1259</v>
+        <v>1279</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1223</v>
+        <v>1273</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1223</v>
+        <v>1283</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1263</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1264</v>
+        <v>1285</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1265</v>
+        <v>1286</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1223</v>
+        <v>1283</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1266</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1267</v>
+        <v>1288</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1268</v>
+        <v>1289</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1223</v>
+        <v>1283</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1271</v>
+        <v>1292</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1296</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1223</v>
+        <v>1297</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1275</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1276</v>
+        <v>1299</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1277</v>
+        <v>1300</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1223</v>
+        <v>1297</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1278</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1223</v>
+        <v>1297</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1281</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1282</v>
+        <v>1305</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1283</v>
+        <v>1306</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1223</v>
+        <v>1307</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1284</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1285</v>
+        <v>1309</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1286</v>
+        <v>1310</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1223</v>
+        <v>1311</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1287</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1288</v>
+        <v>1313</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1289</v>
+        <v>1314</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1223</v>
+        <v>1315</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1223</v>
+        <v>1319</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1293</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1294</v>
+        <v>1321</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1295</v>
+        <v>1322</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1223</v>
+        <v>1323</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1296</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1297</v>
+        <v>1325</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1223</v>
+        <v>1327</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1299</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1300</v>
+        <v>1329</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1301</v>
+        <v>1330</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1223</v>
+        <v>1331</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1302</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1303</v>
+        <v>1333</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1223</v>
+        <v>1335</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1305</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1306</v>
+        <v>1337</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1307</v>
+        <v>1338</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1310</v>
+        <v>1342</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1311</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1312</v>
+        <v>1345</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1313</v>
+        <v>1346</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1314</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1315</v>
+        <v>1348</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1316</v>
+        <v>1349</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1317</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1318</v>
+        <v>1351</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1319</v>
+        <v>1352</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1320</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1321</v>
+        <v>1354</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1322</v>
+        <v>1355</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1323</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1324</v>
+        <v>1357</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1325</v>
+        <v>1358</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1326</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1327</v>
+        <v>1361</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1328</v>
+        <v>1362</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1329</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1330</v>
+        <v>1364</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1331</v>
+        <v>1365</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1332</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1333</v>
+        <v>1367</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1334</v>
+        <v>1368</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1335</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1336</v>
+        <v>1370</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1337</v>
+        <v>1371</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1338</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1339</v>
+        <v>1373</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1340</v>
+        <v>1374</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1341</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1342</v>
+        <v>1376</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1343</v>
+        <v>1377</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1344</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1345</v>
+        <v>1379</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1346</v>
+        <v>1380</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1347</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1348</v>
+        <v>1382</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1349</v>
+        <v>1383</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1350</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1351</v>
+        <v>1385</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1352</v>
+        <v>1386</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1354</v>
+        <v>1388</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1355</v>
+        <v>1389</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1357</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1358</v>
+        <v>1391</v>
       </c>
       <c r="B354" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C354" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D354" s="1" t="s">
-        <v>1361</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1362</v>
+        <v>1394</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1363</v>
+        <v>1395</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1365</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1366</v>
+        <v>1397</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1367</v>
+        <v>1398</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1368</v>
+        <v>1359</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1369</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1370</v>
+        <v>1400</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1371</v>
+        <v>1401</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1373</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1375</v>
+        <v>1404</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1376</v>
+        <v>1359</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1377</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1378</v>
+        <v>1406</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1379</v>
+        <v>1407</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1380</v>
+        <v>1359</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1381</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1382</v>
+        <v>1409</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1383</v>
+        <v>1410</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1384</v>
+        <v>1359</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1385</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1386</v>
+        <v>1412</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1387</v>
+        <v>1413</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1388</v>
+        <v>1359</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1389</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1390</v>
+        <v>1415</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1391</v>
+        <v>1416</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1392</v>
+        <v>1359</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1393</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1394</v>
+        <v>1418</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1395</v>
+        <v>1419</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1396</v>
+        <v>1359</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1397</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1398</v>
+        <v>1421</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1399</v>
+        <v>1422</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1401</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1402</v>
+        <v>1424</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1403</v>
+        <v>1425</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1404</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1405</v>
+        <v>1427</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1406</v>
+        <v>1428</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1407</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1408</v>
+        <v>1430</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1409</v>
+        <v>1431</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1413</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1414</v>
+        <v>1436</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1415</v>
+        <v>1437</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1416</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1417</v>
+        <v>1439</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1418</v>
+        <v>1440</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1419</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1420</v>
+        <v>1442</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1421</v>
+        <v>1443</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1423</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1424</v>
+        <v>1445</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1425</v>
+        <v>1446</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1426</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1427</v>
+        <v>1448</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1428</v>
+        <v>1449</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1429</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1430</v>
+        <v>1451</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1431</v>
+        <v>1452</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1432</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1433</v>
+        <v>1454</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1434</v>
+        <v>1455</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1435</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1436</v>
+        <v>1457</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1437</v>
+        <v>1458</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1438</v>
+        <v>1359</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1439</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1440</v>
+        <v>1460</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1441</v>
+        <v>1461</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1443</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1444</v>
+        <v>1463</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1445</v>
+        <v>1464</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1446</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1447</v>
+        <v>1466</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1448</v>
+        <v>1467</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1449</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1450</v>
+        <v>1469</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1451</v>
+        <v>1470</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1452</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1453</v>
+        <v>1472</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1454</v>
+        <v>1473</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1455</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1457</v>
+        <v>1476</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1458</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1459</v>
+        <v>1478</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1460</v>
+        <v>1479</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1461</v>
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1597</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>