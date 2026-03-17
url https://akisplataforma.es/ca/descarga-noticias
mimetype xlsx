--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -12,64 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
+    <t>La Junta d'Andalusia ha inaugurat la nova Oficina Comarcal Agrària (OCA) de Ronda</t>
+  </si>
+  <si>
+    <t>La Junta d'Andalusia ha inaugurat la nova Oficina Comarcal Agrària (OCA) de Ronda , una infraestructura en què s'han invertit 1,7 milions d'euros , finançats en gran part amb fons Feader . La nova seu substitueix unes antigues instal·lacions que resultaven insuficients per atendre les més de 5.000 explotacions agràries de la comarca, i es concep com un reforçament de la primera línia d'atenció al…</t>
+  </si>
+  <si>
+    <t>dj., 12/03/2026 - 09:54</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/la-junta-dandalusia-ha-inaugurat-la-nova-oficina-comarcal-agraria-oca-ronda</t>
+  </si>
+  <si>
+    <t>El projecte MujerForest forma dones del medi rural per a l'ocupabilitat verda</t>
+  </si>
+  <si>
+    <t>MujerForest és un projecte gratuït de formació i ocupabilitat verda dirigit principalment a dones del medi rural de la Serra Morena de Sevilla , en el marc de la bioeconomia i la gestió forestal sostenible. Està cofinançat pel Fons Social Europeu Plus (FSE+) en un 85% , dins de la Convocatòria 2024 del Programa Empleaverde+ , gestionat per la Fundació Biodiversitat del Ministeri per a la…</t>
+  </si>
+  <si>
+    <t>dl., 09/03/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-projecte-mujerforest-forma-dones-del-medi-rural-locupabilitat-verda</t>
+  </si>
+  <si>
+    <t>La Junta aprova la creació de l'Acadèmia Andalusa d'Agricultura</t>
+  </si>
+  <si>
+    <t>Font: Junta d'Andalusia L'entitat tindrà seu a Almeria i promourà la investigació, la innovació i la transferència de coneixement al sector agrari El Consell de Govern ha aprovat el decret pel qual es crea l'Acadèmia Andalusa d'Agricultura, amb seu al Parc Cientificotecnològic d'Almeria (PITA), i la seva integració a l'Institut d'Acadèmies d'Andalusia. La nova institució neix amb els objectius de…</t>
+  </si>
+  <si>
+    <t>dl., 09/03/2026 - 12:49</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/la-junta-aprova-la-creacio-lacademia-andalusa-dagricultura</t>
+  </si>
+  <si>
+    <t>CIDAF i quatre projectes d'innovació circular: del residu agroalimentari al bioinsum ia l'ingredient funcional</t>
+  </si>
+  <si>
+    <t>La bioeconomia circular està obrint noves vies perquè el sector agroalimentari converteixi subproductes i recursos naturals en solucions d'alt valor : bioestimulants, ingredients funcionals, pinsos més eficients i alternatives naturals per millorar la sanitat i la productivitat dels cultius. En aquesta línia se situen quatre projectes col·laboratius amb participació destacada del Centre d'…</t>
+  </si>
+  <si>
+    <t>dl., 02/03/2026 - 18:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/cidaf-i-quatre-projectes-dinnovacio-circular-del-residu-agroalimentari-al-bioinsum-ia</t>
+  </si>
+  <si>
+    <t>CTAEX impulsa la transferència i la col·laboració a Transfiere 2026</t>
+  </si>
+  <si>
+    <t>El Centre Tecnològic Nacional Agroalimentari Extremadura (CTAEX) va participar a Transfiere , el Fòrum Europeu per a la Ciència, Tecnologia i Innovació , amb el propòsit de reforçar la transferència de coneixement i obrir noves vies de cooperació al sector agroalimentari. L'esdeveniment es va celebrar del 24 al 26 de febrer de 2026 al Palau de Fires i Congressos de Màlaga . Com en anteriors…</t>
+  </si>
+  <si>
+    <t>dl., 02/03/2026 - 16:05</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/ctaex-impulsa-la-transferencia-i-la-collaboracio-transfiere-2026</t>
+  </si>
+  <si>
+    <t>Els Seminaris CITOLIVA arrenquen al març a Còrdova: sis jornades tècniques per impulsar el futur de l'oliverar</t>
+  </si>
+  <si>
+    <t>Còrdova serà el punt de partida dels Seminaris CITOLIVA , una proposta formativa presencial que connecta ciència, pràctica i territori per afrontar els grans reptes del sector oleícola: canvi climàtic, escassetat de recursos i exigència creixent de qualitat . Sota el lema “Forma part de la xarxa de coneixement que està transformant l'oliverar” , CITOLIVA impulsa aquest cicle com un espai tècnic i…</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 21:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/els-seminaris-citoliva-arrenquen-al-marc-cordova-sis-jornades-tecniques-impulsar-el-futur</t>
+  </si>
+  <si>
+    <t>Besemoslaterra reuneix guies i solucions innovadores per millorar la salut del sòl</t>
+  </si>
+  <si>
+    <t>El Butlletí Informatiu de febrer de Besemoslatierra arriba amb continguts d'especial interès per a professionals del sector primari, assessors, tècnics i persones implicades en la innovació agrària. En un context en què la sostenibilitat i la productivitat depenen cada cop més d'una bona gestió del sòl, aquesta edició recopila recursos pràctics i enfocaments innovadors orientats a la millora dels…</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 18:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/besemoslaterra-reuneix-guies-i-solucions-innovadores-millorar-la-salut-del-sol</t>
+  </si>
+  <si>
+    <t>Luis Planas situa la innovació i la digitalització com a eix del lideratge agroalimentari espanyol</t>
+  </si>
+  <si>
+    <t>El ministre defensa l?aposta del Govern per la modernització tecnològica, clau per reforçar la competitivitat i la sostenibilitat del sector en un context internacional complex Subratlla que Espanya és una potència agroalimentària i que l'Estratègia Nacional d'Alimentació i el Pla Internacional de la Gastronomia consoliden un full de ruta per garantir-ne el lideratge Planas posa en valor “l'…</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 18:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/luis-planas-situa-la-innovacio-i-la-digitalitzacio-com-eix-del-lideratge-agroalimentari</t>
+  </si>
+  <si>
+    <t>CNTA llança la sisena edició de Food (Tech)² Challengers i obre el termini de sol·licituds fins al 13 de març</t>
+  </si>
+  <si>
+    <t>El Centre Nacional de Tecnologia i Seguretat Alimentària (CNTA) ha obert el període d'enviament de sol·licituds per participar a la 6a edició de Food (Tech)² Challengers , un programa d'impuls tecnològic finançat pel Ministeri d'Agricultura, Pesca i Alimentació (MAPA) i orientat a accelerar el desenvolupament i la competitivitat de startups . La convocatòria és oberta des del 12 de febrer de 2026…</t>
+  </si>
+  <si>
+    <t>dv., 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/cnta-llanca-la-sisena-edicio-food-tech2-challengers-i-obre-el-termini-sollicituds-fins-al</t>
+  </si>
+  <si>
+    <t>Oberta una nova convocatòria de “Repte Rural Digital”, formació gratuïta per impulsar la inclusió digital al medi rural</t>
+  </si>
+  <si>
+    <t>La Fundació UNED manté oberta una nova finestra d'inscripció del programa Repte Rural Digital – “La inclusió digital rural: un avenç social” , un itinerari de formació digital gratuïta adreçat a població resident al medi rural i nuclis dispersos. La 6a convocatòria estarà disponible del 9 al 27 de març de 2026 . El projecte està subvencionat per la Unió Europea – Next Generation EU , en el marc…</t>
+  </si>
+  <si>
+    <t>dc., 18/02/2026 - 16:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/oberta-una-nova-convocatoria-repte-rural-digital-formacio-gratuita-impulsar-la-inclusio</t>
+  </si>
+  <si>
+    <t>EDIH Madrid Region 2.0 arrenca la seva nova etapa amb la trobada de llançament a la Fundació madri+d</t>
+  </si>
+  <si>
+    <t>La seu de la Fundació per al Coneixement madri+d va acollir el passat 20 de gener de 2026 la reunió de llançament ( Kick-off meeting ) d' EDIH Madrid Region 2.0 , una fita que formalitza el començament de la nova fase de l' European Digital Innovation Hub de la Comunitat de Madrid. La jornada va reunir els socis del consorci i representants institucionals amb l'objectiu de consolidar la col·…</t>
+  </si>
+  <si>
+    <t>dt., 17/02/2026 - 11:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/edih-madrid-region-20-arrenca-la-seva-nova-etapa-amb-la-trobada-llancament-la-fundacio</t>
+  </si>
+  <si>
+    <t>Castell de Canena serà el primer oliverar espanyol a confiar el control de plagues a insectes beneficiosos</t>
+  </si>
+  <si>
+    <t>La iniciativa, impulsada per CITOLIVA, a través del servei AGRO·LIVE Aliats Naturals, permetrà reduir l'ús de fitosanitaris i reforçar l'equilibri natural del cultiu. Als oliverars de Castell de Canena ja no només hi treballaran tècnics i tractors. A partir d´aquesta campanya també ho faran insectes. Petits, discrets i gairebé invisibles, es convertiran en els guardians silenciosos de la…</t>
+  </si>
+  <si>
+    <t>dt., 17/02/2026 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/castell-canena-sera-el-primer-oliverar-espanyol-confiar-el-control-plagues-insectes</t>
+  </si>
+  <si>
+    <t>L'Oficina C del congrés inclou interessants qüestions agrícoles en la seva votació pública per a un dels tres propers informes</t>
+  </si>
+  <si>
+    <t>El Congrés dels Diputats ha obert una votació pública perquè la ciutadania esculli el tema d'un dels tres informes C que l' Oficina de Ciència i Tecnologia (Oficina C) elaborarà i presentarà el 2026 . La participació està disponible fins al 23 de febrer de 2026 . La votació es realitza sobre una llista tancada de 20 temes , confeccionada per l'Oficina C ( l'Oficina de Ciència i Tecnologia del…</t>
+  </si>
+  <si>
+    <t>dl., 16/02/2026 - 17:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/loficina-c-del-congres-inclou-interessants-questions-agricoles-la-seva-votacio-publica</t>
+  </si>
+  <si>
+    <t>El GO VOLTAGRO participarà com a ponent a la jornada tècnica sobre agrivoltaica del CIES 2026</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu VOLTAGRO participarà com a ponent a la jornada tècnica "Agrivoltaica: energia solar més enllà del kilovatiohora" , una cita que se celebra en el marc de les activitats paral·leles obertes del XX Congrés Ibèric i XVI Congrés Iberoamericà d'Energia Solar (CIES 2026) , organitzat per CIESOL i AEDES . La jornada tindrà lloc el 25 de març de 2026 , de 9.30 a 13.00 , a la Sala de…</t>
+  </si>
+  <si>
+    <t>dj., 12/02/2026 - 11:08</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-go-voltagro-participara-com-ponent-la-jornada-tecnica-agrivoltaica-del-cies-2026</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech obre una nova convocatòria de Reptes Tecnològics per accelerar solucions innovadores en agroalimentació</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech ha posat en marxa una nova edició dels seus Reptes Tecnològics , una convocatòria dirigida a startups, empreses tecnològiques, grups de recerca i equips innovadors que vulguin desenvolupar eines i aplicacions orientades a resoldre necessitats reals del sector agroalimentari . La iniciativa s'integra al projecte Andalusia Agrotech European Digital Innovation Hub (Agrotech…</t>
+  </si>
+  <si>
+    <t>dc., 11/02/2026 - 12:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/cajamar-innova-agrotech-obre-una-nova-convocatoria-reptes-tecnologics-accelerar-solucions</t>
+  </si>
+  <si>
+    <t>Gairebé 830.000 euros per acostar l'agricultura del futur: el Canal de Villadangos n'impulsa la transformació hídrica amb el PERTE</t>
+  </si>
+  <si>
+    <t>Amb una de les majors inversions del PERTE a la província, la Comunitat de Regants del Canal de Villadangos digitalitza 7.000 hectàrees per assolir la màxima eficiència i autonomia tecnològica. La Comunitat de Regants del Canal de Villadangos ja ha posat en marxa el seu projecte de digitalització integral. Amb 6.000 hectàrees de blat de moro, cereal i remolatxa, entre altres cultius, i amb la…</t>
+  </si>
+  <si>
+    <t>dt., 10/02/2026 - 18:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/gairebe-830000-euros-acostar-lagricultura-del-futur-el-canal-villadangos-nimpulsa-la</t>
+  </si>
+  <si>
+    <t>El GO FOTOPUR presentarà els seus avenços en dues jornades tècniques sobre innovació, energia i emissions en porcí</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu GO FOTOPUR participarà durant el mes de febrer en dos esdeveniments clau centrats en la innovació i en la millora de l'eficiència i la sostenibilitat del sector porcí. Aquestes cites, que tindran lloc a Saragossa i Tauste , seran una oportunitat per compartir coneixements, intercanviar experiències amb professionals del sector i donar visibilitat a la feina que desenvolupa el…</t>
+  </si>
+  <si>
+    <t>dt., 10/02/2026 - 12:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-go-fotopur-presentara-els-seus-avencos-dues-jornades-tecniques-innovacio-energia-i</t>
+  </si>
+  <si>
+    <t>Investigadors de l'INMA desenvolupen un nou sensor ràpid de bacteris perillosos als aliments, com la salmonel·la o la listeria</t>
+  </si>
+  <si>
+    <t>Font: REFEAGAS L'estudi, que utilitza cristalls líquids que s'encenen quan detecten un patogen, s'ha publicat a la prestigiosa revista Journal of the American Chemical Society, i obre la porta a trobar solucions efectives i exprés per evitar brots Un equip d'investigadors de l'INMA, institut mixt del Consell Superior d'Investigacions Científiques (CSIC) i la Universitat de Saragossa, ha…</t>
+  </si>
+  <si>
+    <t>dv., 06/02/2026 - 14:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/investigadors-linma-desenvolupen-nou-sensor-rapid-bacteris-perillosos-als-aliments-com-la</t>
+  </si>
+  <si>
+    <t>Presentat un avenç del Baròmetre de Sostenibilitat del sector vitivinícola espanyol</t>
+  </si>
+  <si>
+    <t>Cajamar Caja Rural i la Federació Espanyola del Vi (FEV) han presentat a la Barcelona Wine Week un primer avenç del Baròmetre de Sostenibilitat del sector vitivinícola espanyol , una eina vinculada al segell Sustainable Wineries for Climate Protection (impulsat per la FEV i amb més de 148 cellers certificats ). El baròmetre permetrà disposar d'una “fotografia” de l'acompliment dels cellers als…</t>
+  </si>
+  <si>
+    <t>dv., 06/02/2026 - 14:16</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/presentat-avenc-del-barometre-sostenibilitat-del-sector-vitivinicola-espanyol</t>
+  </si>
+  <si>
+    <t>EU CAP Network obre la convocatòria per participar a les visites creuades 2026</t>
+  </si>
+  <si>
+    <t>L' EU CAP Network (Xarxa PAC de la UE) ha llançat una convocatòria d'expressió d'interès per participar a les cross-visits 2026 , una sèrie de visites creuades orientades a impulsar la innovació, l'intercanvi de coneixements i el treball en xarxa en el marc de l' EIP-AGRI . El termini de sol·licitud finalitza el 20 de febrer del 2026 (23:59 CET) . Tres temàtiques per a les cross-visits 2026 Les…</t>
+  </si>
+  <si>
+    <t>dv., 30/01/2026 - 19:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/eu-cap-network-obre-la-convocatoria-participar-les-visites-creuades-2026</t>
+  </si>
+  <si>
+    <t>GO INGNUTS impulsa la sostenibilitat de l'ametller a CICYTEX</t>
+  </si>
+  <si>
+    <t>Font: GO INGNUTS El mes de desembre passat es van celebrar a les instal·lacions de la cooperativa COFRUIT, a Mèrida, les Jornades Tècniques d'Agronomia del CICYTEX d'Extremadura titulades: «Agrotecnologia i sostenibilitat: el nou impuls del camp extremeny». La segona presentació va ser la del projecte " GO_INGNUTS . Ús d'Agricultura de Precisió, de la Biodiversitat i Salut del Sòl a Ametller" Es…</t>
+  </si>
+  <si>
+    <t>dv., 30/01/2026 - 17:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/go-ingnuts-impulsa-la-sostenibilitat-lametller-cicytex</t>
+  </si>
+  <si>
+    <t>El 18 de febrer es clou la tercera convocatòria cofinançada de l'Associació Europea AGROECOLOGY</t>
+  </si>
+  <si>
+    <t>L'associació europea AGROECOLOGY ha obert oficialment la 3a convocatòria cofinançada de projectes de recerca i innovació , sota el lema “Fomentar la diversitat genètica vegetal i animal i empoderar els agricultors per accelerar la transició agroecològica” . Aquesta convocatòria se centra en dos pilars clau de la transició agroecològica : la dimensió genètica i la dimensió social , finançant…</t>
+  </si>
+  <si>
+    <t>dc., 28/01/2026 - 14:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-18-febrer-clou-la-tercera-convocatoria-cofinancada-lassociacio-europea-agroecology</t>
+  </si>
+  <si>
     <t>Avanços en l'anàlisi de la fusta i l'estudi de terres del Grup Operatiu Coníferas+</t>
   </si>
   <si>
     <t>El Grup Operatiu Coníferes+ continua avançant en el desenvolupament dels seus treballs de recerca i presa de dades, amb fites rellevants tant en l' anàlisi de la qualitat estructural de la fusta en arbres dempeus com en el mostreig de sòls per a la identificació d'alternatives a les coníferes afectades per malalties . Tots dos avenços reforcen la base científica del projecte i aporten informació…</t>
   </si>
   <si>
     <t>dc., 28/01/2026 - 12:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/avancos-lanalisi-la-fusta-i-lestudi-terres-del-grup-operatiu-coniferas</t>
   </si>
   <si>
     <t>Conferència CDTI “Entre dos Programes, Horitzó Europa”</t>
   </si>
   <si>
     <t>El CDTI organitza la tretzena edició de la Conferència del Programa Marc de Recerca i Innovació (PM) de la Unió Europea a Espanya, sota el lema “Entre dos Programes, Horitzó Europa”, que tindrà lloc el 16 de juny al Palau de Congressos de Catalunya (Barcelona). L'esdeveniment tindrà lloc en col·laboració amb el Ministeri de Ciència, Innovació i Universitats, la Comissió Europea i Acció. Des de la…</t>
   </si>
   <si>
     <t>dc., 28/01/2026 - 11:19</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/conferencia-cdti-entre-dos-programes-horitzo-europa</t>
   </si>
   <si>
     <t>APP-TRI: mostrejos foliars en blat per “llegir” la parcel·la i afinar la predicció de collita</t>
@@ -86,50 +350,62 @@
   <si>
     <t>Oberta una enquesta sobre digitalització i ús de dades al turisme rural</t>
   </si>
   <si>
     <t>El projecte Data4Rural ha llançat una enquesta adreçada a agents del turisme rural amb l'objectiu de conèixer el grau de digitalització, l'ús actual de les dades i les necessitats formatives principals del sector . Els resultats serviran per dissenyar eines pràctiques, accions formatives i serveis de suport ajustats a la realitat de les organitzacions rurals. L'enquesta és breu i senzilla , amb…</t>
   </si>
   <si>
     <t>dv., 23/01/2026 - 13:20</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/oberta-una-enquesta-digitalitzacio-i-us-dades-al-turisme-rural</t>
   </si>
   <si>
     <t>La importància de la ramaderia al boví de carn per a la salut, a debat en una nova jornada del Campus Provacuno</t>
   </si>
   <si>
     <t>Durant la jornada, Juan Pascual, veterinari, divulgador científic i vicepresident d'AnimalhealthEurope, va abordar des d'una perspectiva científica i tècnica el paper del bestiar boví en la sostenibilitat, la nutrició i la salut humana. El Campus Provacuno es consolida com un espai de referència per als estudiants universitaris interessats al sector del boví de carn. En la seva última jornada,…</t>
   </si>
   <si>
     <t>dv., 23/01/2026 - 12:59</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/la-importancia-la-ramaderia-al-bovi-carn-la-salut-debat-una-nova-jornada-del-campus</t>
   </si>
   <si>
+    <t>Avenços del GO FOTOPUR: fotovoltaica flotant per reduir emissions en basses de purins</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu FOTOPUR avança en el desenvolupament i validació de solucions innovadores basades en fotovoltaica flotant per reduir les emissions contaminants de les basses de purins en explotacions porcines, alhora que es genera energia renovable per a autoconsum . El projecte, centrat en la fotovoltaica sobre plataformes flotants a purins , respon a les exigències normatives de reducció d'…</t>
+  </si>
+  <si>
+    <t>dj., 22/01/2026 - 17:17</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/avencos-del-go-fotopur-fotovoltaica-flotant-reduir-emissions-basses-purins</t>
+  </si>
+  <si>
     <t>Obert el termini per participar a la conferència de l'EU CAP Network sobre resiliència hídrica en agricultura</t>
   </si>
   <si>
     <t>EU CAP Network ha obert el termini de presentació d'expressions d'interès per participar a la conferència “Water resilience in agriculture: innovation in practice” , una trobada europea centrada en la innovació, l'intercanvi de coneixement i l'enfocament EIP-AGRI . El 9 de febrer és la data límit per presentar candidatures per assistir a aquesta reunió que tindrà lloc a Hamburg (Alemanya) del 19…</t>
   </si>
   <si>
     <t>dc., 21/01/2026 - 22:44</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/obert-el-termini-participar-la-conferencia-leu-cap-network-resiliencia-hidrica-agricultura</t>
   </si>
   <si>
     <t>Fins al 12 de febrer, continua oberta la convocatòria Ecosistemes d'Innovació i Transferència 2025 d'ajudes CDTI</t>
   </si>
   <si>
     <t>La convocatòria Ecosistemes d'Innovació i Transferència 2025 manté obert el termini de presentació de sol·licituds fins al 12 de febrer de 2026 , amb l'objectiu de reforçar ecosistemes interregionals orientats a la transferència, difusió i valorització del coneixement , en línia amb l'enfocament dels Sistemes de Coneixement i Innovació Agrària ( Aquesta actuació busca fomentar models col·…</t>
   </si>
   <si>
     <t>dt., 20/01/2026 - 17:45</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/fins-al-12-febrer-continua-oberta-la-convocatoria-ecosistemes-dinnovacio-i-transferencia</t>
   </si>
   <si>
     <t>SECUESVAC avança en el càlcul del segrest de carboni orgànic als sòls agraris</t>
@@ -170,50 +446,86 @@
   <si>
     <t>Evolució del projecte del GO Olivebiome</t>
   </si>
   <si>
     <t>El projecte del GO Olivebiome , coordinat tècnicament per Maslina , avança amb força cap a la validació industrial de solucions probiòtiques sostenibles per a l'alimentació animal, gràcies a la plena incorporació d' AINIA . Els darrers avenços se centren en tres fites clau: Optimització de cultius : AINIA està comparant el creixement de probiòtics en medi MRS i en sèrum lacti, amb l'objectiu d'…</t>
   </si>
   <si>
     <t>dv., 16/01/2026 - 11:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/evolucio-del-projecte-del-go-olivebiome</t>
   </si>
   <si>
     <t>Comença la campanya Local Food Advisors' Journey 2026: un full de ruta europeu per reforçar l'assessorament en canals curts</t>
   </si>
   <si>
     <t>Iniciativa d' EU 4Advice i COREnet , Local Food Advisors' Journey 2026 neix amb l'objectiu de posar en valor la Xarxa Europea d'Assessorament a Canals Curts de Comercialització (EAN-SFSC) i, alhora, implicar activament les persones assessores en la seva construcció i millora contínua . Aquesta iniciativa està concebuda com un itinerari flexible i en evolució , adreçat a assessors i assessores que…</t>
   </si>
   <si>
     <t>dj., 15/01/2026 - 13:07</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/comenca-la-campanya-local-food-advisors-journey-2026-full-ruta-europeu-reforcar</t>
   </si>
   <si>
+    <t>El regadiu intel·ligent com a objectiu de sostenibilitat del camp al Pàram Mitjà</t>
+  </si>
+  <si>
+    <t>La comunitat lleonesa aplica les primeres solucions digitals per controlar i optimitzar l'ús de l'aigua a una de les zones més dependents de l'embassament de Barrios de Luna La Comunitat de Regants del Páramo Medio , amb seu a Bercianos del Páramo (Lleó), ha iniciat una nova etapa de modernització tecnològica dins del PERTE de Digitalització del Cicle de l'Aigua, finançat per la Unió Europea –…</t>
+  </si>
+  <si>
+    <t>dc., 14/01/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/el-regadiu-intelligent-com-objectiu-sostenibilitat-del-camp-al-param-mitja</t>
+  </si>
+  <si>
+    <t>GO SUPRA BIOLIVA: transformar els subproductes de l'oliverar en valor afegit i sostenibilitat</t>
+  </si>
+  <si>
+    <t>FONT: GO SUPRA BIOLIVA Al cor de l'oliverar espanyol s'hi amaga una paradoxa: mentre l'oli d'oliva és un dels nostres tresors més reconeguts, milers de tones de subproductes, com l'alperujo i les fulles, es perden cada dia sense aprofitar-ne el veritable potencial. Aquest residu, que tradicionalment s'ha considerat un problema ambiental i econòmic, es pot convertir en un recurs d'alt valor afegit…</t>
+  </si>
+  <si>
+    <t>dc., 14/01/2026 - 12:01</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/go-supra-bioliva-transformar-els-subproductes-loliverar-valor-afegit-i-sostenibilitat</t>
+  </si>
+  <si>
+    <t>L'òrgan de coordinació de l'AKIS espanyol aprova el full de ruta per al 2026 i reforça l'alineació entre ciència, innovació i sector agroalimentari</t>
+  </si>
+  <si>
+    <t>El passat 17 de desembre de 2025 es va celebrar a la seu del Ministeri d'Agricultura, Pesca i Alimentació , a Madrid, la segona reunió del plenari de l'Òrgan de Coordinació del Sistema de Coneixement i Innovació en Agricultura (SCIA-AKIS) . La sessió va tenir lloc en format presencial i va estar copresidida per la secretària d'Estat d'Agricultura i Alimentació, Begoña García Bernal , i el…</t>
+  </si>
+  <si>
+    <t>dt., 13/01/2026 - 23:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/lorgan-coordinacio-lakis-espanyol-aprova-el-full-ruta-al-2026-i-reforca-lalineacio-entre</t>
+  </si>
+  <si>
     <t>CDTI Innovació busca una empresa espanyola per a un projecte d'R+D a Agritech amb FAEDA (Senegal)</t>
   </si>
   <si>
     <t>CDTI Innovació ha publicat una recerca de soci empresarial per identificar una empresa espanyola interessada a desenvolupar un projecte d'R+D en cooperació internacional juntament amb l'empresa senegalesa FAEDA , a l'àmbit Agritech , concretament en l' aplicació de TIC a l'avicultura . La col·laboració proposada se centra en el desenvolupament i validació d'una granja pilot avícola al Senegal ,…</t>
   </si>
   <si>
     <t>dt., 13/01/2026 - 23:03</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/cdti-innovacio-busca-una-empresa-espanyola-projecte-drd-agritech-amb-faeda-senegal</t>
   </si>
   <si>
     <t>El 2026 arrenca el bloc de jornades tècniques sectorials del pla per impulsar l'agricultura regenerativa i sostenible</t>
   </si>
   <si>
     <t>El 2026 s'inicia el bloc de jornades tècniques sectorials dins del programa “Jornades i seminaris tècnics per a l'impuls de l'agricultura regenerativa i sostenible” , una iniciativa posada en marxa el març del 2025 per la Fundació Juana de Vega i l'empresa Agroassessor , i subvencionada pel Ministeri d'Agricultura, Pesca i Alimentació . Durant gairebé un any i mig, les dues entitats han promogut…</t>
   </si>
   <si>
     <t>dt., 13/01/2026 - 20:26</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-2026-arrenca-el-bloc-jornades-tecniques-sectorials-del-pla-impulsar-lagricultura</t>
   </si>
   <si>
     <t>La revolució de l'aigua intel·ligent: Xinzo de Limia se suma a la digitalització del regadiu</t>
@@ -3899,80 +4211,80 @@
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-consell-europeu-aprova-les-conclusions-lestrategia-la-visio-llarg-termini-les-zones</t>
   </si>
   <si>
     <t>La convenció "Creixem juntes" presenta casos d'èxit d'emprenedoria femení al medi rural</t>
   </si>
   <si>
     <t>Més impuls al medi rural La trobada estatal de dones rurals "Creixem Juntes-Projecte Mentores Rurals" va exposar experiències d'emprenedoria exitoses liderades per dones rurals per tal d'encoratjar la dinamització en el medi rural A la convenció es va estrenar un documental amb quatre històries d'èxit de dones a l'àmbit de la ramaderia, agricultura, tèxtil i pesca El Ministeri d'Agricultura,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/la-convencio-creixem-juntes-presenta-casos-dexit-demprenedoria-femeni-al-medi-rural</t>
   </si>
   <si>
     <t>El secretari general dAgricultura i Alimentació destaca el paper de la fertilització en la consecució duna agricultura sostenible</t>
   </si>
   <si>
     <t>El secretari general d'Agricultura i Alimentació, Fernando Miranda, ha destacat avui el paper de la fertilització en la consecució d'una agricultura sostenible, ja que l'aplicació de nutrients als cultius és essencial per a la productivitat dels cultius i en redunda en la rendibilitat i sostenibilitat. Fernando Miranda ha intervingut a la cloenda de la jornada de presentació dels resultats del…</t>
   </si>
   <si>
     <t>dj., 30/11/2023 - 11:02</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-secretari-general-dagricultura-i-alimentacio-destaca-el-paper-la-fertilitzacio-la</t>
   </si>
   <si>
+    <t>Luis Planas: La investigació i la innovació són eines estratègiques per a la producció eficient d'aliments</t>
+  </si>
+  <si>
+    <t>El ministre d'Agricultura, Pesca i Alimentació, Luis Planas, ha reiterat que la investigació, la innovació i l'aplicació de noves tecnologies són "eines estratègiques imprescindibles" que permetran una producció d'aliments més eficient, que consumeixi menys recursos, i que generi major valor afegit i millor qualitat de vida al medi rural.   El ministre, que ha intervingut avui a Brussel·les a l'…</t>
+  </si>
+  <si>
+    <t>dl., 24/07/2023 - 09:28</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/luis-planas-la-investigacio-i-la-innovacio-son-eines-estrategiques-la-produccio-eficient</t>
+  </si>
+  <si>
     <t>El secretari general d'Agricultura subratlla la importància de restablir els fluxos comercials d'aliments i de fertilitzants per a la seguretat alimentària mundial</t>
   </si>
   <si>
     <t>El secretari general d'Agricultura i Alimentació, Fernando Miranda, ha destacat avui la necessitat de restablir els fluxos comercials d'aliments i fertilitzants per garantir la seguretat alimentària al món, amenaçada per la situació de guerra a Ucraïna, i especialment als països més vulnerables . particularment indicant que cal mantenir l'Acord sobre el Gra del Mar Negre per garantir el comerç d'…</t>
   </si>
   <si>
-    <t>dl., 24/07/2023 - 09:28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-secretari-general-dagricultura-subratlla-la-importancia-restablir-els-fluxos-comercials</t>
   </si>
   <si>
     <t>El Ministeri d'Agricultura, Pesca i Alimentació inverteix dos milions d'euros en obres de modernització de regadius sostenibles a Valderredible (Cantàbria)</t>
   </si>
   <si>
     <t>El Ministeri d'Agricultura, Pesca i Alimentació (MAPA), a través de la Societat Mercantil Estatal d'Infraestructures Agràries (SEIASA), ha formalitzat avui dos convenis de col·laboració amb les comunitats de regants de Ruijas-Ebro i Villamoñicos-Revelillas, al municipi càntabre de Valderredible per realitzar actuacions de modernització en aquests regadius per un valor de 2.000.000 euros (IVA no…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-ministeri-dagricultura-pesca-i-alimentacio-inverteix-dos-milions-deuros-obres</t>
   </si>
   <si>
-    <t>Luis Planas: La investigació i la innovació són eines estratègiques per a la producció eficient d'aliments</t>
-[...7 lines deleted...]
-  <si>
     <t>El VI congrés de “Cultura i Ruralitats” aprofundeix en la importància de la cultura per a la identitat dels pobles</t>
   </si>
   <si>
     <t>Més impuls al medi rural  La sisena edició del Fòrum Cultura i Ruralitats ha tingut lloc a Conca del 4 al 7 de juliol Sota el títol de “Continuïtats-Discontinuïtats. Arts, creació i ruralitats contemporànies a Europa”, el fòrum ha analitzat l'influx de les tradicions rurals a l'art contemporani Aquesta edició ha coincidit amb l'arrencada de la Presidència Espanyola del Consell de la Unió Europea…</t>
   </si>
   <si>
     <t>dl., 17/07/2023 - 15:05</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-vi-congres-cultura-i-ruralitats-aprofundeix-la-importancia-la-cultura-la-identitat-dels</t>
   </si>
   <si>
     <t>El Grup Operatiu FitoNet posa en marxa el desenvolupament d‟una xarxa social sobre biodiversitat genètica vegetal</t>
   </si>
   <si>
     <t>Més impuls al medi rural El Grup Operatiu GO FitoNet neix per millorar l'oferta de varietats genètiques i afavorir l'aprofitament de la biodiversitat dels cultius El seu propòsit és facilitar informació i recursos per fomentar l'ús d'una varietat genètica més gran que potenciï la qualitat dels productes vegetals 19.06.2023 . Biodiversitat no és un concepte buit ni referit només al món dels…</t>
   </si>
   <si>
     <t>dv., 07/07/2023 - 14:40</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-grup-operatiu-fitonet-posa-marxa-el-desenvolupament-duna-xarxa-social-biodiversitat</t>
   </si>
   <si>
     <t>L'estrès hídric amenaça la propera campanya d'hortícoles</t>
@@ -4322,95 +4634,149 @@
   <si>
     <t>A principis d'any, el projecte FAIRshare va afegir una nova eina d'avaluació a l'inventari DATS de FAIRshare. L'objectiu de l'eina d'avaluació és ajudar els assessors agrícoles a avaluar i seleccionar els DATS més adequats per ajudar-los a satisfer les seves necessitats. L'eina funciona mitjançant l'avaluació d'eines seleccionades mitjançant un conjunt uniforme de criteris, que s'han provat i…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/nova-versio-linia-leina-davaluacio-fairshare-dats</t>
   </si>
   <si>
     <t>La Xarxa Rural Nacional celebra la cinquena reunió del partenariat per presentar les principals novetats sobre el Pla Estratègic de la PAC 2023-2027</t>
   </si>
   <si>
     <t>La Xarxa Rural Nacional celebra la cinquena reunió del partenariat per presentar les principals novetats sobre el Pla Estratègic de la PAC 2023 – 2027 asimon dij, 03/11/2022 - 16:35 Els integrants del Partenariat són convocats a una nova jornada informativa i de debat al voltant del Pla Estratègic de la PAC 2023-2027 per a Espanya El partenariat del Pla reuneix entitats i associacions…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/la-xarxa-rural-nacional-celebra-la-cinquena-reunio-del-partenariat-presentar-les</t>
   </si>
   <si>
     <t>La Xarxa Rural Nacional mostra els projectes existents als territoris amb perspectiva de gènere i de conciliació</t>
   </si>
   <si>
     <t>La Xarxa Rural Nacional mostra els projectes existents als territoris amb perspectiva de gènere i de conciliació asimon Mié, 02/11/2022 - 08:00 La Xarxa Rural Nacional (RRN) organitza la jornada “Intercanvi d'experiències LEADER: dones rurals en els àmbits de conciliació, coresponsabilitat, perspectiva de gènere, economia social i sostenibilitat” La trobada està emmarcada dins de les accions de…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/la-xarxa-rural-nacional-mostra-els-projectes-existents-als-territoris-amb-perspectiva</t>
   </si>
   <si>
+    <t>Neix la “Xarxa Europea de la PAC”</t>
+  </si>
+  <si>
+    <t>Neix la “Xarxa Europea de la PAC” asimon dij, 20/10/2022 - 09:52 La “Xarxa Europea de la PAC” és la continuació de la Xarxa Europea de Desenvolupament Rural (ENRD) sota el marc de la nova PEPAC 23-27 Reunirà sota una única xarxa a nivell europeu a les noves “Xarxes Nacionals de la PAC”, conegudes fins ara com a xarxes nacionals de desenvolupament rural D'aquesta manera, a les polítiques de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/neix-la-xarxa-europea-la-pac</t>
+  </si>
+  <si>
+    <t>Els Premis europeus d'inspiració Rural 2022 reconeixen els projectes liderats pels joves rurals</t>
+  </si>
+  <si>
+    <t>Els Premis europeus d'inspiració Rural 2022 reconeixen els projectes liderats pels joves rurals asimon Dj, 13/10/2022 - 13:41 La IV edició dels Rural Inspiration Awards 2022 – organitzada per la Xarxa Europea de Desenvolupament Ruralda a conèixer els projectes beneficiaris d'ajuts del Fons Europeu Agrícola de Desenvolupament Rural (FEADER) del període 2014-2020 Aquest any els premis han estat…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/els-premis-europeus-dinspiracio-rural-2022-reconeixen-els-projectes-liderats-pels-joves</t>
+  </si>
+  <si>
+    <t>Idees inspiradores: els agricultors francesos estableixen una cadena de valor local amb fusta de tanques</t>
+  </si>
+  <si>
+    <t>S'acosta la temporada de barbacoes! I aquesta és una bona notícia per als agricultors de l''Association Bois Paysan' de la regió de les Cevennes franceses, que van establir un col·lectiu local que produeix troncs, estelles i "fustes de barbacoa" a partir de tanques antigues a les seves terres de conreu. La idea del col·lectiu productor de fusta va sorgir fa uns anys quan diversos agricultors i…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/idees-inspiradores-els-agricultors-francesos-estableixen-una-cadena-valor-local-amb-fusta</t>
+  </si>
+  <si>
+    <t>Idees inspiradores: decisions basades en dades per a una millor agricultura</t>
+  </si>
+  <si>
+    <t>Els agricultors utilitzen cada cop més les noves tecnologies per recopilar i processar dades per oferir coneixements econòmics i ambientals i augmentar el rendiment de les explotacions. Les maneres intel·ligents de recopilar, gestionar i compartir dades poden ajudar els agricultors a treballar de manera més precisa, eficient i sostenible. El projecte innovador suec 'Better decisions for…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/idees-inspiradores-decisions-basades-dades-una-millor-agricultura</t>
+  </si>
+  <si>
+    <t>Idees inspiradores: tecnologia mòbil per prevenir atacs de llops</t>
+  </si>
+  <si>
+    <t>La creixent població de llops està causant cada cop més problemes als ramaders espanyols de ramaderia extensiva. El Grup Operatiu GELOB ha desenvolupat i provat una solució tecnològica que pot ajudar a controlar els animals de pastura i protegir-los dels atacs. Els atacs de llops causen milions d'euros de danys al bestiar espanyol cada any. Especialment a les zones de muntanya remotes, els…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/idees-inspiradores-tecnologia-mobil-prevenir-atacs-llops</t>
+  </si>
+  <si>
+    <t>Gestió de plagues i malalties forestals emergents</t>
+  </si>
+  <si>
+    <t>En les últimes dècades, un nombre creixent de plagues i malalties autòctones i no autòctones han causat greus pèrdues als boscos europeus. El projecte multiactor Horizon 2020 HOMED està desenvolupant mètodes i eines pràctiques basades en la ciència per avaluar i controlar plagues i patògens forestals emergents o invasius. "Les plagues d'insectes i fongs patògens poden ser inofensius en el seu…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/gestio-plagues-i-malalties-forestals-emergents</t>
+  </si>
+  <si>
+    <t>Idees inspiradores: unir forces per als serveis ecosistèmics relacionats amb l'aigua</t>
+  </si>
+  <si>
+    <t>La plana mitjana del riu Brenta a la regió italiana del Vèneto forma un ric ecosistema amb valor ambiental, cultural, recreatiu i agrícola. Sota el títol 'Parco Fiume Brenta', un projecte LIFE i un grup operatiu treballen en estreta sinergia per gestionar els recursos hídrics de Brenta de manera sostenible. La plana del riu Brenta és un corredor ecològic per a la biodiversitat, reconegut com a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/idees-inspiradores-unir-forces-als-serveis-ecosistemics-relacionats-amb-laigua</t>
+  </si>
+  <si>
+    <t>Demostrant que l'IPM funciona</t>
+  </si>
+  <si>
+    <t>IPMWORKS és un projecte Horizon 2020 que té com a objectiu demostrar maneres de reduir significativament els pesticides en tots els sectors agraris europeus. És una xarxa de centres de demostració de granges que ofereixen als agricultors l'oportunitat d'intercanviar coneixements sobre mètodes no químics per controlar les plagues i reduir la pressió de les plagues. Ara s'han instal·lat 21 centres…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/not%C3%ADcies/demostrant-que-lipm-funciona</t>
+  </si>
+  <si>
     <t>El Grup Operatiu BIOFRUITNET impulsa la innovació en la producció de fruites ecològiques europees</t>
   </si>
   <si>
     <t>El Grup Operatiu BIOFRUITNET impulsa la innovació en la producció de fruites ecològiques europees asimon Vie, 28/10/2022 - 07:09 El projecte del Grup Operatiu (GO) BIOFRUITNET pretén enfortir i generar noves xarxes entre els diferents actors europeus implicats El seu objectiu és la divulgació de coneixements sobre el cultiu de fruites ecològiques per donar-los a conèixer a països de la Unió…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-grup-operatiu-biofruitnet-impulsa-la-innovacio-la-produccio-fruites-ecologiques</t>
   </si>
   <si>
     <t>Les associacions de joves rurals presenten els seus projectes a la fira Presura de la mà de la Xarxa Rural Nacional</t>
   </si>
   <si>
     <t>Les associacions de joves rurals presenten els seus projectes a la fira Presura de la mà de la Xarxa Rural Nacional asimon Dj, 27/10/2022 - 11:11 La iniciativa Joventut enREDada de la Xarxa Rural Nacional (RRN) pretén visibilitzar les associacions de joves per motivar l'associacionisme juvenil en projectes que repercuteixin en el medi rural. La (RRN) ha seleccionat diversos treballs d'…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/les-associacions-joves-rurals-presenten-els-seus-projectes-la-fira-presura-la-ma-la-xarxa</t>
   </si>
   <si>
     <t>La Xarxa Rural Nacional es converteix en Xarxa Nacional de la PAC</t>
   </si>
   <si>
     <t>La Xarxa Rural Nacional es converteix en Xarxa Nacional de la PAC asimon Mar, 25/10/2022 - 10:28 La Xarxa Rural Nacional celebra la seva darrera assemblea abans de la seva conversió Els nous Plans Estratègics de la PAC transformen totes les xarxes rurals dels estats membres en xarxes nacionals PAC La Xarxa Nacional de la PAC es converteix en el nou paraigua del desenvolupament rural i de les…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/la-xarxa-rural-nacional-converteix-xarxa-nacional-la-pac</t>
   </si>
   <si>
-    <t>Neix la “Xarxa Europea de la PAC”</t>
-[...16 lines deleted...]
-  <si>
     <t>El Ministeri d'Agricultura, Pesca i Alimentació organitza la cinquena edició del Cicle Nacional de Cinema i Dones Rurals</t>
   </si>
   <si>
     <t>10 d'octubre del 2022 La mostra arribarà a 70 localitats repartides per les 17 comunitats autònomes i podrà seguir-se en línia a 8 països de Centreamèrica El Ministeri d'Agricultura, Pesca i Alimentació organitza la cinquena edició del Cicle Nacional de Cinema i Dones Rurals, que se celebrarà entre els dies 11 d'octubre i 24 de novembre, i arribarà a 70 localitats repartides per tot el territori…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-ministeri-dagricultura-pesca-i-alimentacio-organitza-la-cinquena-edicio-del-cicle</t>
   </si>
   <si>
     <t>Competència pel millor cas pràctic de suport a la innovació a Europa</t>
   </si>
   <si>
     <t>Cerquem assessors agrícoles i forestals amb una història d'èxit per compartir! Els temps estan canviant! Per tot Europa, les empreses agrícoles i forestals s'enfronten a importants, econòmics, i desafiaments ambientals, així com oportunitats sense precedents. La innovació és un factor clau en l'adaptació contínua a aquests reptes diversos i de vegades contradictoris, i aprofitar noves…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/competencia-pel-millor-cas-practic-suport-la-innovacio-europa</t>
   </si>
   <si>
     <t>La V edició del cicle nacional de Cinema i Dones Rurals porta el cinema a 70 localitats rurals d'Espanya</t>
   </si>
   <si>
     <t>La V edició del cicle nacional de "Cinema i Dones Rurals" porta el cinema a 70 localitats rurals d'Espanya asimon Vie, 07/10/2022 - 10:13 El Ministeri d'Agricultura, Pesca i Alimentació organitza la cinquena edició del Cicle Nacional de Cinema i Dones Rurals Aquest any té lloc entre els dies 11 d'octubre i 24 de novembre La mostra portarà el cinema a 70 localitats repartides per tot el territori…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/la-v-edicio-del-cicle-nacional-cinema-i-dones-rurals-porta-el-cinema-70-localitats-rurals</t>
@@ -4421,111 +4787,57 @@
   <si>
     <t>El Ministeri d'Agricultura, Pesca i Alimentació selecciona les guanyadores dels "Premis d'Excel·lència a la Innovació per a Dones Rurals" asimon Dv, 07/10/2022 - 06:58 Els XIII Premis d'Excel·lència a la Innovació per a Dones Rurals premien 13 iniciatives diferents per donar visibilitat a la tasca de dones rurals El suport es fa per mostrar la diversificació de l'activitat econòmica i les…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/el-ministeri-dagricultura-pesca-i-alimentacio-selecciona-les-guanyadores-dels-premis</t>
   </si>
   <si>
     <t>Sol·liciteu el taller de la UE Cap Network 'Joves emprenedors – Motors d'innovació a les zones rurals'</t>
   </si>
   <si>
     <t>El taller de la Xarxa de PAC de la UE "Joves emprenedors: motors d'innovació a les zones rurals" és un esdeveniment d'un dia i mig que tindrà lloc a Dublín, Irlanda, el dimecres 30 de novembre i el dijous 1 de desembre de 2022. El taller se centrarà a intercanviar coneixements i compartir pràctiques innovadores i inspiradores que puguin donar suport a l'emprenedoria i als ecosistemes d'innovació…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/solliciteu-el-taller-la-ue-cap-network-joves-emprenedors-motors-dinnovacio-les-zones</t>
   </si>
   <si>
     <t>Visita creuada d'assessors hongaresos a Alemanya (Niederalteich) en el marc del projecte i2connect</t>
   </si>
   <si>
     <t>Quin és el paper de NAK a i2connect? (NAK) ha estat membre actiu del projecte internacional i2connect H2020 com a soci del consorci durant dos anys i mig. El projecte , el qual s'iniciarà en November 2019, address agricultural advisors building on already existing advisory networks i realitzades success stories , s'approach in which innovation és a bottom-up initiative . Particular emphasis és…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/visita-creuada-dassessors-hongaresos-alemanya-niederalteich-el-marc-del-projecte-i2connect</t>
   </si>
   <si>
-    <t>Idees inspiradores: els agricultors francesos estableixen una cadena de valor local amb fusta de tanques</t>
-[...43 lines deleted...]
-  <si>
     <t>Accelerar el canvi positiu en el sistema alimentari</t>
   </si>
   <si>
     <t>La nova convocatòria d'innovació oberta de l'EIT Food finançarà projectes col·laboratius d'innovació alimentària que crearan un canvi positiu en el sistema alimentari. Les propostes han de tenir com a objectiu produir productes i serveis comercialment viables que ajudin a garantir un sistema alimentari més saludable, just, transparent i resilient per a tothom. Uneix-te al seminari web per obtenir…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/accelerar-el-canvi-positiu-el-sistema-alimentari</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://akisplataforma.es/ca/not%C3%ADcies/demostrant-que-lipm-funciona</t>
   </si>
   <si>
     <t>L'Acadèmia Europea de Lideratge crea l'Acadèmia de dones per a la innovació rural</t>
   </si>
   <si>
     <t>L'Acadèmia Europea de Lideratge crea l'Acadèmia de dones per a la innovació rural asimon dim El programa acollirà 15 dones d'àrees rurals europees diferents per adquirir les habilitats i eines necessàries que els permetin emprendre digitalment des dels seus pobles La inauguració tindrà lloc a Candeleda (Castella i Lleó) del 23 al 28 d'octubre del 2022 El termini de sol·licituds és obert fins al…</t>
   </si>
   <si>
     <t>dt., 08/11/2022 - 13:16</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/lacademia-europea-lideratge-crea-lacademia-dones-la-innovacio-rural</t>
   </si>
   <si>
     <t>Recomanacions de l'EFSA per millorar el benestar dels animals durant el transport</t>
   </si>
   <si>
     <t>Segons les recomanacions publicades per l'EFSA, cal proporcionar més espai, reduir les temperatures màximes i mantenir els temps de viatge al mínim per millorar el benestar dels animals de granja durant el transport. L'EFSA facilita les seves recomanacions a la Comissió Europea en una sèrie de cinc dictàmens científics destinats a donar suport a la revisió en curs de la legislació en matèria de…</t>
   </si>
   <si>
     <t>dl., 10/10/2022 - 15:50</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/not%C3%ADcies/recomanacions-lefsa-millorar-el-benestar-dels-animals-durant-el-transport</t>
   </si>
@@ -5156,54 +5468,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D417"/>
+  <dimension ref="A1:D443"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D417"/>
+      <selection activeCell="A1" sqref="A1:D443"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -7176,415 +7488,415 @@
       <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>568</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="B144" s="1"/>
+      <c r="B144" s="1" t="s">
+        <v>573</v>
+      </c>
       <c r="C144" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
         <v>676</v>
       </c>
+      <c r="B170" s="1"/>
       <c r="C170" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>683</v>
       </c>
@@ -9642,1412 +9954,1776 @@
         <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1343</v>
+        <v>1357</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1343</v>
+        <v>1361</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1343</v>
+        <v>1365</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1363</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1364</v>
+        <v>1375</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1377</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1379</v>
+        <v>1392</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1359</v>
+        <v>1397</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1384</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1385</v>
+        <v>1399</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1387</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1388</v>
+        <v>1403</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1389</v>
+        <v>1404</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1390</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1391</v>
+        <v>1406</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1393</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1394</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1395</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1359</v>
+        <v>1411</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1396</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1397</v>
+        <v>1413</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1398</v>
+        <v>1414</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1359</v>
+        <v>1415</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1399</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1359</v>
+        <v>1419</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1402</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1403</v>
+        <v>1421</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1404</v>
+        <v>1422</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1359</v>
+        <v>1423</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1405</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1406</v>
+        <v>1425</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1407</v>
+        <v>1426</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1359</v>
+        <v>1427</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1408</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1409</v>
+        <v>1429</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1410</v>
+        <v>1430</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1359</v>
+        <v>1431</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1411</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1412</v>
+        <v>1433</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1413</v>
+        <v>1434</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1359</v>
+        <v>1435</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1414</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1415</v>
+        <v>1437</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1416</v>
+        <v>1438</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1359</v>
+        <v>1439</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1417</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1418</v>
+        <v>1441</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1419</v>
+        <v>1442</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1359</v>
+        <v>1443</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1420</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1421</v>
+        <v>1445</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1422</v>
+        <v>1446</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1423</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1424</v>
+        <v>1449</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1425</v>
+        <v>1450</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1426</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1427</v>
+        <v>1452</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1428</v>
+        <v>1453</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1429</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1430</v>
+        <v>1455</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1431</v>
+        <v>1456</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1432</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1433</v>
+        <v>1458</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1434</v>
+        <v>1459</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1435</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1436</v>
+        <v>1461</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1437</v>
+        <v>1462</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1438</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1439</v>
+        <v>1465</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1440</v>
+        <v>1466</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1441</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1442</v>
+        <v>1468</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1443</v>
+        <v>1469</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1444</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1445</v>
+        <v>1471</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1446</v>
+        <v>1472</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1447</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1448</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1449</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1450</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1451</v>
+        <v>1477</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1452</v>
+        <v>1478</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1453</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1454</v>
+        <v>1480</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1455</v>
+        <v>1481</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1456</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1457</v>
+        <v>1483</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1458</v>
+        <v>1484</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1459</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1460</v>
+        <v>1486</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1461</v>
+        <v>1487</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1462</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C378" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="B378" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D378" s="1" t="s">
-        <v>1465</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1466</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1467</v>
+        <v>1493</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1468</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1469</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1470</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1471</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1472</v>
+        <v>1498</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1473</v>
+        <v>1499</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1474</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1475</v>
+        <v>1501</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1476</v>
+        <v>1502</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1477</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1478</v>
+        <v>1504</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1479</v>
+        <v>1505</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1480</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1481</v>
+        <v>1507</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1482</v>
+        <v>1508</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1483</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1484</v>
+        <v>1510</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1485</v>
+        <v>1511</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1486</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1487</v>
+        <v>1513</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1488</v>
+        <v>1514</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1491</v>
+        <v>1517</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1496</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1497</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1498</v>
+        <v>1522</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1499</v>
+        <v>1523</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1504</v>
+        <v>1463</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1505</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1506</v>
+        <v>1528</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1507</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1508</v>
+        <v>1463</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1512</v>
+        <v>1463</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1463</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1463</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1528</v>
+        <v>1463</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1537</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1538</v>
+        <v>1552</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1540</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1541</v>
+        <v>1555</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1542</v>
+        <v>1556</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1543</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1545</v>
+        <v>1559</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1546</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1547</v>
+        <v>1561</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1548</v>
+        <v>1562</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1549</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1550</v>
+        <v>1564</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1551</v>
+        <v>1565</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1552</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1553</v>
+        <v>1567</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1554</v>
+        <v>1568</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1557</v>
+        <v>1571</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1578</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1586</v>
+        <v>1598</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1578</v>
+        <v>1600</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1589</v>
+        <v>1602</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1578</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1592</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1593</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1578</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1594</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1595</v>
+        <v>1610</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1596</v>
+        <v>1611</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1578</v>
+        <v>1612</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1597</v>
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>