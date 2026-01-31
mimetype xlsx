--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -12,76 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
-[...7 lines deleted...]
-    <t>Descripción</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Tipus de Hubs</t>
+  </si>
+  <si>
+    <t>Descripció</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT és la finestreta única dedicada a facilitar la generació de valor econòmic a partir de recursos orgànics renovables a Catalunya. Un lloc on les empreses i els emprenedors poden dirigir-se per trobar les solucions necessàries per fer el següent pas.</t>
+  </si>
+  <si>
+    <t>CTA (Corporació Tecnològica d'Andalusia)</t>
+  </si>
+  <si>
+    <t>Associacions d'empreses, Plataforma, Hubs</t>
+  </si>
+  <si>
+    <t>CTA és el clúster d¿innovació multisectorial d¿Andalusia amb activitat nacional i internacional. Ajuda empreses, administracions i universitats a planificar una estratègia d'R+D+i alineada amb les necessitats. Des de la identificació de necessitats de R+D+ia la formulació de projectes per resoldre-les o la cerca de socis i finançament, acompanya les empreses en el projecte d'innovació. És l'aliat estratègic per transformar en negoci els resultats aconseguits i un soci amb èxit en projectes d'innovació internacionals. Es tracta d'una fundació privada amb més de 186 empreses membres i 20 anys d'experiència , impulsada a l'origen per la Junta d'Andalusia i amb gestió privada, dedicada a promoure la innovació tecnològica. Més de 186 empreses formen part de CTA. Des de grans corporacions internacionals fins a pimes o startups tecnològiques de tots els sectors econòmics.</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub és un ecosistema de recerca, coneixement pràctic i emprenedoria , que contribueix a la creació d'un sistema de producció agrícola més respectuós amb el medi ambient i basat en tecnologies digitals. La visió del centre de competència és ser un catalitzador per a la transformació digital de l'agricultura grega i la formació d'un nou model de producció sostenible al sector agroalimentari, a través de solucions innovadores. La missió del Smart Agro Hub és: Posar a disposició del productor solucions agrotecnològiques intel·ligents i eficients per augmentar rendiments, reduir costos de producció i millorar-ne la petjada ambiental. Proporcionar a la indústria alimentària solucions sostenibles per establir i complir objectius de sostenibilitat en compliment dels estàndards internacionals i guanyar una posició competitiva al mercat. Activitats del Hub: El desenvolupament de solucions innovadores per a la transformació digital de l'agricultura grega El desenvolupament de proves, avaluació i millora de tecnologies agrícoles En la realització d'experiments agrícoles Proporcionant serveis de consultoria de sostenibilitat Avaluació de la petjada ambiental de la cadena agroalimentària Desenvolupament de productes i tecnologies digitals innovadores al sector agroalimentari Realitzar investigacions científiques i participar en projectes de recerca al camp de l'agricultura i la biotecnologia.</t>
+  </si>
+  <si>
+    <t>Basque Energy Cluster</t>
+  </si>
+  <si>
+    <t>Associació Clúster que agrupa i representa les empreses de la indústria energètica basca per reforçar-ne el posicionament i la capacitat competitiva. Som el punt de trobada i de connexió d'empreses, organitzacions i entitats públiques que desenvolupen la seva activitat al voltant de les cadenes de valor de l'energia. Impulsem i coordinem actuacions en col·laboració per millorar la competitivitat de la indústria energètica basca. El Clúster desenvolupa projectes R+D en Descarbonització de la Indústria, Eòlica, Hidrogen i combustibles renovables, Xarxes Elèctriques Intel·ligents i Solar Fotovoltaica (projecte Agrovitivoltaica )</t>
+  </si>
+  <si>
+    <t>DIH-LEAF (Livestock, Environment, Agriculture and Forest)</t>
+  </si>
+  <si>
+    <t>Centre d'Innovació Digital o DIH orientat als sectors ramader, ambiental , agrícola i forestal (Livestock, Environment, Agriculture and Forest – DIH-LEAF) conformat per diferents actors connectats amb el sector productiu i de diferents iniciatives tecnològiques. A DIH-LEAF, hi participen universitats i centres tecnològics, empreses, associacions de productors, organitzacions sense ànim de lucre, etc. Per tal de respondre al repte de la digitalització i la innovació tecnològica d'aquest ampli sector productiu DIH-LEAF es constitueix com un ecosistema de digitalització autònom i únic amb l'objectiu final de digitalitzar aquestes entitats, aconseguint incrementar-ne l'eficiència, la competitivitat i la sostenibilitat mitjançant l'aplicació de Tecnologies de la Informació i les Comunicacions (TICs). D'aquesta manera, es contribueix al desenvolupament sostenible dels territoris rurals i urbà. A continuació es mostren els serveis oferts per DIH-LEAF: Assaig i experimentació Formació Suport a la recerca de fonts de finançament</t>
+  </si>
+  <si>
+    <t>Basque Digital Innovation Hub (Bdih)</t>
+  </si>
+  <si>
+    <t>Basque Digital Innovation Hub (Bdih) proporciona a les pimes l'accés a les capacitats tecnològiques necessàries per fer front als desafiaments de la indústria intel·ligent, energia i salut i poder evolucionar a l'entorn digital i sostenible. El Hub posa a disposició de les empreses infraestructures i coneixement. Laboratoris, equipaments, programari, capacitats científic tecnològiques i un equip expert que dóna suport a cada projecte en un d'aquests 8 nodes: Node de Robòtica flexible i col·laborativa Node de Materials Avançats Node de Màquines Intel·ligents i connectades Node de Fabricació Additiva Node de Ciberseguretat Node Xarxes Elèctriques Digitals Node Dispositius Metges i Salut Digital Node Intel·ligència Artificial</t>
+  </si>
+  <si>
+    <t>Basque Circular Hub</t>
+  </si>
+  <si>
+    <t>El Basque Circular HUB és una iniciativa que té com a objectiu oferir serveis avançats d' economia circular a Euskadi . Gestionada per la societat pública Ihobe, és fruit de la col·laboració publicoprivada entre el Govern Basc, l'Ajuntament de Bilbao, l'Ajuntament de Vitòria-Gasteiz, la Universitat de Deusto, la Universitat del País Basc UPV-EHU, Universitat de Mondragón, Universitat de Navarra, el Centre de Recerca Aplicada de FP Euskadi-Tknika. El Basque Circular HUB ofereix serveis de prospectiva de mercat, formació avançada, anàlisi de tendències i generació de coneixement expert en làmbit de leconomia circular. En concret, es potencia el desenvolupament de projectes tècnics d'economia circular a empreses basques amb la participació de joves professionals formats a l'HUB. Les empreses tenen joves especialistes amb coneixements per integrar l'economia circular en els seus processos, i l'alumnat pot accedir a un entorn laboral per posar en pràctica allò que s'ha après.</t>
   </si>
   <si>
     <t>SERIDA-HUB</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>L'HUB cerca potenciar la col·laboració públic privada i posar a disposició dels agents una xarxa de granges demo amb activitats R+D i demostratives. La xarxa de Granges Demo del SERIDA-HUB està compost per 6 granges, amb més de 400 hectàrees de finques que representen diferents condicions de sòl, clima i ecosistemes, equipades amb hivernacles, cambres de cultiu, laboratoris i ramats. Al SERIDA-HUB es poden realitzar estudis demostratius amb l'objectiu de transferir la innovació científica al sector agroalimentari i impulsar els living labs i light houses, com a forma de fomentar la col·laboració publicoprivada i establir sinergies entre la ciència, la tècnica, l'agricultura i la ramaderia.</t>
   </si>
   <si>
-    <t>BIOHUBCAT</t>
-[...4 lines deleted...]
-  <si>
     <t>IRIS: European Digital Innovation Hub Navarra</t>
   </si>
   <si>
     <t>Hub que ofereix als demandants de serveis de transformació digital a Navarra, informació sobre els serveis que responen a les seves necessitats, i gestiona els tràmits necessaris per concertar-los.</t>
   </si>
   <si>
     <t>Technologies for Efficiency Digital Innovation Hub Extremadura (T4E DIH)</t>
   </si>
   <si>
     <t>Hub d'innovació digital a Extremadura que té com a objectiu la promoció de la transformació digital a la regió a través de projectes d'innovació i tecnologia</t>
   </si>
   <si>
     <t>Astúries Digital Innovation HUB (AsDIH)</t>
   </si>
   <si>
     <t>Espai en què les empreses poden experimentar amb la tecnologia abans d'invertir-hi i participar en activitats de demostració complementàries i serveis alternatius que contribueixin a l'èxit en el procés de digitalització.</t>
   </si>
   <si>
     <t>Hub de Digitalització i Vi</t>
   </si>
   <si>
     <t>Grup de treball específic de la Fed. Espanyola del Vi (FEV) per apropar, accelerar i facilitar la transformació digital al sector del vi.</t>
   </si>
   <si>
     <t>Centre Nacional de Tecnologia de Regadius (CENTER)</t>
@@ -170,371 +209,365 @@
   <si>
     <t>Novell-T</t>
   </si>
   <si>
     <t>Creiem en el poder de la innovació i la contribució que fa a una societat millor i més sostenible. Brindem el nostre suport de forma independent i sense guanys, en l'assignació dels nostres fundadors.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>És missió del Hub impulsar la R+D+i per dissenyar envasos i embalatges alimentaris segurs, sostenibles i competitius que beneficiïn les empreses de la cadena alimentària basca i, per descomptat, el medi ambient.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Ecosistema virtual on compartir coneixement i proporcionar noves eines als professionals agraris.</t>
   </si>
   <si>
     <t>Madrid Food Innovation Hub</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB és el primer centre d'emprenedoria en alimentació de Madrid. Una iniciativa pionera enfocada a fomentar la innovació i l'emprenedoria al llarg de tota la cadena de valor agroalimentària.</t>
   </si>
   <si>
+    <t>eAtex. Food Innovation Hub by CNTA</t>
+  </si>
+  <si>
+    <t>Hub d'innovació col·laborativa per a la transferència i implantació de tecnologia a la indústria agroalimentària</t>
+  </si>
+  <si>
+    <t>AIR4S. Artificial Intelligence &amp; Robotics for Sustainable Development Goals</t>
+  </si>
+  <si>
+    <t>Hub per impulsar el desenvolupament i creixement de la indústria de la Comunitat de Madrid a través de l'ús i la implantació de les tecnologies basades en la intel·ligència artificial i la robòtica</t>
+  </si>
+  <si>
+    <t>Associació Clúster Digital de Catalunya</t>
+  </si>
+  <si>
+    <t>Espai de treball per a empreses, entitats i grups de recerca del sector de les tecnologies de la informació i les comunicacions (TIC)</t>
+  </si>
+  <si>
+    <t>Barrax - Rural Innovatió Hub</t>
+  </si>
+  <si>
+    <t>Hub on es promocionen les jornades de recerca, trobades comercials, networking professional, capatació de fons europeus, informació i experiència.</t>
+  </si>
+  <si>
+    <t>Centre d'Innovació i Tecnologia de la UPC (CIT UPC)</t>
+  </si>
+  <si>
+    <t>Centre de Recerca, Formació i Transferència del coneixement</t>
+  </si>
+  <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>Ecosistema complet per a les startups del sector AgriFoodTech i un aparador de tecnologies que accelera la transformació digital del sector agroalimentari, els seus PIMES i autònoms</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (gestió integral agroecològica dels sistemes alimentaris territorialitzats) som un grup de treball que portem reflexionant conjuntament des del 2019. Actualment som un consorci de 5 entitats vinculades al sector agroecològic. El nostre nexe d'unió és que, des de diferents enfocaments i llocs, ens trobem impulsant, facilitant i/o acompanyant algun d'aquests processos als nostres territoris.</t>
   </si>
   <si>
-    <t>eAtex. Food Innovation Hub by CNTA</t>
-[...26 lines deleted...]
-    <t>Centre de Recerca, Formació i Transferència del coneixement</t>
+    <t>Clúster of Sustainable Building of Andalusia</t>
+  </si>
+  <si>
+    <t>Projecte de caràcter associatiu i de reconversió del sector que permet identificar i implementar constantment noves oportunitats i allotjar empreses d'àmbit sostenible.</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) és el primer parc tecnològic a Polònia (1995). És operat (com el departament clau) per Adam Mickiewicz University Foundation, una organització sense ànim de lucre amb la missió d'estimular la col·laboració entre la ciència i la indústria per activar el desenvolupament regional a través de la innovació, la transferència de tecnologia i la cooperació internacional.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Instituts de recerca de Rise de Suècia és l'Institut de Recerca de Suècia i soci d'innovació. A través de la col·laboració internacional amb la indústria, l'acadèmia i el sector públic, garantim la competitivitat empresarial i contribuïm a una societat sostenible</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri és un esforç conjunt d'Agroväst, Instituts de Recerca de Suècia (Rise) i Science Park Skövde amb l'objectiu d'accelerar la digitalització del sector agrícola a l'oest de Suècia.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 envolta governs, institucions de coneixement, treballadors humanitaris i empreses en un Clúster d'innovació de drones i enforteix l'ecosistema mitjançant la creació de les condicions prèvies per al desenvolupament exitós i l'aplicació de sistemes no tripulats.</t>
   </si>
   <si>
-    <t>Clúster of Sustainable Building of Andalusia</t>
-[...2 lines deleted...]
-    <t>Projecte de caràcter associatiu i de reconversió del sector que permet identificar i implementar constantment noves oportunitats i allotjar empreses d'àmbit sostenible.</t>
+    <t>Arctic Drone Labs</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs és un innovador centre de recerca de mobilitat aèria situat a Finlàndia. Estem a l'avantguarda de la recol·lecció i l'experiència de l'experiència, eines d'avantguarda i innovacions innovadores per impulsar el creixement de les indústries de sistemes aeris (UAS) no tripulats. La nostra missió inclou el foment del desenvolupament de negocis, l'avenç de les iniciatives de recerca i l'apoderament de l'educació en aquest camp transformador.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (antic Aster) opera com un centre d'innovació digital a la regió d'Emília-Romagna, i la seva proposta de valor és la connexió de les parts interessades i la integració d'iniciatives, serveis i oportunitats per explotar infraestructures, coneixements, experiències d'ambdues companyies i proveïdors (d'instal·lacions, serveis, capacitació, etc.).</t>
+  </si>
+  <si>
+    <t>Cybersecurity Innovation HUB</t>
   </si>
   <si>
     <t>AgriFood Croatia</t>
   </si>
   <si>
     <t>Agrifood Croàcia és un centre d'innovació que reuneix les parts interessades de recerca, negocis i públics a Croàcia per a la recerca comuna de transformacions digitals als sectors relacionats amb l'aqüicultura, l'agricultura i els aliments.</t>
   </si>
   <si>
     <t>VP Delta</t>
   </si>
   <si>
     <t>Agrohub.bg és un centre europeu d'innovació digital per a la Regió Central del Sud, aprovat sota el Programa Digital Europa amb el projecte Agrodigirise. El projecte va començar l'1 de novembre del 2022 i té una durada de tres anys. És implementat per un consorci amb un perfil i experiència diversos: organitzacions de sucursals, unitats científiques i de recerca, institucions de capacitació, empreses de tecnologia, importadors de maquinària agrícola, etc. en associació amb el municipi de Plovdiv.</t>
   </si>
   <si>
-    <t>Arctic Drone Labs</t>
-[...10 lines deleted...]
-  <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>La fortalesa de la Universitat i Investigació de Wageningen rau en la seva capacitat per unir-se a les forces dels instituts de recerca especialitzats i la universitat. També es troba als esforços combinats dels diversos camps de les ciències naturals i socials.</t>
   </si>
   <si>
     <t>ahedd - Attica Hub for Economy of Data and Devices</t>
   </si>
   <si>
     <t>El Centre Nacional de Recerca Científica (NCSR) Demokritos és el centre de recerca multidisciplinari més gran de Grècia, amb aproximadament 1000 empleats i més de 50 anys d'èxits científics innovadors i contribucions a l'economia i la societat gregues. Va ser un soci important en diverses iniciatives tecnològiques nacionals com l'adquisició i l'operació d'instal·lacions informàtiques d'alt rendiment i l'establiment de xarxes computacionals d'alta velocitat al país i actualment és líder o membre de múltiples infraestructures nacionals i europees.</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation HUB</t>
+    <t>Danish Technological Institute, Robot Technology</t>
+  </si>
+  <si>
+    <t>Danish Technological Institute és una empresa líder de recerca i tecnologia. Ajuden els seus clients a convertir el coneixement i la tecnologia més recents en valor. Som experts en producció, materials, tecnologia ambiental, negocis, energia, tecnologia agro, investigació de carn i més</t>
+  </si>
+  <si>
+    <t>DIH PANNONIA</t>
+  </si>
+  <si>
+    <t>L'Agència de Desenvolupament del Comtat de Vukovar-Srijem prepara el pla de desenvolupament del comtat de Vukovar-Srijem, així com altres documents estratègics i de desenvolupament. Proporciona assistència experta en la preparació i la implementació de programes, projectes de desenvolupament a cossos de dret públic i institucions públiques de l'àrea del comtat, que són d'interès per al desenvolupament del comtat, així com projectes conjunts d'interès per al desenvolupament de diversos comtats. .</t>
+  </si>
+  <si>
+    <t>E-Secure Transactions Cluster - TES</t>
+  </si>
+  <si>
+    <t>El Cluster de TES, el Cluster de competitivitat digital de Normandia, representa un ecosistema de 150 membres, compost per grans empreses, PIME, autoritats locals, institucions de recerca i capacitació i altres organitzacions. progrés, rotació, feines i valorització del territori.</t>
+  </si>
+  <si>
+    <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH està coordinant una extensa xarxa de DIHS que abasta al sud i est d'Europa, a través de la qual ofereix oportunitats de finançament i dóna suport a la cooperació de diverses parts entre organitzacions amb experiència complementària.</t>
+  </si>
+  <si>
+    <t>Farmers Parliament Letònia Digital Innovation Hub - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro és un lloc web dinnovació i tecnologia agrícola. La idea principal de Smartagro és informar i encoratjar els agricultors i altres parts interessades a utilitzar noves tecnologies, serveis, productes i sistemes per a un futur sostenible a les zones rurals. En centrar-vos en el Clúster regional, els centres d'innovació digital, els laboratoris vius i les solucions de tecnologia en els projectes del Programa de Recerca i Innovació de la UE Horizon 2020, el lloc web proporcionarà idees i solucions d'avantguarda per facilitar les innovacions en àrees rurals. Smartagro és mantingut per una organització no governamental: el Parlament dels agricultors (FP).</t>
+  </si>
+  <si>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub que brinda consultoria, ecosistema i networking, formació i fiançament</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalusia Agrotech</t>
+  </si>
+  <si>
+    <t>Hub de divulgació de tecnologia i innovació, serveis de consultoria, de R+D aplicats, tecnològics, formació, acceleració i emprenedoria Objectiu:</t>
   </si>
   <si>
     <t>Digital Farming Hub</t>
   </si>
   <si>
     <t>Hub de servei de suport, que ajuda les empreses agrícoles a ser més competitives millorant els seus processos de negoci / producció, així com productes i serveis a través de la tecnologia digital.</t>
   </si>
   <si>
-    <t>Danish Technological Institute, Robot Technology</t>
-[...40 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un'associazione sense guanys volta un promuovere l'elnovazione tecnològica a Itàlia, Atrtaverso La Formazione, La Consulenza i il. La nostra Associazione ha la Sfida di contribueix un facilitar l'Epowerment di tecnologie all'avanguardia, estratègia impertitoriali di stercio, nuovi modelli di empreses i el sviluppo sostenibile di soluzzii i infraestruture en aree rurali per després conformar-lo in "smartsi solucioni i infra" smartsi soluzioni i infraestruture en aree ye rurali després de conformar-lo in "smartess di -soluzioni i infraestruture in al Benessere per una migliore Qualità della vita</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>El menjar de Flandes és Sinds d'Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. Het Uitgangspunt? Door Samenwerking, va conèixer a Elkaar a Onderzoekspartner, Meer Slagkracht Bekomen. Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>L'estratègia de Farm to Fork és al cor de l'acord verd europeu amb l'objectiu de fer que els sistemes alimentaris siguin justos, saludables i amigables amb el medi ambient. Necessitem redissenyar els nostres sistemes alimentaris per fer-los més sostenibles i augmentar-ne la resiliència. Les noves tecnologies i els descobriments científics, combinats amb l'augment de la consciència pública i la demanda d'aliments sostenibles, beneficiaran tots els interessats. La revolució digital ofereix oportunitats, però a moltes companyies encara els resulta difícil saber en quines tecnologies invertir i com assegurar el finançament. Més del 90% de les PIME es queden enrere a la innovació digital i necessiten suport per a la seva transformació digital.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub és una associació sense ànim de lucre amb l'objectiu de: a. Enfortir el nivell de coneixement i consciència de les empreses pel que fa a les oportunitats ofertes per la transformació digital, també en el context del Pla Nacional Enterprise 4.0, l'estratègia europea per a la digitalització de la indústria ("Digitalització de la indústria europea - DEI") i les TICHE Programa d'innovació per a petites i mitjanes empreses de fabricació (programa "Innovació de TIC"; b. ésser la porta d'entrada a l'ecosistema d'innovació per donar suport a la transformació digital del sistema de producció; C. estimular la demanda dinnovació de les empreses; d. Creeu un pont entre els negocis i el món de la recerca.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idele</t>
   </si>
   <si>
     <t>La missió de l'Institut de L'Elevage és millorar la competitivitat de les granges d'herbívors i els seus sectors en un context en canvi constant. El seu treball proporciona solucions tècniques i innovadores als agricultors i parts interessades de bestiar, ovella, cabres i equins als sectors. Proporcionen respostes als problemes socials i als problemes actuals, al servei de les parts interessades del bestiar i dels seus sectors.</t>
   </si>
   <si>
     <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
   </si>
   <si>
     <t>Hub orientat a la intel·ligència artificial com a tecnologia disruptiva que ajudarà en la transformació digital de les empreses de Balears</t>
   </si>
   <si>
+    <t>DIHBU Industry 4.0</t>
+  </si>
+  <si>
+    <t>Hub per impulsar la innovació i la intel·ligència competitiva per fomentar la cocreació de nous productes i la prestació a les empreses de serveis complementaris de caràcter no tecnològic.</t>
+  </si>
+  <si>
+    <t>Dinapsi DIH</t>
+  </si>
+  <si>
+    <t>Hub enfocat a assolir un desenvolupament sostenible, incorporar la transformació digital a la gestió de l'entorn i fer front als reptes del canvi climàtic</t>
+  </si>
+  <si>
     <t>Le Pool French Tech Rennes St Malo</t>
   </si>
   <si>
     <t>L'ecosistema tecnològic francès és en primer lloc emprenedors, però també tots aquells que estan compromesos amb el creixement de les noves empreses i la seva influència internacional. La tecnologia francesa Rennes St Malo (FTRSM) ocupa un lloc de 1ER Rànquing Nacional en telecomunicacions, agro de menjar i ciberseguretat. La salut electrònica, les noves mobilitats i els sectors dindústries creatives també tenen fortes fortaleses locals.</t>
   </si>
   <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>El Nanotechnology Lab Ltfn, establert el 1991, es troba al Departament de Física de la Universitat d'Aristòtil de Tesaloniki (Auth) ia les instal·lacions de Cope-H a prop de Thermi i l'aeroport de Thessaloniki. Té una experiència de més de 25 anys en tecnologia de pel·lícules primes, fabricació de nanomaterials avançats i nanopartícules, desenvolupant/implementant tècniques de metrologia òptica in situ i en temps real, modelatge computacional i eines de nanometrologia. La missió de LTFN és promoure la investigació de classe mundial i les millors pràctiques en nanotecnologia, electrònica orgànica, nanomedicina i nanometrologia per abordar els desafiaments globals en la fabricació, energia, il·luminació, electrònica, fotònica, IoT, transport, salut i qualitat de vida de qualitat de vida. , Agricultura, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>La plataforma tecnològica de Photonics Bretagne té una gran experiència en biofotònica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>La missió de Robocoast és donar suport a la transformació digital amb habilitats clau en ciberseguretat, robòtica, tecnologia energètica, intel·ligència artificial, anàlisi de dades, 5G i Internet de les coses. Brindem serveis a la indústria de l'exportació i altres indústries, així com a noves empreses i empreses d'alta tecnologia. Els productes i serveis desenvolupats pels membres se centren en la indústria de l'exportació i les cadenes de subcontractació, la fabricació avançada, la tecnologia d'informació i comunicació i el sector energètic. També oferim cooperació multidisciplinària a àrees com l'agricultura i la tecnologia de la salut.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub es tradueix oficialment en finès com Digital Innovation Hub. És una eina desenvolupada i coordinada per la Comissió Europea per accelerar les solucions digitals per a les empreses europees. DIH està fonamentalment orientat regionalment, i el centre d'atenció és principalment a les PIME.</t>
   </si>
   <si>
-    <t>DIHBU Industry 4.0</t>
-[...16 lines deleted...]
-  <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence Center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) és un centre d'innovació digital (DIH), acreditat i operatiu a nivell europeu, fundat a Parma el 2018, en forma d'una associació sense ànim de lucre (legalment reconeguda), per Unione Parmense Degli Industriali i Universit. Smile-DIH és part de I4MS (European DiH Network) i de la xarxa de confindustria DIH italiana i és capaç de donar suport a la transferència de tecnologia entre els centres de recerca (universitats, centres de competència, instituts i organismes privats) i indústries manufactureres. (en particular les PIME i Mid-Caps), així com les administracions públiques, per canviar els seus models de negoci a través de: la digitalització dels processos operatius per fer-los més eficients i funcionals; La implementació de metodologies innovadores i Lean, recolzades per tecnologies intel·ligents, com el sistema cibernètic-físic (CPS), Internet de les coses (IoT i IIoT), intel·ligència artificial (IA), robòtica (autònoma i col·laborativa), seguretat cibernètica, Computació d'alt rendiment (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promoure la investigació aplicada, la investigació directa que respongui a una necessitat una necessitat.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>L'Institut Nacional Tyndall és un centre de recerca europeu de tecnologia profunda capdavantera en maquinari i sistemes de TIC integrats (tecnologia d'informació i comunicacions). Especialització tant en electrònica com en fotònica (materials, dispositius, circuits i sistemes) estem liderant a nivell mundial a les nostres àrees de recerca bàsiques de: Fabricació d'oblees de semiconductors Materials quàntics, dispositius i plataformes d'enginyeria Integració i embalatge microelectrònics i fotònics Sistemes d'energia integrats i mitigació del clima Biofotònica sistemes intel·ligents Sistemes centrats en humans per al treball i la vida Sistemes de comunicació òptica Sistemes de comunicació sense fil Disseny de senyal mixta i circuit analògic</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Els centres d'innovació digital (DIHS) són “botigues úniques”, a prova de la Comissió Europea, que ajuden les empreses a ser més competitives respecte als seus processos, productes o serveis comercials/de producció utilitzant tecnologies digitals. Com a primer pont regional de contacte i porta en un ecosistema d'innovació de diverses parts, proporcionen les PIME i altres companyies: Accés als darrers coneixements, experiència i tecnologia per donar suport als seus clients amb pilots, proves i experiments amb innovacions digitals. Suport comercial i financer per implementar aquestes innovacions.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La qualitat de la vida urbana en el futur dependrà cada cop més de la complexa relació entre els sistemes informàtics, l'enginyeria, la física i el comportament humà. Aquesta relació entre les persones i la tecnologia que utilitzem afectarà cada cop més tots els aspectes de la nostra vida quotidiana, des de com impulsem les nostres llars i negocis fins a com produïm els nostres aliments. El negoci, el govern i la indústria dependran de la tecnologia integrada que podria oferir grans millores a les nostres vides, però també és vulnerable a l'atac cibernètic i la falla del programari. La necessitat de comprendre i unir aquests diferents elements per treballar de manera eficient serà important crítica perquè la societat prosperi. El laboratori físic cibernètic de la Universitat de Newcastle és part del Digitial Innovation Hub (DIH) al lloc de Newcastle Helix d'última generació, implementant la visió regional que augmenta la pròspera economia digital al nord-est d'Anglaterra. A més de la Universitat de Newcastle, la DIH ofereix serveis a través del Centre Nacional d'Innovació per a Dades (NICD), lliurant habilitats de dades pràctiques a les organitzacions; LInstitut de Codificació, Unir la bretxa dhabilitats digitals i el Programa dArrow, alineant les necessitats de les PIME regionals amb la Universitat de Newcastle.</t>
   </si>
   <si>
     <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
   </si>
   <si>
     <t>Antares s'esforça per impulsar l'excel·lència en la recerca al Biosense Institute, per lliurar solucions digitals disruptives al sector agrícola europeu, estimular l'esperit empresarial i l'ocupació a nivell regional i assegurar prou aliments segurs per a la població mundial creixent.</t>
   </si>
   <si>
+    <t>FIWARE Space</t>
+  </si>
+  <si>
+    <t>Centra la seva activitat en capacitació, networking, divulgació d'esdeveniments, avenços i projectes duts a terme per al desenvolupament tecnològic de Badajoz</t>
+  </si>
+  <si>
+    <t>Food +i cluster</t>
+  </si>
+  <si>
+    <t>Projecte per a la divulgació d'activitats, projectes, xarxes, proposta de valor i innovació duts a terme pel cluster food+i.</t>
+  </si>
+  <si>
+    <t>Galician Factory of Future HUB</t>
+  </si>
+  <si>
+    <t>Ambient per a la promoció de projectes cooperatius d´alt impacte per millorar la competitivitat de les empreses de la indústria d´automoció i mobilitat de Galícia</t>
+  </si>
+  <si>
     <t>CPI</t>
   </si>
   <si>
     <t>L'IPC actua com un catalitzador que reuneix l'acadèmia, les empreses, el govern i els inversors per traduir idees brillants i investigació al mercat Fem això brindant als nostres clients accés als experts, equips, xarxes, finançament i més adequats, connectant els punts per a una innovació efectiva de Regne Unit. Establits el 2004, els nostres equips apliquen incansablement els seus molts anys d'experiència per garantir que cada gran invent tingui la millor oportunitat de convertir-se en un producte o procés comercialitzat amb èxit.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - The Swiss Microtechnology &amp; Micromanufacturing DIH</t>
   </si>
   <si>
     <t>Microhub.Swiss és un centre d'innovació digital (DIH) centrat en la microtecnologia i la micromanufactura. és ajudar aquests cossos en el seu viatge de transformació digital, gràcies a la nostra cartera ben desenvolupada en tecnologies digitals, ecosistemes d'industrialització establerts i experiència en gestió de la innovació. de la primera sèrie Connectant l'ecosistema</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. Els Principals impulsors fill El Monitorització en temps real, el control de qualitat en línia, el manteniment predictiu i la traçabilitat fins a peces individuals. Els nostres objectius fill donar suport a les empreses emergents i les pimes perquè abordin el desafiament del iiot basat en les plataformes tecnològiques i l'ecosistema important per a la industrialització i la gestió de la innovació.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF és una de les organitzacions de recerca independent més grans d'Europa. Cada any fem diversos milers de projectes per a clients grans i petits.</t>
   </si>
   <si>
-    <t>FIWARE Space</t>
-[...16 lines deleted...]
-  <si>
     <t>Granada Plaça Tecnològica i Biotecnològica</t>
   </si>
   <si>
     <t>Hub on es desenvolupa activitats, projectes, xarxes, normatives i propostes de valor i innovació del sector tecnològic i biotecnològic.</t>
   </si>
   <si>
     <t>HPC-Cloud and Cognitive Systems per a Smart Manufacturing processes, Robotics and Logistics</t>
   </si>
   <si>
     <t>Hub on es desenvolupen activitats de divulgació, projectes, xarxes, i proposta de valor i innovació del sector tecnològic Aragonès.</t>
   </si>
   <si>
     <t>Hub 4.0 of Manufacturing Sectors in Valencian Region</t>
   </si>
   <si>
     <t>Avançar en la transformació digital de processos productius: simulació/HPC, fabricació additiva, IoT, Robòtica</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Hub per a la creació de xarxa entre Espanya i Portugal per al creixement i fiançament, accés a la informació, formació i assessorament del sector agroalimentari</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovation for competitiveness and advanced manufacturing)</t>
@@ -581,86 +614,86 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Hub per a startups, pimes i empreses emergents que treballen a l'àmbit de la tecnologia</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Iniciativa de la Comunitat de Madrid que busca convertir Madrid en una ciutat líder en robòtica i automatització</t>
   </si>
   <si>
     <t>Robotics Digital Innovation Hub</t>
   </si>
   <si>
     <t>Hub d'innovació digital que ofereix serveis d'assessorament, capacitació i finançament per a empreses de robòtica</t>
   </si>
   <si>
     <t>Science and Technology Park Of Almeria, PITA SA</t>
   </si>
   <si>
     <t>Ofereix infraestructura i serveis de suport a empreses tecnològiques i innovadores</t>
   </si>
   <si>
+    <t>University of Valencia Science Park DIH</t>
+  </si>
+  <si>
+    <t>Hub d'innovació digital a València Objectiu: Fomentar la col·laboració entre la universitat i empreses en tecnologia per promoure la innovació i el desenvolupament</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub de Catalunya</t>
+  </si>
+  <si>
+    <t>Hub format pels principals agents de suport a la digitalització de Catalunya</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Digital Innovation Hub of Galician Industry</t>
+  </si>
+  <si>
+    <t>Hub que promociona el desenvolupament de projectes d'R+D+i alineats amb les necessitats i reptes que es plantegen al teixit industrial</t>
+  </si>
+  <si>
     <t>4PDIH - Public Private People Partnership Digital Innovation Hub</t>
   </si>
   <si>
     <t>Us oferim oportunitats per participar en projectes europeus, en els quals podeu cocrear polítiques de digitalització, aprendre sobre exemples de bones pràctiques i participar en competicions i licitacions per finançar diversos processos i àrees de digitalització.</t>
   </si>
   <si>
     <t>5G Fieldlab 5Groningen</t>
   </si>
   <si>
     <t>5Groningen és HET Programma Voor 5G-Ondernemers en no profiosatitzacions Werken Samen va conèixer els experts om toepassingen van 5g et testen. bijvoorbeeld mogelijk om op afstand een diagnostice et stellen, doordat d'arts en het ziekenhuis es va reunir amb een snelle verbinding mee kan kijken a l'ambulància 5Groningen Test Toepassingen es va reunir 5g.</t>
   </si>
   <si>
     <t>AgriFood Lithuania DIH</t>
   </si>
   <si>
     <t>AgriFood Lituània és un centre d'innovació digital i un Clúster que reuneix importants investigacions, negocis i parts interessades públiques a Lituània per a la cerca comuna de transformacions digitals als sectors agrícoles, alimentaris i associats.</t>
   </si>
   <si>
-    <t>University of Valencia Science Park DIH</t>
-[...16 lines deleted...]
-  <si>
     <t>Agro Space DIH</t>
   </si>
   <si>
     <t>Lituània Agro Space Digital Innovation Hub és una xarxa d'enfocament regional sense ànim de lucre que reuneix les organitzacions lituanes de recerca, educació, negocis i institucions governamentals destinades a fomentar la innovació de tecnologia digital intersectorial. AGRO Space DIH Vision es convertirà en el proveïdor de solucions d'"anar a" per al desenvolupament, la transferència de tecnologia digital i la difusió d'innovació en sectors clau: agricultura, espai, fabricació (Industry 4.0) i innovació de serveis. La prioritat és avançar en les capacitats dassociació de les companyies de tecnologia agrícola i espacial amplificant la plataforma de la xarxa dins de Lituània i transnacionalment.</t>
   </si>
   <si>
     <t>Açores Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Parc de Ciència i Tecnologia de Nonagon promou la transformació digital i la digitalització de l'economia azoreana, a través de la coordinació dels Açores Digital Innovation Hub.</t>
   </si>
   <si>
     <t>Cluj IT Cluster</t>
   </si>
   <si>
     <t>CLUJ IT és una organització basada en Clúster formada per organitzacions actives al camp de la tecnologia de la informació: proveïdors de serveis i solucions de programari, universitats i instituts de recerca, organismes públics i altres organitzacions de catalitzador.</t>
   </si>
   <si>
     <t>Digital Innovation Hub Slovenia</t>
   </si>
   <si>
     <t>DIH Eslovènia permet la transformació digital al principi d'una finestreta única, a Eslovènia i més enllà. Augmenta la consciència i ofereix serveis per al creixement de les competències digitals, l'intercanvi d'experiències digitals i exemples de bones pràctiques a nivell local, regional i internacional; Proposa al govern i proporciona accés a dades per promoure lesperit empresarial.</t>
   </si>
   <si>
     <t>DIH AGRIFOOD - Digital Innovation Hub for Agriculture and Food production</t>
@@ -695,102 +728,102 @@
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>La Universitat Tecnològica de Luleå té molts anys d'experiència en la intel·ligència artificial aplicada. El nostre ecosistema de recerca relacionada amb la IA vincula directament les aplicacions del món real a empreses i indústries. Contribuïm a innovacions d'IA segures i mesurables que marquen la diferència a la vida quotidiana i que beneficien la societat en general.</t>
   </si>
   <si>
     <t>Luxemburg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>L'Institut de Ciència i Tecnologia de Luxemburg (List) és una organització de recerca i tecnologia (RTO) impulsada per la missió que desenvolupa prototips de productes/serveis competitius i orientats al mercat per a les parts interessades públiques i privades.</t>
   </si>
   <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Grup Ha Superat les seves fronteres originals tant geogràfic com en termes del seu abast d'activitats. Avui dia, Innoskart s'ha convertit en un grup nacional de proveïdors de serveis de TI (hardware i software), així com membres de fabricació i investigació d'aliments, però en molts altres camps té èxits excel·lents (comerç de vehicles, productes farmacèutics, Maquina etc.). LES Organitzacions d'Innoskart Van Des d'Empreses Unipersonals Fins a Grans Empreses a Àmplia Paleta.</t>
   </si>
   <si>
     <t>Centre d'Innovació Digital de NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>A Grècia, es van implementar una estratègia de recerca i innovació regional i 13 nacionals per a l'especialització intel·ligent. L'estratègia nacional promou vuit sectors, en els quals la recerca i la innovació podrien contribuir a desenvolupar un avantatge competitiu important, tenint en compte la massa crítica i l'excel·lència del potencial de recerca respectiu.</t>
   </si>
   <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub de divulgació de tecnologia i innovació, serveis de consultoria, d'R+D aplicats, tecnològics, formació Objectiu: Proveir de tecnologia industrial a Catalunya, consultoria, formació, desenvolupament de productes i serveis innovadors i promoció i difusió de l'innovació tecnològica</t>
+  </si>
+  <si>
     <t>Regional Platform Industry 4.0 de Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>L'eina operativa de la Plataforma Regional Enterprise 4.0: un punt d'accés fàcil per a les empreses que volen innovar i seguir sent competitives als mercats. actors de l'ecosistema d'innovació digital present al territori.</t>
   </si>
   <si>
-    <t>Digital Water Innovation Hub (Digital Water)</t>
-[...2 lines deleted...]
-    <t>Hub de divulgació de tecnologia i innovació, serveis de consultoria, d'R+D aplicats, tecnològics, formació Objectiu: Proveir de tecnologia industrial a Catalunya, consultoria, formació, desenvolupament de productes i serveis innovadors i promoció i difusió de l'innovació tecnològica</t>
+    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
+  </si>
+  <si>
+    <t>Hub que posa al servei les darreres tecnologies digitals i creatives a l'abast dels sectors de l'administració local, la formació, la internacionalització, el comerç, els serveis i la indústria Objectiu:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) és com una xarxa informal d'institucions privades i públiques focalitzades en la digitalització de l'economia al territori, principalment en el sector del turisme, dirigida pel sistema Algarve i l'Associació d'Associació Tecnològica (Algarve STP), una associació sense ànim de lucre que Incorpora la Universitat d'Algarve, l'Associació Nacional de Joves Empreses saber, Loulé, Faro, Olhão i una associació privada de companyies de TI, Algarve Evolution.</t>
   </si>
   <si>
     <t>PIAP HUB</t>
   </si>
   <si>
     <t>Valor Network animada per PIAP en cooperació estratègica amb l'administració nacional i regional, organitzacions sectorials i proveïdors de tecnologia líders dedicats a la implementació de l'automatització i la robòtica dels processos tecnològics de l'especialització intel·ligent nacional. Facilitador de l'adopció primerenca d'avenços tecnològics per indústries d'alt creixement, inclosa la fabricació àgil, la inspecció i el manteniment de la infraestructura, així com el menjar agroalimentari i l'atenció mèdica.</t>
   </si>
   <si>
-    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
-[...2 lines deleted...]
-    <t>Hub que posa al servei les darreres tecnologies digitals i creatives a l'abast dels sectors de l'administració local, la formació, la internacionalització, el comerç, els serveis i la indústria Objectiu:</t>
+    <t>Data Science and Artificial Intelligence (DASAI)</t>
+  </si>
+  <si>
+    <t>Espai dedicat a la investigació, generació de projectes, formació, divulgació i transferència del coneixement relacionada a la Intel·ligència artificial.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>L'ambició general és dissenyar, desenvolupar i introduir una plataforma que connecti les persones amb la informació. En primer lloc, amb la integració de principis de xarxes socials com ara bloc, fòrum, botiga de ciències de disseny que permet connectar els usuaris amb desenvolupadors i investigadors. I en segon lloc integrant diferents tipus d'aplicacions de demostració, on els desenvolupadors i els investigadors tindran l'oportunitat de cooperar, provar diferents API per a noves solucions i també proporcionar experiments comuns.</t>
   </si>
   <si>
-    <t>Data Science and Artificial Intelligence (DASAI)</t>
-[...2 lines deleted...]
-    <t>Espai dedicat a la investigació, generació de projectes, formació, divulgació i transferència del coneixement relacionada a la Intel·ligència artificial.</t>
+    <t>Districte digital Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Entorn per albergar empreses tecnològiques i talent per a la transformació tecnològica i de l'economia digital a la Mediterrània destacant tres verticals: canvi climàtic, salut i turisme</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>Beia Grid Institut és una ONG innovadora que participa activament en projectes de recerca multidisciplinaris a nivell nacional i internacional.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Entorn per albergar empreses tecnològiques i talent per a la transformació tecnològica i de l'economia digital a la Mediterrània destacant tres verticals: canvi climàtic, salut i turisme</t>
   </si>
   <si>
     <t>Convergeix Hub d'Innovació Oberta</t>
   </si>
   <si>
     <t>Converge és una eina per facilitar la transferència efectiva del coneixement a la societat, mitjançant la generació d'enllaços de confiança entre el CSIC i els agents de l'ecosistema d'innovació. L' objectiu de Converge és visibilitzar el CSIC com a referent en innovació científic tecnològica i social, i contribuir a reforçar l' ecosistema d'innovació d'Espanya. La missió de Converge s ?articula mitjançant quatre programes: CSIC Open lab; CSIC emprèn; CSIC Living Lab; Càtedres CSIC empresa VÍDEO</t>
   </si>
   <si>
     <t>INNOVASTÚRIES</t>
   </si>
   <si>
     <t>INNOVASTÚRIES és una associació d'empreses i institucions asturianes que busquen la millora de la seva competitivitat i la qualitat dels seus serveis mitjançant l'impuls de la cultura innovadora i la col·laboració i cerca de sinergies en l'àmbit internacional del sector agroalimentari i medi ambient, comerç i hostaleria, administració, indústria, energia i investigació i educació, cultura i salut</t>
   </si>
   <si>
     <t>BioSense Institute</t>
   </si>
   <si>
     <t>BioSense Digital Innovation Hub (DIH) és pioner en la transformació digital per a l'agricultura sostenible introduint innovacions digitals en vincular la investigació, l'emprenedoria, la ciència i les solucions llestes per al mercat</t>
   </si>
   <si>
     <t>AHEDD- Attica Hub for the Economy of Data and Devices</t>
   </si>
 </sst>
 </file>
 
@@ -1118,1447 +1151,1502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C126"/>
+      <selection activeCell="A1" sqref="A1:C131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1666.879" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>87</v>
+        <v>253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>