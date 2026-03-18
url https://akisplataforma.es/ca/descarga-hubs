--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,79 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Tipus de Hubs</t>
   </si>
   <si>
     <t>Descripció</t>
   </si>
   <si>
+    <t>Le Pool French Tech Rennes St Malo</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>L'ecosistema tecnològic francès és en primer lloc emprenedors, però també tots aquells que estan compromesos amb el creixement de les noves empreses i la seva influència internacional. La tecnologia francesa Rennes St Malo (FTRSM) ocupa un lloc de 1ER Rànquing Nacional en telecomunicacions, agro de menjar i ciberseguretat. La salut electrònica, les noves mobilitats i els sectors dindústries creatives també tenen fortes fortaleses locals.</t>
+  </si>
+  <si>
+    <t>E-Secure Transactions Cluster - TES</t>
+  </si>
+  <si>
+    <t>El Cluster de TES, el Cluster de competitivitat digital de Normandia, representa un ecosistema de 150 membres, compost per grans empreses, PIME, autoritats locals, institucions de recerca i capacitació i altres organitzacions. progrés, rotació, feines i valorització del territori.</t>
+  </si>
+  <si>
+    <t>Giasat</t>
+  </si>
+  <si>
+    <t>GIASAT (Gestió integral agroecològica dels sistemes alimentaris territorialitzats) és un grup de treball que porta reflexionant conjuntament des del 2019. Actualment és un consorci de 5 entitats vinculades al sector agroecològic. El nexe d'unió és que, des de diferents enfocaments i llocs, es troben impulsant, facilitant i/o acompanyant algun d'aquests processos als seus territoris. Missió: Les persones productores -sobretot petites i mitjanes finques- tenen dificultats per arribar als mercats territorials, cosa que incrementa l'empobriment i l'abandonament del medi rural, a més d'una pèrdua d'oferta alimentària de qualitat per a la població. Giasat vol desenvolupar una logística i distribució adaptada a la petita i mitjana producció centrada als canals curts de comercialització que permeti sostenir un salt d'escala a la producció i generi un accés a una alimentació més sostenible i saludable. Visió: Giasat aspira a aconseguir una Gestió Integral de Sistemes Alimentaris Territorialitzats (SAT) dinamitzant i acompanyant els diferents agents involucrats sota un enfocament d'economia social i resolent de manera col·laborativa les necessitats del sector.</t>
+  </si>
+  <si>
+    <t>FORESTRY HUB</t>
+  </si>
+  <si>
+    <t>El Forestry Hub és una iniciativa del Centre de Ciència i Tecnologia Forestals de Catalunya (CTFC). Actua com a pont entre la investigació, el desenvolupament i la innovació, garantint-ne la transferència efectiva a aplicacions pràctiques. Som un referent regional en el desenvolupament de la silvicultura adaptativa i cadenes de valor sostenibles que enforteixen la resiliència dels paisatges agroforestals. Promovem activament una bioeconomia circular que integra naturalesa, innovació i competitivitat.</t>
+  </si>
+  <si>
+    <t>Tecnova</t>
+  </si>
+  <si>
+    <t>Centre Tecnològic Tecnova promou la innovació aplicada i el desenvolupament tecnològic per millorar la competitivitat i la rendibilitat de les empreses del sector agroindustrial. Actualment, treballem amb més de 289 empreses, a nivell nacional i internacional, que aposten per processos de canvi i innovació a les seves organitzacions i ho fem amb responsabilitat, flexibilitat i confidencialitat. Tecnova, com a Clúster Europeu que aglutina les principals empreses del sector, treballa en xarxa per ajudar-les a posicionar-se als principals mercats internacionals, realitzant transferència de coneixement i tecnologia, fomentant la R+D i buscant-los línies de finançament que ho facin possible.</t>
+  </si>
+  <si>
+    <t>Centre d'innovació a Agua Digital (Digital Water)</t>
+  </si>
+  <si>
+    <t>Desenvolupament i implementació de noves tecnologies sostenibles aplicades a la gestió de l‟aigua com a recurs fonamental de l‟economia circular. Digital Water aplica els conceptes de sostenibilitat i economia circular a les noves tecnologies per millorar el cicle integral de l'aigua, la qual cosa augmenta la competitivitat de nombrosos sectors empresarials i beneficia la societat en conjunt. A més de l'experiència i el talent científic i tecnològic de l'equip d'Eurecat, el Centre té laboratoris, plantes pilot, equipament científic i centres de processament de dades. Totes aquestes instal·lacions permeten a Eurecat fer front als reptes actuals i futurs de l'aigua. Serveis: * Prototipat ràpid * PoC (proves de concepte) * Digitalització i connectivitat * Consultoria i formació altament especialitzada * Integració i homogeneïtzació de sistemes * Virtualització d'objectes * Qualitat, neteja i valorització de dades * Manteniment intel·ligent/Millora de la vida útil i utilització dels actius * Predicció de la qualitat/preservació * Predicció de la qualitat/preservació Optimització de recursos * Programació intel·ligent * Recomanadors intel·ligents * Serveis d'anàlisi de dades (SaaS) * Gestió de recursos * Gestió operativa * Gestió de processos * Monitorització i control en temps real * Informes avançats: KPIs, quadres de comandament... * Caracterització i anàlisi d'escenaris</t>
+  </si>
+  <si>
+    <t>Economia Platejada digital (DIHDSE)</t>
+  </si>
+  <si>
+    <t>L'Economia Platejada Digital (DIHDSE) cerca ser la finestreta única a través de la qual les empreses i altres entitats públiques o privades puguin accedir a la informació, els serveis i les instal·lacions que necessiten per abordar amb èxit els seus processos de transformació digital, amb l'objectiu d'incentivar serveis més eficients per als ciutadans de més de 50 anys. És una estructura sense fins de lucre. Zamora compta amb un alt potencial de Plata, a més de la seva gran població major (Zamora és la província amb més envelliment d'Espanya), i també per ser un lloc atractiu per residir, com es va establir al I Congrés Internacional d'Economia Platejada celebrat a Zamora, en què van participar 40 experts i 700 congressistes. D'altra banda, el teixit empresarial de la regió està altament atomitzat i, a nivell laboral, es requereixen mesures per impulsar l'ocupació i augmentar la renda mitjana. El DIHDSE, liderat per la Diputació de Zamora en col·laboració amb l'organisme industrial, de recerca i financer, promourà el reconeixement de Zamora com a província de referència en l'especialització de serveis i indústria per a gent gran no només a Espanya sinó també a nivell internacional i enfortir així el futur desenvolupament socioeconòmic de la regió.</t>
+  </si>
+  <si>
+    <t>CIDIHUB (Centre d'innovació Digital de Canàries)</t>
+  </si>
+  <si>
+    <t>El Centre d'Innovació Digital de Canàries (CIDIHUB) forma part de la xarxa europea d'European Digital Innovation Hubs (EDIHs) impulsada per la Comissió Europea, el propòsit de la qual és accelerar la transformació digital de les empreses i administracions públiques a tot Europa. Integrat com a consorci d'organitzacions i centres especialitzats, CIDIHUB actua com a punt de referència a les Canàries per apropar a les pimes i entitats públiques les competències, tecnologies i recursos necessaris per innovar, créixer i ser més competitives en l'economia digital. El nostre compromís és situar les Canàries a l'avantguarda de la digitalització europea, oferint a les empreses i administracions públiques serveis especialitzats, acompanyament en l'adopció de tecnologies avançades i programes de formació que els permetin aprofitar les oportunitats de la nova economia.</t>
+  </si>
+  <si>
+    <t>Món Forestal</t>
+  </si>
+  <si>
+    <t>Eines i recursos professionals per a propietaris forestals. Aclareix la teva propietat, gestiona els teus recursos i converteix-te en referent de la gestió forestal sostenible.</t>
+  </si>
+  <si>
+    <t>ASEMFO (Associació Nacional d'Empreses Forestals)</t>
+  </si>
+  <si>
+    <t>ASEMFO és l'Associació Nacional d'Empreses Forestals d'Espanya. L'Associació va néixer l'any 1994 com a associació voluntària d'empreses forestals privades, dedicades a l'execució de projectes, obres i serveis per a la conservació, la protecció i la millora del medi natural. Les empreses forestals garanteixen lexecució tècnica de les estratègies dinversió ESG i de les polítiques de sostenibilitat empresarial.</t>
+  </si>
+  <si>
+    <t>CIDAI</t>
+  </si>
+  <si>
+    <t>El Centre of Innovation for Data Tech and Artificial Intelligence (CIDAI) impulsa el desenvolupament i l'adopció de solucions basades a IA a través de la col·laboració amb empreses, institucions i centres de recerca aplicada.</t>
+  </si>
+  <si>
+    <t>ITA (Institut Tecnològic d'Aragó)</t>
+  </si>
+  <si>
+    <t>L'ITA és un centre tecnològic adscrit al Departament de Presidència, Economia i Justícia del Govern d'Aragó, la missió del qual és contribuir al desenvolupament tecnològic de les empreses i augmentar-ne la competitivitat.</t>
+  </si>
+  <si>
+    <t>DIHBAI-TUR: Hub d'Innovació Digital de les Illes Balears en Intel·ligència Artificial al Turisme i al Sector Agroalimentari</t>
+  </si>
+  <si>
+    <t>Hub orientat a la intel·ligència artificial com a tecnologia disruptiva que ajudarà en la transformació digital de les empreses de Balears</t>
+  </si>
+  <si>
     <t>BIOHUBCAT</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOHUBCAT és la finestreta única dedicada a facilitar la generació de valor econòmic a partir de recursos orgànics renovables a Catalunya. Un lloc on les empreses i els emprenedors poden dirigir-se per trobar les solucions necessàries per fer el següent pas.</t>
   </si>
   <si>
-    <t>CTA (Corporació Tecnològica d'Andalusia)</t>
-[...7 lines deleted...]
-  <si>
     <t>Smart Agro Hub</t>
   </si>
   <si>
     <t>Smart Agro Hub és un ecosistema de recerca, coneixement pràctic i emprenedoria , que contribueix a la creació d'un sistema de producció agrícola més respectuós amb el medi ambient i basat en tecnologies digitals. La visió del centre de competència és ser un catalitzador per a la transformació digital de l'agricultura grega i la formació d'un nou model de producció sostenible al sector agroalimentari, a través de solucions innovadores. La missió del Smart Agro Hub és: Posar a disposició del productor solucions agrotecnològiques intel·ligents i eficients per augmentar rendiments, reduir costos de producció i millorar-ne la petjada ambiental. Proporcionar a la indústria alimentària solucions sostenibles per establir i complir objectius de sostenibilitat en compliment dels estàndards internacionals i guanyar una posició competitiva al mercat. Activitats del Hub: El desenvolupament de solucions innovadores per a la transformació digital de l'agricultura grega El desenvolupament de proves, avaluació i millora de tecnologies agrícoles En la realització d'experiments agrícoles Proporcionant serveis de consultoria de sostenibilitat Avaluació de la petjada ambiental de la cadena agroalimentària Desenvolupament de productes i tecnologies digitals innovadores al sector agroalimentari Realitzar investigacions científiques i participar en projectes de recerca al camp de l'agricultura i la biotecnologia.</t>
   </si>
   <si>
     <t>Basque Energy Cluster</t>
   </si>
   <si>
     <t>Associació Clúster que agrupa i representa les empreses de la indústria energètica basca per reforçar-ne el posicionament i la capacitat competitiva. Som el punt de trobada i de connexió d'empreses, organitzacions i entitats públiques que desenvolupen la seva activitat al voltant de les cadenes de valor de l'energia. Impulsem i coordinem actuacions en col·laboració per millorar la competitivitat de la indústria energètica basca. El Clúster desenvolupa projectes R+D en Descarbonització de la Indústria, Eòlica, Hidrogen i combustibles renovables, Xarxes Elèctriques Intel·ligents i Solar Fotovoltaica (projecte Agrovitivoltaica )</t>
   </si>
   <si>
     <t>DIH-LEAF (Livestock, Environment, Agriculture and Forest)</t>
   </si>
   <si>
     <t>Centre d'Innovació Digital o DIH orientat als sectors ramader, ambiental , agrícola i forestal (Livestock, Environment, Agriculture and Forest – DIH-LEAF) conformat per diferents actors connectats amb el sector productiu i de diferents iniciatives tecnològiques. A DIH-LEAF, hi participen universitats i centres tecnològics, empreses, associacions de productors, organitzacions sense ànim de lucre, etc. Per tal de respondre al repte de la digitalització i la innovació tecnològica d'aquest ampli sector productiu DIH-LEAF es constitueix com un ecosistema de digitalització autònom i únic amb l'objectiu final de digitalitzar aquestes entitats, aconseguint incrementar-ne l'eficiència, la competitivitat i la sostenibilitat mitjançant l'aplicació de Tecnologies de la Informació i les Comunicacions (TICs). D'aquesta manera, es contribueix al desenvolupament sostenible dels territoris rurals i urbà. A continuació es mostren els serveis oferts per DIH-LEAF: Assaig i experimentació Formació Suport a la recerca de fonts de finançament</t>
   </si>
   <si>
     <t>Basque Digital Innovation Hub (Bdih)</t>
   </si>
   <si>
     <t>Basque Digital Innovation Hub (Bdih) proporciona a les pimes l'accés a les capacitats tecnològiques necessàries per fer front als desafiaments de la indústria intel·ligent, energia i salut i poder evolucionar a l'entorn digital i sostenible. El Hub posa a disposició de les empreses infraestructures i coneixement. Laboratoris, equipaments, programari, capacitats científic tecnològiques i un equip expert que dóna suport a cada projecte en un d'aquests 8 nodes: Node de Robòtica flexible i col·laborativa Node de Materials Avançats Node de Màquines Intel·ligents i connectades Node de Fabricació Additiva Node de Ciberseguretat Node Xarxes Elèctriques Digitals Node Dispositius Metges i Salut Digital Node Intel·ligència Artificial</t>
   </si>
   <si>
     <t>Basque Circular Hub</t>
@@ -209,323 +278,299 @@
   <si>
     <t>Novell-T</t>
   </si>
   <si>
     <t>Creiem en el poder de la innovació i la contribució que fa a una societat millor i més sostenible. Brindem el nostre suport de forma independent i sense guanys, en l'assignació dels nostres fundadors.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>És missió del Hub impulsar la R+D+i per dissenyar envasos i embalatges alimentaris segurs, sostenibles i competitius que beneficiïn les empreses de la cadena alimentària basca i, per descomptat, el medi ambient.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Ecosistema virtual on compartir coneixement i proporcionar noves eines als professionals agraris.</t>
   </si>
   <si>
     <t>Madrid Food Innovation Hub</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB és el primer centre d'emprenedoria en alimentació de Madrid. Una iniciativa pionera enfocada a fomentar la innovació i l'emprenedoria al llarg de tota la cadena de valor agroalimentària.</t>
   </si>
   <si>
+    <t>iHub La Vega Innova</t>
+  </si>
+  <si>
+    <t>Ecosistema complet per a les startups del sector AgriFoodTech i un aparador de tecnologies que accelera la transformació digital del sector agroalimentari, els seus PIMES i autònoms</t>
+  </si>
+  <si>
     <t>eAtex. Food Innovation Hub by CNTA</t>
   </si>
   <si>
     <t>Hub d'innovació col·laborativa per a la transferència i implantació de tecnologia a la indústria agroalimentària</t>
   </si>
   <si>
     <t>AIR4S. Artificial Intelligence &amp; Robotics for Sustainable Development Goals</t>
   </si>
   <si>
     <t>Hub per impulsar el desenvolupament i creixement de la indústria de la Comunitat de Madrid a través de l'ús i la implantació de les tecnologies basades en la intel·ligència artificial i la robòtica</t>
   </si>
   <si>
     <t>Associació Clúster Digital de Catalunya</t>
   </si>
   <si>
     <t>Espai de treball per a empreses, entitats i grups de recerca del sector de les tecnologies de la informació i les comunicacions (TIC)</t>
   </si>
   <si>
     <t>Barrax - Rural Innovatió Hub</t>
   </si>
   <si>
     <t>Hub on es promocionen les jornades de recerca, trobades comercials, networking professional, capatació de fons europeus, informació i experiència.</t>
   </si>
   <si>
     <t>Centre d'Innovació i Tecnologia de la UPC (CIT UPC)</t>
   </si>
   <si>
     <t>Centre de Recerca, Formació i Transferència del coneixement</t>
   </si>
   <si>
-    <t>iHub La Vega Innova</t>
-[...10 lines deleted...]
-  <si>
     <t>Clúster of Sustainable Building of Andalusia</t>
   </si>
   <si>
     <t>Projecte de caràcter associatiu i de reconversió del sector que permet identificar i implementar constantment noves oportunitats i allotjar empreses d'àmbit sostenible.</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) és el primer parc tecnològic a Polònia (1995). És operat (com el departament clau) per Adam Mickiewicz University Foundation, una organització sense ànim de lucre amb la missió d'estimular la col·laboració entre la ciència i la indústria per activar el desenvolupament regional a través de la innovació, la transferència de tecnologia i la cooperació internacional.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Instituts de recerca de Rise de Suècia és l'Institut de Recerca de Suècia i soci d'innovació. A través de la col·laboració internacional amb la indústria, l'acadèmia i el sector públic, garantim la competitivitat empresarial i contribuïm a una societat sostenible</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri és un esforç conjunt d'Agroväst, Instituts de Recerca de Suècia (Rise) i Science Park Skövde amb l'objectiu d'accelerar la digitalització del sector agrícola a l'oest de Suècia.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 envolta governs, institucions de coneixement, treballadors humanitaris i empreses en un Clúster d'innovació de drones i enforteix l'ecosistema mitjançant la creació de les condicions prèvies per al desenvolupament exitós i l'aplicació de sistemes no tripulats.</t>
   </si>
   <si>
+    <t>ahedd - Attica Hub for Economy of Data and Devices</t>
+  </si>
+  <si>
+    <t>El Centre Nacional de Recerca Científica (NCSR) Demokritos és el centre de recerca multidisciplinari més gran de Grècia, amb aproximadament 1000 empleats i més de 50 anys d'èxits científics innovadors i contribucions a l'economia i la societat gregues. Va ser un soci important en diverses iniciatives tecnològiques nacionals com l'adquisició i l'operació d'instal·lacions informàtiques d'alt rendiment i l'establiment de xarxes computacionals d'alta velocitat al país i actualment és líder o membre de múltiples infraestructures nacionals i europees.</t>
+  </si>
+  <si>
+    <t>Cybersecurity Innovation HUB</t>
+  </si>
+  <si>
+    <t>AgriFood Croatia</t>
+  </si>
+  <si>
+    <t>Agrifood Croàcia és un centre d'innovació que reuneix les parts interessades de recerca, negocis i públics a Croàcia per a la recerca comuna de transformacions digitals als sectors relacionats amb l'aqüicultura, l'agricultura i els aliments.</t>
+  </si>
+  <si>
+    <t>VP Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg és un centre europeu d'innovació digital per a la Regió Central del Sud, aprovat sota el Programa Digital Europa amb el projecte Agrodigirise. El projecte va començar l'1 de novembre del 2022 i té una durada de tres anys. És implementat per un consorci amb un perfil i experiència diversos: organitzacions de sucursals, unitats científiques i de recerca, institucions de capacitació, empreses de tecnologia, importadors de maquinària agrícola, etc. en associació amb el municipi de Plovdiv.</t>
+  </si>
+  <si>
     <t>Arctic Drone Labs</t>
   </si>
   <si>
     <t>Arctic Drone Labs és un innovador centre de recerca de mobilitat aèria situat a Finlàndia. Estem a l'avantguarda de la recol·lecció i l'experiència de l'experiència, eines d'avantguarda i innovacions innovadores per impulsar el creixement de les indústries de sistemes aeris (UAS) no tripulats. La nostra missió inclou el foment del desenvolupament de negocis, l'avenç de les iniciatives de recerca i l'apoderament de l'educació en aquest camp transformador.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (antic Aster) opera com un centre d'innovació digital a la regió d'Emília-Romagna, i la seva proposta de valor és la connexió de les parts interessades i la integració d'iniciatives, serveis i oportunitats per explotar infraestructures, coneixements, experiències d'ambdues companyies i proveïdors (d'instal·lacions, serveis, capacitació, etc.).</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation HUB</t>
-[...13 lines deleted...]
-  <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>La fortalesa de la Universitat i Investigació de Wageningen rau en la seva capacitat per unir-se a les forces dels instituts de recerca especialitzats i la universitat. També es troba als esforços combinats dels diversos camps de les ciències naturals i socials.</t>
   </si>
   <si>
-    <t>ahedd - Attica Hub for Economy of Data and Devices</t>
-[...2 lines deleted...]
-    <t>El Centre Nacional de Recerca Científica (NCSR) Demokritos és el centre de recerca multidisciplinari més gran de Grècia, amb aproximadament 1000 empleats i més de 50 anys d'èxits científics innovadors i contribucions a l'economia i la societat gregues. Va ser un soci important en diverses iniciatives tecnològiques nacionals com l'adquisició i l'operació d'instal·lacions informàtiques d'alt rendiment i l'establiment de xarxes computacionals d'alta velocitat al país i actualment és líder o membre de múltiples infraestructures nacionals i europees.</t>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub que brinda consultoria, ecosistema i networking, formació i fiançament</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalusia Agrotech</t>
+  </si>
+  <si>
+    <t>Hub de divulgació de tecnologia i innovació, serveis de consultoria, de R+D aplicats, tecnològics, formació, acceleració i emprenedoria Objectiu:</t>
+  </si>
+  <si>
+    <t>Digital Farming Hub</t>
+  </si>
+  <si>
+    <t>Hub de servei de suport, que ajuda les empreses agrícoles a ser més competitives millorant els seus processos de negoci / producció, així com productes i serveis a través de la tecnologia digital.</t>
   </si>
   <si>
     <t>Danish Technological Institute, Robot Technology</t>
   </si>
   <si>
     <t>Danish Technological Institute és una empresa líder de recerca i tecnologia. Ajuden els seus clients a convertir el coneixement i la tecnologia més recents en valor. Som experts en producció, materials, tecnologia ambiental, negocis, energia, tecnologia agro, investigació de carn i més</t>
   </si>
   <si>
     <t>DIH PANNONIA</t>
   </si>
   <si>
     <t>L'Agència de Desenvolupament del Comtat de Vukovar-Srijem prepara el pla de desenvolupament del comtat de Vukovar-Srijem, així com altres documents estratègics i de desenvolupament. Proporciona assistència experta en la preparació i la implementació de programes, projectes de desenvolupament a cossos de dret públic i institucions públiques de l'àrea del comtat, que són d'interès per al desenvolupament del comtat, així com projectes conjunts d'interès per al desenvolupament de diversos comtats. .</t>
   </si>
   <si>
-    <t>E-Secure Transactions Cluster - TES</t>
-[...4 lines deleted...]
-  <si>
     <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH està coordinant una extensa xarxa de DIHS que abasta al sud i est d'Europa, a través de la qual ofereix oportunitats de finançament i dóna suport a la cooperació de diverses parts entre organitzacions amb experiència complementària.</t>
   </si>
   <si>
     <t>Farmers Parliament Letònia Digital Innovation Hub - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro és un lloc web dinnovació i tecnologia agrícola. La idea principal de Smartagro és informar i encoratjar els agricultors i altres parts interessades a utilitzar noves tecnologies, serveis, productes i sistemes per a un futur sostenible a les zones rurals. En centrar-vos en el Clúster regional, els centres d'innovació digital, els laboratoris vius i les solucions de tecnologia en els projectes del Programa de Recerca i Innovació de la UE Horizon 2020, el lloc web proporcionarà idees i solucions d'avantguarda per facilitar les innovacions en àrees rurals. Smartagro és mantingut per una organització no governamental: el Parlament dels agricultors (FP).</t>
   </si>
   <si>
-    <t>Digital Impulse Hub</t>
-[...16 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un'associazione sense guanys volta un promuovere l'elnovazione tecnològica a Itàlia, Atrtaverso La Formazione, La Consulenza i il. La nostra Associazione ha la Sfida di contribueix un facilitar l'Epowerment di tecnologie all'avanguardia, estratègia impertitoriali di stercio, nuovi modelli di empreses i el sviluppo sostenibile di soluzzii i infraestruture en aree rurali per després conformar-lo in "smartsi solucioni i infra" smartsi soluzioni i infraestruture en aree ye rurali després de conformar-lo in "smartess di -soluzioni i infraestruture in al Benessere per una migliore Qualità della vita</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>El menjar de Flandes és Sinds d'Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. Het Uitgangspunt? Door Samenwerking, va conèixer a Elkaar a Onderzoekspartner, Meer Slagkracht Bekomen. Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>L'estratègia de Farm to Fork és al cor de l'acord verd europeu amb l'objectiu de fer que els sistemes alimentaris siguin justos, saludables i amigables amb el medi ambient. Necessitem redissenyar els nostres sistemes alimentaris per fer-los més sostenibles i augmentar-ne la resiliència. Les noves tecnologies i els descobriments científics, combinats amb l'augment de la consciència pública i la demanda d'aliments sostenibles, beneficiaran tots els interessats. La revolució digital ofereix oportunitats, però a moltes companyies encara els resulta difícil saber en quines tecnologies invertir i com assegurar el finançament. Més del 90% de les PIME es queden enrere a la innovació digital i necessiten suport per a la seva transformació digital.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub és una associació sense ànim de lucre amb l'objectiu de: a. Enfortir el nivell de coneixement i consciència de les empreses pel que fa a les oportunitats ofertes per la transformació digital, també en el context del Pla Nacional Enterprise 4.0, l'estratègia europea per a la digitalització de la indústria ("Digitalització de la indústria europea - DEI") i les TICHE Programa d'innovació per a petites i mitjanes empreses de fabricació (programa "Innovació de TIC"; b. ésser la porta d'entrada a l'ecosistema d'innovació per donar suport a la transformació digital del sistema de producció; C. estimular la demanda dinnovació de les empreses; d. Creeu un pont entre els negocis i el món de la recerca.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idele</t>
   </si>
   <si>
     <t>La missió de l'Institut de L'Elevage és millorar la competitivitat de les granges d'herbívors i els seus sectors en un context en canvi constant. El seu treball proporciona solucions tècniques i innovadores als agricultors i parts interessades de bestiar, ovella, cabres i equins als sectors. Proporcionen respostes als problemes socials i als problemes actuals, al servei de les parts interessades del bestiar i dels seus sectors.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industry 4.0</t>
   </si>
   <si>
     <t>Hub per impulsar la innovació i la intel·ligència competitiva per fomentar la cocreació de nous productes i la prestació a les empreses de serveis complementaris de caràcter no tecnològic.</t>
   </si>
   <si>
     <t>Dinapsi DIH</t>
   </si>
   <si>
     <t>Hub enfocat a assolir un desenvolupament sostenible, incorporar la transformació digital a la gestió de l'entorn i fer front als reptes del canvi climàtic</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes St Malo</t>
-[...4 lines deleted...]
-  <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>El Nanotechnology Lab Ltfn, establert el 1991, es troba al Departament de Física de la Universitat d'Aristòtil de Tesaloniki (Auth) ia les instal·lacions de Cope-H a prop de Thermi i l'aeroport de Thessaloniki. Té una experiència de més de 25 anys en tecnologia de pel·lícules primes, fabricació de nanomaterials avançats i nanopartícules, desenvolupant/implementant tècniques de metrologia òptica in situ i en temps real, modelatge computacional i eines de nanometrologia. La missió de LTFN és promoure la investigació de classe mundial i les millors pràctiques en nanotecnologia, electrònica orgànica, nanomedicina i nanometrologia per abordar els desafiaments globals en la fabricació, energia, il·luminació, electrònica, fotònica, IoT, transport, salut i qualitat de vida de qualitat de vida. , Agricultura, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>La plataforma tecnològica de Photonics Bretagne té una gran experiència en biofotònica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>La missió de Robocoast és donar suport a la transformació digital amb habilitats clau en ciberseguretat, robòtica, tecnologia energètica, intel·ligència artificial, anàlisi de dades, 5G i Internet de les coses. Brindem serveis a la indústria de l'exportació i altres indústries, així com a noves empreses i empreses d'alta tecnologia. Els productes i serveis desenvolupats pels membres se centren en la indústria de l'exportació i les cadenes de subcontractació, la fabricació avançada, la tecnologia d'informació i comunicació i el sector energètic. També oferim cooperació multidisciplinària a àrees com l'agricultura i la tecnologia de la salut.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub es tradueix oficialment en finès com Digital Innovation Hub. És una eina desenvolupada i coordinada per la Comissió Europea per accelerar les solucions digitals per a les empreses europees. DIH està fonamentalment orientat regionalment, i el centre d'atenció és principalment a les PIME.</t>
   </si>
   <si>
+    <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
+  </si>
+  <si>
+    <t>Antares s'esforça per impulsar l'excel·lència en la recerca al Biosense Institute, per lliurar solucions digitals disruptives al sector agrícola europeu, estimular l'esperit empresarial i l'ocupació a nivell regional i assegurar prou aliments segurs per a la població mundial creixent.</t>
+  </si>
+  <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence Center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) és un centre d'innovació digital (DIH), acreditat i operatiu a nivell europeu, fundat a Parma el 2018, en forma d'una associació sense ànim de lucre (legalment reconeguda), per Unione Parmense Degli Industriali i Universit. Smile-DIH és part de I4MS (European DiH Network) i de la xarxa de confindustria DIH italiana i és capaç de donar suport a la transferència de tecnologia entre els centres de recerca (universitats, centres de competència, instituts i organismes privats) i indústries manufactureres. (en particular les PIME i Mid-Caps), així com les administracions públiques, per canviar els seus models de negoci a través de: la digitalització dels processos operatius per fer-los més eficients i funcionals; La implementació de metodologies innovadores i Lean, recolzades per tecnologies intel·ligents, com el sistema cibernètic-físic (CPS), Internet de les coses (IoT i IIoT), intel·ligència artificial (IA), robòtica (autònoma i col·laborativa), seguretat cibernètica, Computació d'alt rendiment (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promoure la investigació aplicada, la investigació directa que respongui a una necessitat una necessitat.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>L'Institut Nacional Tyndall és un centre de recerca europeu de tecnologia profunda capdavantera en maquinari i sistemes de TIC integrats (tecnologia d'informació i comunicacions). Especialització tant en electrònica com en fotònica (materials, dispositius, circuits i sistemes) estem liderant a nivell mundial a les nostres àrees de recerca bàsiques de: Fabricació d'oblees de semiconductors Materials quàntics, dispositius i plataformes d'enginyeria Integració i embalatge microelectrònics i fotònics Sistemes d'energia integrats i mitigació del clima Biofotònica sistemes intel·ligents Sistemes centrats en humans per al treball i la vida Sistemes de comunicació òptica Sistemes de comunicació sense fil Disseny de senyal mixta i circuit analògic</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Els centres d'innovació digital (DIHS) són “botigues úniques”, a prova de la Comissió Europea, que ajuden les empreses a ser més competitives respecte als seus processos, productes o serveis comercials/de producció utilitzant tecnologies digitals. Com a primer pont regional de contacte i porta en un ecosistema d'innovació de diverses parts, proporcionen les PIME i altres companyies: Accés als darrers coneixements, experiència i tecnologia per donar suport als seus clients amb pilots, proves i experiments amb innovacions digitals. Suport comercial i financer per implementar aquestes innovacions.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La qualitat de la vida urbana en el futur dependrà cada cop més de la complexa relació entre els sistemes informàtics, l'enginyeria, la física i el comportament humà. Aquesta relació entre les persones i la tecnologia que utilitzem afectarà cada cop més tots els aspectes de la nostra vida quotidiana, des de com impulsem les nostres llars i negocis fins a com produïm els nostres aliments. El negoci, el govern i la indústria dependran de la tecnologia integrada que podria oferir grans millores a les nostres vides, però també és vulnerable a l'atac cibernètic i la falla del programari. La necessitat de comprendre i unir aquests diferents elements per treballar de manera eficient serà important crítica perquè la societat prosperi. El laboratori físic cibernètic de la Universitat de Newcastle és part del Digitial Innovation Hub (DIH) al lloc de Newcastle Helix d'última generació, implementant la visió regional que augmenta la pròspera economia digital al nord-est d'Anglaterra. A més de la Universitat de Newcastle, la DIH ofereix serveis a través del Centre Nacional d'Innovació per a Dades (NICD), lliurant habilitats de dades pràctiques a les organitzacions; LInstitut de Codificació, Unir la bretxa dhabilitats digitals i el Programa dArrow, alineant les necessitats de les PIME regionals amb la Universitat de Newcastle.</t>
   </si>
   <si>
-    <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
-[...4 lines deleted...]
-  <si>
     <t>FIWARE Space</t>
   </si>
   <si>
     <t>Centra la seva activitat en capacitació, networking, divulgació d'esdeveniments, avenços i projectes duts a terme per al desenvolupament tecnològic de Badajoz</t>
   </si>
   <si>
     <t>Food +i cluster</t>
   </si>
   <si>
     <t>Projecte per a la divulgació d'activitats, projectes, xarxes, proposta de valor i innovació duts a terme pel cluster food+i.</t>
   </si>
   <si>
     <t>Galician Factory of Future HUB</t>
   </si>
   <si>
     <t>Ambient per a la promoció de projectes cooperatius d´alt impacte per millorar la competitivitat de les empreses de la indústria d´automoció i mobilitat de Galícia</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>L'IPC actua com un catalitzador que reuneix l'acadèmia, les empreses, el govern i els inversors per traduir idees brillants i investigació al mercat Fem això brindant als nostres clients accés als experts, equips, xarxes, finançament i més adequats, connectant els punts per a una innovació efectiva de Regne Unit. Establits el 2004, els nostres equips apliquen incansablement els seus molts anys d'experiència per garantir que cada gran invent tingui la millor oportunitat de convertir-se en un producte o procés comercialitzat amb èxit.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - The Swiss Microtechnology &amp; Micromanufacturing DIH</t>
@@ -716,66 +761,66 @@
   <si>
     <t>Green Digital Innovation HUB</t>
   </si>
   <si>
     <t>Suport a les comunitats i xarxes de menjar agrícola a See a través del desenvolupament de serveis sobre la qualitat i la traçabilitat digitals dels aliments utilitzant blockchain</t>
   </si>
   <si>
     <t>Jheronimus Academy of Data Science</t>
   </si>
   <si>
     <t>Jads és una cooperació única entre la província de North Brabant, el municipi de S-Hertogenbosch, la Universitat de Tilburg i la Universitat Tecnològica d'Eindhoven (TU/E). Oferim diversos programes de ciència de dades. Des de programes de solter i mestre, fins a Educació i educació professional ENGD (anteriorment PDENG). A més, ajudem les organitzacions a donar forma al seu futur impulsat per les dades.</t>
   </si>
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>La Universitat Tecnològica de Luleå té molts anys d'experiència en la intel·ligència artificial aplicada. El nostre ecosistema de recerca relacionada amb la IA vincula directament les aplicacions del món real a empreses i indústries. Contribuïm a innovacions d'IA segures i mesurables que marquen la diferència a la vida quotidiana i que beneficien la societat en general.</t>
   </si>
   <si>
     <t>Luxemburg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>L'Institut de Ciència i Tecnologia de Luxemburg (List) és una organització de recerca i tecnologia (RTO) impulsada per la missió que desenvolupa prototips de productes/serveis competitius i orientats al mercat per a les parts interessades públiques i privades.</t>
   </si>
   <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub de divulgació de tecnologia i innovació, serveis de consultoria, d'R+D aplicats, tecnològics, formació Objectiu: Proveir de tecnologia industrial a Catalunya, consultoria, formació, desenvolupament de productes i serveis innovadors i promoció i difusió de l'innovació tecnològica</t>
+  </si>
+  <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Grup Ha Superat les seves fronteres originals tant geogràfic com en termes del seu abast d'activitats. Avui dia, Innoskart s'ha convertit en un grup nacional de proveïdors de serveis de TI (hardware i software), així com membres de fabricació i investigació d'aliments, però en molts altres camps té èxits excel·lents (comerç de vehicles, productes farmacèutics, Maquina etc.). LES Organitzacions d'Innoskart Van Des d'Empreses Unipersonals Fins a Grans Empreses a Àmplia Paleta.</t>
   </si>
   <si>
     <t>Centre d'Innovació Digital de NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>A Grècia, es van implementar una estratègia de recerca i innovació regional i 13 nacionals per a l'especialització intel·ligent. L'estratègia nacional promou vuit sectors, en els quals la recerca i la innovació podrien contribuir a desenvolupar un avantatge competitiu important, tenint en compte la massa crítica i l'excel·lència del potencial de recerca respectiu.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hub de divulgació de tecnologia i innovació, serveis de consultoria, d'R+D aplicats, tecnològics, formació Objectiu: Proveir de tecnologia industrial a Catalunya, consultoria, formació, desenvolupament de productes i serveis innovadors i promoció i difusió de l'innovació tecnològica</t>
   </si>
   <si>
     <t>Regional Platform Industry 4.0 de Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>L'eina operativa de la Plataforma Regional Enterprise 4.0: un punt d'accés fàcil per a les empreses que volen innovar i seguir sent competitives als mercats. actors de l'ecosistema d'innovació digital present al territori.</t>
   </si>
   <si>
     <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
   </si>
   <si>
     <t>Hub que posa al servei les darreres tecnologies digitals i creatives a l'abast dels sectors de l'administració local, la formació, la internacionalització, el comerç, els serveis i la indústria Objectiu:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) és com una xarxa informal d'institucions privades i públiques focalitzades en la digitalització de l'economia al territori, principalment en el sector del turisme, dirigida pel sistema Algarve i l'Associació d'Associació Tecnològica (Algarve STP), una associació sense ànim de lucre que Incorpora la Universitat d'Algarve, l'Associació Nacional de Joves Empreses saber, Loulé, Faro, Olhão i una associació privada de companyies de TI, Algarve Evolution.</t>
   </si>
   <si>
     <t>PIAP HUB</t>
   </si>
   <si>
     <t>Valor Network animada per PIAP en cooperació estratègica amb l'administració nacional i regional, organitzacions sectorials i proveïdors de tecnologia líders dedicats a la implementació de l'automatització i la robòtica dels processos tecnològics de l'especialització intel·ligent nacional. Facilitador de l'adopció primerenca d'avenços tecnològics per indústries d'alt creixement, inclosa la fabricació àgil, la inspecció i el manteniment de la infraestructura, així com el menjar agroalimentari i l'atenció mèdica.</t>
   </si>
@@ -1151,567 +1196,567 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C131"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C131"/>
+      <selection activeCell="A1" sqref="A1:C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1666.879" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
@@ -1777,876 +1822,964 @@
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>