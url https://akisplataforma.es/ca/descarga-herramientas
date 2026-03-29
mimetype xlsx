--- v0 (2026-02-07)
+++ v1 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Herramientas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Página web</t>
   </si>
   <si>
     <t>Agrobase</t>
   </si>
   <si>
     <t>Saber identificar correctament la mala herba, les malalties o les plagues de les plantes és el primer pas per aconseguir un control eficaç. Aquesta app inclou una base de dades de coneixements agrònoms amb plagues i un catàleg de malalties, així com tots els pesticides registrats, insecticides i herbicides al país que triïs. Inclou també descripcions de productes de protecció de cultius amb enllaços, perquè puguis triar sempre la solució correcta a un problema. A més, proporciona informació sobre el registre i la data de caducitat dels productes i el que és més important: la seva eficàcia en diferents qüestions.</t>
   </si>
   <si>
     <t>Aplicació mòbil</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=lt.farmis.apps.farmiscatalog&amp;hl=e…</t>
   </si>
   <si>
@@ -1046,621 +1046,1483 @@
   <si>
     <t>Connecta les dades de la granja, les condicions en temps real i les recomanacions agronòmiques, tot mentre manté les dades de la granja en un sol lloc per a un fàcil seguiment i ús compartit</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.cropx.adaptive&amp;hl=es_419</t>
   </si>
   <si>
     <t>Visor GO-Esjara</t>
   </si>
   <si>
     <t>Visor cartogràfic amb informació que desenvolupa la cadena de valor de l'aprofitament de les estepes (Cistus ladanifer i Cistus laurifolius) per a l'obtenció d'olis essencials valoritzant els residus i subproductes</t>
   </si>
   <si>
     <t>https://goesjara.es/visor/</t>
   </si>
   <si>
     <t>IFAPA GUÍA PLAGAS</t>
   </si>
   <si>
     <t>Gestió de plagues</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.juntadeandalucia.ifapa.guia</t>
   </si>
   <si>
-    <t>Agroseguro Ganado</t>
+    <t>Identificación Equina</t>
+  </si>
+  <si>
+    <t>Aplicació per a la comunicació de col·locacions de xips d'identificació d'èquids i sol·licitud de passaports del Col·legi Veterinari de Cantàbria</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.vetcontrol.canvas.appidendifi…</t>
+  </si>
+  <si>
+    <t>Portal Ganadero</t>
+  </si>
+  <si>
+    <t>Portal Ramader de la Conselleria de Desenvolupament Rural, Ramaderia, Pesca, Alimentació i Medi Ambient del Govern de Cantàbria: sol·licitud de guies de trasllat de boví, compra de crotals i identificació d'animals</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.cantabria.portalganadero.porta…</t>
+  </si>
+  <si>
+    <t>Gestión explotaciones agrarias</t>
+  </si>
+  <si>
+    <t>Aplicació dissenyada per facilitar la creació i el seguiment d'actuacions en una explotació agrària (XEAGA)</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=gal.xunta.xeaga</t>
+  </si>
+  <si>
+    <t>Gerente de Ganadería</t>
+  </si>
+  <si>
+    <t>Eina que ajuda a rastrejar la ubicació dels teus animals, creixement, salut i productivitat</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.livestock.manager</t>
+  </si>
+  <si>
+    <t>Atfarm</t>
+  </si>
+  <si>
+    <t>Solució d'agricultura digital que proporciona una gestió precisa i eficient del nitrogen i de la nutrició dels cultius</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.yara.atfarm</t>
+  </si>
+  <si>
+    <t>Cálculos de Plantío</t>
+  </si>
+  <si>
+    <t>'Plante Certo' ofereix càlculs precisos per a la sembra dels principals cereals, permetent als usuaris determinar la quantitat ideal de llavors i l'espaiament adequat entre sembra</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=br.com.datalu.plantecerto</t>
+  </si>
+  <si>
+    <t>CXT Fertilización</t>
+  </si>
+  <si>
+    <t>Eina per ajudar-te a gestionar les necessitats d'abonat de la teva explotació</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/herramientas/fertilizacion</t>
+  </si>
+  <si>
+    <t>Centro de Ayuda a Usuarios de Ayudas FEADER</t>
+  </si>
+  <si>
+    <t>Centre d'Atenció (CAU) per als ajuts FEADER del Fondeig Espanyol de Garantia Agrària (FEGA)</t>
+  </si>
+  <si>
+    <t>https://cauayudasfeader.zendesk.com/hc/es</t>
+  </si>
+  <si>
+    <t>Bovidata</t>
+  </si>
+  <si>
+    <t>Eina per portar un registre detallat de cada animal (edat, pes, raça i qualsevol vacuna o tractament que hagin rebut) i prendre decisions informades sobre la seva cura i maneig. Permet generar gràfics i estadístiques en temps real per veure fàcilment l'evolució del bestiar en termes de pes, creixement i salut</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.magnetapps.bovidata.app&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Mi huerta: Gestión de cultivos</t>
+  </si>
+  <si>
+    <t>Ets un entusiasta de la jardineria o un aficionat a les hortes casolanes? La meva Horta: Gestió de Cultius és el teu company ideal per convertir qualsevol espai en un oasi verd i productiu. Amb aquesta aplicació amigable i completa, la jardineria es torna fàcil, informativa i, sobretot, divertida.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.CalandriaStudios.MiHuerta&amp;hl=…</t>
+  </si>
+  <si>
+    <t>My MASCHIO GASPARDO</t>
+  </si>
+  <si>
+    <t>My MASCHIO GASPARDO proporciona informació útil i nombrós contingut sobre les gammes d'equips agrícoles de MASCHIO GASPARDO. L'aplicació permet veure els punts sortints dels productes, vídeos i imatges i descarregar fulletons.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.getpixelbook.maschio&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>WINEXT</t>
+  </si>
+  <si>
+    <t>Plataforma d'assessoraments en matèria de digitalització pel sector del vi totalment gratuïta i lliure</t>
+  </si>
+  <si>
+    <t>https://winext.fev.es/</t>
+  </si>
+  <si>
+    <t>FRAC España</t>
+  </si>
+  <si>
+    <t>Mostra una llista revisada periòdicament de la classificació de fungicides i bactericides segons el mode d'acció, incloent-hi únicament els grups i les matèries actives d'ús actual o futur a Espanya</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=info.frac.moa&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>IRAC España</t>
+  </si>
+  <si>
+    <t>App mòbil que proporciona als agricultors, productors, tècnics i professionals de la protecció de cultius en general una guia per seleccionar els insecticides i/o acaricides a utilitzar en una estratègia de Maneig de Resistència a Insecticides/acaricides (MRI) eficaç i sostenible</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=irac.moa&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Mairu</t>
+  </si>
+  <si>
+    <t>Solució que digitalitza les operacions agrícoles i ramaderes, controla els cultius, bestiars, visualitza indicadors en temps real i millora la coordinació al camp.</t>
+  </si>
+  <si>
+    <t>https://mairu.digital/software-agricultura-ganaderia/</t>
+  </si>
+  <si>
+    <t>AGROPECUARIA</t>
+  </si>
+  <si>
+    <t>Maneig professional del camp i ramaderia</t>
+  </si>
+  <si>
+    <t>https://controlagropecuaria.web.app/</t>
+  </si>
+  <si>
+    <t>ContaCarne</t>
+  </si>
+  <si>
+    <t>Aplicació web que calcularà els costos de producció, així com el preu de la carn que hauràs de rebre per cobrir tots els costos de la teva explotació (inclòs el salari propi del propietari, estandarditzat a 1,5 vegades el Salari Mínim Interprofessional). L'usuari podrà imprimir l'informe anual de resultats i portar la comptabilitat anual de la seva explotació.</t>
+  </si>
+  <si>
+    <t>https://contacarne.xunta.gal/contacarne/</t>
+  </si>
+  <si>
+    <t>Riego Citrus</t>
+  </si>
+  <si>
+    <t>REG CITRUS és una App pública i gratuïta desenvolupada per l'Institut Andalús de Recerca i Formació Agrària, Pesquera, Alimentària i de la Producció Ecològica (IFAPA) que proporciona una interfície amb recomanacions de reg del cultiu de cítrics adaptades a la disponibilitat d'aigua ia qualsevol situació de restricció en el subministrament de la mateixa.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.ifapa.riego.citrus.app&amp;pli=1</t>
+  </si>
+  <si>
+    <t>Sensacultivo</t>
+  </si>
+  <si>
+    <t>App mòbil que permet l'optimització del consum d'aigua i fertilitzants i augmentar la competitivitat i la sostenibilitat</t>
+  </si>
+  <si>
+    <t>https://sensacultivo.es/</t>
+  </si>
+  <si>
+    <t>Sensoterra</t>
+  </si>
+  <si>
+    <t>Aplicació mòbil per monitoritzar la humitat del sòl en temps real per sonda i per ubicació que enviarà accions suggerides per incrementar la productivitat dels cultius i reduir els costos de reg</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=nl.peercode.sensoterranew&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Memorándum SIEX</t>
+  </si>
+  <si>
+    <t>Aplicació mòbil per al sector agrícola que fa automàticament el quadern de camp digital i el llibre d'explotació ramadera</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=net.memorandum.siexmemorandum&amp;hl=…</t>
+  </si>
+  <si>
+    <t>RiegoApp</t>
+  </si>
+  <si>
+    <t>Plataforma de programació de regs per a dispositius mòbils</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.iriego.riegoapp</t>
+  </si>
+  <si>
+    <t>Mide Mapas Pro</t>
+  </si>
+  <si>
+    <t>Aplicació que permet dibuixar polígons de forma ràpida i senzilla i mesurar distàncies, perímetres i àrees a Maps amb precisió nítida. Fins i tot té en compte la curvatura de la superfície terrestre. Utilitzeu-lo per a àrees petites o grans, després comparteixi les seves troballes a través de qualsevol aplicació per compartir al dispositiu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.globaldpi.measuremaplite&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Riego</t>
+  </si>
+  <si>
+    <t>Gestiona els equips de reg</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.vrriegorn</t>
+  </si>
+  <si>
+    <t>VISORES AUTONÓMICOS DE PARCELAS AGRÍCOLAS (SIGPAC)</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/pepac-2023-2027/sistemas-gestion-y-control/sigpac/vi…</t>
+  </si>
+  <si>
+    <t>Contaláctea</t>
+  </si>
+  <si>
+    <t>Plataforma de càlcul de costos d'explotacions lleteres de Galícia. A partir de dades degudament emplenades calcularà els teus costos de producció, així com el preu de la llet que hauràs de rebre per cobrir tots els costos de la teva explotació</t>
+  </si>
+  <si>
+    <t>https://www.contalactea.es/cantabria/</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass reuneix 20 indicadors clau per a les tres dimensions de la sostenibilitat a l'agricultura i les zones rurals i ajudar els usuaris a comprendre ràpidament l'estat actual de la sostenibilitat de l'agricultura i la seva evolució en el temps.</t>
+  </si>
+  <si>
+    <t>https://agridata.ec.europa.eu/extensions/compass/compass.html</t>
+  </si>
+  <si>
+    <t>eAmbrosia</t>
+  </si>
+  <si>
+    <t>Eina web oficial per conèixer el registre legal de noms de productes agrícoles i alimentaris, vins i begudes espirituoses que estan registrats i protegits a tota la UE</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/agriculture/eambrosia/geographical-indications-register/</t>
+  </si>
+  <si>
+    <t>Porcicola Control</t>
+  </si>
+  <si>
+    <t>Benvingut a Porcícola Control, la solució integral per a la gestió de granges porcines i per a tu, porcicultor professional. Dissenyada específicament per a porcicultors, la nostra aplicació us proporciona les eines necessàries per optimitzar l'administració de la vostra granja, millorar la salut dels vostres porcs i augmentar la productivitat.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.madagas.porcicola_control&amp;hl=…</t>
+  </si>
+  <si>
+    <t>FieldPad</t>
+  </si>
+  <si>
+    <t>Permet als pagesos portar un control més precís dels seus cultius, l'ús d'insums i el seguiment de dades climàtiques, contribuint així a una presa de decisions més informada ia una agricultura més productiva. FieldPad permet accedir a les dades de les parcel·les de manera remota i en temps real, fet que simplifica el diagnòstic de problemes i la recomanació de solucions, permetent brindar un assessorament més efectiu, optimitzant les pràctiques agrícoles i augmentant la productivitat. FieldPad permet una supervisió centralitzada i en temps real de les activitats agrícoles dels membres, cosa que simplifica la planificació de cultius, assignació de recursos i la gestió de la cadena de subministrament</t>
+  </si>
+  <si>
+    <t>https://fieldpad.es/</t>
+  </si>
+  <si>
+    <t>DSSAT</t>
+  </si>
+  <si>
+    <t>El sistema de suport a la transferència d'agrotecnologia (DSSAT) és un programa d'aplicació de programari basat en Windows que comprèn models dinàmics de simulació de creixement de cultius per a més de 45 cultius. DSSAT és compatible amb una varietat d'utilitats i aplicacions per a dades meteorològiques, de sòl, genètiques, de gestió de cultius i experimentals observacionals, i inclou conjunts de dades d'exemple per a tots els models de cultius. Els models de simulació de cultius simulen el creixement, el desenvolupament i el rendiment en funció de la dinàmica sòl-planta-atmosfera. DSSAT s'ha aplicat per abordar molts problemes i qüestions del món real que van des del modelatge genètic fins a la gestió a les explotacions agrícoles i de precisió, les avaluacions regionals de l'impacte de la variabilitat climàtica i el canvi climàtic, la sostenibilitat econòmica i ambiental, i la seguretat alimentària i nutricional.</t>
+  </si>
+  <si>
+    <t>https://dssat.net/</t>
+  </si>
+  <si>
+    <t>AGRO360º</t>
+  </si>
+  <si>
+    <t>Agro360º, un innovador sistema de serveis integrals dissenyat per cobrir totes les necessitats dels professionals del sector agroalimentari. Agro360º ofereix un ampli ventall de solucions que optimitzen la gestió de les cooperatives i posa a disposició de pagesos i ramaders una sèrie de serveis amb l'objectiu que puguin centrar-se en la cura dels cultius i la qualitat dels seus productes.</t>
+  </si>
+  <si>
+    <t>https://faecagranada.com/servicios</t>
+  </si>
+  <si>
+    <t>AGROASESOR</t>
+  </si>
+  <si>
+    <t>AGROassessor integra la gestió d'actuacions a parcel·la amb l'assessorament de cultius, mitjançant eines d'ajuda a la decisió</t>
+  </si>
+  <si>
+    <t>https://www.agrogestor.es/plataformas/plataforma-agroasesor/</t>
+  </si>
+  <si>
+    <t>ROPO</t>
+  </si>
+  <si>
+    <t>Registre oficial de productors i operadors de mitjans de defensa fitosanitària (ROPO)</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/ropowebwai/default.aspx</t>
+  </si>
+  <si>
+    <t>DIGIMAPA</t>
+  </si>
+  <si>
+    <t>L'aplicació conté informació categoritzada de més de 660 empreses, especialitzades en oferir productes i serveis TIC, d'automatització i de robotització a la cadena de valor agroalimentària.</t>
+  </si>
+  <si>
+    <t>https://digimapa.akisplataforma.es/</t>
+  </si>
+  <si>
+    <t>Asesores Aragón</t>
+  </si>
+  <si>
+    <t>Eina de gestió del coneixement per facilitar la projecció dinformació i documentació en els diferents grups dassessorament, la trobada entre els seus integrants i la coordinació dactivitats de tot tipus. App de l' Aliança Agroalimentària d'Aragó per a la gestió i la transferència de coneixement entre científics, tècnics i agricultors aragonesos</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=me.chil.socialknowledge.aprogip&amp;h…</t>
+  </si>
+  <si>
+    <t>SGA@PP</t>
+  </si>
+  <si>
+    <t>Aplicació mòbil per a la consulta d'informació dels expedients i sol·licituds en el marc de les sol·licituds úniques</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgaapp</t>
+  </si>
+  <si>
+    <t>RETO</t>
+  </si>
+  <si>
+    <t>Registre Electrònic de Transaccions i Operacions amb Productes Fitosanitaris (RETO)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/productos-fitosani…</t>
+  </si>
+  <si>
+    <t>Agreena Carbon</t>
+  </si>
+  <si>
+    <t>Calculadora de carboni que calcula els guanys potencials a la transició a l'agricultura regenerativa</t>
+  </si>
+  <si>
+    <t>https://app.agreena.com/signup/farm</t>
+  </si>
+  <si>
+    <t>SERVIFAPA</t>
+  </si>
+  <si>
+    <t>Plataforma que proporciona la possibilitat de fer consultes tècniques relacionades amb l'activitat agrària i pesquera</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/asesoramiento…</t>
+  </si>
+  <si>
+    <t>DEMETRIA Agritech</t>
+  </si>
+  <si>
+    <t>Solució tecnològica per donar solució a les necessitats del sector agro, ajudant a simplificar i optimitzar la gestió de les explotacions agrícoles, el compliment de les normatives, i l'accés a ajuts europeus per part dels pagesos</t>
+  </si>
+  <si>
+    <t>https://demetriaagritech.com/</t>
+  </si>
+  <si>
+    <t>AgroCuaderno Cuaderno de campo</t>
+  </si>
+  <si>
+    <t>Eina que permet gestionar les vostres dades de Cooperativa / Almazara</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.prosur.agrocuaderno</t>
+  </si>
+  <si>
+    <t>Cuaderno de campo agrícola</t>
+  </si>
+  <si>
+    <t>Agricolum és una aplicació pensada per agricultors, per als agricultors, assessors o cooperatives. Som un equip de pagesos, enginyers agrícoles i enginyers informàtics que volem ajudar el sector agrícola a la gestió de les explotacions i millorar l'agricultura.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agricolum&amp;hl=es_419&amp;gl=US</t>
+  </si>
+  <si>
+    <t>oliCloud</t>
+  </si>
+  <si>
+    <t>APP desenvolupada específicament per a la gestió d'oliverar i finques de fruit amb closca que permet un control de la rendibilitat de cada finca, dels productes fitosanitaris amb què ha tractat la seva explotació i generar automàticament el quadern d'explotació agrícola.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.app.inforcloudsca.olicloudapp…</t>
+  </si>
+  <si>
+    <t>INTIA SA</t>
+  </si>
+  <si>
+    <t>Permet la recepció de notificacions d'avisos sobre plagues publicades per l'INTIA SA i tenir una bona prevenció sobre els cultius</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.intia.appnotificacionespush</t>
+  </si>
+  <si>
+    <t>REDAFEX</t>
+  </si>
+  <si>
+    <t>Plataforma informàtica d'ús lliure per a l'assessorament a la fertilització dels sòls agrícoles per als agricultors d'Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.redafex.es/</t>
+  </si>
+  <si>
+    <t>Sencrop</t>
+  </si>
+  <si>
+    <t>Gestió de riscos i intervencions per als cultius mitjançant mesuraments i previsions meteorològiques específiques de la seva zona</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=sencrop&amp;c=apps&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Registros Autonómicos de Explotación Agrícola (REA) y Cuaderno Digital de Explotación Agrícola (CUE)</t>
+  </si>
+  <si>
+    <t>Pàgina amb els accessos als Serveis de Registre Autonòmic d'Explotació Agrícola (REA) i Quadern Digital d'Explotació Agrícola (CUE) de les comunitats autònomes</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/siex/acceso-a-a-rea-y-cue</t>
+  </si>
+  <si>
+    <t>AdapteCCa</t>
+  </si>
+  <si>
+    <t>Visor d'escenaris de canvi climàtic per conèixer, visualitzar i descarregar les projeccions més actualitzades per al futur futur d'Espanya</t>
+  </si>
+  <si>
+    <t>https://escenarios.adaptecca.es/</t>
+  </si>
+  <si>
+    <t>RETOAGUA</t>
+  </si>
+  <si>
+    <t>RETOAGUA Castilla-La Mancha és una eina digital de suport a la presa de decisions dels agricultors, en matèria de regadiu i de fertilització</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.uclm.crea.retoagua&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Red de Alerta e Información Fitosanitaria de Andalucía (RAIF)</t>
+  </si>
+  <si>
+    <t>Informació actualitzada de l'estat fitosanitari dels principals cultius d'Andalusia: all, cotó, ametller, arròs, cereals d'hivern, cítrics, maduixa, fruits vermells, hortícoles protegits, olivera, patata, remolatxa sucrera, tomàquet per a transformació industrial, vinya i pastanaga</t>
+  </si>
+  <si>
+    <t>https://experience.arcgis.com/experience/8e11d646e1be4f75947f75be7b729981</t>
+  </si>
+  <si>
+    <t>FitoBot</t>
+  </si>
+  <si>
+    <t>Assistent d'IA per al sector fitosanitari</t>
+  </si>
+  <si>
+    <t>https://tecfito.com/fitobot/</t>
+  </si>
+  <si>
+    <t>Agri IA: Smart Farming Advisor</t>
+  </si>
+  <si>
+    <t>Permet als usuaris fer qualsevol pregunta relacionada amb l´agricultura i les millors pràctiques agrícoles</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=live.agriai&amp;hl=es</t>
+  </si>
+  <si>
+    <t>IG4 Agricultura Razonada</t>
+  </si>
+  <si>
+    <t>Aplicació de monitorització dels paràmetres fonamentals d'un cultiu per optimitzar qualitat, productivitat i sostenibilitat</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.ig4.agronomia&amp;hl=es</t>
+  </si>
+  <si>
+    <t>AGRAI</t>
+  </si>
+  <si>
+    <t>Aplicació intel·ligent d'agricultura de precisió encarregada de la monitorització i predicció de paràmetres agronòmics clau dels cultius</t>
+  </si>
+  <si>
+    <t>https://www.agrai.es/login/</t>
+  </si>
+  <si>
+    <t>KAAMPO Técnico de campo</t>
+  </si>
+  <si>
+    <t>Eina fàcil i ràpida per agilitzar la feina als responsables d'assessorar i/o auditar el compliment de les diferents certificacions nacionals i internacionals</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.kaampo.tecnico&amp;hl=es</t>
+  </si>
+  <si>
+    <t>DOSAVIÑA</t>
+  </si>
+  <si>
+    <t>Eina per a la determinació del volum òptim d'aplicació en tractaments fitosanitaris a la vinya basat en les característiques estructurals de la vegetació i el tipus d'equip emprat</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=edu.upc.deab.uma&amp;hl=es</t>
+  </si>
+  <si>
+    <t>ISAGRI AGROPTIMA</t>
+  </si>
+  <si>
+    <t>Control de la teva explotació agrícola de manera eficient a través de l'APP i el compte web del teu ordinador (Quadern digital d'explotació agrícola).</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroptima.agroptima</t>
+  </si>
+  <si>
+    <t>ISAGRI PORC MOBILE</t>
+  </si>
+  <si>
+    <t>Aplicació mòbil dels ramaders de porcí per introduir en temps real els successos a la granja i accedir fàcilment a les seves dades essencials del ramat. Es poden introduir els esdeveniments de reproducció (inseminacions, cobriments, ecografies, parts, deslletaments), consultar la fitxa de les truges i controlar els terminis d'espera dels animals abans de la baixa. A més, és possible introduir l'estat corporal de les truges (greix dorsal) als diferents estats. Vostè podrà crear els seus lots en post-deslletament i engreix en introduir els moviments danimals i les intervencions sanitàries.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.isagri.gestionporcine</t>
+  </si>
+  <si>
+    <t>ISAGRI GEOFOLIA</t>
+  </si>
+  <si>
+    <t>Aplicació que permet gravar i consultar els informes que ha realitzat des de les seves parcel·les gràcies a una interfície 100% tàctil i intuïtiva. Els controls sobre els fitosanitaris (mescles prohibides, dosis, etc) han estat integrats per alertar de manera immediata en cas de no respectar els usos autoritzats</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=fr.icone.geofolia</t>
+  </si>
+  <si>
+    <t>Vacapop</t>
+  </si>
+  <si>
+    <t>App per buscar, comprar i vendre bestiar directament entre ramaders a tot Espanya posant a la seva disposició un lloc especialitzat on poden publicar les seves ofertes de bestiar en venda, així com trobar una gran oferta de bestiar en venda (vaques, bous, cavalls, eugues, cabres i ovelles), i on podrà fer les operacions de compravenda de forma immediata i segura</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.elprogramador.vacapop&amp;hl=es&amp;gl…</t>
+  </si>
+  <si>
+    <t>VACAPP</t>
+  </si>
+  <si>
+    <t>Aplicació per gestionar les seves vaques bous i ramats que permet tenir un control exhaustiu de vedells, deslletaments, sanejaments, malalties i diversos esdeveniments que poden passar a un ramat</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+  </si>
+  <si>
+    <t>Agrónic App 2.0</t>
+  </si>
+  <si>
+    <t>Agrònic APP 2.0 és la nova generació de l'Agrònic APP. Una aplicació completament redissenyada, més visual, més intuïtiva i preparada per evolucionar constantment. Està pensada per donar resposta a les necessitats reals del pagès actual, oferint un entorn de control remot més complet, professional i fàcil d'usar. Aquesta nova versió no només substituirà progressivament l'app anterior, sinó que marcarà un abans i un després a la gestió de programadors Agrònic.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.progres.agronicapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Vegga</t>
+  </si>
+  <si>
+    <t>T'ajuda a la gestió integral i la presa de decisions. Gestionaràs i optimitzaràs el rendiment de la teva explotació gràcies als indicadors generats per la plataforma, utilitzant les darreres tecnologies digitals i assessorament d'experts.</t>
+  </si>
+  <si>
+    <t>https://veggadigital.com/soluciones/</t>
+  </si>
+  <si>
+    <t>Cropwise Protector</t>
+  </si>
+  <si>
+    <t>Amb Cropwise Protector, el productor té accés als indicadors agronòmics més importants, a través del telèfon mòbil. Amb potents anàlisis i panells visuals, la informació recopilada sempre està accessible per al productor per a una presa de decisions més ràpida i precisa, tot organitzat en gràfics i mapes que brinden una vista general i detallada de la pressió de plagues,</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=ag.strider.protector&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Efemis</t>
+  </si>
+  <si>
+    <t>Efemis és la plataforma agrícola per a la gestió agronòmica i econòmica d'operacions precollita; permet planificar, executar i controlar multitud de processos agrícoles, tant des del punt de vista agronòmic, com econòmic i legal; Possibilita la presa de decisions òptimes, basades en una profunda anàlisi de dades.;</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=efemis&amp;c=apps&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agrosales</t>
+  </si>
+  <si>
+    <t>Agrosales és una plataforma digital per a l'anàlisi de dades comercials, agronòmiques i tècniques per millorar la gestió estratègica del negoci de productors i distribuïdors d'insums agrícoles.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/agrosales/?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>IA per a l'agricultura;Hem dissenyat la primera plataforma d'intel·ligència artificial agroalimentària capaç de gestionar diferents escenaris futurs, descrivint com impactaran la seva estratègia corporativa i mostrant-vos la millor decisió per a cada objectiu de negoci. Margaret compta amb un motor de processament que analitza Big Data agroalimentari autèntic mitjançant algorismes i models de IA per desenvolupar aplicacions adaptades a les necessitats de cada productor, agregador o indústria complementària.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/margaret/</t>
+  </si>
+  <si>
+    <t>Agri Calc (android)</t>
+  </si>
+  <si>
+    <t>Una eina senzilla per a càlculs agrícoles. Actualment pot calcular la població de plantes, calibrar un polvoritzador de braç bàsic, una calculadora de productes, una calculadora de fertilitzants NPK i molt més per venir. Podeu desar els vostres càlculs per a referència futura i agrupar-los en conseqüència. Admet unitats mètriques i imperials.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.za.tcei.agricalc&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agri Calc (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/agricalc/id6753979056</t>
+  </si>
+  <si>
+    <t>Mi Granja</t>
+  </si>
+  <si>
+    <t>Aplicació de gestió d'explotacions d'espècies Ovina, Caprina, Bovina. Permet mitjançant un lector d'identificació electrònica animal (bolo, crotal electrònic, microxip) generar una base de dades i control de l'explotació permetent fer un seguiment de les diferents etapes i situacions per les quals travessen els animals com són: Identificació, Recens, Ecografies, Paridells</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.tecon.roiplascrotales</t>
+  </si>
+  <si>
+    <t>Reutivar</t>
+  </si>
+  <si>
+    <t>Aquesta aplicació permet realitzar una programació de fertirreg òptima per al cultiu de l'oliverar regat amb aigües regenerades. La v1.0.Beta de REUTIVAR-App, desenvolupada per la Universitat de Còrdova, és una aplicació de lliure difusió en versió de prova.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.rafacode.reutivarapp&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (android)</t>
+  </si>
+  <si>
+    <t>Una eina imprescindible per al pagès i ramader de UAGN, integrada amb el Quadern d'Explotació, amb l'app aGROSlab Assessor GIP i amb la plataforma per al canal de distribució de productes fitosanitaris.UAGN Quadern de Camp és l'app que et permet generar els teus tractaments a camp. Fins i tot en entorns offline/sense cobertura de dades. Et permet disposar de tota la informació que necessites per a la teva feina així com rebre les prescripcions de l'assessor des del teu mòbil o tauleta.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.geoslab.agroslabagricultor.ua…</t>
+  </si>
+  <si>
+    <t>Agrobio Efectos Secundarios</t>
+  </si>
+  <si>
+    <t>Manual d'efectes secundaris per a l'ús integrat en horticultura de productes fitosanitaris i organismes de control biològic o pol·linitzadors.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agrobio.efectos</t>
+  </si>
+  <si>
+    <t>Hesperides</t>
+  </si>
+  <si>
+    <t>Aquesta aplicació està adreçada a tècnics assessors i directors tècnics usuaris de Hesperides. Les funcionalitats principals d'aquesta APP són: Identificació i geolocalització de parcel·les i productors; Facilita la consulta dels històrics de parcel·les; Gestiona la informació de trampes</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.efoodprint.hesperides</t>
+  </si>
+  <si>
+    <t>PhytechPlant</t>
+  </si>
+  <si>
+    <t>Aplicació de planta per a reg optimitzat</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.phytechplant</t>
+  </si>
+  <si>
+    <t>Fitocampo</t>
+  </si>
+  <si>
+    <t>Fitocampo APP està dissenyada perquè les empreses del sector fitosanitari, agricultura i protecció vegetal emplenen el seu quadern de camp des d'un dispositiu mòbil. Fitocampo APP és una aplicació mòbil dissenyada perquè qualsevol empresa del sector fitosanitari, agricultura i protecció vegetal pugui emplenar el seu quadern de camp des d'un dispositiu mòbil, facilitant el treball als diferents perfils professionals.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.sdi.fitocampo&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/cuaderno-de-campo-uagn/id1495651696</t>
+  </si>
+  <si>
+    <t>FitoFarma</t>
+  </si>
+  <si>
+    <t>FitoFarma és la teva eina essencial per gestionar l'ús de productes fitosanitaris a l'agricultura. Dissenyada per a agricultors, agrònoms i entusiastes del camp.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fitosanitarios-agronomia-mapa/id6451338616</t>
+  </si>
+  <si>
+    <t>Xarvio Field Manager</t>
+  </si>
+  <si>
+    <t>La plataforma digital és líder en l'optimització de cultius i prescripcions. Basada en 25 anys dexperiència, aquesta aplicació compta amb models per a loptimització de cultius. Els principals components de l'aplicació us ajuden a prendre decisions de maneig en temps real amb informació precisa de cadascun dels vostres lots, facilitant l'optimització del temps i l'ús de recursos.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bayer.cs.xarviofieldmanager&amp;h…</t>
+  </si>
+  <si>
+    <t>Prismab</t>
+  </si>
+  <si>
+    <t>Hem creat el PRISMAB Link per connectar les dades dels seus sensors a internet de manera llegendàriament senzilla. Només connecta un sensor a un dels tres ports i la unitat Link començarà a transmetre dades cada hora. Així de senzill. Eviteu que la vostra instal·lació estigui en mans de terceres persones i tingui el control total de la vostra xarxa de sensors sempre que ho necessiteu. Instal·leu, canvieu el sensor, moveu el transmissor o desinstal·leu l'equip tantes vegades com necessiteu sense dependre de ningú d'una manera ultra senzilla.</t>
+  </si>
+  <si>
+    <t>https://prismab.com/</t>
+  </si>
+  <si>
+    <t>Plantae</t>
+  </si>
+  <si>
+    <t>Amb Plantae® accedeix a les dades del teu camp en qualsevol moment. Consulta l'estat d'humitat, conductivitat i temperatura del terra per aportar a la planta el que necessita a cada moment. Presa de dades en temps real. Gràfiques dhumitat, conductivitat i temperatura. Lectures de cabal sense necessitat d'anar al camp.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.plantaeapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>agrocontrol</t>
+  </si>
+  <si>
+    <t>Genera el teu Quadern de Camp a un clic i registra els Fitxatges de Personal obligatoris. Assigna tasques, controla les teves finances, compleix la normativa i evita sancions sense paperassa.</t>
+  </si>
+  <si>
+    <t>https://www.agrocontrol.app/</t>
+  </si>
+  <si>
+    <t>Control Agropecuaria</t>
+  </si>
+  <si>
+    <t>La nostra plataforma dóna solució a un dels problemes clau dels gestors i tècnics a les empreses agropecuàries: el registre de dades, el seguiment, l'anàlisi i la presentació d'informes. Si fins ara han estat registrant la informació en paper o fulls de càlcul, corren el risc dutilitzar un enfocament antiquat en la recopilació de dades.</t>
+  </si>
+  <si>
+    <t>FitoAid</t>
+  </si>
+  <si>
+    <t>Localitza qualsevol producte fitosanitari. Troba ràpidament des del cercador o filtrant per les seves característiques qualsevol producte fitosanitari registrat al Ministeri d'Agricultura i Pesca, Alimentació i Medi Ambient d'Espanya (MAPAMA) amb accés directe a la fitxa original del registre oficial del Ministeri.</t>
+  </si>
+  <si>
+    <t>https://www.adama.com/spain/es/fitoaid</t>
+  </si>
+  <si>
+    <t>Climate Field view</t>
+  </si>
+  <si>
+    <t>Climate FieldView és una eina digital integrada per a l'agricultura que ofereix als pagesos un conjunt complet i connectat d'eines digitals, brindant-los un coneixement més profund dels seus camps perquè puguin prendre decisions operatives més informades que els permetin optimitzar el rendiment, maximitzar l'eficiència i reduir el risc.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?hl=en&amp;id=com.climate.growers.android…</t>
+  </si>
+  <si>
+    <t>FarmQA</t>
+  </si>
+  <si>
+    <t>FarmQA és el teu assistent digital d'agronomia per al seguiment de cultius, recomanacions de tractaments, anàlisi d'imatges i anàlisi de camps. Consells:FarmQA Advice agilitza el treball dels agrònoms, permetent recomanacions de tractaments digitals i ràpides per als teus agricultors. Personalitza recomanacions i fa un seguiment de detalls</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmqa.scouting&amp;hl=es</t>
+  </si>
+  <si>
+    <t>PickApp</t>
+  </si>
+  <si>
+    <t>Informeu totes les activitats de la granja i vinculeu cada acció a una ubicació, hora i treballador agrícola específics. PickApp carrega i analitza automàticament les dades escanejades en temps real. Aquest procés de zero errors reemplaça els informes manuals inexactes i ajuda els propietaris de granges a aplicar un mètode de treball estable i estructurat que es basa en una integritat de dades impecable.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.pointer.farmwork</t>
+  </si>
+  <si>
+    <t>Agro</t>
+  </si>
+  <si>
+    <t>Crea la teva xarxa de contactes i amplia les opcions de negoci amb professionals del sector primari d'Espanya i Portugal.</t>
+  </si>
+  <si>
+    <t>https://appagro.es/</t>
+  </si>
+  <si>
+    <t>Sanzar</t>
+  </si>
+  <si>
+    <t>Plataforma web/mòbil de recomanacions intel·ligents de reg que permet reduir l'ús de l'aigua mitjançant sensònica de terra i altres paràmetres</t>
+  </si>
+  <si>
+    <t>https://ai-land-software.sanzar-group.com/</t>
+  </si>
+  <si>
+    <t>Agroseguro Clientes</t>
   </si>
   <si>
     <t>Aplicació que té com a finalitat donar d'alta sinistres de danys i avisos de retirada al bestiar</t>
   </si>
   <si>
-    <t>https://play.google.com/store/apps/details?id=com.pangea.agroseguro</t>
-[...152 lines deleted...]
-    <t>https://contacarne.xunta.gal/contacarne/</t>
+    <t>https://agroseguro.es/clientes/aplicaciones/</t>
+  </si>
+  <si>
+    <t>AgriSat</t>
+  </si>
+  <si>
+    <t>Fa possible el seguiment dels cultius al llarg del seu cicle de creixement de manera simple i intuïtiva per a un millor maneig agronòmic. Es visualitza l'estat del cultiu, la seva activitat fotosintètica i la variabilitat dins la parcel·la. Per fer-ho, s'utilitzen sèries temporals denses d'imatges dels principals satèl·lits d'observació de la Terra de la NASA i de l'Agència Espacial Europea, i s'apropen en molts casos a la freqüència d'una imatge per setmana. L'aplicació desplega per defecte la darrera imatge disponible i facilita la navegació temporal sobre la seqüència d'imatges</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.idrab.uclm.spiderwebgis.agrisa…</t>
+  </si>
+  <si>
+    <t>Peso Animal - Cerdos y ganado</t>
+  </si>
+  <si>
+    <t>Aquesta calculadora s'ha desenvolupat per facilitar el càlcul del pes dels animals vius o pescats sense la utilització de la bascula. -Porcí -Bestiar -Bufals -Esquins -Oví i Caprins</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.pesoanimal&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Herdly (IOS)</t>
+  </si>
+  <si>
+    <t>Herdly és una aplicació de gestió ramadera que us permet registrar les condicions del bestiar amb veu, impulsada per informes intel·ligents d'IA, i la comoditat d'escoltar informes en qualsevol moment.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/herdly-farmer/id6757684859</t>
+  </si>
+  <si>
+    <t>ForestMap</t>
+  </si>
+  <si>
+    <t>Forestmaps és un servei web que permet calcular l´inventari forestal de manera automàtica i gairebé instantània. Per això utilitzen dades del LiDAR del Pla Nacional d'Ortofotografia Aèria (PNOA) i bases de dades de parcel·les internes i externes (de l'Inventari Forestal Nacional). Aquestes dades són processades per models i sistemes de càlcul propis per generar informació d'inventari forestal de manera contínua. L'aplicació permet seleccionar una àrea o una parcel·la concreta sobre la qual realitzar l'inventari forestal. A continuació cal indicar el tipus d'espècie arbòria i el producte. El client rebrà el resultat de l'anàlisi a través d'un document PDF que se us enviarà a l'email, amb un resum de l'inventari de la parcel·la i una capa vectorial en format shape amb tots els resultats a una resolució de 25 metres. Actualment inclou informació sobre les províncies d'Àlaba, Astúries, Burgos, Gipuzkoa, La Rioja, Madrid, Múrcia, Navarra, Palència, Sòria i Biscaia, tot i que la intenció és anar ampliant l'abast de manera contínua.</t>
+  </si>
+  <si>
+    <t>https://datos.gob.es/es/aplicaciones/forestmap</t>
+  </si>
+  <si>
+    <t>Lims.science</t>
+  </si>
+  <si>
+    <t>Sistema de Gestió de Laboratori per a Aliments i Begudes Gestiona l'anàlisi d'aliments i begudes de manera eficient amb un LIMS dissenyat per a laboratoris certificats segons ISO 17025. Controla la qualitat de productes, traçabilitat i proves per lots des d'un sol sistema.</t>
+  </si>
+  <si>
+    <t>https://lims.science/es/lims-alimentos/</t>
+  </si>
+  <si>
+    <t>Sistema Europeo de Información sobre Incendios Forestales
+EFFIS</t>
+  </si>
+  <si>
+    <t>Visor de situació actual 2.0 La nova versió del Visor de Situació Actual, més ràpida i optimitzada per a dispositius mòbils, ofereix més eficiència i accessibilitat, amb un rendiment optimitzat i un disseny totalment adaptable per a un ús fiable en plataformes d'escriptori i mòbils. Mostra la informació més actualitzada sobre la temporada d'incendis a Europa i al Mediterrani. Això inclou mapes meteorològics de perill d'incendis per avui i pronòstics fins a 6 dies, a més de mapes actualitzats diàriament de punts calents i perímetres d'incendis.</t>
+  </si>
+  <si>
+    <t>https://forest-fire.emergency.copernicus.eu/apps/effis.csv/?c=1019567.88%2C5783…</t>
+  </si>
+  <si>
+    <t>Porcicultor: Gestor de cerdos</t>
+  </si>
+  <si>
+    <t>Porcicultor: El teu millor aliat per gestionar granges de porcs. Descobreix Porcicultor, el gestor porcí 100% gratuït que t'ajudarà a controlar les despeses i els beneficis de les teves granges de porcs d'engreix de manera eficient i sense complicacions.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.porcicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganadero: control ganadero</t>
+  </si>
+  <si>
+    <t>Ramader, l'eina òptima per gestionar la cura del bestiar boví d'engreix i llet. Gratis i amb base de dades interna, permet un control efectiu sense necessitat de connexió a internet, ideal per a ús al camp. Registreu i superviseu les despeses d'alimentació, electricitat, equips i més, oferint una solució completa per a una gestió del bestiar eficient i sense complicacions.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.ganadero&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Avicultor: pollos y gallinas</t>
+  </si>
+  <si>
+    <t>Avicultor es destaca com la millor eina gratuïta per al maneig integral avícola, permetent monitoritzar de manera efectiva els ingressos i despeses associats a les teves granges de pollastres d'engreix. A més, aquesta aplicació facilita el seguiment detallat de les aus ponedores, controlant eficientment la producció i venda d'ous. Una característica destacada d'Avicultor és la seva funció de control d'incubació, que us permet gestionar de manera precisa i organitzada el procés d'incubació d'ous. Amb una base de dades interna que opera sense necessitat de connexió a internet, Avicultor es converteix en l'opció ideal per a ús a</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.avicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganges. Gestión ganadera</t>
+  </si>
+  <si>
+    <t>La filosofia de Ganges - Gestió Ramadera és oferir una aplicació senzilla i completa per als ramaders a baix preu. Per això, en estudiar la millor manera d'oferir als ramaders l'aplicació d'una manera assequible, optem per oferir l'aplicació gratuïtament i simplement cobrar pel concepte de lloguer d'emmagatzematge de la informació.</t>
+  </si>
+  <si>
+    <t>https://gestionganadera.es/</t>
+  </si>
+  <si>
+    <t>Herdly (android)</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.herdly.farmer</t>
+  </si>
+  <si>
+    <t>albaibs</t>
+  </si>
+  <si>
+    <t>Programari ERP alimentació per a fabricants i distribuïdors</t>
+  </si>
+  <si>
+    <t>https://www.albaibs.es/erp-alimentacion/</t>
+  </si>
+  <si>
+    <t>grupozas</t>
+  </si>
+  <si>
+    <t>Programa de gestió per a indústria alimentària, ERP especialitzat per a empreses d'alimentació amb APPCC i traçabilitat Programari de gestió per a indústria alimentària amb control APPCC, traçabilitat de lots, gestió de caducitats, control d'al·lèrgens i compliment normatiu.</t>
+  </si>
+  <si>
+    <t>https://grupozas.com/erp-industria-alimentaria/</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas RedPac</t>
+  </si>
+  <si>
+    <t>Visor de bones pràctiques</t>
+  </si>
+  <si>
+    <t>https://redpac.es/visores_redpac/bbpp</t>
+  </si>
+  <si>
+    <t>Instituto Geográfico Nacional</t>
+  </si>
+  <si>
+    <t>bservació del territori, cartografia i dades geogràfiques</t>
+  </si>
+  <si>
+    <t>https://centrodedescargas.cnig.es/CentroDescargas/home</t>
+  </si>
+  <si>
+    <t>Catastro app</t>
+  </si>
+  <si>
+    <t>Catastro_app és una aplicació mòbil que reuneix i personalitza al teu mòbil, només pel teu ús personal, la informació de tots els teus immobles ja que pots afegir les teves pròpies fotos, croquis o anotacions.</t>
+  </si>
+  <si>
+    <t>https://www.catastro.hacienda.gob.es/ayuda/appmovil/catastroapp.html</t>
+  </si>
+  <si>
+    <t>ArcGIS Survey123</t>
+  </si>
+  <si>
+    <t>Transformeu els fluxos de treball quotidians amb formularis intel·ligents Dissenyeu formularis i enquestes intel·ligents amb ArcGIS Survey123, un generador de formularis dinàmic. Acceleriu la recopilació de dades i milloreu la qualitat dels resultats. Visualitzeu i analitzeu la informació amb una lent geogràfica per comprendre millor on i per què passen les coses. Compartiu dades a través de mapes web, aplicacions i panells per fonamentar la presa de decisions i millorar els processos empresarials.</t>
+  </si>
+  <si>
+    <t>https://www.esri.com/es-es/arcgis/products/arcgis-survey123/overview?rsource=ht…</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps és l'aplicació de mapes per excel·lència d'Esri a dispositius mòbils. Utilitzeu Field Maps per explorar els mapes que heu realitzat a ArcGIS, recopilar i actualitzar les vostres dades acreditades, i registrar on ha estat, tot des d'una mateixa aplicació de localització.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.esri.fieldmaps</t>
+  </si>
+  <si>
+    <t>Kobotoolbox</t>
+  </si>
+  <si>
+    <t>Eines de dades intuïtives i adaptables per maximitzar-ne l'impacte Una plataforma de recopilació, gestió i visualització de dades utilitzada globalment per accelerar el canvi social positiu.</t>
+  </si>
+  <si>
+    <t>https://www.kobotoolbox.org/</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>ODK et permet crear formularis potents per recopilar les dades que necessites on sigui.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.odk.collect.android&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Windy</t>
+  </si>
+  <si>
+    <t>Eina amb interfície o recursos disponibles en espanyol orientada a meteorologia, planificació, risc</t>
+  </si>
+  <si>
+    <t>https://www.windy.com/es/-Men%C3%BA/menu?temp%2C32_622%2C13_493%2C5=</t>
+  </si>
+  <si>
+    <t>meteoblue</t>
+  </si>
+  <si>
+    <t>Eina amb interfície o recursos disponibles en espanyol orientada a meteorologia, historicos, planificacion.</t>
+  </si>
+  <si>
+    <t>https://www.meteoblue.com/es/tiempo/agriculture/meteogramagro/madrid_espa%c3%b1…</t>
+  </si>
+  <si>
+    <t>Globalforestwatch</t>
+  </si>
+  <si>
+    <t>Eina amb interfície o recursos disponibles en espanyol orientada a monitoratge, desforestació, teledetecció. Es fa servir en entorns professionals per millorar el treball de forestal, assessor mitjançant registres consistents, automatització de tasques, anàlisi de dades o suport a decisions</t>
+  </si>
+  <si>
+    <t>https://www.globalforestwatch.org/map/</t>
+  </si>
+  <si>
+    <t>OpenForis</t>
+  </si>
+  <si>
+    <t>Open Foris és una iniciativa que ofereix solucions gratuïtes i de codi obert per al monitoratge de boscos i terres. Desenvolupada amb la convicció que un monitoratge forestal innovador, precís i transparent pot alliberar el potencial dels boscos per a l'acció climàtica i altres beneficis. És un accelerador transformador que treballa cap als béns públics digitals oferts per l'Organització de les Nacions Unides per a l'Alimentació i l'Agricultura (FAO), fent que les capacitats de monitorització forestal d'avantguarda siguin àmpliament accessibles.</t>
+  </si>
+  <si>
+    <t>https://www.openforis.org/</t>
+  </si>
+  <si>
+    <t>CropWat</t>
+  </si>
+  <si>
+    <t>CROPWAT 8.0 per a Windows és un programa informàtic que calcula les necessitats hídriques i de reg dels cultius basant-se en dades edafològiques, climàtiques i del cultiu.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/land-water/databases-and-software/cropwat/en/</t>
+  </si>
+  <si>
+    <t>AquaCrop</t>
+  </si>
+  <si>
+    <t>AquaCrop és un model de creixement de cultius desenvolupat per la Divisió de Terres, Sòls i Aigües de la FAO per abordar la seguretat alimentària i avaluar l'efecte del medi ambient i la gestió a la producció agrícola. AquaCrop simula la resposta del rendiment dels cultius herbacis a l'aigua i és especialment adequat per a condicions on l'aigua és un factor clau limitant en la producció agrícola. AquaCrop combina precisió, simplicitat i robustesa. Per garantir-ne l'aplicabilitat àmplia, utilitza només un nombre reduït de paràmetres explícits i, la majoria, variables d'entrada intuïtives que els usuaris poden determinar mitjançant càlculs senzills.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/aquacrop/en/</t>
+  </si>
+  <si>
+    <t>BRCGS</t>
+  </si>
+  <si>
+    <t>Eines per ajudar-lo a obtenir la certificació i millorar contínuament Els propietaris de marques prioritzen més que mai la integritat dels seus productes. La transparència que facilita la tecnologia està transformant la manera com es guanya i es perd la confiança, mentre que les cadenes de subministrament es tornen més llargues i complexes, cosa que augmenta encara més els riscos. Per respondre a més requisits de garantia del client i complir amb els creixents requisits reguladors, BRCGS ha desenvolupat una sèrie d'eines digitals per ajudar els llocs a mantenir el compliment i mitigar el risc, mantenir el compliment i millorar contínuament .</t>
+  </si>
+  <si>
+    <t>https://www.brcgs.com/digital-solutions/overview/</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>La Norma IFS Food revisa els productes i els processos de producció per avaluar la capacitat d'un productor d'aliments per produir productes segurs, autèntics i de qualitat, d'acord amb els requisits legals i les especificacions del client.</t>
+  </si>
+  <si>
+    <t>https://www.ifs-certification.com/en/ifs-portfolio/standards/food-standard</t>
+  </si>
+  <si>
+    <t>Rainforest Alliance</t>
+  </si>
+  <si>
+    <t>La nostra granota verda, símbol de la certificació d'agricultura sostenible de Rainforest Alliance, és coneguda a tot el món pel seu compromís amb la millora dels mesurats de subsistència dels productors, els drets humans, les pràctiques respectuoses amb el medi ambient i la resiliència climàtica. Milions de finques i empreses treballen amb nosaltres per impulsar limpacte a llarg termini en tota la cadena de subministrament. Vostè també pot! Associa't amb nosaltres ara. Iniciar</t>
+  </si>
+  <si>
+    <t>https://www.rainforest-alliance.org/es/para-negocios/</t>
+  </si>
+  <si>
+    <t>Technosylva</t>
+  </si>
+  <si>
+    <t>Els incendis forestals empitjoren a causa de la manca de decisions És fonamental prendre decisions amb garanties per protegir les persones i el territori dels incendis forestals i les condicions meteorològiques adverses, independentment del nivell de risc i la ubicació geogràfica. Actueu amb més rapidesa amb la més avançada tecnologia de Technosylva.</t>
+  </si>
+  <si>
+    <t>https://technosylva.com/es/</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (android)</t>
+  </si>
+  <si>
+    <t>Aplicació mòbil desenvolupada per Hispatec per a la gestió de les relacions, tant des d'un punt de vista agronòmic com econòmic, com social i mitjana, que té l'empresa normalitzada amb els agricultors associats</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.appsocios&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=hispatec%20conecta</t>
+  </si>
+  <si>
+    <t>Agro Tareo Beta</t>
+  </si>
+  <si>
+    <t>Permet el control de les entrades i sortides dels empleats al camp a través de mètodes com la verificació facial, el QR, l'NFC o la pròpia selecció d'empleats en un llistat.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.agrotareobeta&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>ERPagro</t>
+  </si>
+  <si>
+    <t>Control global de les operacions de postcollita amb ERPagro Des de la collita fins al mercat. ERPagro és l'eina que monitoritza, gestiona i optimitza tots els processos de l'empresa agroalimentària. Un únic sistema modular que facilita la presa de decisions basant-se en una anàlisi integral i en temps real de les activitats del negoci: des de la relació amb els proveïdors fins a l'expedició de les comandes. Control i visibilitat de tots els processos de negoci a temps real.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/productos/erpagro-software-agricultura/</t>
+  </si>
+  <si>
+    <t>maptiler</t>
+  </si>
+  <si>
+    <t>Afegeix visualitzacions meteorològiques als teus mapes amb capes de pronòstic animades</t>
+  </si>
+  <si>
+    <t>https://www.maptiler.com/weather/</t>
+  </si>
+  <si>
+    <t>SgaCex- Cuaderno de Explotación</t>
+  </si>
+  <si>
+    <t>Quadern dexplotació públic que el MAPA posa a disposició dels agricultors per a la gestió de la seva explotació. OBJECTIUS: - Impulsar la digitalització del sector i afavorir la sostenibilitat econòmica i ambiental així com la simplificació administrativa, per donar compliment als objectius del PEPAC i del Pacte Verd Europeu - Detallar la gestió de l'explotació</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgacex.android&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Farm to table</t>
+  </si>
+  <si>
+    <t>De la Granja a la Taula connecta directament a pagesos locals amb consumidors, portant-te productes frescos, saludables i d'origen local directament de la granja a la teva porta. Sense intermediaris. Sense concessions.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.zahedhasan.farmtotable&amp;hl=es</t>
+  </si>
+  <si>
+    <t>eAgronom</t>
+  </si>
+  <si>
+    <t>Sostenibilitat intel·ligent per a una indústria alimentària més forta i resistent Permetem a les empreses assolir els seus objectius de sostenibilitat alhora que ajudem els agricultors a generar ingressos addicionals, millorar la qualitat del sòl i accedir a un millor finançament.</t>
+  </si>
+  <si>
+    <t>https://www.eagronom.com/es</t>
+  </si>
+  <si>
+    <t>Spherag (android)</t>
+  </si>
+  <si>
+    <t>SPHERAG és una innovadora combinació de maquinari i programari on una plataforma de gestió autònoma i bidireccional, equipada amb algorismes d'intel·ligència i recomanació, es comunica en temps real de manera remota amb els dispositius desplegats a les instal·lacions agrícoles, permetent el seguiment i operació a l'explotació.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=spherag.spherag&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Spherag (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=Spherag</t>
+  </si>
+  <si>
+    <t>Uniforme (android)</t>
+  </si>
+  <si>
+    <t>Monitoritzeu els vostres KPI al tauler de control. Registra esdeveniments i tingues tota la informació essencial de les vaques a l'abast de la mà. UNIFORM App és l'aplicació mòbil del programari de gestió de ramats UNIFORM-Agri 5.0. Aquesta app, fàcil d'usar, compta amb una interfície intuïtiva i botons grans que faciliten el maneig.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORM&amp;hl=en&amp;gl=…</t>
+  </si>
+  <si>
+    <t>Uniforme (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/nl/app/uniform/id906369824</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (android)</t>
+  </si>
+  <si>
+    <t>Administra la teva granja de cabres amb la súper ràpida UNIFORM Goat-App! Monitoritza els teus KPI's al tauler. Registra esdeveniments i tingues tota la informació essencial de les cabres a l'abast de la teva mà. UNIFORM Goat-App és l'aplicació per a ús mòbil del programari d'administració de ramats UNIFORM-Goat 5.0. Aquesta aplicació fàcil dusar té una Interfície de Dit per Grangers, botons grans que són fàcils dusar per als grangers.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORMGOAT&amp;hl=en…</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/uniform-goat/id1572660747</t>
+  </si>
+  <si>
+    <t>Mi manada</t>
+  </si>
+  <si>
+    <t>Gestiona la teva explotació lletera amb MYHERD! Monitoritzeu els vostres KPI al tauler de control. Registra esdeveniments i tingues tota la informació essencial de les vaques a l'abast de la mà. Myherd és l'aplicació mòbil del nostre programari de gestió de ramats. Aquesta app, fàcil d'usar, compta amb una interfície intuïtiva i botons grans que faciliten el maneig.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.myherd&amp;hl=en&amp;gl=US</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (android)</t>
+  </si>
+  <si>
+    <t>Administreu la vostra granja lletera amb la rapidíssima aplicació FarmTell Milk! Monitoritzeu els vostres KPI al tauler de control. Registreu esdeveniments i tingueu tota la informació essencial de les vaques a l'abast de la mà. L'aplicació SmartMilk és l'aplicació mòbil del programari de gestió de ramats FarmTell Milk. Aquesta aplicació fàcil dusar compta amb una interfície intuïtiva i botons grans que faciliten lús.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.FARMTELLMILK&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/farmtell-milk/id6468885082</t>
+  </si>
+  <si>
+    <t>afimilk</t>
+  </si>
+  <si>
+    <t>Automatització de granges lleteres</t>
+  </si>
+  <si>
+    <t>https://www.afimilk.com/</t>
+  </si>
+  <si>
+    <t>DeLaval</t>
+  </si>
+  <si>
+    <t>Tot per a la teva explotació de boví lleter</t>
+  </si>
+  <si>
+    <t>https://www.delaval.com/es/</t>
+  </si>
+  <si>
+    <t>Ideagen Sage Food</t>
+  </si>
+  <si>
+    <t>Una solució de programari integrada dissenyada per a les vostres necessitats de seguretat alimentària i gestió de qualitat de proveïdors</t>
+  </si>
+  <si>
+    <t>https://safefood360.com/</t>
+  </si>
+  <si>
+    <t>Traceone</t>
+  </si>
+  <si>
+    <t>Programari PLM i solucions de compliment per a marques d'aliments i begudes, cosmètics i productes químics Innove més ràpid, lliureu productes d'alta qualitat i garantiu el compliment mentre impulsa el progrés sustentable.</t>
+  </si>
+  <si>
+    <t>https://www.traceone.com/</t>
+  </si>
+  <si>
+    <t>Ag Leader AgFiniti</t>
+  </si>
+  <si>
+    <t>La tecnologia Ag Leader ofereix les eines agrícoles de precisió de més qualitat durant tot l'any que recopilen informació valuosa del camp i connecten tota l'operació mitjançant operadors, màquines i dispositius. En tenir accés a la informació correcta en el moment adequat, els operadors i les màquines poden treballar millor junts, de manera més productiva i aporta claredat i confiança als centenars de decisions que es prenen cada dia. Canvia la manera de cultivar.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agleader.agfinitiview&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trestima (android)</t>
+  </si>
+  <si>
+    <t>Amb l'aplicació TRESTIMA, pots mesurar fàcilment la quantitat i el valor dels teus arbres fent fotos del teu bosc. Obtens el resultat del mesurament en galledes i euros. Els resultats dels mesuraments s'emmagatzemen al servei web de TRESTIMA per a la posterior revisió.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.trestima.androidapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Trestima (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/trestima/id1106886045</t>
+  </si>
+  <si>
+    <t>FSC Search (android)</t>
+  </si>
+  <si>
+    <t>L'aplicació us ajudarà a trobar tota la informació relacionada amb un certificat específic: FM i CoC, Certificat de Projecte, Llicència Promocional i Avaluació de FM només per prendre l'etiqueta FSC o ingressar el codi de llicència.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.fsc.search&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FSC Search (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fsc-search/id1673508721</t>
+  </si>
+  <si>
+    <t>osapiens EUDR</t>
+  </si>
+  <si>
+    <t>L'aplicació EUDR d'osapiens permet als agricultors registrar i gestionar parcel·les de terra de les quals obtenen les matèries primeres (soja, oli de palma, fusta, cafè, cacau, bestiar i cautxú) a l'HUB d'osapiens perquè EUDR recolzi el compliment del Reglament de desforestació de la UE.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.osapiens.operations.eudr&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trucker</t>
+  </si>
+  <si>
+    <t>Nemus® Trucker® és una aplicació mòbil integrada a Nemus® que aporta tota la traçabilitat de l'explotació, georeferenciant mitjançant imatge els punts d'obtenció i pesatge de la fusta per al compliment EUDR. Crea a més el primer estàndard a la indústria per a una guia de transport digital.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.cesefor.nemus_trucker&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trazamad</t>
+  </si>
+  <si>
+    <t>TRAZAMAD es presenta com la plataforma integrada per al transport i la traçabilitat de la fusta, per garantir el compliment de les regulacions de l'EUDR i aportar valor a tota la cadena Monte-Indústria. Amb un enfocament clar en la sostenibilitat i l'eficiència operativa, l'aplicació busca convertir-se en un referent al sector, expandint-ne la presència a nivell nacional i internacional.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bahiasoftware.trazamad&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Visor de Andalucía</t>
+  </si>
+  <si>
+    <t>Visualitzador dinformació geogràfica interoperable. Permet visualitzar i superposar cartografia i ortoimatges de diverses fonts.</t>
+  </si>
+  <si>
+    <t>https://www.ideandalucia.es/visor/</t>
+  </si>
+  <si>
+    <t>SIOSE</t>
+  </si>
+  <si>
+    <t>El SIOSE (Sistema d'Informació sobre Ocupació del Sòl d'Espanya) és un component essencial dins del Pla Nacional d'Observació del Territori (PNOT). El seu objectiu principal és generar una base de dades harmonitzada i detallada sobre l'ocupació del sòl a tot el territori espanyol.</t>
+  </si>
+  <si>
+    <t>https://www.siose.es/</t>
+  </si>
+  <si>
+    <t>BS Agro</t>
+  </si>
+  <si>
+    <t>La nova aplicació de BS Agro és gratuïta i permetrà accedir a continguts i eines de valor per donar suport al creixement de l‟explotació agrària</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/bs-agro/id1465712568</t>
+  </si>
+  <si>
+    <t>Ganadero APP</t>
+  </si>
+  <si>
+    <t>Maneja informació de població, reproducció, alimentació, genètica, etc, de bovins.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/ganadero-app/id1253203051</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (android)</t>
+  </si>
+  <si>
+    <t>APLICACIÓ DE VOL Descarregueu l'aplicació DroneDeploy per actualitzar el vostre dron amb capacitats de vol autònom i lliure per captura automatitzada amb només uns pocs tocs. El seu dron volarà sol! Qualsevol pot volar amb el DroneDeploy.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.dronedeploy.beta&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/dronedeploy/id971358101</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (android)</t>
+  </si>
+  <si>
+    <t>FarmKeep és l'única aplicació que necessites per administrar fàcilment tots els teus animals, cria, producció, finances i més. Si sou un entusiasta dels pollastres de traspati, un granger, un granger aficionat o una petita o mitjana empresa, FarmKeep satisfà les seves necessitats i creix amb vostè. Les nostres característiques i serveis inclouen:</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmkeep.farmkeep&amp;pcampaignid…</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/farmkeep/id6449797965</t>
+  </si>
+  <si>
+    <t>Farmbrite</t>
+  </si>
+  <si>
+    <t>Farmbrite és un programari complet de gestió agrícola i ramadera que us ofereix tot el que necessita per gestionar una granja més eficient i productiva. Farmbrite proporciona totes les eines de planificació, gestió, seguiment, vendes i informes que necessita per gestionar una granja o un negoci ramader pròsper. Creeu plans de cultiu, realitzeu un seguiment i gestioneu el bestiar, superviseu els insums i el rendiment, mantingueu registres detallats, gestioneu les ordres de treball, genereu informes complets, realitzeu un seguiment de les finances, superviseu l'inventari, comercialitzeu i vengueu en línia, i molt més, tot des d'una plataforma segura i fàcil d'usar, disponible en</t>
+  </si>
+  <si>
+    <t>https://www.softwarereviews.com/products/farmbrite?c_id=386</t>
+  </si>
+  <si>
+    <t>agroex</t>
+  </si>
+  <si>
+    <t>Ja sigui que dirigeixis una explotació agrícola, un celler o una consultoria agrària, Agroex és aquí per potenciar el teu èxit. Descobreix com podem adaptar-nos a les necessitats específiques i transformar la teva gestió agrària. Connecta't amb nosaltres per a una demostració personalitzada i fa el pas cap a una gestió agrària eficient i rendible amb Agroex. Benvingut al futur de l'agricultura!</t>
+  </si>
+  <si>
+    <t>https://agroex.es/</t>
+  </si>
+  <si>
+    <t>agrovir</t>
+  </si>
+  <si>
+    <t>AgroVIR us ajuda a planificar, actuar, avaluar i millorar contínuament el vostre rendiment. Podeu tenir totes les dades i mapes del vostre establiment en un sol lloc, i gaudir de les nostres interfícies de dades amb marques líders.</t>
+  </si>
+  <si>
+    <t>https://www.agrovir.com/AR/index.html</t>
+  </si>
+  <si>
+    <t>AgroExact</t>
+  </si>
+  <si>
+    <t>Mesurament local: Si se subscriu, AgroExact us proporcionarà un pluviòmetre avançat gratuït a la ubicació que vulgueu. I sense complicacions: el manteniment està inclòs a la quota anual. A la mateixa aplicació, trobareu consells de reg fàcils d'usar, desenvolupats en col·laboració amb agricultors. Aquests es basen en els sensors dhumitat del sòl SoilExact i CropExact, disponibles per separat. Això us permet veure exactament quants mil·límetres d'aigua necessita el seu cultiu en un moment</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroexact.app.twa</t>
   </si>
   <si>
     <t>ECOGAN</t>
   </si>
   <si>
     <t>Sistema del Ministeri d'Agricultura, Pesca i Alimentació que permet registrar les Millors Tècniques Disponibles (MTDs) aplicades a la granja, així com estimar les emissions contaminants i de gasos d'efecte hivernacle i el consum de recursos d'una granja concreta al llarg del procés productiu</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
   </si>
   <si>
-    <t>Riego Citrus</t>
-[...398 lines deleted...]
-    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+    <t>Registro General de Operadores Ecológicos (REGOE)</t>
+  </si>
+  <si>
+    <t>Eina de consulta amb informació subministrada per les Autoritats Competents de les Comunitats Autònomes per identificar els operadors ecològics segons la seva activitat, ubicació i producció</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/regoepublico/Buscador.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1967,60 +2829,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D179"/>
+  <dimension ref="A1:D279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D179"/>
+      <selection activeCell="A1" sqref="A1:D279"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="1094.733" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1229.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
@@ -3683,135 +4545,135 @@
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>387</v>
@@ -3823,79 +4685,79 @@
         <v>388</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>405</v>
@@ -3932,502 +4794,502 @@
         <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>518</v>
@@ -4481,54 +5343,1454 @@
         <v>528</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>534</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>