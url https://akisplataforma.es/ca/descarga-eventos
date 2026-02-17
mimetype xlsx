--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -12,892 +12,1102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Listado de eventos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de evento</t>
   </si>
   <si>
     <t>Fecha inicio</t>
   </si>
   <si>
     <t>Fecha fin</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localización</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
-    <t>Captacions i concessions de laigua: marc legal, procediment administratiu i aspectes tècnics</t>
+    <t>El GO-LINOMAR organitza un taller al CEBAS-CSIC al costat del projecte europeu Salty Symphonies</t>
+  </si>
+  <si>
+    <t>Tallers</t>
+  </si>
+  <si>
+    <t>dt., 17/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dt., 17/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Presencial</t>
+  </si>
+  <si>
+    <t>El Grup Operatiu LINOMAR (Obtenció de bioestimulants formulats a partir d'extractes d'algues obtingudes d'aigües contaminades per nitrats) celebrarà el proper 17 de febrer de 2026 un workshop al…</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>CEBES-CSIC, Múrcia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/el-go-linomar-organitza-taller-al-cebas-csic-al-costat-del-projecte-europeu-salty</t>
+  </si>
+  <si>
+    <t>Jornada divulgativa sobre el quadern de camp digital en agricultura – Alozaina (Màlaga)</t>
   </si>
   <si>
     <t>Jornades tècniques</t>
   </si>
   <si>
-    <t>dt., 16/12/2025 - 00:00</t>
-[...2 lines deleted...]
-    <t>dt., 16/12/2025 - 23:00</t>
+    <t>El proper 17 de febrer de 2026 , el municipi d' Alozaina (Màlaga) acollirà una jornada divulgativa sobre el quadern de camp digital en agricultura , dirigida a agricultors i professionals del sector…</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Centre de Majors d'Alozaina (C/ Calvari, núm. 5) Alozaina (Màlaga)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-divulgativa-el-quadern-camp-digital-agricultura-alozaina-malaga</t>
+  </si>
+  <si>
+    <t>Agricultura regenerativa: cap a una alimentació més sostenible</t>
+  </si>
+  <si>
+    <t>dc., 18/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dc., 18/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Una trobada amb experts del sector que posarà el focus en aquestes pràctiques agrícoles reflexionant sobre el concepte d'agricultura regenerativa, els indicadors per mesurar-la i els reptes a què s'…</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>ETSIAAB Madrid.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/agricultura-regenerativa-cap-una-alimentacio-mes-sostenible</t>
+  </si>
+  <si>
+    <t>Jornada sobre el quadern de camp digital a l'agricultura</t>
+  </si>
+  <si>
+    <t>dj., 19/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dj., 19/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>La Unió de Petits Agricultors i Ramaders de Sevilla ( UPA Sevilla ) celebrarà el proper 19 de febrer de 2026 una jornada divulgativa sobre el quadern de camp digital , adreçada a agricultors i…</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>Centre d'Iniciatives Empresarials de Cañada Rosal (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-el-quadern-camp-digital-lagricultura-0</t>
+  </si>
+  <si>
+    <t>El CSIC organitza una jornada sobre gestió sostenible del sòl: Jornada Participativa Multisoil</t>
+  </si>
+  <si>
+    <t>dj., 19/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dj., 19/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El Consell Superior d'Investigacions Científiques (CSIC) ha programat una jornada de caràcter pràctic centrada en la salut i el maneig sostenible del sòl agrícola, adreçada especialment a agricultors…</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Denominació d'Origen Estepa (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/el-csic-organitza-una-jornada-gestio-sostenible-del-sol-jornada-participativa</t>
+  </si>
+  <si>
+    <t>Cajamar organitza un webinar sobre el semiforçat i la seva contribució a una horticultura més sostenible</t>
+  </si>
+  <si>
+    <t>dj., 19/02/2026 - 17:07</t>
   </si>
   <si>
     <t>En línia</t>
   </si>
   <si>
-    <t>En un context climàtic marcat per les adversitats meteorològiques, on els períodes perllongats de sequera han fet que l'aigua dolça sigui un recurs escàs, és imprescindible regular i legalitzar els…</t>
+    <t>El proper 19 de febrer de 2026 , Cajamar celebrarà el webinar gratuït “El semiforçat i el seu paper en cultius més sostenibles” , una sessió en línia en què s'analitzarà com aquestes tècniques…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/cajamar-organitza-webinar-el-semiforcat-i-la-seva-contribucio-una-horticultura-mes</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-el-quadern-camp-digital-lagricultura</t>
+  </si>
+  <si>
+    <t>Tecnologies digitals, gestió i contribució ambiental dels remugants de carn</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La Fundació Grup Cajamar organitza la jornada presencial “Tecnologies en la producció de remugants de carn” , que se celebrarà el 24 de febrer de 2026 a la Facultat de Veterinària de la Universitat d…</t>
+  </si>
+  <si>
+    <t>Facultat de Veterinària (Universitat d'Extremadura), Campus Universitari, Càceres</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/tecnologies-digitals-gestio-i-contribucio-ambiental-dels-remugants-carn</t>
+  </si>
+  <si>
+    <t>41a Jornada fructícola 2026</t>
+  </si>
+  <si>
+    <t>Difusió de resultats, Jornades tècniques</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Data orientativa de la jornada. Properament publicarem més informació sobre aquest esdeveniment. Si vols rebre més informació clica al botó "M'interessa" a la següent pàgina web .</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>La Tallada d'Empordà</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/41a-jornada-fructicola-2026</t>
+  </si>
+  <si>
+    <t>El 26è Congrés AECOC de Productes Càrnics i Elaborats</t>
+  </si>
+  <si>
+    <t>Congressos, Difusió de resultats</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>El 26è Congrés AECOC de Productes Càrnics i Elaborats se celebrarà com un any més el gran punt de trobada de referència per a les empreses del sector carni a Espanya , oferint un espai clau per…</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Palau de Congressos de Lleida. La Llotja Avinguda de Tortosa, 4 Lleida 25005</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/el-26e-congres-aecoc-productes-carnics-i-elaborats</t>
+  </si>
+  <si>
+    <t>10a edició d'aviForum Posada</t>
+  </si>
+  <si>
+    <t>Congressos, Fires</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 08:45</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 13:45</t>
+  </si>
+  <si>
+    <t>aviFORUM i incubaFORUM s'han consolidat com a trobades tècniques imprescindibles per a l'avicultura professional a Espanya, Llatinoamèrica i Brasil. Cada any reuneixen els principals referents del…</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>Fira de Valadolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/10a-edicio-daviforum-posada</t>
+  </si>
+  <si>
+    <t>Regants 360º: Cap a una gestió intel·ligent i circular</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>El grup INTEREMPRESAS ha avançat les dates d'alguns dels esdeveniments més destacats que organitzarà durant el 2026. Entre ells, hi ha la jornada "Regants 3600: Cap a una gestió intel·ligent i…</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Còrdova</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/regants-360o-cap-una-gestio-intelligent-i-circular</t>
+  </si>
+  <si>
+    <t>UGAL-UPA León organitza una jornada divulgativa sobre el Quadern de Camp Digital</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>L'oficina d' UGAL-UPA a Lleó celebrarà el proper 25 de febrer del 2026 una jornada divulgativa sobre el quadern de camp digital en agricultura , adreçada a professionals del sector que vulguin…</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>aula de formació d'UGAL-UPA a León (C/ Valcarce 8, baix, 24010 León</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/ugal-upa-leon-organitza-una-jornada-divulgativa-el-quadern-camp-digital</t>
+  </si>
+  <si>
+    <t>Jornada pràctica sobre el CUE i eines digitals per a la presa de decisions al camp, de COAG</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>La UAGR-COAG celebrarà el proper 25 de febrer de 2026, a San Asensio (La Rioja) la jornada formativa "Adaptació a l'ús del CUE. Eines digitals bàsiques per a la presa de decisions en l'activitat…</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>Ajuntament de Sant Asensio (Plaça Nova,1. Sant Asensio, La Rioja)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-practica-el-cue-i-eines-digitals-la-presa-decisions-al-camp-coag</t>
+  </si>
+  <si>
+    <t>Seminari en línia sobre el paper ecosistèmic de les races autòctones i la ramaderia extensiva en la cura del medi ambient</t>
+  </si>
+  <si>
+    <t>La Reial Federació Espanyola d'Associacions de Bestiar Selecte (RFEAGAS) celebrarà, el proper 25 de febrer de 2026, a les 13:00 hores, el seminari online El paper ecosistèmic de les races autòctones…</t>
   </si>
   <si>
     <t>Online</t>
   </si>
   <si>
-    <t>https://akisplataforma.es/ca/esdeveniments/captacions-i-concessions-laigua-marc-legal-procediment-administratiu-i-aspectes</t>
-[...65 lines deleted...]
-    <t>La Unió de Petits Agricultors i Ramaders (UPA) celebrarà el proper 16 de desembre de 2025 , a l' Aula de Graus. Politècnica Superior Osca. Universitat de Saragossa, la jornada tècnica “Influència del…</t>
+    <t>https://akisplataforma.es/ca/esdeveniments/seminari-linia-el-paper-ecosistemic-les-races-autoctones-i-la-ramaderia-extensiva-la</t>
+  </si>
+  <si>
+    <t>Expocida Iberia</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>El Congrés de Gestió de Plagues i Sanitat Ambiental, Expocida Iberia, s'ha consolidat com l'esdeveniment líder al nostre sector, sent el punt de trobada fonamental per a la generació i difusió de…</t>
+  </si>
+  <si>
+    <t>Avinguda del Partenó, 5 Madrid 28042 Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/expocida-iberia</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>La UAGR-COAG celebrarà el proper 26 de febrer de 2026 la jornada formativa "Adaptació a l'ús del CUE. Eines digitals bàsiques per a la presa de decisions en l'activitat agrària" , adreçada a…</t>
+  </si>
+  <si>
+    <t>Fundació CajaRioja (Sala Viura): C. de la Vega, 16, Haro, La Rioja.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-practica-el-cue-i-eines-digitals-la-presa-decisions-al-camp-coag-0</t>
+  </si>
+  <si>
+    <t>Jornada divulgativa sobre el quadern de camp digital a l'agricultura – Sevilla</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Horari: 10:00 - 14:00 hores Lloc: Centre d'Iniciatives Empresarials, C/ Isacc Peral, 17 Canyada Rosal CP, 41439. Sevilla (Andalusia) El proper 26 de febrer de 2026 , al Centre d'Iniciatives…</t>
+  </si>
+  <si>
+    <t>Centre d'Iniciatives Empresarials, C/ Isacc Peral, 17. Canyada Rosal CP, 41439. Sevilla (Andalusia)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-divulgativa-el-quadern-camp-digital-lagricultura-sevilla</t>
+  </si>
+  <si>
+    <t>Per a assessors: Jornada formativa sobre bones pràctiques d'assessorament a canals curts a Andalusia</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 09:09</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El projecte RIA-CCC ha obert les inscripcions per a la jornada formativa presencial que se celebrarà el proper 27 de febrer del 2026 a Granada , centrada en l'intercanvi de bones pràctiques d'…</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/assessors-jornada-formativa-bones-practiques-dassessorament-canals-curts-andalusia</t>
+  </si>
+  <si>
+    <t>COAG Castella i Lleó convoca a Valladolid una jornada sobre relleu generacional, digitalització i el futur de la PAC</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>COAG Castella i Lleó organitza el proper divendres 27 de febrer de 2026 a Valladolid la jornada "Estímul al relleu generacional. Incorporació de joves i dones a l'activitat agrària. Propostes del MFP…</t>
+  </si>
+  <si>
+    <t>Hotel Sercotel Valladolid (C/ Puerto Rico s/n, Valladolid)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/coag-castella-i-lleo-convoca-valladolid-una-jornada-relleu-generacional-0</t>
+  </si>
+  <si>
+    <t>El Congrés de Seguretat Alimentària i Qualitat d'AECOC 2026 posarà el focus a la ciència, la innovació i la confiança del consumidor</t>
+  </si>
+  <si>
+    <t>Congressos</t>
+  </si>
+  <si>
+    <t>dt., 03/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>dt., 03/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>La seguretat alimentària requereix el compromís i la cooperació de tots els agents de la cadena alimentària, així com una resposta coordinada entre autoritats, empreses i consumidors . Sota el lema “…</t>
+  </si>
+  <si>
+    <t>Reial Teatre del Retir Pl. de Daoíz i Velarde, 4 Madrid 28007</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/el-congres-seguretat-alimentaria-i-qualitat-daecoc-2026-posara-el-focus-la-ciencia-la</t>
+  </si>
+  <si>
+    <t>Origin Natura</t>
+  </si>
+  <si>
+    <t>Fires</t>
+  </si>
+  <si>
+    <t>dc., 04/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Innovació que neix de la natura. Origin Natura 2026 és el punt de trobada que reuneix els qui cultiven , investiguen , formulen i llancen al mercat els productes naturals del futur. Hi participen…</t>
+  </si>
+  <si>
+    <t>IFEMA, Av. del Partenó, 5, Barajas, 28042 Madrid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/origin-natura</t>
+  </si>
+  <si>
+    <t>18 SYMPOSIUM SANITAT VEGETAL</t>
+  </si>
+  <si>
+    <t>dc., 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dv., 06/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Just a un any que comenci l'esdeveniment, el Col·legi d'Enginyers Tècnics Agrícoles d'Andalusia Occidental (COITAND) ja està treballant a la seva organització, amb novetats a l'hora d'abordar els…</t>
+  </si>
+  <si>
+    <t>Hotel Meliá Sevilla C/ Dr. Pedro de Castro, 1 41004 Sevilla Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/18-symposium-sanitat-vegetal</t>
+  </si>
+  <si>
+    <t>Porci Forum 26</t>
+  </si>
+  <si>
+    <t>Congressos, Fires, Seminaris</t>
+  </si>
+  <si>
+    <t>dc., 04/03/2026 - 08:00</t>
+  </si>
+  <si>
+    <t>dj., 05/03/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Un esdeveniment de porcí únic i internacional El porciFORUM ja s'ha consolidat com a esdeveniment de referència de porcí a nivell internacional. Es tracta d'un congrés tècnic que reuneix anualment…</t>
+  </si>
+  <si>
+    <t>Palau de Congressos de LLotja, Lleida.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/porci-forum-26</t>
+  </si>
+  <si>
+    <t>El 8è Congrés de Desenvolupament Sostenible abordarà els reptes empresarials en sostenibilitat, circularitat i competitivitat</t>
+  </si>
+  <si>
+    <t>dc., 04/03/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>En un context en què la geopolítica mundial influeix directament en les polítiques de sostenibilitat , el 8è Congrés de Desenvolupament Sostenible reunirà els principals professionals del sector per…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/el-8e-congres-desenvolupament-sostenible-abordara-els-reptes-empresarials</t>
+  </si>
+  <si>
+    <t>EU CAP Network organitza a Brussel·les un seminari sobre el dret a romandre de joves agricultors i joventut rural</t>
+  </si>
+  <si>
+    <t>dc., 11/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dc., 11/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El proper 11 de març de 2026 , EU CAP Network celebrarà a Brussel·les (Bèlgica) el seminari presencial “Garantir el dret a quedar-se dels joves agricultors i la joventut rural” , una jornada de…</t>
+  </si>
+  <si>
+    <t>Brussel·les. Bèlgica.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/eu-cap-network-organitza-brusselles-seminari-el-dret-romandre-joves-agricultors-i</t>
+  </si>
+  <si>
+    <t>DIVA organitza a Aldeanueva del Camino un seminari sobre la importància de les marques de qualitat al sector agroalimentari</t>
+  </si>
+  <si>
+    <t>dj., 19/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dj., 19/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>L' Associació per al Desenvolupament Integral de la Vall de l'Ambròs (DIVA) celebrarà el 19 de març de 2026 a Aldeanueva del Camino (Càceres) l' Activitat 6 (A6) del projecte RURALMENT , centrada en…</t>
+  </si>
+  <si>
+    <t>Saló Marce “Forillo”, Llogaret del Camí (Càceres)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/diva-organitza-aldeanueva-del-camino-seminari-la-importancia-les-marques-qualitat-al</t>
+  </si>
+  <si>
+    <t>Fira de Sant Josep, a Mollerussa</t>
+  </si>
+  <si>
+    <t>dj., 19/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>dg., 22/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>La Fira Catalana de la Maquinària Agrícola. Sectors dexposició: Tractors, maquinària agrícola, ramadera i industrial. Complements per a l'agricultura i la ramaderia. Adobs, farratges, fitosanitaris,…</t>
+  </si>
+  <si>
+    <t>Avda. del Canal, s/n 25230 Mollerussa Lleida Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fira-sant-josep-mollerussa-0</t>
+  </si>
+  <si>
+    <t>AI-AGRIFOOD 2026 reunirà a Còrdova la comunitat científica i tecnològica al voltant de la Intel·ligència Artificial aplicada al sistema agroalimentari</t>
+  </si>
+  <si>
+    <t>dv., 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La Intel·ligència Artificial (IA) està transformant de manera accelerada el sector agroalimentari, des de la producció primària fins a la cadena alimentària. En aquest context, els dies 19 i 20 de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/ai-agrifood-2026-reunira-cordova-la-comunitat-cientifica-i-tecnologica-al-voltant-la</t>
+  </si>
+  <si>
+    <t>DIVA celebra una jornada sobre comercialització i màrqueting agroalimentari amb casos d'èxit: “Marca Galicia”</t>
+  </si>
+  <si>
+    <t>dv., 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 20/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>El 20 de març de 2026 , DIVA desenvoluparà a Aldeanueva del Camino (Càceres) l' Activitat 7 (A7) del projecte RURALMENT , una jornada tècnica formativa dedicada a la “Comercialització i màrqueting…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/diva-celebra-una-jornada-comercialitzacio-i-marqueting-agroalimentari-amb-casos-dexit</t>
+  </si>
+  <si>
+    <t>DIVA impulsa un cap de setmana per posar en valor el patrimoni rural de la Vall de l'Ambroz i els productes de qualitat</t>
+  </si>
+  <si>
+    <t>ds., 21/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dg., 22/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>DIVA celebrarà els dies 21 i 22 de març de 2026 a Aldeanueva del Camino (Càceres) l' Activitat 8 (A8) del projecte RURALMENT , una acció divulgativa-promocional titulada “Posada en valor del…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/diva-impulsa-cap-setmana-posar-valor-el-patrimoni-rural-la-vall-lambroz-i-els</t>
+  </si>
+  <si>
+    <t>ALIMENTÀRIA 2026</t>
+  </si>
+  <si>
+    <t>dl., 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dj., 26/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Un any més, la Fundació Triptolemos serà present a Alimentaria, la fira líder d'alimentació, begudes i gastronomia a Espanya i l'Arc Mediterrani, i un referent internacional per al sector.…</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Barcelona - Gran Via</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/alimentaria-2026</t>
+  </si>
+  <si>
+    <t>Saló internacional de l'alimentació, begudes i food service (alimentària)</t>
+  </si>
+  <si>
+    <t>Alimentaria és una de les fires internacionals principals de la indústria d'aliments i begudes, que també cobreix aspectes clau de l'agricultura, l'agroindústria i la tecnologia aplicada a la…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/salo-internacional-lalimentacio-begudes-i-food-service-alimentaria</t>
+  </si>
+  <si>
+    <t>IV Symposium Nacional de Productors de Llavor</t>
+  </si>
+  <si>
+    <t>Congressos, Intercanvi d'experiències, Seminaris</t>
+  </si>
+  <si>
+    <t>dc., 25/03/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>dc., 25/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Segòvia acull al març una trobada a favor de la llavor certificada APROSE anuncia la celebració del seu IV Symposium Nacional de Productors de Llavor sota el lema 'Llavor certificada: sembrar amb…</t>
+  </si>
+  <si>
+    <t>Segovia</t>
+  </si>
+  <si>
+    <t>Segòvia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/iv-symposium-nacional-productors-llavor</t>
+  </si>
+  <si>
+    <t>Jornada tècnica "Agrivoltaica: energia solar més enllà del quilovat hora", en el context de CIES 2026</t>
+  </si>
+  <si>
+    <t>dc., 25/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dc., 25/03/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>La jornada tècnica "Agrivoltaica: energia solar més enllà del quilowatthora" , una cita que se celebra en el marc de les activitats paral·leles obertes del XX Congrés Ibèric i XVI Congrés…</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Sala de conferències de l´Edifici de Ciències Econòmiques de la Universitat d´Almeria.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/jornada-tecnica-agrivoltaica-energia-solar-mes-enlla-del-quilovat-hora-el-context</t>
+  </si>
+  <si>
+    <t>World Olive Oil Exhibition</t>
+  </si>
+  <si>
+    <t>dv., 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ds., 04/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Exposició Mundial de l´Oli d´Oliva. El punt de trobada per als professionals de l´oli d´oliva. Negocis i creixement, agricultura i maquinària, gastronomia, disseny... A la seva última edició, el…</t>
+  </si>
+  <si>
+    <t>IFEMA MADRID Camp de les Nacions 28042 – MADRID</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/world-olive-oil-exhibition</t>
+  </si>
+  <si>
+    <t>XVII Jornada tècnica de la noguera 2026</t>
+  </si>
+  <si>
+    <t>dj., 16/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>dj., 16/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>Constantí</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/xvii-jornada-tecnica-la-noguera-2026</t>
+  </si>
+  <si>
+    <t>Úbeda acull el VI Congrés Nacional de Mestres i Operaris d'Almazaras 2026</t>
+  </si>
+  <si>
+    <t>ds., 18/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>ds., 18/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>El proper dissabte 18 d'abril de 2026 , la ciutat d' Úbeda , Patrimoni de la Humanitat i referent indiscutible del sector oliverer, tornarà a convertir-se en el punt de trobada imprescindible per als…</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Ubeda. Jaén.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/ubeda-acull-el-vi-congres-nacional-mestres-i-operaris-dalmazaras-2026</t>
+  </si>
+  <si>
+    <t>XVII Expolevant-Níjar</t>
+  </si>
+  <si>
+    <t>dc., 22/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>dv., 24/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>La fira agrícola Expolevant-Níjar celebrarà la seva dissetena edició del 22 al 24 d'abril al Centre d'Exposicions i Congressos de Campohermoso , consolidant-se com una de les grans cites del sector…</t>
+  </si>
+  <si>
+    <t>Centre d'Exposicions i Congrés de Campohermoso 04100 Níjar Almeria Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/xvii-expolevant-nijar</t>
+  </si>
+  <si>
+    <t>New AG - Conferència i exposició internacional d'agricultura</t>
+  </si>
+  <si>
+    <t>Congressos, Difusió de resultats, Jornades tècniques, Networking, Tallers</t>
+  </si>
+  <si>
+    <t>dl., 27/04/2026 - 22:00</t>
+  </si>
+  <si>
+    <t>dc., 29/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Últims avenços en fertilitzants d'especialitat, tecnologies BioAg i agricultura sostenible que donaran forma al futur de la producció de collita. Els darrers avenços en fertilitzants d'especialitat,…</t>
+  </si>
+  <si>
+    <t>Hotel Riu Plaza Espanya, Madrid, Spain</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/new-ag-conferencia-i-exposicio-internacional-dagricultura</t>
+  </si>
+  <si>
+    <t>Phytoma organitza la trobada "Present i Futur de la FitoSanitat en Festuc i Ametller"</t>
+  </si>
+  <si>
+    <t>dt., 28/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dc., 29/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La trobada se celebra el 28 i 29 d'abril a l'IRIAF de Tomelloso (Ciudad Real) La localitat de Tomelloso, a Ciudad Real, es convertirà del 28 al 29 d'abril a l'epicentre mundial de la investigació…</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>IRIAF de Tomelloso (Ciutat Real)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/phytoma-organitza-la-trobada-present-i-futur-la-fitosanitat-festuc-i-ametller</t>
+  </si>
+  <si>
+    <t>XXIV Jornada tècnica de postcollita 2026</t>
+  </si>
+  <si>
+    <t>dj., 07/05/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>dj., 07/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/xxiv-jornada-tecnica-postcollita-2026</t>
+  </si>
+  <si>
+    <t>FIRA D'EXPOVICAMAN</t>
+  </si>
+  <si>
+    <t>dj., 07/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>dg., 10/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Fira agrícola i ramadera de Castella La-Taca EXPOVICAMAN , Fira Agrícola i Ramadera de Castella-la Manxa, celebra aquest 2026 la seva 42 edició . Es tracta, sens dubte, de la fira del sector agrícola…</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>IFAB Avda. Gregorio Arcos 19 02006 Albacete Albacete Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fira-dexpovicaman</t>
+  </si>
+  <si>
+    <t>CULTIVA 2026 torna al regadiu de la província d'Osca</t>
+  </si>
+  <si>
+    <t>Demostracions de camp, Fires</t>
+  </si>
+  <si>
+    <t>dc., 13/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dj., 14/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Connectant Innovació, Tecnologia i Camp La Jornada CULTIVA 2026 se celebrarà el 13 i 14 de maig a Grañén-Albero Bajo , Osca, en una finca de regadiu . Aquest esdeveniment és el punt de trobada anual…</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Huesca</t>
   </si>
   <si>
-    <t>Aula de Graus. Escola Politècnica Superior Osca. Universitat de Saragossa. Osca.</t>
-[...125 lines deleted...]
-    <t>El projecte CLIMALACT continua avançant en el seu objectiu de construir un model lacti més sostenible i climàticament neutre amb la celebració d'un nou Grup Focal Multiactor el proper 17 de desembre…</t>
+    <t>Grañén-Albero Bajo, Osca.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/cultiva-2026-torna-al-regadiu-la-provincia-dosca</t>
+  </si>
+  <si>
+    <t>Water resilience in agricultura: innovation in practice, per EU CAP Network</t>
+  </si>
+  <si>
+    <t>dt., 19/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dj., 21/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La conferència “Water resilience in agriculture: innovation in practice” , una trobada europea centrada en la innovació, l'intercanvi de coneixement i l'enfocament EIP-AGRI, tindrà lloc entre el 19 i…</t>
+  </si>
+  <si>
+    <t>Hamburg (Alemanya)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/water-resilience-agricultura-innovation-practice-eu-cap-network</t>
+  </si>
+  <si>
+    <t>FIRA ENOFORUM</t>
+  </si>
+  <si>
+    <t>dc., 20/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dj., 21/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Enoforum és un congrés tecnicocientífic i una fira dedicada a cellers i empreses vinícoles. Objectiu: reunir empreses proveïdores, investigadors, enòlegs i tècnics de celler i vinya per presentar les…</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Fira de Saragossa Autovia A - 2, km 311 50012 Saragossa Saragossa Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fira-enoforum</t>
+  </si>
+  <si>
+    <t>XXII Jornada intercomarcal de camp sobre cultius herbacis d'hivern 2026</t>
+  </si>
+  <si>
+    <t>dj., 21/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/xxii-jornada-intercomarcal-camp-cultius-herbacis-dhivern-2026</t>
+  </si>
+  <si>
+    <t>XVIII Jornada de l'ametller 2026</t>
+  </si>
+  <si>
+    <t>dc., 03/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>dc., 03/06/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Les Borges Blanques</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/xviii-jornada-lametller-2026</t>
+  </si>
+  <si>
+    <t>FIRA INTERNACIONAL ABANCA - SETMANA VERDA DE GALÍCIA</t>
+  </si>
+  <si>
+    <t>dj., 04/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>dg., 07/06/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La Fira Internacional Abanca Setmana Verda de Galícia aconsegueix la seva 47a edició consolidada com el major certamen multisectorial de mostres i lleure del nord-oest de la Península Ibèrica . Una…</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>Rodeiro. Pontevedra.</t>
-[...524 lines deleted...]
-    <t>https://akisplataforma.es/ca/esdeveniments/ubeda-acull-el-vi-congres-nacional-mestres-i-operaris-dalmazaras-2026</t>
+    <t>Silleda (Pontevedra)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fira-internacional-abanca-setmana-verda-galicia</t>
+  </si>
+  <si>
+    <t>GALIFOREST</t>
+  </si>
+  <si>
+    <t>dj., 02/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>ds., 04/07/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>El monogràfic forestal Galiforest Abanca celebrarà la seva vuitena edició del 2 al 4 de juliol de 2026 a la muntanya del Centre de Formació i Experimentació Agroforestal de Sergude, situat a l'…</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>Boqueixó (La Corunya)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/galiforest</t>
   </si>
   <si>
     <t>XXIX Jornada de camp de l'arròs 2026</t>
   </si>
   <si>
     <t>dj., 27/08/2026 - 14:00</t>
   </si>
   <si>
     <t>dj., 27/08/2026 - 23:00</t>
   </si>
   <si>
-    <t>Data orientativa de la jornada. Properament publicarem més informació sobre aquest esdeveniment. Si vols rebre més informació clica al botó "M'interessa" a la següent pàgina web .</t>
-[...1 lines deleted...]
-  <si>
     <t>Amposta</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/esdeveniments/xxix-jornada-camp-larros-2026</t>
   </si>
   <si>
     <t>RECOMÈX. Resultats d'assanys i innovacions en cultius extensius d'hivern 2026</t>
   </si>
   <si>
     <t>dv., 04/09/2026 - 00:00</t>
   </si>
   <si>
     <t>dv., 04/09/2026 - 23:00</t>
   </si>
   <si>
     <t>Calaf</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/esdeveniments/recomex-resultats-dassanys-i-innovacions-cultius-extensius-dhivern-2026</t>
   </si>
   <si>
     <t>IX jornades de la Xarxa Espanyola de Compostatge</t>
   </si>
   <si>
     <t>dt., 29/09/2026 - 09:00</t>
   </si>
   <si>
     <t>dj., 01/10/2026 - 20:00</t>
   </si>
   <si>
     <t>Anunci de les dates i lloc de celebració de les IX jornades de la Xarxa Espanyola de Compostatge. 29 i 30 de setembre, i 1 d'octubre de 2026 . Granada , a la Sala Magna de l'Escola Tècnica Superior d…</t>
   </si>
   <si>
-    <t>Granada</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/ca/esdeveniments/ix-jornades-la-xarxa-espanyola-compostatge</t>
   </si>
   <si>
+    <t>FIRA D'EXPOBIOMASA</t>
+  </si>
+  <si>
+    <t>dt., 29/09/2026 - 18:00</t>
+  </si>
+  <si>
+    <t>dc., 30/09/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>AVEBIOM, Associació Espanyola de Valorització Energètica de la Biomassa AVEBIOM, organitzador d'EXPOBIOMASA, és la unió dels principals actors del sector de la bioenergia que cobreixen tota la cadena…</t>
+  </si>
+  <si>
+    <t>Fira de Valladolid Avda. Ramón Pradera, 3 47009 Valladolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fira-dexpobiomasa</t>
+  </si>
+  <si>
+    <t>Fruit Attraction</t>
+  </si>
+  <si>
+    <t>Congressos, Fires, Intercanvi d'experiències, Networking, Seminaris, Tallers</t>
+  </si>
+  <si>
+    <t>dc., 30/09/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>dv., 02/10/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Del 30 de setembre al 2 d'octubre , Madrid es convertirà en l'epicentre mundial per a operadors, retailers i professionals que busquen créixer, connectar i transformar les estratègies comercials.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fruit-attraction-0</t>
+  </si>
+  <si>
     <t>Alimentaria FoodTech reunirà la innovació agroalimentària a l'espai Innovarena</t>
   </si>
   <si>
     <t>dt., 06/10/2026 - 00:00</t>
   </si>
   <si>
     <t>dj., 08/10/2026 - 00:00</t>
   </si>
   <si>
     <t>La fira Alimentaria FoodTech celebrarà una nova edició del 6 al 8 d'octubre del 2026 al recinte Gran Via de Fira de Barcelona. La fira d'innovació, tecnologia i ingredients per a la indústria…</t>
   </si>
   <si>
     <t>REcinte Gran Via de Fira de Barcelona</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/esdeveniments/alimentaria-foodtech-reunira-la-innovacio-agroalimentaria-lespai-innovarena</t>
   </si>
   <si>
     <t>XXII Congrés de la Societat Espanyola de Fitopatologia</t>
   </si>
   <si>
     <t>Congressos, Difusió de resultats, Jornades tècniques, Seminaris, Tallers</t>
   </si>
   <si>
     <t>dl., 19/10/2026 - 18:00</t>
@@ -911,66 +1121,129 @@
   <si>
     <t>Balears, Illes</t>
   </si>
   <si>
     <t>Hipotels Convention Centre, Palma (Mallorca)</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/esdeveniments/xxii-congres-la-societat-espanyola-fitopatologia</t>
   </si>
   <si>
     <t>XXXI Jornada Frutícola de l'IRTA 2026</t>
   </si>
   <si>
     <t>dc., 21/10/2026 - 09:00</t>
   </si>
   <si>
     <t>Data orientativa de la jornada. Properament es publicarà més informació sobre aquest esdeveniment. Si vols rebre més informació clica al botó "M'interessa" a la següent pàgina web .</t>
   </si>
   <si>
     <t>Mollerussa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/esdeveniments/xxxi-jornada-fruticola-lirta-2026</t>
   </si>
   <si>
+    <t>Fira SEPOR, a Llorca (Múrcia)</t>
+  </si>
+  <si>
+    <t>dl., 26/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>dj., 29/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Lorca (Múrcia) tornarà a convertir-se en el gran punt de trobada del sector primari amb la celebració d'una nova edició de SEPOR – Fira Ramadera, Industrial i Agroalimentària , que tindrà lloc del 26…</t>
+  </si>
+  <si>
+    <t>Recinte Firal de Lorca Plaça de Santa Quiteria, s/n 30800 Lorca Múrcia Espanya</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/fira-sepor-llorca-murcia</t>
+  </si>
+  <si>
     <t>Anuga Select Ibérica: el nou gran esdeveniment de la indústria alimentària arriba a IFEMA MADRID al febrer de 2027</t>
   </si>
   <si>
     <t>dt., 16/02/2027 - 09:00</t>
   </si>
   <si>
     <t>dj., 18/02/2027 - 20:00</t>
   </si>
   <si>
     <t>La indústria de l'alimentació i les begudes a la Península Ibèrica suma una nova fita amb l'arribada d' Anuga Select Ibérica , el gran esdeveniment professional que se celebrarà del 16 al 18 de…</t>
   </si>
   <si>
     <t>IFEMA. Madrid.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/esdeveniments/anuga-select-iberica-el-nou-gran-esdeveniment-la-industria-alimentaria-arriba-ifema</t>
+  </si>
+  <si>
+    <t>SMAGUA</t>
+  </si>
+  <si>
+    <t>Congressos, Jornades tècniques</t>
+  </si>
+  <si>
+    <t>dt., 16/02/2027 - 14:00</t>
+  </si>
+  <si>
+    <t>dj., 18/02/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>28 Saló Internacional de l'aigua, el reg i el medi ambient El prestigi de SMAGUA, convertit en un dels salons més importants d'Europa, convoca professionals de tot el món que troben un ampli aparador…</t>
+  </si>
+  <si>
+    <t>Fira de Saragossa Autovia A-2, km 311 50012 Saragossa</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/smagua</t>
+  </si>
+  <si>
+    <t>Asturforesta, la gran cita internacional del sector forestal en condicions reals de treball</t>
+  </si>
+  <si>
+    <t>dj., 27/05/2027 - 18:00</t>
+  </si>
+  <si>
+    <t>ds., 29/05/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>Amb 13 edicions celebrades des de la seva primera convocatòria el 1997 , Asturforesta s'ha consolidat com un dels principals punts de trobada per als professionals del sector forestal, la fusta i la…</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>Fira Internacional Forestal d'Astúries Ajuntament de Tineo Plaça de l'Ajuntament, s/n 33870 Tineo Asturias</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/esdeveniments/asturforesta-la-gran-cita-internacional-del-sector-forestal-condicions-reals-treball</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1277,67 +1550,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J48"/>
+  <dimension ref="A1:J63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J48"/>
+      <selection activeCell="A1" sqref="A1:J63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="237.085" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="9" max="9" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -1348,1469 +1621,1971 @@
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="1"/>
-      <c r="H2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>17</v>
+      </c>
       <c r="I2" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="I6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="J6" s="1" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
-      <c r="I7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="1"/>
       <c r="J7" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="H8" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="I8" s="1" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="H9" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="I9" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J10" s="1" t="s">
         <v>70</v>
-      </c>
-[...25 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="J11" s="1" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="E12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="H12" s="1" t="s">
+      <c r="I12" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="I12" s="1" t="s">
+      <c r="J12" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="G14" s="1"/>
-      <c r="H14" s="1"/>
+      <c r="G14" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="I14" s="1" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>104</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="I15" s="1" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="B17" s="1"/>
       <c r="C17" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="E18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="1" t="s">
+      <c r="G18" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>121</v>
-      </c>
-[...3 lines deleted...]
-        <v>16</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="E19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="1" t="s">
+      <c r="G19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>126</v>
-      </c>
-[...3 lines deleted...]
-        <v>16</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="G20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="G20" s="1"/>
-[...1 lines deleted...]
-      <c r="I20" s="1"/>
+      <c r="I20" s="1" t="s">
+        <v>132</v>
+      </c>
       <c r="J20" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="E21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>138</v>
-      </c>
-[...3 lines deleted...]
-        <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="G22" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="H22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I22" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-      <c r="H23" s="1"/>
+        <v>150</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I23" s="1" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="G24" s="1"/>
       <c r="H24" s="1" t="s">
-        <v>154</v>
+        <v>47</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>153</v>
+        <v>67</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>154</v>
+        <v>76</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="G26" s="1"/>
       <c r="H26" s="1" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="I26" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="J26" s="1" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" s="1"/>
+      <c r="C27" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="E27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="1" t="s">
+      <c r="G27" s="1"/>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="G27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="1" t="s">
+      <c r="J27" s="1" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="E28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="G28" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="J28" s="1" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="E29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="G29" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="G29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I29" s="1" t="s">
+      <c r="J29" s="1" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="E30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="G30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J30" s="1" t="s">
         <v>191</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="J31" s="1" t="s">
         <v>196</v>
-      </c>
-[...25 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>206</v>
+        <v>39</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>207</v>
+        <v>40</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>208</v>
+        <v>180</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="B33" s="1"/>
+        <v>202</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="C33" s="1" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>214</v>
+        <v>67</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>219</v>
+        <v>148</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="G34" s="1"/>
       <c r="H34" s="1" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="I34" s="1"/>
       <c r="J34" s="1" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>111</v>
+        <v>213</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>214</v>
+        <v>84</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>231</v>
+        <v>21</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>74</v>
+        <v>224</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>219</v>
+        <v>148</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>239</v>
-[...4 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H37" s="1"/>
       <c r="I37" s="1" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="G38" s="1"/>
+        <v>66</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="H38" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="I38" s="1"/>
+        <v>236</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>237</v>
+      </c>
       <c r="J38" s="1" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="G39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="E39" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I39" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="1" t="s">
+      <c r="J40" s="1" t="s">
         <v>251</v>
-      </c>
-[...17 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="1" t="s">
+      <c r="G41" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H41" s="1"/>
+      <c r="I41" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="J41" s="1" t="s">
         <v>258</v>
-      </c>
-[...16 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="1" t="s">
+      <c r="H42" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="I42" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="E42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="J42" s="1" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="1" t="s">
+      <c r="E43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J43" s="1" t="s">
         <v>270</v>
-      </c>
-[...19 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="1" t="s">
+      <c r="G44" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H44" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="I44" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="E44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="1" t="s">
+      <c r="J44" s="1" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="E45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="E45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="1" t="s">
+      <c r="G45" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="G45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H45" s="1" t="s">
-        <v>175</v>
+        <v>284</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>287</v>
+        <v>21</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>289</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="G46" s="1" t="s">
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="H46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="1" t="s">
+      <c r="J46" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>296</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>47</v>
+        <v>283</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F48" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="G48" s="1" t="s">
-[...3 lines deleted...]
-      <c r="I48" s="1" t="s">
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="J48" s="1" t="s">
+      <c r="B49" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>304</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H61" s="1"/>
+      <c r="I61" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>395</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>