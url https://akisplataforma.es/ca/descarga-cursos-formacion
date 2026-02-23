--- v0 (2025-12-15)
+++ v1 (2026-02-23)
@@ -12,610 +12,1252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="548">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Curs de benestar animal al transport</t>
-[...5 lines deleted...]
-    <t>dt., 30/12/2025 - 00:00</t>
+    <t>CURS CÀLCUL I DISSENY D'INSTAL·LACIONS DE REG</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En línia</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Aquest curs s'enfoca en el disseny i el manteniment de xarxes de reg. Aprendreu a determinar la quantitat d'aigua necessària per als cultius ia…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-calcul-i-disseny-dinstallacions-reg</t>
+  </si>
+  <si>
+    <t>Nou curs d´Escola de Pastoreig d´Aragó</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dv., 04/09/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>San Juan de Plan. Aragón.</t>
+  </si>
+  <si>
+    <t>Presencial</t>
+  </si>
+  <si>
+    <t>Sí</t>
+  </si>
+  <si>
+    <t>Font: RFEAGAS El termini d'inscripció romandrà obert fins diumenge 1 de febrer i hi ha un total de 10 places ofertes El proper 24 de febrer començarà…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/nou-curs-descola-pastoreig-darago</t>
+  </si>
+  <si>
+    <t>MÒDUL GENÈRIC: QUALIFICACIÓ DE TÈCNICS EN PRODUCCIÓ INTEGRADA DE PRODUCTES AGRÍCOLES I RAMADERS</t>
+  </si>
+  <si>
+    <t>dt., 24/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>dj., 26/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Palma del Río</t>
+  </si>
+  <si>
+    <t>Semipresencial</t>
+  </si>
+  <si>
+    <t>Continguts Conceptes bàsics sobre la producció integrada: concepte i objectius de la producció integrada; problemàtica de la protecció fitosanitària…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/modul-generic-qualificacio-tecnics-produccio-integrada-productes-agricoles-i-1</t>
+  </si>
+  <si>
+    <t>CURS MILLORS TÈCNIQUES DISPONIBLES PER REDUIR L'IMPACTE AMBIENTAL A GRANJES PORCINES. ON LINE – 260225FAP</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dl., 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirigit a: Curs validat com a formació complementària per accedir a les ajudes destinades a incentivar la incorporació de joves al sector agrari,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-millors-tecniques-disponibles-reduir-limpacte-ambiental-granjes-porcines</t>
+  </si>
+  <si>
+    <t>CURS BÀSIC DE PREVENCIÓ DE RISCOS LABORALS AL SECTOR AGRARI – ON LINE – 260225PRL</t>
+  </si>
+  <si>
+    <t>dj., 19/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirigit a: 🔹 Joves que volen incorporar-se a l'empresa agrària 🔹 Empresaris que assumeixen l'activitat preventiva 🔹 Treballadors agrícoles i ramaders…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-basic-prevencio-riscos-laborals-al-sector-agrari-line-260225prl</t>
+  </si>
+  <si>
+    <t>3a edició del curs online “Digitalització a través d'aplicacions mòbils”</t>
+  </si>
+  <si>
+    <t>dc., 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Online síncrona</t>
+  </si>
+  <si>
+    <t>Els dies 25, 26 i 27 de febrer de 2026 se celebrarà en modalitat online la 3a edició del curs “Digitalització a través d'aplicacions mòbils” ,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/3a-edicio-del-curs-online-digitalitzacio-traves-daplicacions-mobils</t>
+  </si>
+  <si>
+    <t>CURS DE CAPACITACIÓ PER AL PERSONAL DE GRANJA AVÍCOLA. ONLINE – 260226AVI</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dt., 17/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirigit a: Treballadors de granges avícoles Objectius: Complir amb el requisit del Reial decret 637/2021, de 27 de juliol, de garantir que totes les…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-capacitacio-al-personal-granja-avicola-online-260226avi</t>
+  </si>
+  <si>
+    <t>Iniciació al reg</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dt., 07/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Campanillas, Málaga</t>
+  </si>
+  <si>
+    <t>Aquest curs té com a mínim un mòdul on-line. Els cursos que es fan a la plataforma de Teleformació de l'IFAPA combinen el treball a distància, l'…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/iniciacio-al-reg</t>
+  </si>
+  <si>
+    <t>Jornada de Poda d'oliveres</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>Casa de Cultura de Olite</t>
+  </si>
+  <si>
+    <t>Poda de l'olivera segons varietats. Les millors eines per fer la poda. Tipus de poda. Temps a invertir en una poda adequada de l'olivera.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/jornada-poda-doliveres</t>
+  </si>
+  <si>
+    <t>Formació en línia gratuïta sobre compostatge eficient per valoritzar residus agroindustrials</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 17:07</t>
+  </si>
+  <si>
+    <t>dj., 26/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>El proper dijous 26 de febrer , de 17:00 a 20:00 h , ASETAGA celebrarà la formació en línia gratuïta “Compostatge Eficient: Claus per Valoritzar els…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/formacio-linia-gratuita-compostatge-eficient-valoritzar-residus-agroindustrials</t>
+  </si>
+  <si>
+    <t>CULTIU DE PAPAIA</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Aquest curs aprofundeix en totes les fases del cultiu de la papaia, des dels requisits del sòl i clima fins a la industrialització del fruit.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/cultiu-papaia</t>
+  </si>
+  <si>
+    <t>CURS DE MANIPULADOR DE PRODUCTES FITOSANITARIS. NIVELL RENOVACIÓ BÀSIC – ON LINE – 260227FBR</t>
+  </si>
+  <si>
+    <t>dl., 09/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirigit a: Usuaris professionals el carnet inicial dels quals de manipulador de fitosanitaris bàsic hagi complert amb la vigència de 10 anys i…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-manipulador-productes-fitosanitaris-nivell-renovacio-basic-line-260227fbr</t>
+  </si>
+  <si>
+    <t>MANIPULADOR D'ALIMENTS I AL·LÈRGENS.ONLINE – 260227MA</t>
+  </si>
+  <si>
+    <t>Dirigit a: Persones que treballin en activitats que hagin de manipular productes alimentaris. Objectius: L'OBJECTIU D'AQUEST CURS ÉS PROPORCIONAR ALS…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/manipulador-daliments-i-allergensonline-260227ma</t>
+  </si>
+  <si>
+    <t>aGROSlab ofereix un seminari en línia gratuït sobre com elaborar plans d'abonat ajustats a la normativa</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>dv., 27/02/2026 - 19:00</t>
+  </si>
+  <si>
+    <t>L'elaboració de plans d'abonat clars, justificables i operatius s'ha convertit en una peça clau per respondre a la màxima exigència regulatòria i,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/agroslab-ofereix-seminari-linia-gratuit-com-elaborar-plans-dabonat-ajustats-la</t>
+  </si>
+  <si>
+    <t>2a Edició Curs Disseny i Construcció de Plantes de Biogàs/Biometà</t>
+  </si>
+  <si>
+    <t>dg., 01/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dt., 31/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>El curs en línia Disseny i Construcció de Plantes de Biogàs/Biometà per a Enginyers, ofereix una formació especialitzada en el disseny,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/2a-edicio-curs-disseny-i-construccio-plantes-biogasbiometa</t>
+  </si>
+  <si>
+    <t>Curs per a la formació dels usuaris professionals i venedors de productes Fitosanitaris: Nivell Bàsic. Nivell Pont. Nivell Qualificat</t>
+  </si>
+  <si>
+    <t>dl., 02/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>El Reial decret 1311/2012 estableix el marc d'acció per aconseguir un ús sostenible dels productes fitosanitaris mitjançant la reducció dels riscos i…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-la-formacio-dels-usuaris-professionals-i-venedors-productes-fitosanitaris</t>
+  </si>
+  <si>
+    <t>Curs de Plaguicides d'Ús Agrícola - Nivell Qualificat</t>
+  </si>
+  <si>
+    <t>dv., 20/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>Olivenza</t>
+  </si>
+  <si>
+    <t>Dirigit als usuaris professionals responsables dels tractaments terrestres, inclosos els no agrícoles, i per als agricultors que facin tractaments…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-plaguicides-dus-agricola-nivell-qualificat-3</t>
+  </si>
+  <si>
+    <t>Curs de Benestar Animal per a Transportistes i Ramaders</t>
+  </si>
+  <si>
+    <t>dv., 06/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>C/ Pablo Neruda, 27, Villafranca de los Barros (Badajoz)</t>
+  </si>
+  <si>
+    <t>Quan els alumnes posseeixin les condicions objectives tant dels beneficiaris dels cursos de lapartat a com del b, i estiguin interessats a fer ambdós…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-benestar-animal-transportistes-i-ramaders-6</t>
+  </si>
+  <si>
+    <t>Iniciació a l'apicultura</t>
+  </si>
+  <si>
+    <t>dl., 02/03/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dv., 06/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>GC-2, Km 8,5 - Montaña Cardones 35415 - Arucas (Gran Canaria)</t>
+  </si>
+  <si>
+    <t>Amb aquest curs es pretén proporcionar als joves relacionats amb la ramaderia els coneixements tècnics i pràctics de què es disposen perquè siguin…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/iniciacio-lapicultura-2</t>
+  </si>
+  <si>
+    <t>FORMACIÓ ESPECIALITZADA EN COBERTES VEGETALS</t>
+  </si>
+  <si>
+    <t>dl., 06/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/formacio-especialitzada-cobertes-vegetals-0</t>
+  </si>
+  <si>
+    <t>MÒDUL GENÈRIC: QUALIFICACIÓ DE TÈCNICS EN PRODUCCIÓ INTEGRADA DE PRODUCTES ELABORATS I TRANSFORMATS</t>
+  </si>
+  <si>
+    <t>dc., 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dc., 08/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Mengíbar</t>
+  </si>
+  <si>
+    <t>Contingut Introducció, concepte i situació de la producció integrada Traçabilitat i seguretat alimentària Gestion de centres de manipulacio i…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/modul-generic-qualificacio-tecnics-produccio-integrada-productes-elaborats-i</t>
+  </si>
+  <si>
+    <t>CURS ONLINE - INTEL·LIGÈNCIA ARTIFICIAL (IA) APLICADA A L'AGRICULTURA</t>
+  </si>
+  <si>
+    <t>dt., 24/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Objectiu Al curs online Intel·ligència Artificial (IA) aplicada a l'Agricultura l'alumne aprendrà a treure tot el partit a les eines actuals que ens…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-online-intelligencia-artificial-ia-aplicada-lagricultura</t>
+  </si>
+  <si>
+    <t>Maneig avançat d'hivernacles ecològics</t>
+  </si>
+  <si>
+    <t>dj., 05/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Curs en línia: Maneig avançat d'hivernacles ecològics. El terra viu i la seva fertilitat</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/maneig-avancat-dhivernacles-ecologics</t>
+  </si>
+  <si>
+    <t>PLANIFICACIÓ D'UNA ADEQUADA ROTACIÓ DE CULTIUS: CASOS PRÀCTICS</t>
+  </si>
+  <si>
+    <t>dj., 05/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>dj., 05/03/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Araba/Álava</t>
+  </si>
+  <si>
+    <t>Ayuntamiento de Elburgo, Álava</t>
+  </si>
+  <si>
+    <t>Principis bàsics de la rotació de cultius, Factors per al disseny de rotacions, Models i tipus de rotació, Planificació pràctica (casos reals),…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/planificacio-duna-adequada-rotacio-cultius-casos-practics</t>
+  </si>
+  <si>
+    <t>INCORPORACIÓ A L'EMPRESA AGRÀRIA: FRUTICULTURA</t>
+  </si>
+  <si>
+    <t>dt., 10/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dt., 10/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Centro IFAPA de Málaga</t>
+  </si>
+  <si>
+    <t>Mòduls EMPRESA AGRÀRIA ASSOCIACIONISME I COMERCIALITZACIÓ COMPTABILITAT I INICIACIÓ A LA INFORMÀTICA RELACIONS EMPRESARIALS I PREVENCIÓ DE RISCOS…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/incorporacio-lempresa-agraria-fruticultura-1</t>
+  </si>
+  <si>
+    <t>curs agricultura 4.0-Mixt</t>
+  </si>
+  <si>
+    <t>El curs d'agricultura 4.0 o Tecnologies 4.0 a la Maquinària de Precisió MIXT és una formació de 30 hores + 5 hores presencials amb un professional de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-agricultura-40-mixt</t>
+  </si>
+  <si>
+    <t>TALLER PRÀCTIC. Liderant la protecció del negoci davant la nova era de la IA</t>
+  </si>
+  <si>
+    <t>dt., 10/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>dt., 10/03/2026 - 12:00</t>
   </si>
   <si>
     <t>Madrid, Comunidad de</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
-    <t>Sede INALOCAL: Aula COPERNICUS Travesia Eras, 10 Villaviciosa de Odón, Madrid 28670 España</t>
-[...131 lines deleted...]
-    <t>Aragón</t>
+    <t>Calle Serrano 138</t>
+  </si>
+  <si>
+    <t>PONS IP i Fundació PONS, dins l'EDIH Madrid Region, et conviden al Taller Pràctic 'Liderant la projecció del negoci davant la nova era de la IA', un…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/taller-practic-liderant-la-proteccio-del-negoci-davant-la-nova-era-la-ia</t>
+  </si>
+  <si>
+    <t>INTERPRETACIÓ ANÀLISI DE SÒL I PAUTES DE FERTILITZACIÓ SOSTENIBLE</t>
+  </si>
+  <si>
+    <t>dc., 11/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Importància i objectius de l'anàlisi de sòl, metodologia de mostreig de sòl, paràmetres de l'anàlisi de sòl, interpretació dels resultats, pautes per…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/interpretacio-analisi-sol-i-pautes-fertilitzacio-sostenible</t>
+  </si>
+  <si>
+    <t>Curs del Registre (REA), Quadern (CUE) i SIEX</t>
+  </si>
+  <si>
+    <t>dc., 25/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Objectius del curs La nova normativa de la PAC entre les seves novetats comporta la creació d‟un sistema d‟informació d‟explotacions agrícoles (SIEX…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-del-registre-rea-quadern-cue-i-siex</t>
+  </si>
+  <si>
+    <t>Seminari en línia gratuït “Digitalitzant l'assessorament agrari”</t>
+  </si>
+  <si>
+    <t>dv., 13/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 13/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El proper 13 de març de 2026 , de 09:00 a 10:15 h, aGROSlab celebrarà el seminari online “Digitalitzant l'assessorament agrari” , una sessió pràctica…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/seminari-linia-gratuit-digitalitzant-lassessorament-agrari</t>
+  </si>
+  <si>
+    <t>Sostenibilitat en la producció agrària</t>
+  </si>
+  <si>
+    <t>dg., 15/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>CURS ONLINE s'abordarà com produir més aliments amb menys recursos naturals i preservar el medi ambient. Objectius del curs: Promoure la…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/sostenibilitat-la-produccio-agraria</t>
+  </si>
+  <si>
+    <t>Curs de: Tècnic per a l'assessorament en la gestió integrada de plagues a àrees verdes</t>
+  </si>
+  <si>
+    <t>Curs per saber com aplicar el Reial Decret 1311/2012 a àrees verdes urbanes: aquest curs no t'acredita com a assessor, el seu objectiu és ensenyar-te…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-tecnic-lassessorament-la-gestio-integrada-plagues-arees-verdes</t>
+  </si>
+  <si>
+    <t>Gestió i verificació de sistemes de reg bàsic</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>C/ Demetrio de los Ríos, 15. 41003, Sevilla</t>
+  </si>
+  <si>
+    <t>Cooperatives agroalimentàries posa a disposició de pagesos i públic en general un curs sobre Gestió i verificació de sistemes de reg bàsic.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/gestio-i-verificacio-sistemes-reg-basic</t>
+  </si>
+  <si>
+    <t>Curs online "Competència per al personal que treballi amb guanyador porcí"</t>
+  </si>
+  <si>
+    <t>dl., 16/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dv., 17/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Si vols formar-te per treballar al sector del porc no deixis d'apuntar-te al curs "Competència per al personal que treballi amb guanyador porcí",…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-online-competencia-al-personal-que-treballi-amb-guanyador-porci</t>
+  </si>
+  <si>
+    <t>Cultiu sense terra</t>
+  </si>
+  <si>
+    <t>CURS ONLINE per conèixer les solucions per a cultiu sense sòl, també s'aborda la qualitat dels substrats, els diferents sistemes de cultius sense sòl…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/cultiu-sense-terra</t>
+  </si>
+  <si>
+    <t>Especialització en interpretació de sòls</t>
+  </si>
+  <si>
+    <t>En aquest CURS ONLINE descobriràs les claus per cuidar la salut del sòl amb pràctiques sostenibles per a una agricultura més eficient. Objectius del…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/especialitzacio-interpretacio-sols</t>
+  </si>
+  <si>
+    <t>Curs de producció hortícola en hivernacle</t>
+  </si>
+  <si>
+    <t>dc., 18/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Converteix-te en un expert en producció hortícola CONTACTE</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-produccio-horticola-hivernacle-0</t>
+  </si>
+  <si>
+    <t>Agricultura de precisió. Curs: Maneig Avançat de GIS i Drones</t>
+  </si>
+  <si>
+    <t>Curs de 60 hores, de les quals 4 seran a l'Aula Virtual amb el docent en temps real a través de Google Meet per resoldre els dubtes sobre el mètode…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/agricultura-precisio-curs-maneig-avancat-gis-i-drones</t>
+  </si>
+  <si>
+    <t>Gestió de trulls</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Objectius Conèixer la gestió integral del trull Aprendre…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/gestio-trulls-0</t>
+  </si>
+  <si>
+    <t>Benestar animal al transport d'animals vius</t>
+  </si>
+  <si>
+    <t>Titulació homologada Places limitades OBJECTIUS: Adquirir els fonaments de bones pràctiques durant el transport d'animals, inclosa la càrrega, la…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/benestar-animal-al-transport-danimals-vius</t>
+  </si>
+  <si>
+    <t>Curs de ramaderia i agricultura ecològica</t>
+  </si>
+  <si>
+    <t>Formació especialitzada reconeguda per la Junta de Castella-la Manxa que permet justificar hores en l'àmbit ecològic segons allò estipulat a l'Ordre…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-ramaderia-i-agricultura-ecologica</t>
+  </si>
+  <si>
+    <t>FORMACIÓ ASSESSORS: Curs Maneig sostenible als sòls agraris</t>
+  </si>
+  <si>
+    <t>El maneig sostenible dels sòls agraris és un pilar fonamental per garantir la productivitat dels agroecosistemes a llarg termini, la conservació del…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/formacio-assessors-curs-maneig-sostenible-als-sols-agraris-0</t>
+  </si>
+  <si>
+    <t>Seminari en línia gratuït “Plans d'abonat en cultius extensius”</t>
+  </si>
+  <si>
+    <t>dv., 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>La correcta elaboració d'un pla d'abonat és cada cop més determinant per optimitzar costos, millorar l'eficiència en l'ús de nutrients i complir les…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/seminari-linia-gratuit-plans-dabonat-cultius-extensius</t>
+  </si>
+  <si>
+    <t>Els drones i l'agricultura de precisió</t>
+  </si>
+  <si>
+    <t>dg., 22/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Els drones i l'agricultura de precisió, és un curs descriptiu per aprofundir en l'agricultura de precisió com a tècnica i concepte de l'agricultura 4…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/els-drones-i-lagricultura-precisio</t>
+  </si>
+  <si>
+    <t>Curs cultiu d'alvocat</t>
+  </si>
+  <si>
+    <t>Aquest curs ofereix una guia completa per al cultiu de l'alvocat. Aprendràs sobre els requeriments del terra i el clima, la propagació i l'…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-cultiu-dalvocat</t>
+  </si>
+  <si>
+    <t>3a edició del curs "Digitalització de l'Agricultura de Precisió, Agricultura 4.0"</t>
+  </si>
+  <si>
+    <t>dl., 23/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dt., 24/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Villadangos del Páramo (León)</t>
+  </si>
+  <si>
+    <t>La Comunitat de Regants del Canal de Villadangos , a Villadangos del Páramo (Lleó) , acollirà els dies 23 i 24 de març de 2026 la 3a edició del curs…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/3a-edicio-del-curs-digitalitzacio-lagricultura-precisio-agricultura-40</t>
+  </si>
+  <si>
+    <t>Producció de fruiters</t>
+  </si>
+  <si>
+    <t>En aquest curs ONLINE aprendràs sobre la fisiologia de l'arbre, el disseny de plantacions estratègiques i l'aplicació de tècniques de poda, reg i…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/produccio-fruiters</t>
+  </si>
+  <si>
+    <t>Especialista en olivicultura, elaiotècnia i gestió de trulls</t>
+  </si>
+  <si>
+    <t>L'objectiu cerca la professionalitat i l'excel·lència en quatre camps del sector d'Olivicultura: elaiotècnia, anàlisi i control de l'oli d'oliva,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/especialista-olivicultura-elaiotecnia-i-gestio-trulls</t>
+  </si>
+  <si>
+    <t>Curs de Manipulador de Productes Fitosanitaris nivell Bàsic</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Certifica't com a Manipulador de Fitosanitaris nivell bàsic CONTACTE</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-manipulador-productes-fitosanitaris-nivell-basic-0</t>
+  </si>
+  <si>
+    <t>Hivernacles</t>
+  </si>
+  <si>
+    <t>CURS ONLINE on es mostra el paper de l'hivernacle, els diferents tipus d'hivernacles, l'equipament i el control del clima, entre d'altres. Objectius…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/hivernacles</t>
+  </si>
+  <si>
+    <t>Seguretat i higiene a la indústria alimentària</t>
+  </si>
+  <si>
+    <t>Objectius Aprendre a realitzar operacions de neteja i d'higiene general en equips i instal·lacions, així com operacions de suport a la protecció…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/seguretat-i-higiene-la-industria-alimentaria</t>
+  </si>
+  <si>
+    <t>Gestió i organització de lexplotació agrària</t>
+  </si>
+  <si>
+    <t>Objectius Aprendre els coneixements tecnològics i econòmics per a la gestió correcta d'una explotació agrària, garantint-ne la millora del…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/gestio-i-organitzacio-lexplotacio-agraria</t>
+  </si>
+  <si>
+    <t>Gestió i Incorporació a l'empresa agrària</t>
+  </si>
+  <si>
+    <t>ds., 28/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Formar els agricultors que s'incorporin a l'empresa agrària en els aspectes relacionats amb el rendiment econòmic de les explotacions i la protecció…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/gestio-i-incorporacio-lempresa-agraria-0</t>
+  </si>
+  <si>
+    <t>Curs d´hidroponia. Cultiu sense terra</t>
+  </si>
+  <si>
+    <t>Aquest curs ofereix una introducció completa a la hidroponia i el cultiu sense sòl. S'exploren els components, els substrats i els sistemes…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-dhidroponia-cultiu-sense-terra</t>
+  </si>
+  <si>
+    <t>Curs Superior - Hidroponia. Cultiu sense Sòl</t>
+  </si>
+  <si>
+    <t>dl., 30/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Objectius del curs L'activitat agrària, com la resta de sectors productius, han d'optimitzar el consum d'insums i minimitzar els nivells de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-superior-hidroponia-cultiu-sense-sol</t>
+  </si>
+  <si>
+    <t>Curs Superior - Control Biològic de Plagues</t>
+  </si>
+  <si>
+    <t>Objectius del curs L'ús d'organismes beneficiosos (pol·linitzadors, depredadors i parasitoides) en els darrers anys ha demostrat la seva utilitat en…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-superior-control-biologic-plagues</t>
+  </si>
+  <si>
+    <t>Activitats Auxiliars a Agricultura per al certificat de professionalitat AGAX0208</t>
+  </si>
+  <si>
+    <t>Amb aquest curs online a Activitats auxiliars en agricultura, podràs acreditar les teves competències professionals per obtenir el teu certificat de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/activitats-auxiliars-agricultura-al-certificat-professionalitat-agax0208</t>
+  </si>
+  <si>
+    <t>Curs Especialista en Producció de Plantes Aromàtiques i Medicinals</t>
+  </si>
+  <si>
+    <t>Objectius del curs El cultiu de plantes aromàtiques i medicinals (PAM) s'ha convertit des de fa un temps com una alternativa agrícola als cultius…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-especialista-produccio-plantes-aromatiques-i-medicinals</t>
+  </si>
+  <si>
+    <t>Curs superior a Olivicultura</t>
+  </si>
+  <si>
+    <t>Objectius del curs Aquest curs desenvolupa i aborda en profunditat, i de manera racional, els aspectes més importants del cultiu de l'olivera,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-superior-olivicultura</t>
+  </si>
+  <si>
+    <t>Curs Online El Sòl de Cultiu i les Condicions Climàtiques</t>
+  </si>
+  <si>
+    <t>El Curs Sòl de Cultiu i Condicions Climàtiques et proporciona els coneixements essencials sobre la gestió del sòl i la seva relació amb el clima a l'…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-online-el-sol-cultiu-i-les-condicions-climatiques</t>
+  </si>
+  <si>
+    <t>Curs de producció Integrada</t>
+  </si>
+  <si>
+    <t>Converteix-te en expert en producció integrada CONTACTE</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-produccio-integrada-0</t>
+  </si>
+  <si>
+    <t>En la recerca d'una agricultura sostenible, la salut del sòl, la fertilització i l'impacte ambiental són factors que cal tenir en compte, i l'anàlisi…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/especialitzacio-interpretacio-sols-0</t>
+  </si>
+  <si>
+    <t>Curs en línia: fructicultura ecològica</t>
+  </si>
+  <si>
+    <t>dc., 01/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>El curs és totalment online i consta de 7 temes, amb una durada planificada per a 60 hores, però ho pots acabar quan vulguis. En finalitzar el curs…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-linia-fructicultura-ecologica</t>
+  </si>
+  <si>
+    <t>Curs online: Cultiu ecològic de l'alvocat</t>
+  </si>
+  <si>
+    <t>El curs està dividit en 8 temes i la seva durada està planificada per a 30 hores, però ho pots acabar quan vulguis. En finalitzar el curs rebràs un…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-online-cultiu-ecologic-lalvocat-0</t>
+  </si>
+  <si>
+    <t>CURS ONLINE AGRICULTURA DE PRECISIÓ EN CULTIUS EXTENSIUS DE REGADIU (GRABAT)</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
-    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
-[...56 lines deleted...]
-    <t>Valencia</t>
+    <t>Aquest curs aborda les tecnologies i les metodologies utilitzades en agricultura de precisió per optimitzar el rendiment i l'eficiència dels cultius…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-online-agricultura-precisio-cultius-extensius-regadiu-grabat</t>
+  </si>
+  <si>
+    <t>Eines avançades per al reg i la nutrició</t>
+  </si>
+  <si>
+    <t>dj., 09/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
+  </si>
+  <si>
+    <t>Cooperatives agroalimentàries posa a disposició dels agricultors un curs en línia d'eines avançades per al reg i la nutrició.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/eines-avancades-al-reg-i-la-nutricio</t>
+  </si>
+  <si>
+    <t>dv., 10/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>CURS ONLINE s'abordarà com produir més aliments amb menys recursos naturals i preservar el medi ambient. OBJECTIUS DEL CURS: Promoure la…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/sostenibilitat-la-produccio-agraria-0</t>
+  </si>
+  <si>
+    <t>Càlcul de les necessitats hídriques i programació del reg</t>
+  </si>
+  <si>
+    <t>En aquest CURS ONLINE aprendràs les diferents metodologies per determinar les necessitats hídriques d'un cultiu i les eines per a la programació del…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/calcul-les-necessitats-hidriques-i-programacio-del-reg-0</t>
+  </si>
+  <si>
+    <t>CURS ONLINE on es mostra el paper de l'hivernacle, els diferents tipus d'hivernacles, l'equipament i el control del clima, entre d'altres.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/hivernacles-0</t>
+  </si>
+  <si>
+    <t>Curs de Control i Maneig d'Ous i Pollastres Nounats a Explotació Avícola</t>
+  </si>
+  <si>
+    <t>El Curs de Control i Maneig d'Ous i Pollastres Nounats a Explotació Avícola d'Aula 10 Formació està dissenyat per proporcionar als participants els…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-control-i-maneig-dous-i-pollastres-nounats-explotacio-avicola</t>
+  </si>
+  <si>
+    <t>Ramaderia Ecològica per al certificat de professionalitat AGAN0108</t>
+  </si>
+  <si>
+    <t>Amb el curs online de Ramaderia Ecològica, aprendràs tot el necessari per obtenir el Certificat en Ramaderia Ecològica AGAN0108. Per mitjà d'aquest…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/ramaderia-ecologica-al-certificat-professionalitat-agan0108</t>
+  </si>
+  <si>
+    <t>Seminari en línia gratuït “SIEX, REA i CUE: claus per al registre com a entitat habilitada"</t>
+  </si>
+  <si>
+    <t>dv., 10/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 10/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>El proper 10 d'abril de 2026 , aGROSlab organitza el seminari online “SIEX, REA i CUE: Claus per al Registre com a Entitat Habilitada” , una sessió…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/seminari-linia-gratuit-siex-rea-i-cue-claus-al-registre-com-entitat-habilitada</t>
+  </si>
+  <si>
+    <t>Agricultura regenerativa i gestió sostenible del sòl per a més resiliència climàtica i seguretat alimentària a la Mediterrània</t>
+  </si>
+  <si>
+    <t>dl., 13/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dv., 17/04/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>El curs està adreçat a professionals del sector agrícola, investigadors, responsables de polítiques públiques i productors. Té com a objectiu…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/agricultura-regenerativa-i-gestio-sostenible-del-sol-mes-resiliencia-climatica-i</t>
+  </si>
+  <si>
+    <t>Utilització de la maquinària agrícola</t>
+  </si>
+  <si>
+    <t>Carretera General del Norte nº2. Km 8.5. Cardones. Arucas.</t>
+  </si>
+  <si>
+    <t>Conèixer la diversitat de maquinària agrícola existent al mercat, des de petita maquinària (motoserres, desbrossadores, bufadors, etc.) fins a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/utilitzacio-la-maquinaria-agricola</t>
+  </si>
+  <si>
+    <t>Curs sobre gestió de riscos i assegurances agràries en un context de canvi climàtic</t>
+  </si>
+  <si>
+    <t>dl., 13/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>dv., 17/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
   </si>
   <si>
     <t>En línia, Presencial</t>
   </si>
   <si>
-    <t>La Universitat Politècnica de València (UPV), juntament amb l'Escola Tècnica Superior d'Enginyeria Agronòmica i del Medi Natural (ETSIAMN) i…</t>
-[...269 lines deleted...]
-    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/sostenibilitat-la-produccio-agraria-0</t>
+    <t>Del 13 al 17 d'abril de 2026 , el CIHEAM Saragossa acollirà el curs “Gestió de riscos i assegurances agràries en un context de canvi climàtic” , una…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-gestio-riscos-i-assegurances-agraries-context-canvi-climatic</t>
+  </si>
+  <si>
+    <t>Manipulador de fruites i hortalisses</t>
+  </si>
+  <si>
+    <t>dt., 14/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dc., 15/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>C/ Andenes 18, Caravaca de la Cruz, Murcia</t>
+  </si>
+  <si>
+    <t>Activitats per a formació professional i adquisició de competències, en el marc del Pla Estratègic de la Política Agrària Comuna (PEPAC) 2023-2027…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/manipulador-fruites-i-hortalisses-0</t>
   </si>
   <si>
     <t>Curs de Jove Agricultor a Extremadura</t>
   </si>
   <si>
     <t>dl., 20/04/2026 - 00:00</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...1 lines deleted...]
-  <si>
     <t>Badajoz, Cáceres</t>
   </si>
   <si>
     <t>Els certificats d'incorporació per a joves agricultors a Extremadura representen una oportunitat formativa clau per a aquelles persones que volen…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-jove-agricultor-extremadura</t>
   </si>
   <si>
     <t>Curs online: Producció ecològica d'oliverar i elaboració d'oli ecològic</t>
   </si>
   <si>
     <t>El curs és totalment en línia i consta d'11 temes, amb una durada planificada per a 80 hores, però ho pots acabar quan vulguis. En finalitzar el curs…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-online-produccio-ecologica-doliverar-i-elaboracio-doli-ecologic-0</t>
   </si>
   <si>
     <t>Curs de: Tècnic per a l'assessorament en la gestió integrada de plagues en àmbit agrari</t>
   </si>
   <si>
     <t>ds., 25/04/2026 - 00:00</t>
   </si>
   <si>
     <t>Curs per saber com aplicar el Reial Decret 1311/2012 en àmbit agrari: aquest curs no t'acredita com a assessor, el seu objectiu és ensenyar-te el…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-tecnic-lassessorament-la-gestio-integrada-plagues-ambit-agrari</t>
   </si>
   <si>
+    <t>Curs Superior de Ramaderia de Precisió - Madrid (ES) Maig 2026</t>
+  </si>
+  <si>
+    <t>dl., 04/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>dv., 08/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ens complau anunciar el Curs Avançat “Creant Valor Afegit a la Ramaderia de Precisió”, que tindrà lloc a Madrid, Espanya, del 4 al 8 de maig de 2026…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-superior-ramaderia-precisio-madrid-maig-2026</t>
+  </si>
+  <si>
+    <t>CONEIXEMENT I CULTIU DE FRUITERS TROPICALS</t>
+  </si>
+  <si>
+    <t>Escuela de Capacitación Agraria de Arucas</t>
+  </si>
+  <si>
+    <t>Objectius Conèixer les diferents espècies d'arbres fruiters tropicals i subtropicals que s'estan implantant a les Canàries. Aprendre a reproduir…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/coneixement-i-cultiu-fruiters-tropicals</t>
+  </si>
+  <si>
+    <t>Curs internacional sobre Ramaderia de Precisió: dels sensors a la presa de decisions</t>
+  </si>
+  <si>
+    <t>dl., 04/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>dv., 08/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>Del 4 al 8 de maig de 2026 , Madrid acollirà el curs presencial “Creant valor afegit a la Ramaderia de Precisió: dels sensors a la presa de decisions…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-internacional-ramaderia-precisio-dels-sensors-la-presa-decisions</t>
+  </si>
+  <si>
+    <t>Curs avançat sobre aqüicultura de baix impacte</t>
+  </si>
+  <si>
+    <t>dl., 25/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dj., 28/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>IRTA La Ràpita (Tarragona)</t>
+  </si>
+  <si>
+    <t>L' Institut Agronòmic Mediterrani de Saragossa (IAMZ–CIHEAM Saragossa) celebrarà del 25 al 28 de maig de 2026 el curs avançat “Aqüicultura de baix…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-avancat-aquicultura-baix-impacte</t>
+  </si>
+  <si>
+    <t>Primera Setmana Mediterrània d'Emprenedoria Alimentària</t>
+  </si>
+  <si>
+    <t>dl., 22/06/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>dv., 26/06/2026 - 17:00</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059  Zaragoza España</t>
+  </si>
+  <si>
+    <t>Objectius del curs En finalitzar el curs, els participants seran capaços de: Escalar i consolidar microempreses i start-ups sobre la base d'un marc…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/primera-setmana-mediterrania-demprenedoria-alimentaria</t>
+  </si>
+  <si>
+    <t>Curs CIHEAM: I Setmana mediterrània d'emprenedoria alimentaria</t>
+  </si>
+  <si>
+    <t>dl., 22/06/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>dv., 26/06/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza (Zaragoza)</t>
+  </si>
+  <si>
+    <t>El CIHEAM Zaragoza organitzarà del 22 al 26 de juny de 2026 la Primera Setmana Mediterrània d'Emprenedoria Alimentària , un curs avançat presencial…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-ciheam-i-setmana-mediterrania-demprenedoria-alimentaria</t>
+  </si>
+  <si>
     <t>Eines digitals que us ajuden en la gestió de la vostra explotació</t>
   </si>
   <si>
     <t>dg., 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>En aquest CURS ONLINE s'analitzen els reials decrets publicats el desembre de 2022 que afectaran la forma com els agricultors i els ramaders…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/eines-digitals-que-us-ajuden-la-gestio-la-vostra-explotacio-1</t>
   </si>
   <si>
     <t>CURSOS D'INCORPORACIÓ A L'EMPRESA AGRÀRIA</t>
   </si>
   <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
     <t>Els cursos dincorporació a lempresa agrària, CIEA en abreviatura, són les activitats formatives adreçades a aquelles persones que necessiten…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/cursos-dincorporacio-lempresa-agraria</t>
   </si>
   <si>
     <t>Gestió de l'aigua i la nutrició al cultiu de la maduixa</t>
@@ -707,80 +1349,80 @@
   <si>
     <t>dj., 24/12/2026 - 00:00</t>
   </si>
   <si>
     <t>El sector de la producció ecològica és un sector en constant creixement que demana professionals formats i capaços de gestionar la finca agropecuària…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-produccio-ecologica</t>
   </si>
   <si>
     <t>Curs de Ramaderia Ecològica</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-ramaderia-ecologica</t>
   </si>
   <si>
     <t>I CURS TRANSFORMACIÓ DIGITAL AL MEDI RURAL</t>
   </si>
   <si>
     <t>"DESAFÍO DONA RURAL" és una iniciativa de l'Institut de les Dones cofinançada pel Fons Social Europeu. S'emmarca tant als objectius estratègics de l'…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/i-curs-transformacio-digital-al-medi-rural</t>
   </si>
   <si>
+    <t>Curs Etiquetatge dels aliments d'origen vegetal</t>
+  </si>
+  <si>
+    <t>dv., 25/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Aquest curs aprendràs les exigències legals de l'etiquetatge de fruites, hortalisses i altres vegetals, tant frescos com envasats, en conserva,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-etiquetatge-dels-aliments-dorigen-vegetal</t>
+  </si>
+  <si>
     <t>Agricultura ecològica: Producció, normativa, assessorament i comercialització (MOOC)</t>
   </si>
   <si>
-    <t>dv., 25/12/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>dc., 31/12/2025 - 00:00</t>
   </si>
   <si>
     <t>MOOC</t>
   </si>
   <si>
     <t>En línia, Formació contínua</t>
   </si>
   <si>
     <t>L´objectiu d´aquest curs és oferir una panoràmica sobre la regulació de la producció agrària en ecològic, i els fonaments bàsics d´aquest tipus de…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/agricultura-ecologica-produccio-normativa-assessorament-i-comercialitzacio-mooc</t>
   </si>
   <si>
-    <t>Curs Etiquetatge dels aliments d'origen vegetal</t>
-[...7 lines deleted...]
-  <si>
     <t>CURS D'ABONAMENTS I PLANS D'ABONAT</t>
   </si>
   <si>
     <t>dg., 27/12/2026 - 00:00</t>
   </si>
   <si>
     <t>Aquest curs s'enfoca a la nutrició de les plantes i la fertilització del sòl. Aprendràs sobre la composició del sòl, els diferents tipus d'adobs (…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-dabonaments-i-plans-dabonat</t>
   </si>
   <si>
     <t>Curs presencial de Manipulador d'Aliments personalitzat per a la teva empresa</t>
   </si>
   <si>
     <t>Deixa de perdre el teu temps i deriva la formació d'operaris en una altra persona No és el curs de Manipulador d'Aliments "de tota la vida" Formem…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-presencial-manipulador-daliments-personalitzat-la-teva-empresa</t>
   </si>
   <si>
     <t>Taller d´anàlisi d´aigües” per a una fertilització més eficient i sostenible</t>
   </si>
   <si>
     <t>La gestió de l‟aigua de reg és un dels pilars d‟una agricultura moderna, eficient i respectuosa amb l‟entorn. Cada cop més explotacions estan…</t>
@@ -872,192 +1514,192 @@
   <si>
     <t>Curs d'Explotacions agrícoles i ramaderes: Producció, innovació, assessorament i comercialització (MOOC) L´objectiu d´aquest curs és oferir una…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/campus-cursos-massius-linia-moocs-ministeri-dagricultura-pesca-i-alimentacio-0</t>
   </si>
   <si>
     <t>Curs Superior Nou Reglament Europeu de Productes Fertilitzants</t>
   </si>
   <si>
     <t>S'entrega diploma acreditatiu per als alumnes que superen el curs, juntament amb documents on s'especifica el temari del curs i la durada. Objectius…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-superior-nou-reglament-europeu-productes-fertilitzants</t>
   </si>
   <si>
     <t>Manipulador d'aliments</t>
   </si>
   <si>
     <t>Si voleu obtenir el certificat de Manipulador d'Aliments, aquest curs ofert pel Centre de Formació Arcoiris us proporcionarà els coneixements…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/manipulador-daliments</t>
   </si>
   <si>
+    <t>Legislació Agrària</t>
+  </si>
+  <si>
     <t>dj., 31/12/2026 - 00:00</t>
   </si>
   <si>
+    <t>Certificat de Formació expedit per FUNDACION INEA Objectius Conèixer les fonts, l'objecte i el contingut del dret agrari. Emmarcar el dret a l'àmbit…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/legislacio-agraria</t>
+  </si>
+  <si>
+    <t>Agroecologia</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per FUNDACIÓN INEA Contingut: Introducció: Es presenta una visió general del tema, explicant-ne els conceptes clau i…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/agroecologia</t>
+  </si>
+  <si>
+    <t>Recursos fitogenètics</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Contingut: Conservació de recursos fitogenètics:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/recursos-fitogenetics</t>
+  </si>
+  <si>
+    <t>Gestió de residus a explotacions ramaderes</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Objectius • Coneixement de la incidència ambiental dels…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/gestio-residus-explotacions-ramaderes</t>
+  </si>
+  <si>
+    <t>Agricultura de conservació</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Contingut: Anàlisi dels problemes actuals de l'…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/agricultura-conservacio</t>
+  </si>
+  <si>
+    <t>Seguretat alimentària</t>
+  </si>
+  <si>
+    <t>Contingut: Classificació dels aliments: Aquest mòdul proporciona una anàlisi exhaustiva de la classificació dels aliments des de diverses…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/seguretat-alimentaria</t>
+  </si>
+  <si>
+    <t>Bones pràctiques ramaderes</t>
+  </si>
+  <si>
+    <t>Contingut: Introducció: Aquest mòdul proporciona una visió general sobre la importància de la sanitat animal i les pràctiques de maneig en la…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/bones-practiques-ramaderes</t>
+  </si>
+  <si>
+    <t>Varietats de la vinya emprades en elaboració de vins</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per la Fundació INEA Contingut: Descripció ampelogràfica, propietats agronòmiques i potencial enològic de les…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/varietats-la-vinya-emprades-elaboracio-vins</t>
+  </si>
+  <si>
+    <t>Interpretació d'anàlisi de sòls i pautes de fertilització sostenible</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per FUNDACION INEA Objectius • Conéixer la importància del sòl en la gestió agrícola sostenible i l'equilibri del sòl…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/interpretacio-danalisi-sols-i-pautes-fertilitzacio-sostenible</t>
+  </si>
+  <si>
+    <t>Maneig ecològic de remugants</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Contingut: Introducció i reglaments: Aquest mòdul…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/maneig-ecologic-remugants</t>
+  </si>
+  <si>
+    <t>Horticultura ecològica</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Contingut: Conceptes, Fonaments i Precedents a l'Horta:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/horticultura-ecologica</t>
+  </si>
+  <si>
+    <t>Plagues i patògens de l'olivera: naturalesa, identificació i estratègies biològiques de lluita</t>
+  </si>
+  <si>
+    <t>Certificat de Formació expedit per INEA-Escola Universitària d'Enginyeria Tècnica Agrícola. Contingut: Introducció: En aquest apartat s'oferirà una…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/plagues-i-patogens-lolivera-naturalesa-identificacio-i-estrategies-biologiques</t>
+  </si>
+  <si>
+    <t>Curs d'Introducció a ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>El concepte GIS com a eina digital permet als usuaris explotar el valor de les dades , incloent-hi la variable geoespacial, i millorant l'eficiència…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-dintroduccio-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curs d'Introducció als SIG amb ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-dintroduccio-als-sig-amb-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curs de Disseny i Creació de Mapes amb ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-disseny-i-creacio-mapes-amb-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curs d'Introducció a ArcGIS Online</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-dintroduccio-arcgis-online</t>
+  </si>
+  <si>
     <t>Curs en línia, al teu ritme, en què s'analitzen els reials decrets publicats el desembre de 2022 que afectaran la forma en què els agricultors i els…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/eines-digitals-que-us-ajuden-la-gestio-la-vostra-explotacio</t>
-  </si>
-[...133 lines deleted...]
-    <t>https://akisplataforma.es/ca/cursos-de-formaci%C3%B3/curs-dintroduccio-arcgis-online</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1364,2122 +2006,3540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J80"/>
+  <dimension ref="A1:J131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J80"/>
+      <selection activeCell="A1" sqref="A1:J131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="1" t="s">
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="H3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D4" s="1"/>
-[...1 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
-      <c r="F7" s="1"/>
+      <c r="F7" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="G7" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J7" s="1" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="J9" s="1" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E10" s="1"/>
-      <c r="F10" s="1"/>
       <c r="G10" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C12" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="J12" s="1" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>86</v>
-[...9 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>93</v>
-[...9 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
-      <c r="F15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>93</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>94</v>
+      </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="C17" s="1"/>
-      <c r="D17" s="1"/>
+      <c r="D17" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>114</v>
-[...4 lines deleted...]
-      <c r="F18" s="1"/>
+        <v>98</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>106</v>
+      </c>
       <c r="G18" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="C19" s="1"/>
+        <v>98</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="D19" s="1" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="F19" s="1"/>
+        <v>104</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="G19" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J20" s="1" t="s">
         <v>121</v>
-      </c>
-[...23 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-      <c r="F21" s="1"/>
+        <v>115</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>59</v>
+      </c>
       <c r="G21" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="J22" s="1" t="s">
         <v>131</v>
-      </c>
-[...17 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="C23" s="1"/>
+        <v>126</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" s="1"/>
+      <c r="D24" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...4 lines deleted...]
-      <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I24" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J24" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="F25" s="1"/>
+        <v>145</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>147</v>
+      </c>
       <c r="G25" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>151</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>152</v>
+      </c>
       <c r="D26" s="1" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F26" s="1"/>
+        <v>58</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>153</v>
+      </c>
       <c r="G26" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="1"/>
-      <c r="D27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="C28" s="1"/>
+        <v>160</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="D28" s="1" t="s">
-        <v>78</v>
+        <v>162</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>79</v>
+        <v>163</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="C29" s="1"/>
+        <v>168</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>168</v>
+      </c>
       <c r="D29" s="1" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      <c r="E30" s="1"/>
+        <v>168</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="C31" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="C32" s="1"/>
-      <c r="D32" s="1"/>
-      <c r="E32" s="1"/>
+      <c r="D32" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>182</v>
+      </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F34" s="1"/>
+        <v>189</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="G34" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>183</v>
-[...7 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="C36" s="1"/>
-      <c r="D36" s="1"/>
-      <c r="E36" s="1"/>
+      <c r="D36" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>182</v>
+      </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>203</v>
+        <v>103</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>203</v>
+        <v>103</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>203</v>
+        <v>103</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="C44" s="1"/>
+        <v>225</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
-      <c r="F44" s="1"/>
+      <c r="F44" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C47" s="1"/>
+        <v>237</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>238</v>
+      </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
-      <c r="F47" s="1"/>
+      <c r="F47" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>223</v>
+        <v>133</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
-      <c r="F49" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F49" s="1"/>
       <c r="G49" s="1" t="s">
-        <v>235</v>
+        <v>12</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>232</v>
+        <v>172</v>
       </c>
       <c r="C50" s="1"/>
-      <c r="D50" s="1"/>
-[...1 lines deleted...]
-      <c r="F50" s="1"/>
+      <c r="D50" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>249</v>
+      </c>
       <c r="G50" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>242</v>
+        <v>172</v>
       </c>
       <c r="C51" s="1"/>
-      <c r="D51" s="1"/>
-      <c r="E51" s="1"/>
+      <c r="D51" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>182</v>
+      </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>242</v>
+        <v>172</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>242</v>
+        <v>172</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
-      <c r="F53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="C54" s="1"/>
-      <c r="D54" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C57" s="1"/>
-      <c r="D57" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1"/>
       <c r="G57" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>284</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>262</v>
+        <v>94</v>
       </c>
       <c r="C62" s="1"/>
-      <c r="D62" s="1"/>
-[...1 lines deleted...]
-      <c r="F62" s="1"/>
+      <c r="D62" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="G62" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>283</v>
+        <v>201</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>262</v>
+        <v>94</v>
       </c>
       <c r="C63" s="1"/>
-      <c r="D63" s="1"/>
+      <c r="D63" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>186</v>
+        <v>292</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>286</v>
-[...5 lines deleted...]
-      <c r="E64" s="1"/>
+        <v>293</v>
+      </c>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="F64" s="1" t="s">
-        <v>32</v>
+        <v>294</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>235</v>
+        <v>12</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="C65" s="1"/>
-      <c r="D65" s="1"/>
-[...2 lines deleted...]
-      <c r="G65" s="1"/>
+      <c r="D65" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="C66" s="1"/>
-      <c r="D66" s="1"/>
-      <c r="E66" s="1"/>
+      <c r="D66" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>301</v>
+      </c>
       <c r="F66" s="1"/>
-      <c r="G66" s="1"/>
+      <c r="G66" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="C67" s="1"/>
-      <c r="D67" s="1"/>
-[...2 lines deleted...]
-      <c r="G67" s="1"/>
+      <c r="D67" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
-        <v>298</v>
+        <v>180</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
-      <c r="G68" s="1"/>
+      <c r="G68" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
-      <c r="G69" s="1"/>
+      <c r="G69" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H69" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
-      <c r="G70" s="1"/>
+      <c r="G70" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H70" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
-      <c r="G71" s="1"/>
+      <c r="G71" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H71" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
-      <c r="G72" s="1"/>
+      <c r="G72" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H72" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="C73" s="1"/>
+        <v>324</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>325</v>
+      </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
-      <c r="F73" s="1"/>
-      <c r="G73" s="1"/>
+      <c r="F73" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>286</v>
-[...5 lines deleted...]
-      <c r="G74" s="1"/>
+        <v>329</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H74" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>319</v>
+        <v>334</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>286</v>
-[...5 lines deleted...]
-      <c r="G75" s="1"/>
+        <v>329</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H75" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>286</v>
-[...5 lines deleted...]
-      <c r="G76" s="1"/>
+        <v>339</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>342</v>
+      </c>
       <c r="H76" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>323</v>
+        <v>343</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>324</v>
+        <v>344</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>325</v>
+        <v>345</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>286</v>
-[...4 lines deleted...]
-      <c r="F77" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>350</v>
+      </c>
       <c r="G77" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>326</v>
+        <v>351</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>327</v>
+        <v>352</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>328</v>
+        <v>353</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>286</v>
+        <v>354</v>
       </c>
       <c r="C78" s="1"/>
-      <c r="D78" s="1"/>
-      <c r="E78" s="1"/>
+      <c r="D78" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>355</v>
+      </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>326</v>
+        <v>356</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>329</v>
+        <v>357</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1" t="s">
-        <v>330</v>
+        <v>358</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>286</v>
+        <v>354</v>
       </c>
       <c r="C79" s="1"/>
-      <c r="D79" s="1"/>
-      <c r="E79" s="1"/>
+      <c r="D79" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>326</v>
+        <v>359</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>331</v>
+        <v>360</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1" t="s">
-        <v>332</v>
+        <v>361</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>286</v>
+        <v>362</v>
       </c>
       <c r="C80" s="1"/>
-      <c r="D80" s="1"/>
-      <c r="E80" s="1"/>
+      <c r="D80" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>326</v>
+        <v>363</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>333</v>
+        <v>364</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1"/>
+      <c r="F115" s="1"/>
+      <c r="G115" s="1"/>
+      <c r="H115" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="1"/>
+      <c r="F116" s="1"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C117" s="1"/>
+      <c r="D117" s="1"/>
+      <c r="E117" s="1"/>
+      <c r="F117" s="1"/>
+      <c r="G117" s="1"/>
+      <c r="H117" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C118" s="1"/>
+      <c r="D118" s="1"/>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
+      <c r="H118" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
+      <c r="H119" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C120" s="1"/>
+      <c r="D120" s="1"/>
+      <c r="E120" s="1"/>
+      <c r="F120" s="1"/>
+      <c r="G120" s="1"/>
+      <c r="H120" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C121" s="1"/>
+      <c r="D121" s="1"/>
+      <c r="E121" s="1"/>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
+      <c r="H121" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C122" s="1"/>
+      <c r="D122" s="1"/>
+      <c r="E122" s="1"/>
+      <c r="F122" s="1"/>
+      <c r="G122" s="1"/>
+      <c r="H122" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C123" s="1"/>
+      <c r="D123" s="1"/>
+      <c r="E123" s="1"/>
+      <c r="F123" s="1"/>
+      <c r="G123" s="1"/>
+      <c r="H123" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C124" s="1"/>
+      <c r="D124" s="1"/>
+      <c r="E124" s="1"/>
+      <c r="F124" s="1"/>
+      <c r="G124" s="1"/>
+      <c r="H124" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1"/>
+      <c r="H125" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C126" s="1"/>
+      <c r="D126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
+      <c r="H126" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+      <c r="E127" s="1"/>
+      <c r="F127" s="1"/>
+      <c r="G127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+      <c r="E128" s="1"/>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+      <c r="E129" s="1"/>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C130" s="1"/>
+      <c r="D130" s="1"/>
+      <c r="E130" s="1"/>
+      <c r="F130" s="1"/>
+      <c r="G130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D131" s="1"/>
+      <c r="E131" s="1"/>
+      <c r="F131" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>547</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>