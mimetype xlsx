--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -12,253 +12,880 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mapa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="950">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="958">
   <si>
     <t>Centro</t>
   </si>
   <si>
     <t>Nombre de la titulación</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>enlace</t>
   </si>
   <si>
+    <t>CENTRO DE COMPETENCIAS DIGITALES</t>
+  </si>
+  <si>
+    <t>No Reglada</t>
+  </si>
+  <si>
+    <t>https://centrocompetencias.mapa.es/</t>
+  </si>
+  <si>
+    <t>La Vega Innova</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>PROGRAMA CULTIVA</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/jovenes-rurales/visitas-forma…</t>
+  </si>
+  <si>
+    <t>Formación Agro (Ministerio de Agricultura, Pesca y Alimentación)</t>
+  </si>
+  <si>
+    <t>formación agro</t>
+  </si>
+  <si>
+    <t>CIPFP Aguas Nuevas</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>Centro De Convenio Virgen De Los Reyes</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>https://iesvirgendelosreyes.es/</t>
+  </si>
+  <si>
+    <t>EFA Oretana</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>Toledo</t>
+  </si>
+  <si>
+    <t>https://efa-centro.org/efa-oretana/</t>
+  </si>
+  <si>
+    <t>IES Alto Palancia</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Castellón/Castelló</t>
+  </si>
+  <si>
+    <t>https://mestreacasa.gva.es/web/iesaltopalancia</t>
+  </si>
+  <si>
+    <t>IES Emilio Muñoz</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>https://iesemilio.wordpress.com/</t>
+  </si>
+  <si>
+    <t>IES Hozgarganta</t>
+  </si>
+  <si>
+    <t>Cádiz</t>
+  </si>
+  <si>
+    <t>https://fpjimena.es/</t>
+  </si>
+  <si>
+    <t>Institut Rubió I Tudurí</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>http://rubioituduri.cat/es</t>
+  </si>
+  <si>
+    <t>IES Da Terra Chá, Jose Trapero Pardo</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Básica en Actividades Agropecuarias</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>Lugo</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesdaterracha/</t>
+  </si>
+  <si>
+    <t>CFEA De Guísamo</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>https://cfeaguisamo.org/wp-19/</t>
+  </si>
+  <si>
+    <t>CIPFP Joan Taix</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/cifpjoantaix.cat/web/inici</t>
+  </si>
+  <si>
+    <t>IES La Marisma</t>
+  </si>
+  <si>
+    <t>Huelva</t>
+  </si>
+  <si>
+    <t>https://www.ieslamarisma.net/</t>
+  </si>
+  <si>
+    <t>IES La Torreta</t>
+  </si>
+  <si>
+    <t>Alicante/Alacant</t>
+  </si>
+  <si>
+    <t>https://mestreacasa.gva.es/web/0300966100</t>
+  </si>
+  <si>
+    <t>IES Mencey Bencomo</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Santa Cruz de Tenerife</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesmenceybencomo/</t>
+  </si>
+  <si>
+    <t>IES Vicente Gandia</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesvicentegandia/es/centro/</t>
+  </si>
+  <si>
+    <t>CIPFP Agrario Arkaute / Arkaute Nekazaritza</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Araba/Álava</t>
+  </si>
+  <si>
+    <t>https://www.arkaute.net/es/</t>
+  </si>
+  <si>
+    <t>Escuela Profesional Agraria Arucas</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/agpsa/formacion/temas/centros/eca-arucas/</t>
+  </si>
+  <si>
+    <t>IES De Jardineria I Agricultura Les Garberes</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insfpcastellar/</t>
+  </si>
+  <si>
+    <t>IES Les Salines</t>
+  </si>
+  <si>
+    <t>https://inslessalines.cat/index.php/ca/</t>
+  </si>
+  <si>
+    <t>IES Santa María Del Águila</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/iessantamariadelaguila.com/inicio/</t>
+  </si>
+  <si>
+    <t>IES Sol De Portocarrero</t>
+  </si>
+  <si>
+    <t>https://iessoldeportocarrero.com/</t>
+  </si>
+  <si>
+    <t>ECA Catarroja</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agroecológica, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ecacatarroja/</t>
+  </si>
+  <si>
+    <t>IFPA Tacoronte</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agropecuaria, FP Superior en Viticultura, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublogs/ifpatacoronte/</t>
+  </si>
+  <si>
+    <t>EA Amposta</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecaamposta/</t>
+  </si>
+  <si>
+    <t>EAF Santa Coloma de Farners</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecaforestal/</t>
+  </si>
+  <si>
+    <t>EA Solsonès</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecasolsones/</t>
+  </si>
+  <si>
+    <t>IES Centro De Capacitacion Agraria</t>
+  </si>
+  <si>
+    <t>https://www.educa2.madrid.org/web/centro.ies.capacitacionagraria.villaviciosa</t>
+  </si>
+  <si>
+    <t>IES El Escorial</t>
+  </si>
+  <si>
+    <t>https://www.ieselescorial.org/</t>
+  </si>
+  <si>
+    <t>IES El Sobradillo</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/ieselsobradillo/</t>
+  </si>
+  <si>
+    <t>IES Felo Monzón Grau Bassas</t>
+  </si>
+  <si>
+    <t>https://elfelo.es/</t>
+  </si>
+  <si>
+    <t>IES Núm. 1. Universidad Laboral</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>https://www.universidadlaboraldemalaga.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Agrario Derio / Derio Nekazaritza</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>Bizkaia</t>
+  </si>
+  <si>
+    <t>https://www.nekaderio.eus/</t>
+  </si>
+  <si>
+    <t>CIPFP Complejo Educativo De Cheste</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/fpcheste/</t>
+  </si>
+  <si>
+    <t>EFA La Malvesia</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://www.malvesia.es/</t>
+  </si>
+  <si>
+    <t>Centro Integrado / Ikastetxe Integratua Agroforestal</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos, FP Básica en Actividades Agropecuarias, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>https://ciagroforestal.educacion.navarra.es/web1/</t>
+  </si>
+  <si>
+    <t>CIFP Politécnico De Lugo</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>http://www.politecnicolugo.org/</t>
+  </si>
+  <si>
+    <t>CIPFP Costa De Azahar</t>
+  </si>
+  <si>
+    <t>https://cosda.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Don Bosco</t>
+  </si>
+  <si>
+    <t>Gipuzkoa</t>
+  </si>
+  <si>
+    <t>https://www.donbosco.eus/es/</t>
+  </si>
+  <si>
+    <t>CIPFP Kardala</t>
+  </si>
+  <si>
+    <t>https://kardala.eus/es/escuela/</t>
+  </si>
+  <si>
+    <t>CIPFP Profesor José Luis Graíño</t>
+  </si>
+  <si>
+    <t>https://www.xn--profesorjoseluisgraio-vbc.es/</t>
+  </si>
+  <si>
+    <t>CPIFP Apec</t>
+  </si>
+  <si>
+    <t>https://www.comunidad.madrid/centros/centro-integrado-formacion-profesional-apec</t>
+  </si>
+  <si>
+    <t>CPrFP Centro Tecnológico de Cereales de Castilla y León</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Medio en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Palencia</t>
+  </si>
+  <si>
+    <t>Enlace al sitio oficial del Centro</t>
+  </si>
+  <si>
+    <t>EA Empordà</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eaemporda/</t>
+  </si>
+  <si>
+    <t>EA Pallars</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecapallars/</t>
+  </si>
+  <si>
+    <t>Escola Vedruna Gràcia Barcelona</t>
+  </si>
+  <si>
+    <t>https://eshvedrunagracia.cat/</t>
+  </si>
+  <si>
+    <t>IES Abula</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>http://www.iesabula.es/p-1/1/conocer-centro.html</t>
+  </si>
+  <si>
+    <t>IES Enrique Flórez</t>
+  </si>
+  <si>
+    <t>Burgos</t>
+  </si>
+  <si>
+    <t>http://iesenriqueflorez.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES Francisco Salinas</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>http://iesfranciscosalinas.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES Illa Dels Banyols</t>
+  </si>
+  <si>
+    <t>http://insilla.net/</t>
+  </si>
+  <si>
+    <t>IES Leiras Pulpeiro</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesleiraspulpeiro/</t>
+  </si>
+  <si>
+    <t>IES Montsià</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insmontsia/</t>
+  </si>
+  <si>
+    <t>IES Foramontanos</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/ies-foramontanos</t>
+  </si>
+  <si>
+    <t>IES Guadalerzas</t>
+  </si>
+  <si>
+    <t>https://www.guadalerzas.es/</t>
+  </si>
+  <si>
+    <t>IES Hermanos Amorós</t>
+  </si>
+  <si>
+    <t>http://www.ieshermanosamoros.com/</t>
+  </si>
+  <si>
+    <t>IES La Aldea De San Nicolás</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/ieslaaldeadesannicolas/</t>
+  </si>
+  <si>
+    <t>IES La Canal De Navarrés</t>
+  </si>
+  <si>
+    <t>https://mestreacasa.gva.es/web/ieslacanaldenavarres</t>
+  </si>
+  <si>
+    <t>IES La Creueta</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslacreueta/es/centro/</t>
+  </si>
+  <si>
+    <t>IES Murgia</t>
+  </si>
+  <si>
+    <t>https://murgiainstitutoa.hezkuntza.net/es/</t>
+  </si>
+  <si>
+    <t>IES Pedro Mercedes</t>
+  </si>
+  <si>
+    <t>Cuenca</t>
+  </si>
+  <si>
+    <t>https://www.iespedromercedes.es/</t>
+  </si>
+  <si>
+    <t>IES Ribera Del Bullaque</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>http://ies-riberadelbullaque.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Rodolfo Llopis</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesrodolfollopis/es/inici/</t>
+  </si>
+  <si>
+    <t>IES San Rosendo</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iessanrosendo/</t>
+  </si>
+  <si>
+    <t>IES Villa De Santiago</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesvilladesantiago/</t>
+  </si>
+  <si>
+    <t>IES El Palmeral</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Básica en Actividades Agropecuarias, FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieselpalmeral/</t>
+  </si>
+  <si>
+    <t>CIPFP De Movera</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Elaboración de Productos Alimenticios, FP Media en Producción Agropecuaria, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.cpifpmovera.es/</t>
+  </si>
+  <si>
+    <t>IES El Carmen</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>https://iesjacaranda.es/joap2021/forestalmedcarmen.html</t>
+  </si>
+  <si>
+    <t>IFPA Los Llanos De Aridane</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/educacion/web/centros/centros_educativos/bus…</t>
+  </si>
+  <si>
+    <t>IES Alfonso Ix</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica, FP Media en Elaboración de Productos Alimenticios, FP Superior en Paisajismo y Medio Rural, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>Zamora</t>
+  </si>
+  <si>
+    <t>http://iesalfonsoix.centros.educa.jcyl.es/</t>
+  </si>
+  <si>
+    <t>IES San Isidro</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Paisajismo y Medio Rural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://www.iessanisidrovirtual.com/joomla/</t>
+  </si>
+  <si>
+    <t>CIPFP La Granja</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica, FP Superior en Paisajismo y Medio Rural, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://cifplagranja.com/</t>
+  </si>
+  <si>
+    <t>CIFP Almázcara</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>http://cifpalmazcara.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPEPS Gsd International School Buitrago</t>
+  </si>
+  <si>
+    <t>https://www.gsdeducacion.com/Colegios/GsdBuitrago</t>
+  </si>
+  <si>
+    <t>IES Ntra.Sra.De Botoa</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>https://iesnsdebotoa.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Virgen De La Cabeza</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural, FP Básica en Actividades Agropecuarias</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesvcmarmolejo/</t>
+  </si>
+  <si>
+    <t>IES Doñana</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesdonana/</t>
+  </si>
+  <si>
     <t>Grupo ATU</t>
   </si>
   <si>
-    <t>No Reglada</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cursosatu.grupoatu.com/cursos/</t>
   </si>
   <si>
     <t>Espacio Inquietudes</t>
   </si>
   <si>
-    <t>Madrid, Comunidad de</t>
-[...1 lines deleted...]
-  <si>
     <t>https://espacioinquietudes.com/</t>
   </si>
   <si>
     <t>Formaelx</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>https://formaelx.com/</t>
   </si>
   <si>
     <t>INEA</t>
   </si>
   <si>
     <t>https://inea.org/formacion-online/#cursos</t>
   </si>
   <si>
     <t>Acredita Formación</t>
   </si>
   <si>
     <t>https://www.acreditaformacion.com/</t>
   </si>
   <si>
     <t>AENOR (Asociación Española de Normalización y Certificación)</t>
   </si>
   <si>
     <t>https://www.aenor.com/formacion/encuentre-su-curso</t>
   </si>
   <si>
     <t>MasterD Escuela de Agricultura, Ganadería y Medio Ambiente</t>
   </si>
   <si>
     <t>https://www.agriculturayganaderiamasterd.es/</t>
   </si>
   <si>
     <t>MasterD Davante</t>
   </si>
   <si>
     <t>https://www.davante.es/</t>
   </si>
   <si>
     <t>Estudios Superiores Abiertos de Hosteleria (ESAH)</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.estudiahosteleria.com/enologia</t>
   </si>
   <si>
     <t>Innova XXI Agro</t>
   </si>
   <si>
     <t>https://www.innovaxxiagro.es/categoria-producto/cursos-agrarios/</t>
   </si>
   <si>
     <t>EFA Cibeles</t>
   </si>
   <si>
     <t>FP Básica en Actividades Agropecuarias, FP Media Producción Agroecológica, FP Superior Ganadería y Asistencia en Sanidad Animal, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
-    <t>Castilla - La Mancha</t>
-[...4 lines deleted...]
-  <si>
     <t>https://efa-centro.org/efa-cibeles/</t>
   </si>
   <si>
     <t>EFA La Serna</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Viticultura</t>
   </si>
   <si>
     <t>https://efa-centro.org/efa-la-serna/</t>
   </si>
   <si>
     <t>EFA Valdemilanos</t>
   </si>
   <si>
-    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
-[...4 lines deleted...]
-  <si>
     <t>https://efa-centro.org/efa-valdemilanos/</t>
   </si>
   <si>
     <t>ZERYA</t>
   </si>
   <si>
-    <t>Valencia/València</t>
-[...1 lines deleted...]
-  <si>
     <t>ZERYA sin resíduos</t>
   </si>
   <si>
     <t>INCEDECA</t>
   </si>
   <si>
-    <t>Huelva</t>
-[...1 lines deleted...]
-  <si>
     <t>Incedeca, S.L. está acreditada por la Entidad Nacional de Acreditación (ENAC) c…</t>
   </si>
   <si>
     <t>Centro Docente Privado Sagrado Corazón De Jesús</t>
   </si>
   <si>
     <t>FP Básica en Actividades Agropecuarias</t>
   </si>
   <si>
-    <t>Málaga</t>
-[...1 lines deleted...]
-  <si>
     <t>https://fpinnova.grupo-ae.com/titulacion/titulo-profesional-basico-en-actividad…</t>
   </si>
   <si>
     <t>IES Río Arba</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sites.google.com/iesrioarba.es/iesrioarba/inicio</t>
   </si>
   <si>
     <t>IES San Juan Del Castillo</t>
   </si>
   <si>
-    <t>Cuenca</t>
-[...1 lines deleted...]
-  <si>
     <t>http://ies-sanjuandelcastillo.centros.castillalamancha.es/</t>
   </si>
   <si>
     <t>CPPSO Cala Sanz</t>
   </si>
   <si>
-    <t>Cantabria</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.educantabria.es/web/cc-calasanz-villacarriedo</t>
   </si>
   <si>
     <t>IES Jaume II El Just</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesjaumeeljust/es/centro/</t>
   </si>
   <si>
     <t>IES Lacimurga Constantia Iulia</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...4 lines deleted...]
-  <si>
     <t>https://ieslacimurgaci.educarex.es/</t>
   </si>
   <si>
     <t>IES Puerta Del Andévalo</t>
   </si>
   <si>
     <t>https://blogsaverroes.juntadeandalucia.es/iespuertadelandevalo/</t>
   </si>
   <si>
     <t>CPES La Salle-La Estrella</t>
   </si>
   <si>
     <t>FP Básica en Actividades Agropecuarias, FP Media en Producción Agropecuaria</t>
   </si>
   <si>
     <t>Rioja, La</t>
   </si>
   <si>
     <t>https://centros.lasallefp.com/centros/la-salle-la-estrella-san-asensio-la-rioja…</t>
   </si>
   <si>
     <t>ECA C.De Capacitacion Y Experiencias Agrarias</t>
   </si>
   <si>
     <t>Cáceres</t>
@@ -278,62 +905,56 @@
   <si>
     <t>https://ieslospedroches.com/</t>
   </si>
   <si>
     <t>EFA El Salto</t>
   </si>
   <si>
     <t>FP Básica en Actividades Agropecuarias, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
     <t>http://efasdearagon.org/?page_id=3310</t>
   </si>
   <si>
     <t>IES Alcalans</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesalcalans/es/</t>
   </si>
   <si>
     <t>IES De Xixona</t>
   </si>
   <si>
-    <t>Alicante/Alacant</t>
-[...1 lines deleted...]
-  <si>
     <t>https://portal.edu.gva.es/iesxixona/</t>
   </si>
   <si>
     <t>IES La Contraviesa</t>
   </si>
   <si>
-    <t>Granada</t>
-[...1 lines deleted...]
-  <si>
     <t>http://ieslacontraviesa.es/</t>
   </si>
   <si>
     <t>IES La Hoya De Buñol</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/ieslahoyadebunyol/</t>
   </si>
   <si>
     <t>IES Nit De L'albà</t>
   </si>
   <si>
     <t>https://mestreacasa.gva.es/web/iesnitdelalba</t>
   </si>
   <si>
     <t>IES Padre José Miravent</t>
   </si>
   <si>
     <t>https://www.iesmiravent.es/</t>
   </si>
   <si>
     <t>IES Pare Arques</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesparearques/es/</t>
@@ -353,257 +974,209 @@
   <si>
     <t>IES Benejúzar</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesbenejuzar/</t>
   </si>
   <si>
     <t>IES Valle Del Jiloca</t>
   </si>
   <si>
     <t>Teruel</t>
   </si>
   <si>
     <t>http://iescalamocha.es/</t>
   </si>
   <si>
     <t>CIFP Coroso</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
-    <t>Galicia</t>
-[...4 lines deleted...]
-  <si>
     <t>http://www.edu.xunta.gal/centros/cifpcoroso/</t>
   </si>
   <si>
     <t>IES Ega</t>
   </si>
   <si>
-    <t>Navarra, Comunidad Foral de</t>
-[...4 lines deleted...]
-  <si>
     <t>http://iesega.com/</t>
   </si>
   <si>
     <t>IES Andrés De Vandelvira</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
-    <t>Albacete</t>
-[...1 lines deleted...]
-  <si>
     <t>http://vandelvira.net/</t>
   </si>
   <si>
     <t>IES O Ribeiro</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>https://www.edu.xunta.gal/centros/iesoribeiro/</t>
   </si>
   <si>
     <t>IES Lope De Vega</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
     <t>https://www.educantabria.es/web/ies-lope-de-vega</t>
   </si>
   <si>
     <t>IES Asta Regia</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios</t>
   </si>
   <si>
-    <t>Cádiz</t>
-[...1 lines deleted...]
-  <si>
     <t>https://blogsaverroes.juntadeandalucia.es/iesastaregia/</t>
   </si>
   <si>
     <t>IES Castellarnau</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>https://institutcastellarnau.cat/</t>
   </si>
   <si>
     <t>IES Cavall Bernat</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/inscavallbernat/</t>
   </si>
   <si>
     <t>IES Condes De Saldaña</t>
   </si>
   <si>
-    <t>Palencia</t>
-[...1 lines deleted...]
-  <si>
     <t>http://iescondesdesaldana.centros.educa.jcyl.es/sitio/</t>
   </si>
   <si>
     <t>IES De Castuera</t>
   </si>
   <si>
     <t>https://iescastuera.educarex.es/index.php</t>
   </si>
   <si>
     <t>IES De Puig-Reig</t>
   </si>
   <si>
     <t>https://inspuig-reig.cat/</t>
   </si>
   <si>
     <t>IES De Vic</t>
   </si>
   <si>
     <t>https://ivic.cat/portal/index.php</t>
   </si>
   <si>
     <t>IES Enric Soler I Godes</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesenricsolerigodes/es/</t>
   </si>
   <si>
     <t>IES Joan Ramon Benaprès</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/iessitges/</t>
   </si>
   <si>
     <t>IES Martí Dot</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/insmartidot/</t>
   </si>
   <si>
     <t>IES Martí L'humà</t>
   </si>
   <si>
-    <t>Tarragona</t>
-[...1 lines deleted...]
-  <si>
     <t>http://iesmartilhuma.org/</t>
   </si>
   <si>
     <t>IES Martínez Vargas</t>
   </si>
   <si>
     <t>Huesca</t>
   </si>
   <si>
     <t>https://iesmv.com/</t>
   </si>
   <si>
     <t>IES Pedro Jiménez Montoya</t>
   </si>
   <si>
     <t>https://www.iespedrojimenezmontoya.es/</t>
   </si>
   <si>
     <t>IES Vescomtat De Cabrera</t>
   </si>
   <si>
-    <t>Girona</t>
-[...1 lines deleted...]
-  <si>
     <t>https://agora.xtec.cat/insvescomtatdecabrera/categoria/portada/</t>
   </si>
   <si>
     <t>IES Peñascal</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios, FP Básica en Industrias Alimentarias</t>
   </si>
   <si>
-    <t>País Vasco</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.grupopenascal.com/</t>
   </si>
   <si>
     <t>IES Torre Olvidada</t>
   </si>
   <si>
-    <t>Jaén</t>
-[...1 lines deleted...]
-  <si>
     <t>https://blogsaverroes.juntadeandalucia.es/iestorreolvidada/</t>
   </si>
   <si>
     <t>IES Fuentesnuevas</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios, FP Básica en Industrias Alimentarias, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
-    <t>León</t>
-[...1 lines deleted...]
-  <si>
     <t>http://iesfuentesnuevas.centros.educa.jcyl.es/sitio/</t>
   </si>
   <si>
     <t>Escola D'hoteleria I Turisme</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios, FP Media en Elaboración de Productos Alimenticios</t>
   </si>
   <si>
-    <t>Lleida</t>
-[...1 lines deleted...]
-  <si>
     <t>https://agora.xtec.cat/iesehtb/</t>
   </si>
   <si>
     <t>CIFEA Molina De Segura</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
     <t>Murcia, Región de</t>
   </si>
   <si>
     <t>Murcia</t>
   </si>
   <si>
     <t>https://www.murciaeduca.es/ccamolinadesegura/sitio/index.cgi?wid_seccion=1&amp;wid_…</t>
   </si>
   <si>
     <t>CIFP Paseo Das Pontes</t>
   </si>
   <si>
     <t>https://www.edu.xunta.gal/centros/cifppaseodaspontes/</t>
   </si>
   <si>
     <t>CIPFP Ciutat De L'aprenent</t>
@@ -638,92 +1211,86 @@
   <si>
     <t>https://www.iesamericocastro.com/</t>
   </si>
   <si>
     <t>IES Pérez De Guzmán</t>
   </si>
   <si>
     <t>FP Media en Elaboración de Productos Alimenticios, FP Superior en Viticultura</t>
   </si>
   <si>
     <t>https://iesperezdeguzman.com/centro/</t>
   </si>
   <si>
     <t>EA Manresa</t>
   </si>
   <si>
     <t>FP Media en Producción Agroecológica</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/ecamanresa/</t>
   </si>
   <si>
     <t>CFEA Pedro Murias</t>
   </si>
   <si>
-    <t>Lugo</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.edu.xunta.gal/fp/centro/27010921</t>
   </si>
   <si>
     <t>IES Ademuz</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesademuz/</t>
   </si>
   <si>
     <t>IES Andrés Pérez Serrano</t>
   </si>
   <si>
     <t>http://www.iesandresperezserrano.org/</t>
   </si>
   <si>
     <t>IES Arcelais</t>
   </si>
   <si>
     <t>https://blogsaverroes.juntadeandalucia.es/iesarcelacis/curso-escolar/</t>
   </si>
   <si>
     <t>IES Bellaguarda</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesbellaguarda/</t>
   </si>
   <si>
     <t>IES Castillo De Luna</t>
   </si>
   <si>
     <t>https://iescastillodeluna.educarex.es/</t>
   </si>
   <si>
     <t>IES Delgado Brackembury</t>
   </si>
   <si>
-    <t>Sevilla</t>
-[...1 lines deleted...]
-  <si>
     <t>https://iesbrackenbury.wordpress.com/inicio-p/</t>
   </si>
   <si>
     <t>IES El Quint</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/ieselquint/</t>
   </si>
   <si>
     <t>IES Extremadura</t>
   </si>
   <si>
     <t>https://iesextremadurame.educarex.es/</t>
   </si>
   <si>
     <t>IES Felipe Solís Villechenous</t>
   </si>
   <si>
     <t>https://iesfelipesolis.es/</t>
   </si>
   <si>
     <t>IES Gregori Maians</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/iesgregorimaians/</t>
@@ -749,53 +1316,50 @@
   <si>
     <t>IES Ramon Turró I Darder</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/iesmalgrat/</t>
   </si>
   <si>
     <t>IES Ribera Del Arga</t>
   </si>
   <si>
     <t>https://iesriberadelarga.educacion.navarra.es/web1/</t>
   </si>
   <si>
     <t>IES Valle Del Jerte</t>
   </si>
   <si>
     <t>https://iesvallejertepla.educarex.es/</t>
   </si>
   <si>
     <t>IES Gilabert De Centelles</t>
   </si>
   <si>
     <t>FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria</t>
   </si>
   <si>
-    <t>Castellón/Castelló</t>
-[...1 lines deleted...]
-  <si>
     <t>https://portal.edu.gva.es/iesnules/</t>
   </si>
   <si>
     <t>IES Rafael Reyes</t>
   </si>
   <si>
     <t>FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
     <t>https://sites.google.com/iesrreyes.com/rafaelreyes/inicio</t>
   </si>
   <si>
     <t>IES La Laboral</t>
   </si>
   <si>
     <t>FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura</t>
   </si>
   <si>
     <t>https://ieslalaboral.larioja.edu.es/</t>
   </si>
   <si>
     <t>IES Gonzalo De Berceo</t>
   </si>
   <si>
     <t>FP Media en Producción Agroecológica, FP Superior en Gestión Forestal y del Medio Natural</t>
@@ -809,122 +1373,113 @@
   <si>
     <t>https://alojaweb.educastur.es/web/iesluces</t>
   </si>
   <si>
     <t>EA Alfarràs</t>
   </si>
   <si>
     <t>FP Media en Producción Agroecológica, FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agropecuaria</t>
   </si>
   <si>
     <t>https://www.Escolaagrariaalfarras.com/</t>
   </si>
   <si>
     <t>IES Giola</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/institutgiola/</t>
   </si>
   <si>
     <t>IES Josep Sureda I Blanes</t>
   </si>
   <si>
-    <t>Balears, Illes</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.iesjosepsuredaiblanes.com/</t>
   </si>
   <si>
     <t>IES La Serranía</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/ieslaserrania/es/inicio/</t>
   </si>
   <si>
     <t>IES Ostippo</t>
   </si>
   <si>
     <t>https://iesostippo.es/</t>
   </si>
   <si>
     <t>IES Pasqual Calbó I Caldés</t>
   </si>
   <si>
     <t>https://www.iespasqualcalbo.cat/blocs/inici/</t>
   </si>
   <si>
     <t>IES Reyes Católicos</t>
   </si>
   <si>
     <t>http://iesreyescatolicos.com/</t>
   </si>
   <si>
     <t>CIFP Avila</t>
   </si>
   <si>
     <t>Ávila</t>
   </si>
   <si>
     <t>http://cifpavila.centros.educa.jcyl.es/sitio/</t>
   </si>
   <si>
     <t>CIPFP Can Marines</t>
   </si>
   <si>
     <t>https://cifpcanmarines.es/</t>
   </si>
   <si>
     <t>CIPFP Príncipe Felipe</t>
   </si>
   <si>
-    <t>Burgos</t>
-[...1 lines deleted...]
-  <si>
     <t>http://cifpprincipefelipe.centros.educa.jcyl.es/sitio/</t>
   </si>
   <si>
     <t>EFA Moratalaz</t>
   </si>
   <si>
     <t>https://efa-centro.org/efa-moratalaz/</t>
   </si>
   <si>
     <t>ECA Cfmr De Don Benito</t>
   </si>
   <si>
     <t>http://rurex-formacion.gobex.es/centros_detalle.php?centro_id=3</t>
   </si>
   <si>
     <t>ECA Salamanca</t>
   </si>
   <si>
-    <t>Salamanca</t>
-[...1 lines deleted...]
-  <si>
     <t>https://directorio.educa.jcyl.es/es/centros/2023/1-37004704-salamanca</t>
   </si>
   <si>
     <t>IES Alquivira</t>
   </si>
   <si>
     <t>https://blogsaverroes.juntadeandalucia.es/iesalquivira/</t>
   </si>
   <si>
     <t>IES Els Ports</t>
   </si>
   <si>
     <t>https://mestreacasa.gva.es/web/1200190300</t>
   </si>
   <si>
     <t>IES Francisco De Quevedo</t>
   </si>
   <si>
     <t>http://ies-franciscodequevedo.centros.castillalamancha.es/</t>
   </si>
   <si>
     <t>IES Mar De Aragón</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria, FP Básica en Actividades Agropecuarias</t>
@@ -959,68 +1514,62 @@
   <si>
     <t>EA Vallfogona de Balaguer</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/eca-noguera/Escola/</t>
   </si>
   <si>
     <t>IES Galileo Galilei</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
     <t>https://www.cefpgalileogalilei.com/</t>
   </si>
   <si>
     <t>IES José Marín</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural</t>
   </si>
   <si>
-    <t>Almería</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.iesjosemarin.es/</t>
   </si>
   <si>
     <t>CIPFP De San Blas</t>
   </si>
   <si>
     <t>https://cpifpsanblas.es/</t>
   </si>
   <si>
     <t>CIPFP Fraisoro Eskola</t>
   </si>
   <si>
-    <t>Gipuzkoa</t>
-[...1 lines deleted...]
-  <si>
     <t>https://fraisoroeskola.eus/</t>
   </si>
   <si>
     <t>EFA El Campico</t>
   </si>
   <si>
     <t>https://www.elcampico.org/</t>
   </si>
   <si>
     <t>CPIFP  Nº 1</t>
   </si>
   <si>
     <t>https://cifpcuenca.es/</t>
   </si>
   <si>
     <t>CIPFP Montearagón</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
   </si>
   <si>
     <t>http://www.cpifpmontearagon.es/</t>
   </si>
   <si>
     <t>EFA Boalares</t>
@@ -1049,53 +1598,50 @@
   <si>
     <t>https://torrealba.es/</t>
   </si>
   <si>
     <t>CIFEA Torre Pacheco</t>
   </si>
   <si>
     <t>https://www.murciaeduca.es/cifeatorrepacheco/sitio/</t>
   </si>
   <si>
     <t>Escuela De Viticultura Y Enología Félix Jiménez</t>
   </si>
   <si>
     <t>FP Media en Producción Agropecuaria, FP Superior en Viticultura, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Gestión Forestal y del Medio Natural</t>
   </si>
   <si>
     <t>https://www.escuelaViticulturarequena.es/</t>
   </si>
   <si>
     <t>Centro Público De Educación De Personas Adultas Luis Vives</t>
   </si>
   <si>
     <t>FP Media en Técnico en Aceites de Oliva y Vinos</t>
   </si>
   <si>
-    <t>Toledo</t>
-[...1 lines deleted...]
-  <si>
     <t>http://cepa-luisvives.centros.castillalamancha.es/</t>
   </si>
   <si>
     <t>CPES La Inmaculada</t>
   </si>
   <si>
     <t>https://camponaraya.concepcionistas.es/</t>
   </si>
   <si>
     <t>ECA Centro De Formación Del Medio Rural De Monforte De Lemos</t>
   </si>
   <si>
     <t>https://www.facebook.com/cfea.monfortedelemos/</t>
   </si>
   <si>
     <t>EA Mas Bové</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/eca-masbove/</t>
   </si>
   <si>
     <t>Esc.Fam.Agr.Campjoliu</t>
   </si>
   <si>
     <t>https://www.campjoliu.org/</t>
@@ -1217,56 +1763,50 @@
   <si>
     <t>http://www.iessantodomingo.net/</t>
   </si>
   <si>
     <t>CIFEA Jumilla</t>
   </si>
   <si>
     <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica</t>
   </si>
   <si>
     <t>https://www.carm.es/web/pagina?IDCONTENIDO=58585&amp;IDTIPO=100&amp;RASTRO=c2889%24m585…</t>
   </si>
   <si>
     <t>Escola Joviat</t>
   </si>
   <si>
     <t>FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
   </si>
   <si>
     <t>https://www.joviat.com/</t>
   </si>
   <si>
     <t>IES Gran Tarajal</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesgrantarajal/</t>
   </si>
   <si>
     <t>CIPFP Ecea</t>
   </si>
   <si>
     <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria</t>
   </si>
   <si>
     <t>Segovia</t>
   </si>
   <si>
     <t>http://cfasegovia.centros.educa.jcyl.es/sitio/</t>
   </si>
   <si>
     <t>CFEA De Sergude</t>
   </si>
   <si>
     <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica</t>
   </si>
   <si>
     <t>https://www.edu.xunta.gal/centros/cecasergude/</t>
   </si>
   <si>
     <t>CIFEA Lorca</t>
@@ -1274,56 +1814,50 @@
   <si>
     <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
     <t>https://www.murciaeduca.es/ccalorca/sitio/index.cgi</t>
   </si>
   <si>
     <t>EFA Fonteboa</t>
   </si>
   <si>
     <t>https://www.fonteboa.es/</t>
   </si>
   <si>
     <t>EFA Quintanes</t>
   </si>
   <si>
     <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
     <t>http://www.quintanes.com/</t>
   </si>
   <si>
     <t>Centro De Educación De Personas Adultas La Gomera</t>
   </si>
   <si>
-    <t>FP Superior en Gestión Forestal y del Medio Natural</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www3.gobiernodecanarias.org/medusa/edublog/cepalagomera/</t>
   </si>
   <si>
     <t>Centro Docente Privado Centro Educativo Rural Valle Del Guadalquivir</t>
   </si>
   <si>
     <t>http://cervalledelguadalquivir.es/</t>
   </si>
   <si>
     <t>CFEA Alta Montaña</t>
   </si>
   <si>
     <t>http://www.edu.xunta.gal/centros/cecaaltamontana/</t>
   </si>
   <si>
     <t>CFEA De Lourizán</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>https://www.cfealourizan.com/</t>
   </si>
   <si>
     <t>CIFP Almazán</t>
@@ -1373,596 +1907,83 @@
   <si>
     <t>https://alojaweb.educastur.es/web/iesconcejodetineo</t>
   </si>
   <si>
     <t>IES Aljanadic</t>
   </si>
   <si>
     <t>https://blogsaverroes.juntadeandalucia.es/iesaljanadic/</t>
   </si>
   <si>
     <t>IES Alto Turia</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/ieschelva/</t>
   </si>
   <si>
     <t>IES Castillo De La Yedra</t>
   </si>
   <si>
     <t>https://www.iescastillodelayedra.es/</t>
   </si>
   <si>
     <t>IES Cidade De Antioquía</t>
   </si>
   <si>
-    <t>http://iesalfonsoix.centros.educa.jcyl.es/</t>
-[...1 lines deleted...]
-  <si>
     <t>IES Clara Campoamor</t>
   </si>
   <si>
     <t>Ceuta</t>
   </si>
   <si>
     <t>https://iesclaracampoamor.educacion.es/</t>
   </si>
   <si>
     <t>IES D. Pedro García Aguilera</t>
   </si>
   <si>
     <t>http://iesdpga.es/</t>
   </si>
   <si>
     <t>IES De Arzúa</t>
   </si>
   <si>
     <t>http://www.edu.xunta.gal/centros/iesarzua/</t>
   </si>
   <si>
     <t>IES El Pont De Suert</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/iespontdesuert/</t>
   </si>
   <si>
     <t>IES Federico García Lorca</t>
   </si>
   <si>
     <t>https://iesfgl.es/</t>
   </si>
   <si>
-    <t>IES Foramontanos</t>
-[...508 lines deleted...]
-  <si>
     <t>IES Vicente Verdú</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/vicenteverdu/</t>
   </si>
   <si>
     <t>IES Virgen De La Esperanza</t>
   </si>
   <si>
     <t>https://www.iesvirgendelaesperanza.com/el-centro-2/</t>
   </si>
   <si>
     <t>Ikastetxea Lea-Artibai</t>
   </si>
   <si>
     <t>https://www.leartik.eus/</t>
   </si>
   <si>
     <t>Kreas</t>
   </si>
   <si>
     <t>https://kreas.cat/</t>
   </si>
   <si>
     <t>IES Santiago Apostol</t>
@@ -2411,59 +2432,62 @@
   <si>
     <t>https://www.uji.es/</t>
   </si>
   <si>
     <t>Universidad de Castilla-La Mancha</t>
   </si>
   <si>
     <t>Grado en Bioquímica, Grado en Ciencia y Tecnología de los Alimentos, Grado en Ciencias Ambientales, Grado en Ingeniería Agrícola y Agroalimentaria, Grado en Ingeniería Agrícola y del Medio Rural</t>
   </si>
   <si>
     <t>https://www.uclm.es/</t>
   </si>
   <si>
     <t>Universidad de Lleida</t>
   </si>
   <si>
     <t>Grado en Ciencia y Producción Animal , Grado en Ciencia y Tecnología de los Alimentos , Grado en Veterinaria</t>
   </si>
   <si>
     <t>https://www.udl.cat/ca/es/</t>
   </si>
   <si>
     <t>Universidad Católica San Antonio</t>
   </si>
   <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.ucam.edu/</t>
+  </si>
+  <si>
+    <t>Universidad Europea del Atlántico</t>
+  </si>
+  <si>
     <t>Grado en Ciencia y Tecnología de los Alimentos</t>
   </si>
   <si>
-    <t>https://www.ucam.edu/</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.uneatlantico.es/</t>
   </si>
   <si>
     <t>Universidad Miguel Hernández de Elche</t>
   </si>
   <si>
     <t>Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Ingeniería Agroalimentaria y Agroambiental</t>
   </si>
   <si>
     <t>https://www.umh.es/</t>
   </si>
   <si>
     <t>Universitat Politècnica de València</t>
   </si>
   <si>
     <t>Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Ingeniería Agroalimentaria y del Medio Rural</t>
   </si>
   <si>
     <t>http://www.upv.es/es</t>
   </si>
   <si>
     <t>Universidad de Zaragoza</t>
   </si>
   <si>
     <t>Grado en Ciencia y Tecnología de los Alimentos, Grado en Ciencias Ambientales, Grado en Ingeniería Agroalimentaria y del Medio Rural, Grado en Veterinaria</t>
@@ -2672,51 +2696,51 @@
   <si>
     <t>Máster Universitario en Biología Molecular, Celular y Genética</t>
   </si>
   <si>
     <t>Máster Universitario en Biología y Conservación de la Biodiversidad</t>
   </si>
   <si>
     <t>Máster Universitario en Biología y Tecnología Aplicada a la Reproducción Humana Asistida</t>
   </si>
   <si>
     <t>Máster Universitario en Biología y Tecnología de la Reproducción en Mamíferos , Máster Universitario en Biotecnología y Biología del Estrés de Plantas , Máster Universitario en Medicina de Pequeños Animales</t>
   </si>
   <si>
     <t>Máster Universitario en Biología, Genómica y Biotecnología Vegetales / Plant Biology, Genomics and Biotechnology, Máster Universitario en Bioquímica, Biología Molecular y Biomedicina , Máster Universitario en Bioquímica, Biología Molecular y Biomedicina , Máster Universitario en Calidad de Alimentos de Origen Animal , Máster Universitario en Calidad de Alimentos de Origen Animal , Máster Universitario en Citogenética y Biología de la Reproducción , Máster Universitario en Ingeniería Biológica y Ambiental , Máster Universitario en Mejora Genética Animal y Biotecnología de la Reproducción  , Máster Universitario en Microbiología Aplicada , Máster Universitario en Zoonosis y Una Sola Salud (One Health)</t>
   </si>
   <si>
     <t>Máster Universitario en Biotecnología del Medio Ambiente y la Salud</t>
   </si>
   <si>
     <t>Máster Universitario en Calidad,  Desarrollo e Innovación de Alimentos</t>
   </si>
   <si>
     <t>Máster Universitario en Ciencia e Ingeniería de los Alimentos, Máster Universitario en Economía Agroalimentaria y del Medio Ambiente, Máster Universitario en Ingeniería Hidráulica y Medio Ambiente, Máster Universitario en Mejora Genética Animal y Biotecnología de la Reproducción  , Máster Universitario en Seguridad Industrial y Medio Ambiente, Máster Universitario Erasmus Mundus en Mejora Genética Vegetal / Erasmus Mundus Master in Plant Breeding - emPLANT + , Máster Universitario Erasmus Mundus en Sanidad Vegetal en Agricultura Sostenible/ European Master degree in Plant Health in Sustainable Cropping Systems, Máster Universitario Erasmus Mundus en Viticultura, Enología y Gestión de la Empresa Vitivinícola / International Master Vintage, Vine, Wine and Terroir Management</t>
   </si>
   <si>
-    <t>Máster Universitario en Desarrollo Rural , Máster Universitario en Endoscopia y Cirugía de Mínima Invasión en Pequeños Animales , Máster Universitario en Gestión de Calidad y Trazabilidad en Alimentos de Origen Vegetal</t>
+    <t>Máster Universitario en Desarrollo Rural , Máster Universitario en Endoscopia y Cirugía de Mínima Invasión en Pequeños Animales , Máster Universitario en Gestión de Calidad y Trazabilidad en Alimentos de Origen Vegetal  , Grado en Veterinaria</t>
   </si>
   <si>
     <t>Máster Universitario en Diversidad Biológica y Medio Ambiente, Máster Universitario en Recursos Hídricos y Medio Ambiente</t>
   </si>
   <si>
     <t>Máster Universitario en Estrategias para el Desarrollo Rural y Territorial , Máster Universitario en Herramientas Químicas para la Empresa Agroalimentaria y Medio Ambiental , Máster Universitario en Salud Pública Veterinaria , Máster Universitario en Transformación Digital del Sector Agroalimentario y Forestal (DIGITAL-AGRI) , Máster Universitario Erasmus Mundus en Desarrollo Rural</t>
   </si>
   <si>
     <t>Universidad a Distancia de Madrid</t>
   </si>
   <si>
     <t>Máster Universitario en Gestión Integrada de Prevención, Calidad y Medio Ambiente</t>
   </si>
   <si>
     <t>https://www.udima.es/?web_origen=Bing_Marca&amp;utm_source=Bing&amp;utm_medium=paid_sea…</t>
   </si>
   <si>
     <t>Máster Universitario en Gestión Integrada de Sistemas de Calidad, Medio Ambiente y Seguridad y Salud en el Trabajo</t>
   </si>
   <si>
     <t>Máster Universitario en Gestión Integrada: Prevención, Medio Ambiente y Calidad</t>
   </si>
   <si>
     <t>Máster Universitario en Innovación y Desarrollo de Alimentos de Calidad , Máster Universitario en Territorio, Infraestructura y Medio Ambiente</t>
   </si>
@@ -2780,132 +2804,132 @@
   <si>
     <t>Escola de Pastors i Pastores de Catalunya</t>
   </si>
   <si>
     <t>https://escoladepastorsdecatalunya.cat/</t>
   </si>
   <si>
     <t>Cooperatives agro-alimentàries CV</t>
   </si>
   <si>
     <t>http://www.cooperativesagroalimentariescv.com/formacion/</t>
   </si>
   <si>
     <t>Instituto Valenciano de Investigaciones Agrarias (IVIA)</t>
   </si>
   <si>
     <t>https://ivia.gva.es/es/</t>
   </si>
   <si>
     <t>LA UNIÓ</t>
   </si>
   <si>
     <t>https://launio.org/cursos2?l=ES</t>
   </si>
   <si>
-    <t>CENTRO DE COMPETENCIAS DIGITALES</t>
-[...10 lines deleted...]
-  <si>
     <t>UPA</t>
   </si>
   <si>
     <t>https://www.upa.es/upa/inicio/</t>
   </si>
   <si>
     <t>ASAJA</t>
   </si>
   <si>
     <t>https://asajaservicios.com/formacion/</t>
   </si>
   <si>
     <t>COAG</t>
   </si>
   <si>
     <t>http://www.coag.org/agenda</t>
   </si>
   <si>
     <t>CIHEAM ZARAGOZA</t>
   </si>
   <si>
-    <t>https://www.iamz.ciheam.org/es/formacion/informacion-general/</t>
+    <t>Máster Universitario en Genética, genómica y mejora vegetal, Máster Universitario en Nutrición animal, Máster Universitario en Olivicultura y elaiotecnia, Máster Universitario en Gestión pesquera sostenible, Máster Universitario en Gestión sostenible y gobernanza del agua en el medio natural y agrario, Máster Universitario en Cultivos marinos, Máster Universitario en Mejora genética animal y biotecnología de la reproducción</t>
+  </si>
+  <si>
+    <t>https://www.iamz.ciheam.org/es/</t>
   </si>
   <si>
     <t>Escuela de Pastores - Fundación Cooprado</t>
   </si>
   <si>
     <t>https://fundacion.cooprado.es/proyectos/escuela_pastores/</t>
   </si>
   <si>
     <t>Escuela de Pastores de Extremadura - CASTUERA</t>
   </si>
   <si>
     <t>http://escuelapastores.com/</t>
   </si>
   <si>
     <t>SANEA</t>
   </si>
   <si>
     <t>https://www.sanea.org/</t>
   </si>
   <si>
     <t>INALOCAL</t>
   </si>
   <si>
     <t>https://inalocal.com/</t>
   </si>
   <si>
     <t>HAZI</t>
   </si>
   <si>
     <t>https://hazi.eus/es/servicios/cadena-de-valor-de-la-alimentacion-y-de-la-madera…</t>
   </si>
   <si>
     <t>Escuela de Pastores del País Vasco</t>
   </si>
   <si>
     <t>https://www.gomiztegi.eus/?lang=es</t>
   </si>
   <si>
     <t>FECOAM</t>
   </si>
   <si>
     <t>https://fecoam.es/formacion-cursos/</t>
   </si>
   <si>
     <t>Escuela de Pastoreo Sierra de Guadarrama/Picos de Europa</t>
   </si>
   <si>
     <t>https://escueladepastores.es/</t>
+  </si>
+  <si>
+    <t>Escuela de Organización Industrial (EOI)</t>
+  </si>
+  <si>
+    <t>Master en Gestión del Agua, Master en Economía Circular, Master en Gestión Medioambiental y Sostenibilidad, Master en Gestión de Empresas Agroalimentarias</t>
+  </si>
+  <si>
+    <t>Escuela de Organización Industrial</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3212,6686 +3236,6737 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E395"/>
+  <dimension ref="A1:E398"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E395"/>
+      <selection activeCell="A1" sqref="A1:E398"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="923.632" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D5" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>10</v>
+      </c>
       <c r="E5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...6 lines deleted...]
-      <c r="E6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
+      <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D7" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="E7" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D8" s="1"/>
+        <v>17</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="E8" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="E9" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D10" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="E10" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="E11" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="B15" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="C15" s="1" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="B16" s="1"/>
+        <v>54</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="C16" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>54</v>
+        <v>109</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="1" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="1" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="1" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="1" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>112</v>
+        <v>126</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>44</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="1" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>122</v>
+        <v>30</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="1" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>133</v>
+        <v>55</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>142</v>
+        <v>95</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>136</v>
+        <v>44</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>160</v>
+        <v>92</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>26</v>
+        <v>167</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>91</v>
+        <v>167</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>29</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>170</v>
+        <v>58</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B60" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E60" s="1" t="s">
         <v>176</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>181</v>
+        <v>58</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>186</v>
+        <v>70</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>113</v>
+        <v>17</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>114</v>
+        <v>182</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>193</v>
+        <v>29</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>194</v>
+        <v>58</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="1" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>136</v>
+        <v>44</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>181</v>
+        <v>45</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>199</v>
+        <v>166</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="1" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="1" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>136</v>
+        <v>198</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>137</v>
+        <v>199</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="1" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="1" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B71" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E71" s="1" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="1" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>50</v>
+        <v>208</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>13</v>
+        <v>167</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>88</v>
+        <v>167</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" s="1" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77" s="1" t="s">
-        <v>43</v>
+        <v>224</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>205</v>
+        <v>227</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>66</v>
+        <v>151</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D80" s="1"/>
       <c r="E80" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D81" s="1"/>
       <c r="E81" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D82" s="1"/>
       <c r="E82" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D83" s="1"/>
       <c r="E83" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D84" s="1"/>
       <c r="E84" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D85" s="1"/>
       <c r="E85" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D86" s="1"/>
       <c r="E86" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>244</v>
+        <v>6</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D87" s="1"/>
       <c r="E87" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>248</v>
+        <v>6</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D88" s="1"/>
       <c r="E88" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B89" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D89" s="1"/>
+      <c r="E89" s="1" t="s">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B90" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E90" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="1"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="1" t="s">
         <v>255</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B92" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" s="1" t="s">
         <v>259</v>
-      </c>
-[...7 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B93" s="1"/>
+      <c r="C93" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E93" s="1" t="s">
         <v>261</v>
-      </c>
-[...10 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="1" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="B94" s="1" t="s">
         <v>262</v>
       </c>
+      <c r="B94" s="1"/>
       <c r="C94" s="1" t="s">
-        <v>265</v>
+        <v>21</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>265</v>
+        <v>55</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="1" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>221</v>
+        <v>199</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="1" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>265</v>
+        <v>17</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>265</v>
+        <v>182</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="1" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>53</v>
+        <v>167</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>54</v>
+        <v>167</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>276</v>
+        <v>65</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>265</v>
+        <v>223</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>265</v>
+        <v>224</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="1" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>281</v>
+        <v>55</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>32</v>
+        <v>281</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>33</v>
+        <v>281</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="E103" s="1" t="s">
         <v>285</v>
-      </c>
-[...10 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="B104" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>288</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>262</v>
+        <v>291</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>91</v>
+        <v>199</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>262</v>
+        <v>294</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>245</v>
+        <v>65</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>142</v>
+        <v>58</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B111" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E111" s="1" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E112" s="1" t="s">
         <v>307</v>
-      </c>
-[...10 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>79</v>
+        <v>199</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>315</v>
+        <v>182</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B115" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E115" s="1" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="1" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>169</v>
+        <v>198</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="1" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>32</v>
+        <v>122</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="1" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>160</v>
+        <v>18</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E120" s="1" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E121" s="1" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E122" s="1" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="1" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="1" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="1" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>345</v>
+        <v>142</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="1" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>7</v>
+        <v>223</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>177</v>
+        <v>224</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="1" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="1" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>157</v>
+        <v>40</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="1" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>157</v>
+        <v>40</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="1" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>265</v>
+        <v>39</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>265</v>
+        <v>40</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="1" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>165</v>
+        <v>92</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="1" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>13</v>
+        <v>198</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>88</v>
+        <v>357</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="1" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>344</v>
+        <v>364</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="1" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>344</v>
+        <v>364</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>344</v>
+        <v>369</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>91</v>
+        <v>218</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E139" s="1" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C140" s="1" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>377</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>136</v>
+        <v>44</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>181</v>
+        <v>65</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B143" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="1" t="s">
-        <v>181</v>
+        <v>385</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>181</v>
+        <v>33</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>136</v>
+        <v>44</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>137</v>
+        <v>45</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C149" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E149" s="1" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="1" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>406</v>
+        <v>109</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>409</v>
+        <v>396</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>185</v>
+        <v>29</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>186</v>
+        <v>58</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>113</v>
+        <v>223</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>114</v>
+        <v>224</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="1" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>137</v>
+        <v>22</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="1" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>401</v>
+        <v>29</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>421</v>
+        <v>65</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="1" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>26</v>
+        <v>223</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="1" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>208</v>
+        <v>288</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="1" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>428</v>
+        <v>65</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="1" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>431</v>
+        <v>65</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="1" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>114</v>
+        <v>65</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="1" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>406</v>
+        <v>36</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="1" t="s">
-        <v>437</v>
+        <v>426</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="1" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="1" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>7</v>
+        <v>223</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="E164" s="1"/>
+        <v>284</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>431</v>
+      </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="1" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="1" t="s">
-        <v>444</v>
+        <v>435</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>194</v>
+        <v>55</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="1" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>26</v>
+        <v>281</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>79</v>
+        <v>281</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="1" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>420</v>
+        <v>442</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>13</v>
+        <v>281</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="E168" s="1"/>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="1" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>26</v>
+        <v>384</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>173</v>
+        <v>385</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="1" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>420</v>
+        <v>447</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="1" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="D171" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="E171" s="1" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="1" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>185</v>
+        <v>52</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>186</v>
+        <v>52</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="1" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>114</v>
+        <v>65</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="1" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>181</v>
+        <v>22</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="1" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="1" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>60</v>
+        <v>198</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>60</v>
+        <v>199</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>345</v>
+        <v>463</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>88</v>
+        <v>52</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="1" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>401</v>
+        <v>141</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>402</v>
+        <v>154</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="1" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="1" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>13</v>
+        <v>223</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>88</v>
+        <v>224</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="1" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>478</v>
+        <v>157</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="1" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="1" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>88</v>
+        <v>185</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="1" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>420</v>
+        <v>482</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>113</v>
+        <v>198</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="1" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>420</v>
+        <v>485</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>173</v>
+        <v>95</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="1" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>88</v>
+        <v>142</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="1" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>221</v>
+        <v>98</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="1" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B191" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E191" s="1" t="s">
         <v>497</v>
-      </c>
-[...7 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>503</v>
+        <v>80</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="1" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="1" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" s="1" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" s="1" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>40</v>
+        <v>182</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" s="1" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="B197" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E197" s="1" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="1" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>173</v>
+        <v>199</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="1" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="E200" s="1"/>
+        <v>288</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="1" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>221</v>
+        <v>377</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="1" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>345</v>
+        <v>65</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="1" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>245</v>
+        <v>26</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="1" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>91</v>
+        <v>218</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="1" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>133</v>
+        <v>45</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="1" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>540</v>
+        <v>527</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>208</v>
+        <v>92</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="1" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="1" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>265</v>
+        <v>52</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>265</v>
+        <v>52</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="1" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="1" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="1" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>401</v>
+        <v>21</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>421</v>
+        <v>151</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="1" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="1" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>556</v>
+        <v>527</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>169</v>
+        <v>17</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>478</v>
+        <v>182</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="1" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>556</v>
+        <v>527</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>401</v>
+        <v>21</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>402</v>
+        <v>151</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="1" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>556</v>
+        <v>527</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>137</v>
+        <v>33</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="1" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>137</v>
+        <v>288</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="1" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>315</v>
+        <v>559</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="1" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>315</v>
+        <v>98</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="1" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>569</v>
+        <v>556</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="1" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>401</v>
+        <v>39</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>421</v>
+        <v>98</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="1" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="1" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>165</v>
+        <v>98</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="1" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="B224" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E224" s="1" t="s">
         <v>575</v>
-      </c>
-[...7 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="1" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>10</v>
+        <v>376</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>40</v>
+        <v>377</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="1" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>401</v>
+        <v>61</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>421</v>
+        <v>73</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="E228" s="1" t="s">
         <v>587</v>
-      </c>
-[...10 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B229" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="B229" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="1" t="s">
         <v>591</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>169</v>
+        <v>376</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>170</v>
+        <v>377</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" s="1" t="s">
         <v>594</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="1" t="s">
         <v>596</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>597</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="1" t="s">
         <v>599</v>
       </c>
       <c r="B233" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E233" s="1" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E234" s="1" t="s">
         <v>602</v>
-      </c>
-[...10 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E235" s="1" t="s">
         <v>604</v>
-      </c>
-[...10 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D236" s="1" t="s">
         <v>606</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="1" t="s">
         <v>608</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>39</v>
+        <v>166</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>320</v>
+        <v>609</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>39</v>
+        <v>166</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>39</v>
+        <v>166</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>40</v>
+        <v>586</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>615</v>
+        <v>166</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>7</v>
+        <v>198</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>142</v>
+        <v>199</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="1" t="s">
         <v>617</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>39</v>
+        <v>166</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>136</v>
+        <v>223</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>165</v>
+        <v>224</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>39</v>
+        <v>166</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="E242" s="1"/>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E243" s="1" t="s">
         <v>621</v>
-      </c>
-[...10 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E244" s="1" t="s">
         <v>623</v>
-      </c>
-[...10 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E245" s="1" t="s">
         <v>625</v>
-      </c>
-[...10 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E246" s="1" t="s">
         <v>627</v>
-      </c>
-[...10 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E247" s="1" t="s">
         <v>629</v>
-      </c>
-[...10 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="1" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>39</v>
+        <v>166</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>208</v>
+        <v>328</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>632</v>
+        <v>209</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D249" s="1"/>
+      <c r="E249" s="1" t="s">
         <v>633</v>
-      </c>
-[...10 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E250" s="1" t="s">
         <v>635</v>
-      </c>
-[...10 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E251" s="1" t="s">
         <v>637</v>
-      </c>
-[...10 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E252" s="1" t="s">
         <v>639</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E253" s="1" t="s">
         <v>641</v>
-      </c>
-[...10 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E254" s="1" t="s">
         <v>643</v>
-      </c>
-[...10 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="1" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>647</v>
+        <v>126</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="1" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>650</v>
+        <v>126</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>221</v>
+        <v>113</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>650</v>
+        <v>126</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>137</v>
+        <v>95</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="1" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>10</v>
+        <v>223</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>40</v>
+        <v>224</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="1" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="1" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="1" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>401</v>
+        <v>9</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>402</v>
+        <v>10</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>32</v>
+        <v>223</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>345</v>
+        <v>224</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E264" s="1" t="s">
         <v>669</v>
-      </c>
-[...10 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E265" s="1" t="s">
         <v>671</v>
-      </c>
-[...10 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E266" s="1" t="s">
         <v>673</v>
-      </c>
-[...10 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E267" s="1" t="s">
         <v>675</v>
-      </c>
-[...10 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E268" s="1" t="s">
         <v>677</v>
-      </c>
-[...10 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E269" s="1" t="s">
         <v>679</v>
-      </c>
-[...10 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E270" s="1" t="s">
         <v>681</v>
-      </c>
-[...10 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E271" s="1" t="s">
         <v>683</v>
-      </c>
-[...10 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E272" s="1" t="s">
         <v>685</v>
-      </c>
-[...10 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="1" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>689</v>
+        <v>668</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>33</v>
+        <v>609</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="1" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>281</v>
+        <v>606</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="1" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>76</v>
+        <v>691</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="1" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>137</v>
+        <v>58</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E277" s="1" t="s">
         <v>697</v>
-      </c>
-[...10 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B278" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B278" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="1" t="s">
         <v>701</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>26</v>
+        <v>223</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>79</v>
+        <v>224</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>703</v>
+        <v>285</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="1" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>705</v>
+        <v>699</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="1" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>428</v>
+        <v>62</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="1" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="1" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>88</v>
+        <v>288</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>136</v>
+        <v>44</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>137</v>
+        <v>606</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E286" s="1" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="1" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="1" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="B288" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E288" s="1" t="s">
         <v>723</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="1" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="1" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="B290" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E290" s="1" t="s">
         <v>728</v>
-      </c>
-[...7 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="1" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="C291" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D291" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E291" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="1" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="1" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>113</v>
+        <v>223</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>114</v>
+        <v>224</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="1" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>265</v>
+        <v>376</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>265</v>
+        <v>377</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="1" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>169</v>
+        <v>9</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>170</v>
+        <v>10</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>43</v>
+        <v>123</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>428</v>
+        <v>49</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="1" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="1" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="1" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="1" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>401</v>
+        <v>44</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>421</v>
+        <v>606</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="1" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>40</v>
+        <v>218</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="1" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="1" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>221</v>
+        <v>10</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="1" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="1" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>288</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>157</v>
+        <v>109</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="1" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>245</v>
+        <v>22</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="1" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>793</v>
+        <v>788</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>33</v>
+        <v>151</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="1" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="1" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>186</v>
+        <v>92</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="1" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>88</v>
+        <v>185</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="1" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="1" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>53</v>
+        <v>376</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>54</v>
+        <v>377</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="1" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>7</v>
+        <v>167</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="1" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>276</v>
+        <v>58</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="1" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="B320" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E320" s="1" t="s">
         <v>816</v>
-      </c>
-[...7 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="1" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>221</v>
+        <v>199</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E322" s="1" t="s">
         <v>822</v>
-      </c>
-[...10 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="B323" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="C323" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="E323" s="1" t="s">
         <v>825</v>
-      </c>
-[...7 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E324" s="1" t="s">
         <v>827</v>
-      </c>
-[...10 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E325" s="1" t="s">
         <v>829</v>
-      </c>
-[...10 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="1" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="C326" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D326" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E326" s="1" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="1" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>377</v>
+        <v>80</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="1" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>185</v>
+        <v>21</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>186</v>
+        <v>55</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="1" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>117</v>
+        <v>281</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>118</v>
+        <v>281</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="1" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="C330" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D330" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E330" s="1" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="1" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>137</v>
+        <v>559</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="1" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>10</v>
+        <v>376</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>40</v>
+        <v>377</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="1" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>40</v>
+        <v>123</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="B334" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" s="1" t="s">
         <v>854</v>
-      </c>
-[...7 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="1" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E336" s="1" t="s">
         <v>860</v>
-      </c>
-[...10 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="1" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C337" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D337" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E337" s="1" t="s">
-        <v>846</v>
+        <v>863</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="1" t="s">
-        <v>847</v>
+        <v>864</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>862</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>137</v>
+        <v>65</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>849</v>
+        <v>865</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>221</v>
+        <v>65</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="1" t="s">
-        <v>820</v>
+        <v>868</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>221</v>
+        <v>73</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>821</v>
+        <v>768</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="1" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="1" t="s">
-        <v>768</v>
+        <v>855</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>770</v>
+        <v>857</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="1" t="s">
-        <v>744</v>
+        <v>871</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>170</v>
+        <v>22</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>746</v>
+        <v>873</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="1" t="s">
-        <v>803</v>
+        <v>828</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>805</v>
+        <v>829</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="1" t="s">
-        <v>725</v>
+        <v>849</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>726</v>
+        <v>851</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="1" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="1" t="s">
-        <v>722</v>
+        <v>751</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>724</v>
+        <v>753</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="1" t="s">
-        <v>777</v>
+        <v>811</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>221</v>
+        <v>58</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>779</v>
+        <v>813</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="1" t="s">
         <v>732</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="1" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>401</v>
+        <v>21</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>421</v>
+        <v>151</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>764</v>
+        <v>789</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="1" t="s">
-        <v>809</v>
+        <v>729</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>811</v>
+        <v>731</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="1" t="s">
-        <v>710</v>
+        <v>784</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>712</v>
+        <v>786</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="1" t="s">
-        <v>783</v>
+        <v>739</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>288</v>
+        <v>10</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>785</v>
+        <v>741</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="1" t="s">
-        <v>850</v>
+        <v>769</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>852</v>
+        <v>771</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="1" t="s">
-        <v>730</v>
+        <v>817</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>731</v>
+        <v>819</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E356" s="1" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="1" t="s">
-        <v>715</v>
+        <v>790</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>193</v>
+        <v>141</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>194</v>
+        <v>157</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>716</v>
+        <v>792</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="1" t="s">
-        <v>835</v>
+        <v>858</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>377</v>
+        <v>10</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>837</v>
+        <v>860</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="1" t="s">
-        <v>806</v>
+        <v>737</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>13</v>
+        <v>376</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>43</v>
+        <v>377</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>808</v>
+        <v>738</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="1" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="1" t="s">
-        <v>774</v>
+        <v>722</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>26</v>
+        <v>384</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>50</v>
+        <v>385</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>776</v>
+        <v>723</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="1" t="s">
-        <v>771</v>
+        <v>843</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>79</v>
+        <v>559</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>773</v>
+        <v>845</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="1" t="s">
-        <v>889</v>
+        <v>814</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>891</v>
+        <v>816</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="1" t="s">
-        <v>858</v>
+        <v>734</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>13</v>
+        <v>223</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>43</v>
+        <v>224</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>859</v>
+        <v>736</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="1" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>60</v>
+        <v>109</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>802</v>
+        <v>783</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="1" t="s">
-        <v>792</v>
+        <v>778</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>794</v>
+        <v>780</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="1" t="s">
-        <v>747</v>
+        <v>897</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>749</v>
+        <v>899</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="1" t="s">
-        <v>741</v>
+        <v>866</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>265</v>
+        <v>65</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>743</v>
+        <v>867</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="1" t="s">
-        <v>738</v>
+        <v>808</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>113</v>
+        <v>167</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>114</v>
+        <v>167</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>898</v>
+        <v>810</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="1" t="s">
-        <v>860</v>
+        <v>799</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>401</v>
+        <v>17</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>402</v>
+        <v>185</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>761</v>
+        <v>801</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="1" t="s">
-        <v>900</v>
+        <v>754</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="D371" s="1"/>
+        <v>903</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>65</v>
+      </c>
       <c r="E371" s="1" t="s">
-        <v>901</v>
+        <v>756</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="1" t="s">
-        <v>902</v>
+        <v>748</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>6</v>
+        <v>904</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D372" s="1"/>
+        <v>52</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="E372" s="1" t="s">
-        <v>903</v>
+        <v>750</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="1" t="s">
-        <v>904</v>
+        <v>745</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>6</v>
+        <v>905</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D373" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="E373" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="1" t="s">
-        <v>906</v>
+        <v>868</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>6</v>
+        <v>907</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="D374" s="1"/>
+        <v>61</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="E374" s="1" t="s">
-        <v>907</v>
+        <v>768</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="1" t="s">
         <v>908</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C375" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C375" s="1"/>
       <c r="D375" s="1"/>
       <c r="E375" s="1" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="1" t="s">
         <v>910</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>401</v>
+        <v>21</v>
       </c>
       <c r="D376" s="1"/>
       <c r="E376" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="1" t="s">
         <v>912</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>136</v>
+        <v>198</v>
       </c>
       <c r="D377" s="1"/>
       <c r="E377" s="1" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="1" t="s">
         <v>914</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>136</v>
+        <v>61</v>
       </c>
       <c r="D378" s="1"/>
       <c r="E378" s="1" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="1" t="s">
         <v>916</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D379" s="1"/>
       <c r="E379" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="1" t="s">
         <v>918</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D380" s="1"/>
       <c r="E380" s="1" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D381" s="1"/>
       <c r="E381" s="1" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="1" t="s">
         <v>922</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C382" s="1"/>
+      <c r="C382" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="D382" s="1"/>
       <c r="E382" s="1" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="1" t="s">
         <v>924</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C383" s="1"/>
+      <c r="C383" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="D383" s="1"/>
       <c r="E383" s="1" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="1" t="s">
         <v>926</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D384" s="1"/>
       <c r="E384" s="1" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="1" t="s">
         <v>928</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C385" s="1"/>
+      <c r="C385" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="D385" s="1"/>
       <c r="E385" s="1" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="1" t="s">
         <v>930</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C386" s="1"/>
+      <c r="C386" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D386" s="1"/>
       <c r="E386" s="1" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="1" t="s">
         <v>932</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C387" s="1"/>
       <c r="D387" s="1"/>
       <c r="E387" s="1" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="1" t="s">
         <v>934</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C388" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C388" s="1"/>
       <c r="D388" s="1"/>
       <c r="E388" s="1" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="1" t="s">
         <v>936</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>6</v>
+        <v>937</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D389" s="1"/>
+        <v>198</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>199</v>
+      </c>
       <c r="E389" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>113</v>
+        <v>223</v>
       </c>
       <c r="D390" s="1"/>
       <c r="E390" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>10</v>
+        <v>223</v>
       </c>
       <c r="D391" s="1"/>
       <c r="E391" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>169</v>
+        <v>44</v>
       </c>
       <c r="D392" s="1"/>
       <c r="E392" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>169</v>
+        <v>9</v>
       </c>
       <c r="D393" s="1"/>
       <c r="E393" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="D394" s="1"/>
       <c r="E394" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C395" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D395" s="1"/>
+      <c r="E395" s="1" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5">
+      <c r="A396" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D396" s="1"/>
+      <c r="E396" s="1" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5">
+      <c r="A397" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D397" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...3 lines deleted...]
-        <v>949</v>
+      <c r="E397" s="1" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5">
+      <c r="A398" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>957</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>