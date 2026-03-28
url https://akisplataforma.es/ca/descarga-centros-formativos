--- v1 (2026-02-10)
+++ v2 (2026-03-28)
@@ -12,2924 +12,4472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mapa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="958">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1474">
   <si>
     <t>Centro</t>
   </si>
   <si>
     <t>Nombre de la titulación</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>enlace</t>
   </si>
   <si>
     <t>CENTRO DE COMPETENCIAS DIGITALES</t>
   </si>
   <si>
     <t>No Reglada</t>
   </si>
   <si>
     <t>https://centrocompetencias.mapa.es/</t>
   </si>
   <si>
     <t>La Vega Innova</t>
   </si>
   <si>
     <t>Madrid, Comunidad de</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>PROGRAMA CULTIVA</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/jovenes-rurales/visitas-forma…</t>
   </si>
   <si>
     <t>Formación Agro (Ministerio de Agricultura, Pesca y Alimentación)</t>
   </si>
   <si>
     <t>formación agro</t>
   </si>
   <si>
+    <t>IES De Teulada</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Alicante/Alacant</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesteulada/?page_id=6095&amp;lang=es</t>
+  </si>
+  <si>
+    <t>IES El Valle</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>https://www.ieselvalle.es/</t>
+  </si>
+  <si>
+    <t>IES María Bellido</t>
+  </si>
+  <si>
+    <t>https://iesmariabellido.es/</t>
+  </si>
+  <si>
+    <t>Centro Docente Privado Castillo De Albenzaide</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>https://fpinnova.grupo-ae.com/centro/castillo-de-albenzaide-14011501/</t>
+  </si>
+  <si>
+    <t>CIFEA Jumilla</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/pagina?IDCONTENIDO=58585&amp;IDTIPO=100&amp;RASTRO=c2889%24m585…</t>
+  </si>
+  <si>
+    <t>IES Gran Tarajal</t>
+  </si>
+  <si>
+    <t>FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesgrantarajal/</t>
+  </si>
+  <si>
+    <t>CIPFP Ecea</t>
+  </si>
+  <si>
+    <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Segovia</t>
+  </si>
+  <si>
+    <t>http://cfasegovia.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CFEA de Sergude</t>
+  </si>
+  <si>
+    <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/centros/cecasergude/</t>
+  </si>
+  <si>
+    <t>CIFEA Lorca</t>
+  </si>
+  <si>
+    <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.murciaeduca.es/ccalorca/sitio/index.cgi</t>
+  </si>
+  <si>
+    <t>EFA Fonteboa</t>
+  </si>
+  <si>
+    <t>https://www.fonteboa.es/</t>
+  </si>
+  <si>
+    <t>EFA Quintanes</t>
+  </si>
+  <si>
+    <t>FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>http://www.quintanes.com/</t>
+  </si>
+  <si>
+    <t>Centro De Educación De Personas Adultas La Gomera</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>Santa Cruz de Tenerife</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/cepalagomera/</t>
+  </si>
+  <si>
+    <t>Centro Docente Privado Centro Educativo Rural Valle Del Guadalquivir</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>http://cervalledelguadalquivir.es/</t>
+  </si>
+  <si>
+    <t>CFEA Alta Montaña</t>
+  </si>
+  <si>
+    <t>Lugo</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/cecaaltamontana/</t>
+  </si>
+  <si>
+    <t>CFEA De Lourizán</t>
+  </si>
+  <si>
+    <t>FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>https://www.cfealourizan.com/</t>
+  </si>
+  <si>
+    <t>CIFP Almazán</t>
+  </si>
+  <si>
+    <t>Soria</t>
+  </si>
+  <si>
+    <t>http://cfaalmazan.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CIFP Santiago</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/cifpsantiago/node?page=1</t>
+  </si>
+  <si>
+    <t>CIPFP Coca</t>
+  </si>
+  <si>
+    <t>http://cifpcoca.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPEPS San Gabriel</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>https://sangabriel.es/</t>
+  </si>
+  <si>
+    <t>EFA Guadaljucen</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>http://efaguadaljucen.org/</t>
+  </si>
+  <si>
+    <t>CPIFP Lorenzo Milani</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>IES "Concejo De Tineo"</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>https://alojaweb.educastur.es/web/iesconcejodetineo</t>
+  </si>
+  <si>
+    <t>IES Aljanadic</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesaljanadic/</t>
+  </si>
+  <si>
+    <t>IES Alto Turia</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieschelva/</t>
+  </si>
+  <si>
+    <t>IES Castillo De La Yedra</t>
+  </si>
+  <si>
+    <t>https://www.iescastillodelayedra.es/</t>
+  </si>
+  <si>
+    <t>IES Cidade de Antioquía</t>
+  </si>
+  <si>
+    <t>FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>Ourense</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iescidadeantioquia/</t>
+  </si>
+  <si>
+    <t>IES Clara Campoamor</t>
+  </si>
+  <si>
+    <t>Ceuta</t>
+  </si>
+  <si>
+    <t>https://iesclaracampoamor.educacion.es/</t>
+  </si>
+  <si>
+    <t>IES D. Pedro García Aguilera</t>
+  </si>
+  <si>
+    <t>http://iesdpga.es/</t>
+  </si>
+  <si>
+    <t>IES de Arzúa</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesarzua/</t>
+  </si>
+  <si>
+    <t>IES El Pont De Suert</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iespontdesuert/</t>
+  </si>
+  <si>
+    <t>IES Federico García Lorca</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>https://iesfgl.es/</t>
+  </si>
+  <si>
+    <t>IES Foramontanos</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/ies-foramontanos</t>
+  </si>
+  <si>
+    <t>IES Guadalerzas</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Toledo</t>
+  </si>
+  <si>
+    <t>https://www.guadalerzas.es/</t>
+  </si>
+  <si>
+    <t>IES Hermanos Amorós</t>
+  </si>
+  <si>
+    <t>http://www.ieshermanosamoros.com/</t>
+  </si>
+  <si>
+    <t>IES La Aldea De San Nicolás</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/ieslaaldeadesannicolas/</t>
+  </si>
+  <si>
+    <t>IES La Canal de Navarrés</t>
+  </si>
+  <si>
+    <t>https://mestreacasa.gva.es/web/ieslacanaldenavarres</t>
+  </si>
+  <si>
+    <t>IES Murgia</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Araba/Álava</t>
+  </si>
+  <si>
+    <t>https://murgiainstitutoa.hezkuntza.net/es/</t>
+  </si>
+  <si>
+    <t>IES Pedro Mercedes</t>
+  </si>
+  <si>
+    <t>Cuenca</t>
+  </si>
+  <si>
+    <t>https://www.iespedromercedes.es/</t>
+  </si>
+  <si>
+    <t>IES Ribera Del Bullaque</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>http://ies-riberadelbullaque.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Rodolfo Llopis</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesrodolfollopis/es/inici/</t>
+  </si>
+  <si>
+    <t>IES San Rosendo</t>
+  </si>
+  <si>
+    <t>FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iessanrosendo/</t>
+  </si>
+  <si>
+    <t>IES Villa De Santiago</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesvilladesantiago/</t>
+  </si>
+  <si>
+    <t>IES El Carmen</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>https://iesjacaranda.es/joap2021/forestalmedcarmen.html</t>
+  </si>
+  <si>
+    <t>IFPA Los Llanos De Aridane</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/educacion/web/centros/centros_educativos/bus…</t>
+  </si>
+  <si>
+    <t>CIFP Almázcara</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>http://cifpalmazcara.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPFP Escuela Agroforestal Sierra Oeste</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales</t>
+  </si>
+  <si>
+    <t>https://gradomaster.es/escuela-agroforestal-sierra-oeste/</t>
+  </si>
+  <si>
+    <t>IES Alto Jarama</t>
+  </si>
+  <si>
+    <t>https://www.iesaltojarama.com/</t>
+  </si>
+  <si>
+    <t>IES Biar</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesbiar/es/inici-es/</t>
+  </si>
+  <si>
+    <t>IES Fray Ignacio Barrachina</t>
+  </si>
+  <si>
+    <t>https://iesfib.es/</t>
+  </si>
+  <si>
+    <t>IES Rei en Jaume</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesreienjaume/</t>
+  </si>
+  <si>
+    <t>IES Enguera</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesenguera/es/inici-es-va-es/</t>
+  </si>
+  <si>
+    <t>IES Vallada</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesvallada/es/inici-es/</t>
+  </si>
+  <si>
+    <t>IES ABYLA</t>
+  </si>
+  <si>
+    <t>https://www.iesabyla.com/index.php/es/</t>
+  </si>
+  <si>
+    <t>IES Elena García Armada</t>
+  </si>
+  <si>
+    <t>FP Media en Actividades Ecuestres</t>
+  </si>
+  <si>
+    <t>Cádiz</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/ieselenagarciaarmada/</t>
+  </si>
+  <si>
+    <t>IES Vázquez Díaz</t>
+  </si>
+  <si>
+    <t>Huelva</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/g.educaand.es/iesvazquezdiaz</t>
+  </si>
+  <si>
+    <t>CDP Escuela de Equitación de la Real Maestranza de Caballería de Ronda</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>https://www.rmcr.org/</t>
+  </si>
+  <si>
+    <t>IES Al-Mudeyne</t>
+  </si>
+  <si>
+    <t>FP Media en Actividades Ecuestres, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>http://iesalmudeyne.es/</t>
+  </si>
+  <si>
+    <t>FP Joviat</t>
+  </si>
+  <si>
+    <t>FP Media en Actividades Ecuestres, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>http://www.joviat.com/</t>
+  </si>
+  <si>
+    <t>FP Joviat les Tanques</t>
+  </si>
+  <si>
+    <t>https://www.joviat.com/es/viladecans/</t>
+  </si>
+  <si>
+    <t>Centre Tècnic Can Taió</t>
+  </si>
+  <si>
+    <t>http://www.gsishipica.org/</t>
+  </si>
+  <si>
+    <t>IES Hotel Escuela de la Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Media en Actividades Ecuestres</t>
+  </si>
+  <si>
+    <t>https://www.ieshotelescuela.com/</t>
+  </si>
+  <si>
+    <t>IES Puente de Alcolea</t>
+  </si>
+  <si>
+    <t>FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iespuentedealcolea/</t>
+  </si>
+  <si>
+    <t>IES Castilblanco de los Arroyos</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/IESCastilblanco/?locale=es_ES</t>
+  </si>
+  <si>
+    <t>IES Buenavista</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesbuenavista/</t>
+  </si>
+  <si>
+    <t>IES San Juan de la Rambla</t>
+  </si>
+  <si>
+    <t>https://iessanjuandelarambla.org/</t>
+  </si>
+  <si>
+    <t>Institut de Sostenibilitat i Medi Ambient de Barcelona</t>
+  </si>
+  <si>
+    <t>FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Producción Agroecológica, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.ismab.cat/ca</t>
+  </si>
+  <si>
+    <t>Institut Rubió i Tudurí</t>
+  </si>
+  <si>
+    <t>https://www.ismab.cat/es</t>
+  </si>
+  <si>
+    <t>Institut Pla del Bosc</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/inspladelbosc/</t>
+  </si>
+  <si>
+    <t>IES Benazaire</t>
+  </si>
+  <si>
+    <t>http://iesbenazaire.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Jaranda</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>https://iesjaranda.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Mugardos</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesdemugardos/</t>
+  </si>
+  <si>
+    <t>CFEA de Becerreá</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/fp/centro/27000617</t>
+  </si>
+  <si>
+    <t>IES Antón Alonso Ríos</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/fp/centro%252F36019751</t>
+  </si>
+  <si>
+    <t>IES Pere-Enric Barreda i Edo</t>
+  </si>
+  <si>
+    <t>Castellón/Castelló</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesbenassal/es/</t>
+  </si>
+  <si>
+    <t>IES Les Foies</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslesfoies/</t>
+  </si>
+  <si>
+    <t>IES José Luis Tejada Peluffo</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios</t>
+  </si>
+  <si>
+    <t>https://www.iestejada.com/</t>
+  </si>
+  <si>
+    <t>IES Sierra de Aras</t>
+  </si>
+  <si>
+    <t>https://iessierradearas.es/</t>
+  </si>
+  <si>
+    <t>IES Catedrático Pulido Rubio</t>
+  </si>
+  <si>
+    <t>https://w3.iespulidorubio.edu.es/</t>
+  </si>
+  <si>
+    <t>IES Puerta de Arenas</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iespuertadearenas/</t>
+  </si>
+  <si>
+    <t>IES Valle del Sol</t>
+  </si>
+  <si>
+    <t>http://www.iesvalledelsol.es/</t>
+  </si>
+  <si>
+    <t>CPIFP en ADEJE</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Básica en Actividades de Panadería y Pastelería</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/cifpenadeje/</t>
+  </si>
+  <si>
+    <t>IES Besaya</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/ies-besaya</t>
+  </si>
+  <si>
+    <t>IES Río Órbigo</t>
+  </si>
+  <si>
+    <t>http://iesrioorbigo.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPIFP Felipe VI</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>http://cifpfelipevi.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES Conde Lucanor</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>http://iescondelucanor.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPFPE Alcazarén</t>
+  </si>
+  <si>
+    <t>https://www.alcazarenformacion.es/</t>
+  </si>
+  <si>
+    <t>CIFP Fontecarmoa</t>
+  </si>
+  <si>
+    <t>http://www.cifpfontecarmoa.es/</t>
+  </si>
+  <si>
+    <t>CPIFP Hotel Escuela de la Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Media en Actividades Ecuestres, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>CIFP Escuela Hostelería y Turismo Simone Ortega</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería, FP Media en Comercialización de Productos Alimentarios, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>http://simoneortega.es/</t>
+  </si>
+  <si>
+    <t>CPIFP de Dénia</t>
+  </si>
+  <si>
+    <t>https://cdt.gva.es/red-de-centros/cdt-denia/</t>
+  </si>
+  <si>
+    <t>IES Los Montesinos-Remedios Muñoz</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslosmontesinos/</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesclaracampoamor/</t>
+  </si>
+  <si>
+    <t>CPIFP Politecnico Easo Politeknikoa</t>
+  </si>
+  <si>
+    <t>Gipuzkoa</t>
+  </si>
+  <si>
+    <t>https://www.easo.eus/</t>
+  </si>
+  <si>
+    <t>IES Virgen de la Victoria</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>http://iesvirgendelavictoria.educacion.es/</t>
+  </si>
+  <si>
+    <t>IES Carmen Pantión</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería</t>
+  </si>
+  <si>
+    <t>http://iescarmenpantion.es/</t>
+  </si>
+  <si>
+    <t>IES Alcor</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/p/IES-ALCOR-Villalba-del-Alcor-100087912003611/</t>
+  </si>
+  <si>
+    <t>CDP María Zambrano</t>
+  </si>
+  <si>
+    <t>https://colegiomariazambrano.com/</t>
+  </si>
+  <si>
+    <t>CPIFP San Lorenzo</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>https://www.escuelahosteleria.org/</t>
+  </si>
+  <si>
+    <t>CPIFP en Adeje</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería, FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Comercialización de Productos Alimentarios</t>
+  </si>
+  <si>
+    <t>CPIFP Nº1</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
+    <t>http://cifpguadalajara.es/</t>
+  </si>
+  <si>
+    <t>IES Alpajes</t>
+  </si>
+  <si>
+    <t>https://www.educa2.madrid.org/web/centro.ies.alpajes.aranjuez</t>
+  </si>
+  <si>
+    <t>CFP Fundación Juan XXIII</t>
+  </si>
+  <si>
+    <t>https://campus.fundacionjuan23.org/nuestro-centro/</t>
+  </si>
+  <si>
+    <t>CEPA Cid Campeador Las Águilas - Cuatro Vientos</t>
+  </si>
+  <si>
+    <t>http://www.educa.madrid.org/cepa.cidcampeador.madrid</t>
+  </si>
+  <si>
+    <t>CREI Sagrado Corazón de Jesús</t>
+  </si>
+  <si>
+    <t>http://www.educa2.madrid.org/web/centro.crei.scorazon.madrid/inicio</t>
+  </si>
+  <si>
+    <t>IES Escuela Superior de Hostelería y Turismo</t>
+  </si>
+  <si>
+    <t>http://www.eshtm.es/</t>
+  </si>
+  <si>
+    <t>CEPA Montepinar</t>
+  </si>
+  <si>
+    <t>http://www.colegiomontepinar.com/</t>
+  </si>
+  <si>
+    <t>IES San Juan Bosco</t>
+  </si>
+  <si>
+    <t>http://www.iessanjuanbosco.es/</t>
+  </si>
+  <si>
+    <t>IES Gabriel Císcar</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesgabrielciscar/</t>
+  </si>
+  <si>
+    <t>CPIFP Egibide</t>
+  </si>
+  <si>
+    <t>https://www.egibide.org/</t>
+  </si>
+  <si>
+    <t>CIFP Tartagana LHII</t>
+  </si>
+  <si>
+    <t>Bizkaia</t>
+  </si>
+  <si>
+    <t>https://www.tartanga.eus/</t>
+  </si>
+  <si>
+    <t>Escuela Profesional de Pastelería y Comercio de Bizkaia</t>
+  </si>
+  <si>
+    <t>http://www.gremiopasteleriabizkaia.com/escuela-profesional-de-pasteleria-y-come…</t>
+  </si>
+  <si>
+    <t>CPIFP Peñascal</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Básica en Actividades de Panadería y Pastelería, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>http://www.grupopenascal.com/</t>
+  </si>
+  <si>
+    <t>IES Almina</t>
+  </si>
+  <si>
+    <t>https://iesalmina.educacion.es/</t>
+  </si>
+  <si>
+    <t>IES Pablo Ruiz Picasso</t>
+  </si>
+  <si>
+    <t>FP Básica de Industrias Alimentarias</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>http://iespabloruizpicasso.es/</t>
+  </si>
+  <si>
+    <t>EA del Pirineu (Bellestar)</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eca-pirineu/</t>
+  </si>
+  <si>
+    <t>EFA Casagrande</t>
+  </si>
+  <si>
+    <t>https://www.efacasagrande.org/</t>
+  </si>
+  <si>
+    <t>IES El Almijar</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/ieselalmijar/</t>
+  </si>
+  <si>
+    <t>IES Emilio Manzano</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesemiliomanzano/</t>
+  </si>
+  <si>
+    <t>IES San José</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/g.educaand.es/iessanjosecortegana/inicio</t>
+  </si>
+  <si>
+    <t>IES San Juan de Dios</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Actividades Ecuestres, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/iessanjuandedios.com/ies-san-juan-de-dios/p%C3%A1gina-…</t>
+  </si>
+  <si>
+    <t>Instituto Josep Vallverdú</t>
+  </si>
+  <si>
+    <t>FP Superior en Viticultura, FP Media en Técnico en Aceites de Oliva y Vinos</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insjosepvallverdu/</t>
+  </si>
+  <si>
+    <t>IES Priorat</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iespriorat/</t>
+  </si>
+  <si>
+    <t>Vedruna Artés</t>
+  </si>
+  <si>
+    <t>https://esvicc.cat/</t>
+  </si>
+  <si>
+    <t>IES La Guancha-Jerónimo Morales Barroso</t>
+  </si>
+  <si>
+    <t>FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/ieslaguancha/</t>
+  </si>
+  <si>
+    <t>CEO Andrés Orozco</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/ceoandresorozco/</t>
+  </si>
+  <si>
+    <t>IES José María Pérez Pulido</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesjosemariaperezpulido/</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iessanjuandelarambla/</t>
+  </si>
+  <si>
+    <t>CPIFP en Valverde</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/educacion/centroseducativos/buscador-centros…</t>
+  </si>
+  <si>
+    <t>IES María de Córdoba</t>
+  </si>
+  <si>
+    <t>Ávila</t>
+  </si>
+  <si>
+    <t>http://iesmariadecordoba.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES María Zambrano</t>
+  </si>
+  <si>
+    <t>http://iesmariazambrano.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES San Juan Bautista de la Concepción</t>
+  </si>
+  <si>
+    <t>https://ies-almodovar.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Montes de Cabañeros</t>
+  </si>
+  <si>
+    <t>https://ies-montesdecabaneros.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>CIFP Nº 1</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://www.cifpcuenca.es/</t>
+  </si>
+  <si>
+    <t>CEPA Altomira</t>
+  </si>
+  <si>
+    <t>https://cepa-altomira.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Ana María Matute</t>
+  </si>
+  <si>
+    <t>https://ies-anamariamatute.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Brianda de Mendoza</t>
+  </si>
+  <si>
+    <t>https://briandademendoza.es/</t>
+  </si>
+  <si>
+    <t>IESO Cella Vinaria</t>
+  </si>
+  <si>
+    <t>https://iesocellavinaria.educarex.es/</t>
+  </si>
+  <si>
+    <t>CPEPS Gsd International School Buitrago</t>
+  </si>
+  <si>
+    <t>https://www.gsdeducacion.com/Colegios/GsdBuitrago</t>
+  </si>
+  <si>
+    <t>IES Ntra.Sra.De Botoa</t>
+  </si>
+  <si>
+    <t>https://iesnsdebotoa.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Virgen De La Cabeza</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural, FP Básica en Actividades Agropecuarias</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesvcmarmolejo/</t>
+  </si>
+  <si>
+    <t>IES Doñana</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesdonana/</t>
+  </si>
+  <si>
     <t>CIPFP Aguas Nuevas</t>
   </si>
   <si>
     <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Producción Agroecológica</t>
   </si>
   <si>
-    <t>Castilla - La Mancha</t>
-[...1 lines deleted...]
-  <si>
     <t>Albacete</t>
   </si>
   <si>
     <t>Centro De Convenio Virgen De Los Reyes</t>
   </si>
   <si>
     <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...4 lines deleted...]
-  <si>
     <t>https://iesvirgendelosreyes.es/</t>
   </si>
   <si>
     <t>EFA Oretana</t>
   </si>
   <si>
     <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
   </si>
   <si>
-    <t>Toledo</t>
-[...1 lines deleted...]
-  <si>
     <t>https://efa-centro.org/efa-oretana/</t>
   </si>
   <si>
     <t>IES Alto Palancia</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...5 lines deleted...]
-    <t>https://mestreacasa.gva.es/web/iesaltopalancia</t>
+    <t>FP Básica en Aprovechamientos Forestales, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesaltopalancia/</t>
   </si>
   <si>
     <t>IES Emilio Muñoz</t>
   </si>
   <si>
-    <t>Granada</t>
-[...1 lines deleted...]
-  <si>
     <t>https://iesemilio.wordpress.com/</t>
   </si>
   <si>
     <t>IES Hozgarganta</t>
   </si>
   <si>
-    <t>Cádiz</t>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
   </si>
   <si>
     <t>https://fpjimena.es/</t>
   </si>
   <si>
     <t>Institut Rubió I Tudurí</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>http://rubioituduri.cat/es</t>
   </si>
   <si>
     <t>IES Da Terra Chá, Jose Trapero Pardo</t>
   </si>
   <si>
-    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Básica en Actividades Agropecuarias</t>
-[...5 lines deleted...]
-    <t>Lugo</t>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Básica en Actividades Agropecuarias, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Producción Ecológica</t>
   </si>
   <si>
     <t>http://www.edu.xunta.gal/centros/iesdaterracha/</t>
   </si>
   <si>
     <t>CFEA De Guísamo</t>
   </si>
   <si>
     <t>FP Superior en Paisajismo y Medio Rural</t>
   </si>
   <si>
-    <t>Coruña, A</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cfeaguisamo.org/wp-19/</t>
   </si>
   <si>
     <t>CIPFP Joan Taix</t>
   </si>
   <si>
     <t>Balears, Illes</t>
   </si>
   <si>
     <t>https://sites.google.com/cifpjoantaix.cat/web/inici</t>
   </si>
   <si>
     <t>IES La Marisma</t>
   </si>
   <si>
-    <t>Huelva</t>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural</t>
   </si>
   <si>
     <t>https://www.ieslamarisma.net/</t>
   </si>
   <si>
     <t>IES La Torreta</t>
   </si>
   <si>
-    <t>Alicante/Alacant</t>
-[...1 lines deleted...]
-  <si>
     <t>https://mestreacasa.gva.es/web/0300966100</t>
   </si>
   <si>
     <t>IES Mencey Bencomo</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesmenceybencomo/</t>
   </si>
   <si>
     <t>IES Vicente Gandia</t>
   </si>
   <si>
-    <t>Valencia/València</t>
-[...1 lines deleted...]
-  <si>
     <t>https://portal.edu.gva.es/iesvicentegandia/es/centro/</t>
   </si>
   <si>
     <t>CIPFP Agrario Arkaute / Arkaute Nekazaritza</t>
   </si>
   <si>
     <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agroecológica</t>
   </si>
   <si>
-    <t>País Vasco</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.arkaute.net/es/</t>
   </si>
   <si>
     <t>Escuela Profesional Agraria Arucas</t>
   </si>
   <si>
-    <t>Palmas, Las</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.gobiernodecanarias.org/agpsa/formacion/temas/centros/eca-arucas/</t>
   </si>
   <si>
     <t>IES De Jardineria I Agricultura Les Garberes</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/insfpcastellar/</t>
   </si>
   <si>
     <t>IES Les Salines</t>
   </si>
   <si>
     <t>https://inslessalines.cat/index.php/ca/</t>
   </si>
   <si>
     <t>IES Santa María Del Águila</t>
   </si>
   <si>
-    <t>Almería</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sites.google.com/iessantamariadelaguila.com/inicio/</t>
   </si>
   <si>
     <t>IES Sol De Portocarrero</t>
   </si>
   <si>
     <t>https://iessoldeportocarrero.com/</t>
   </si>
   <si>
     <t>ECA Catarroja</t>
   </si>
   <si>
     <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agroecológica, FP Superior en Gestión Forestal y del Medio Natural</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/ecacatarroja/</t>
   </si>
   <si>
+    <t>EA Amposta</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecaamposta/</t>
+  </si>
+  <si>
+    <t>EAF Santa Coloma de Farners</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecaforestal/</t>
+  </si>
+  <si>
+    <t>EA Solsonès</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecasolsones/</t>
+  </si>
+  <si>
+    <t>IES Centro De Capacitacion Agraria</t>
+  </si>
+  <si>
+    <t>https://www.educa2.madrid.org/web/centro.ies.capacitacionagraria.villaviciosa</t>
+  </si>
+  <si>
+    <t>IES El Escorial</t>
+  </si>
+  <si>
+    <t>https://www.ieselescorial.org/</t>
+  </si>
+  <si>
+    <t>IES El Sobradillo</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/ieselsobradillo/</t>
+  </si>
+  <si>
+    <t>IES Núm. 1. Universidad Laboral</t>
+  </si>
+  <si>
+    <t>https://www.universidadlaboraldemalaga.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Agrario Derio / Derio Nekazaritza</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>https://www.nekaderio.eus/</t>
+  </si>
+  <si>
+    <t>EFA La Malvesia</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://www.malvesia.es/</t>
+  </si>
+  <si>
+    <t>CPIFP Apec</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.comunidad.madrid/centros/centro-integrado-formacion-profesional-apec</t>
+  </si>
+  <si>
+    <t>IES Leiras Pulpeiro</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesleiraspulpeiro/</t>
+  </si>
+  <si>
+    <t>IES Santiago Apostol</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Básica en Industrias Alimentarias</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/santiagoapostol.net/estudios-santiagoapostol/p%C3%A1gi…</t>
+  </si>
+  <si>
+    <t>IES Virgen Del Remedio</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesvremei/</t>
+  </si>
+  <si>
+    <t>CIPFP Escuela de la Vid</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Media en Comercialización de Productos Alimentarios, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://site.educa.madrid.org/ies.vid.madrid/</t>
+  </si>
+  <si>
+    <t>IES D'alella</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iesalella/</t>
+  </si>
+  <si>
+    <t>IES Ramón Cabanillas</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesramoncabanillas/</t>
+  </si>
+  <si>
+    <t>CIPFP Valle de Elda</t>
+  </si>
+  <si>
+    <t>FP Superior en Viticultura, FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios, FP Media en Comercialización de Productos Alimentarios</t>
+  </si>
+  <si>
+    <t>https://cipfpvalledeelda.com/</t>
+  </si>
+  <si>
+    <t>Universidad de A Coruña</t>
+  </si>
+  <si>
+    <t>Grado en Biología</t>
+  </si>
+  <si>
+    <t>https://www.udc.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Alicante</t>
+  </si>
+  <si>
+    <t>https://www.ua.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Oviedo</t>
+  </si>
+  <si>
+    <t>https://www.uniovi.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Vic-Universidad Central de Catalunya</t>
+  </si>
+  <si>
+    <t>https://www.uvic.cat/es</t>
+  </si>
+  <si>
+    <t>Universidad Autónoma de Barcelona</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Biología Ambiental , Grado en Bioquímica , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Geografía, Medio Ambiente y Planificación Territorial , Grado en Microbiología , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.uab.cat/</t>
+  </si>
+  <si>
+    <t>Universidad Autónoma de Madrid</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.uam.es/uam/inicio</t>
+  </si>
+  <si>
+    <t>Universidad de Granada</t>
+  </si>
+  <si>
+    <t>https://www.ugr.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Extremadura</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.unex.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Murcia</t>
+  </si>
+  <si>
+    <t>https://www.um.es/</t>
+  </si>
+  <si>
+    <t>Universidad Complutense de Madrid</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica , Grado en Ciencia y Tecnología de los Alimentos , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.ucm.es/contacto</t>
+  </si>
+  <si>
+    <t>Universidad de Navarra</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica , Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>https://www.unav.edu/</t>
+  </si>
+  <si>
+    <t>Universidad de Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica , Grado en Ingeniería Agrícola y Agroalimentaria , Grado en Veterinaria , Grado en Ingeniería Forestal y del Medio Natural, Grado en Paisaje, Grado de Robótica (Agro-robótica)</t>
+  </si>
+  <si>
+    <t>Enlace a la página de la Universidad de Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Universitat de les Illes Balears</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica , Grado en Ingeniería Agroalimentaria y del Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.uib.eu/</t>
+  </si>
+  <si>
+    <t>Universidad del País Vasco/Euskal Herriko Unibertsitatea</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica y Biología Molecular , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Ingeniería Ambiental</t>
+  </si>
+  <si>
+    <t>https://www.ehu.eus/es/home</t>
+  </si>
+  <si>
+    <t>Universitat de València</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Bioquímica y Ciencias Biomédicas , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Geografía y Medio Ambiente</t>
+  </si>
+  <si>
+    <t>https://www.uv.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Vigo</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.uvigo.gal/</t>
+  </si>
+  <si>
+    <t>Universidad de León</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Ingeniería Agraria y del Medio Rural , Grado en Ingeniería Agroambiental , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.unileon.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Alcalá</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.uah.es/es/</t>
+  </si>
+  <si>
+    <t>Universidad de Girona</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Ciencias Ambientales , Grado en Geografía, Ordenación del Territorio y Gestión del Medio Ambiente</t>
+  </si>
+  <si>
+    <t>https://www.udg.edu/ca/</t>
+  </si>
+  <si>
+    <t>Universidad de La Laguna</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Ciencias Ambientales, Grado en Ingeniería Agrícola y del Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.ull.es/</t>
+  </si>
+  <si>
+    <t>Universidad Rey Juan Carlos</t>
+  </si>
+  <si>
+    <t>Grado en Biología , Grado en Ingeniería Ambiental , Grado en Ciencias Ambientales , Grado en Ciencia y Tecnología de los Alimentos</t>
+  </si>
+  <si>
+    <t>https://www.urjc.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Barcelona</t>
+  </si>
+  <si>
+    <t>Grado en Biología, Grado en Bioquímica, Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.ub.edu/web/portal/es/</t>
+  </si>
+  <si>
+    <t>Universidad de Córdoba</t>
+  </si>
+  <si>
+    <t>Grado en Biología, Grado en Bioquímica, Grado en Ciencia y Tecnología de los Alimentos, Grado en Ciencias Ambientales, Grado en Ingeniería Agroalimentaria y del Medio Rural, Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>http://www.uco.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Málaga</t>
+  </si>
+  <si>
+    <t>Grado en Biología, Grado en Bioquímica, Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.uma.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Sevilla</t>
+  </si>
+  <si>
+    <t>Grado en Biología, Grado en Bioquímica, Grado en Ingeniería Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.us.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Jaén</t>
+  </si>
+  <si>
+    <t>Grado en Biología, Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.ujaen.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Salamanca</t>
+  </si>
+  <si>
+    <t>Grado en Biología, Grado en Ciencias Ambientales, Grado en Ingeniería Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.usal.es/</t>
+  </si>
+  <si>
+    <t>Universidad Rovira i Virgili</t>
+  </si>
+  <si>
+    <t>Grado en Bioquímica y Biología Molecular</t>
+  </si>
+  <si>
+    <t>https://www.urv.cat/en/</t>
+  </si>
+  <si>
+    <t>Universidad Jaume I de Castellón</t>
+  </si>
+  <si>
+    <t>Grado en Bioquímica y Biología Molecular, Grado en Ingeniería Agroalimentaria y del Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.uji.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Grado en Bioquímica, Grado en Ciencia y Tecnología de los Alimentos, Grado en Ciencias Ambientales, Grado en Ingeniería Agrícola y Agroalimentaria, Grado en Ingeniería Agrícola y del Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.uclm.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Lleida</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Producción Animal , Grado en Ciencia y Tecnología de los Alimentos , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.udl.cat/ca/es/</t>
+  </si>
+  <si>
+    <t>Universidad Católica San Antonio</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.ucam.edu/</t>
+  </si>
+  <si>
+    <t>Universidad Europea del Atlántico</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos</t>
+  </si>
+  <si>
+    <t>https://www.uneatlantico.es/</t>
+  </si>
+  <si>
+    <t>Universidad Miguel Hernández de Elche</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Ingeniería Agroalimentaria y Agroambiental</t>
+  </si>
+  <si>
+    <t>https://www.umh.es/</t>
+  </si>
+  <si>
+    <t>Universitat Politècnica de València</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos , Grado en Ciencias Ambientales , Grado en Ingeniería Agroalimentaria y del Medio Rural</t>
+  </si>
+  <si>
+    <t>http://www.upv.es/es</t>
+  </si>
+  <si>
+    <t>Universidad de Zaragoza</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos, Grado en Ciencias Ambientales, Grado en Ingeniería Agroalimentaria y del Medio Rural, Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://unizar.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Burgos</t>
+  </si>
+  <si>
+    <t>Grado en Ciencia y Tecnología de los Alimentos, Grado en Ingeniería Agroalimentaria y del Medio Rural</t>
+  </si>
+  <si>
+    <t>Burgos</t>
+  </si>
+  <si>
+    <t>https://www.ubu.es/</t>
+  </si>
+  <si>
+    <t>Universidad Católica Santa Teresa de Jesús de Ávila</t>
+  </si>
+  <si>
+    <t>Grado en Ciencias Ambientales</t>
+  </si>
+  <si>
+    <t>https://www.ucavila.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Cádiz</t>
+  </si>
+  <si>
+    <t>https://www.uca.es/</t>
+  </si>
+  <si>
+    <t>Universidad Pablo de Olavide</t>
+  </si>
+  <si>
+    <t>https://www.upo.es/portal/impe/web/portada/index.html</t>
+  </si>
+  <si>
+    <t>Universidad Nacional de Educación a Distancia (UNED)</t>
+  </si>
+  <si>
+    <t>https://www.uned.es/universidad/inicio.html</t>
+  </si>
+  <si>
+    <t>Universidad de Almería</t>
+  </si>
+  <si>
+    <t>Grado en Ciencias Ambientales, Grado en Ingeniería Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.ual.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Huelva</t>
+  </si>
+  <si>
+    <t>http://www.uhu.es/</t>
+  </si>
+  <si>
+    <t>Universidad de La Rioja</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Agrícola</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.unirioja.es/</t>
+  </si>
+  <si>
+    <t>Universidad Pontificia Comillas</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Agrícola y Agroambiental</t>
+  </si>
+  <si>
+    <t>https://www.comillas.edu/</t>
+  </si>
+  <si>
+    <t>Universidad de Valladolid</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Agrícola y del Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.uva.es/</t>
+  </si>
+  <si>
+    <t>Universidad Politécnica de Cartagena</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Agroalimentaria y de Sistemas Biológicos</t>
+  </si>
+  <si>
+    <t>https://www.upct.es/</t>
+  </si>
+  <si>
+    <t>Universidad Pública de Navarra</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Agroalimentaria y del Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.unavarra.es/</t>
+  </si>
+  <si>
+    <t>Universidad Politécnica de Madrid</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Agroambiental , Grado en Ingeniería en Tecnologías Ambientales , Grado en Ingeniería Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.upm.es/</t>
+  </si>
+  <si>
+    <t>Universidad Politécnica de Catalunya</t>
+  </si>
+  <si>
+    <t>Grado en Ingeniería Ambiental, Grado en Ingeniería de Sistemas Biológicos</t>
+  </si>
+  <si>
+    <t>https://www.upc.edu/es</t>
+  </si>
+  <si>
+    <t>Universidad Europea de Madrid</t>
+  </si>
+  <si>
+    <t>Grado en Medio Ambiente y Sostenibilidad , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://universidadeuropea.com/</t>
+  </si>
+  <si>
+    <t>Universidad Alfonso X El Sabio</t>
+  </si>
+  <si>
+    <t>Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>https://www.uax.com/</t>
+  </si>
+  <si>
+    <t>Universidad Cardenal Herrera-CEU</t>
+  </si>
+  <si>
+    <t>https://www.uchceu.es/</t>
+  </si>
+  <si>
+    <t>Universidad Católica de Valencia San Vicente Mártir</t>
+  </si>
+  <si>
+    <t>https://www.ucv.es/</t>
+  </si>
+  <si>
+    <t>Universidad de Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agricultura de Precisión , Máster Universitario en Planificación de Proyectos de Desarrollo Rural y Gestión Sostenible , Máster Universitario en Producción y Sanidad Animal , Máster Universitario en Tecnología Agroambiental para una Agricultura Sostenible</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agricultura para el Desarrollo, Máster Universitario en Sistemas Agrícolas Periurbanos</t>
+  </si>
+  <si>
+    <t>Universidad Internacional de Andalucía</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agricultura y Ganadería Ecológicas</t>
+  </si>
+  <si>
+    <t>https://www.unia.es/es/</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agricultura y Ganadería Ecológicas , Máster Universitario en Biodiversidad y Biología de la Conservación</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agrobiología Ambiental</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agrobiología Ambiental , Máster Universitario en Biología, Genómica y Biotecnología Vegetales / Plant Biology, Genomics and Biotechnology, Máster Universitario en Desarrollo e Innovación de Alimentos , Máster Universitario en Microbiología Avanzada</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agrobiología Ambiental , Máster Universitario en Microbiología y Salud</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Agroecología, Desarrollo Rural y Agroturismo</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Análisis Biológico y Diagnóstico de Laboratorio , Máster Universitario en Avances en Biología Agraria y Acuicultura , Máster Universitario en Biología Molecular Aplicada a Empresas Biotecnológicas (Bioenterprise) , Máster Universitario en Investigación y Avances en Microbiología</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Avances en Seguridad de los Alimentos</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Bioinformática y Biología Computacional , Máster Universitario en Microbiología , Máster Universitario en Nuevos Alimentos</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología Avanzada: Investigación y Aplicación</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología de la Conservación , Máster Universitario en Biología Sanitaria , Máster Universitario en Biología Vegetal Aplicada , Máster Universitario en Bioquímica, Biología Molecular y Biomedicina , Máster Universitario en Bioquímica, Biología Molecular y Biomedicina , Máster Universitario en Microbiología y Parasitología: Investigación y Desarrollo , Máster Universitario en Producción y Sanidad Animal , Máster Universitario en Zoología</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología Marina: Biodiversidad y Conservación , Máster Universitario en Seguridad y Calidad de los Alimentos</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología Molecular y Celular, Máster Universitario en Calidad, Seguridad y Tecnología de los Alimentos ,  Máster Universitario en Nutrición Animal , Máster Universitario en Ordenación Territorial y Medio Ambiental , Máster Universitario en Salud Global: Integración de la Salud Ambiental, Humana y Animal</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología Molecular, Celular y Genética</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología y Conservación de la Biodiversidad</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología y Tecnología Aplicada a la Reproducción Humana Asistida</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología y Tecnología de la Reproducción en Mamíferos , Máster Universitario en Biotecnología y Biología del Estrés de Plantas , Máster Universitario en Medicina de Pequeños Animales</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biología, Genómica y Biotecnología Vegetales / Plant Biology, Genomics and Biotechnology, Máster Universitario en Bioquímica, Biología Molecular y Biomedicina , Máster Universitario en Bioquímica, Biología Molecular y Biomedicina , Máster Universitario en Calidad de Alimentos de Origen Animal , Máster Universitario en Calidad de Alimentos de Origen Animal , Máster Universitario en Citogenética y Biología de la Reproducción , Máster Universitario en Ingeniería Biológica y Ambiental , Máster Universitario en Mejora Genética Animal y Biotecnología de la Reproducción  , Máster Universitario en Microbiología Aplicada , Máster Universitario en Zoonosis y Una Sola Salud (One Health)</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Biotecnología del Medio Ambiente y la Salud</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Calidad,  Desarrollo e Innovación de Alimentos</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Ciencia e Ingeniería de los Alimentos, Máster Universitario en Economía Agroalimentaria y del Medio Ambiente, Máster Universitario en Ingeniería Hidráulica y Medio Ambiente, Máster Universitario en Mejora Genética Animal y Biotecnología de la Reproducción  , Máster Universitario en Seguridad Industrial y Medio Ambiente, Máster Universitario Erasmus Mundus en Mejora Genética Vegetal / Erasmus Mundus Master in Plant Breeding - emPLANT + , Máster Universitario Erasmus Mundus en Sanidad Vegetal en Agricultura Sostenible/ European Master degree in Plant Health in Sustainable Cropping Systems, Máster Universitario Erasmus Mundus en Viticultura, Enología y Gestión de la Empresa Vitivinícola / International Master Vintage, Vine, Wine and Terroir Management</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Desarrollo Rural , Máster Universitario en Endoscopia y Cirugía de Mínima Invasión en Pequeños Animales , Máster Universitario en Gestión de Calidad y Trazabilidad en Alimentos de Origen Vegetal  , Grado en Veterinaria</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Diversidad Biológica y Medio Ambiente, Máster Universitario en Recursos Hídricos y Medio Ambiente</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Estrategias para el Desarrollo Rural y Territorial , Máster Universitario en Herramientas Químicas para la Empresa Agroalimentaria y Medio Ambiental , Máster Universitario en Salud Pública Veterinaria , Máster Universitario en Transformación Digital del Sector Agroalimentario y Forestal (DIGITAL-AGRI) , Máster Universitario Erasmus Mundus en Desarrollo Rural</t>
+  </si>
+  <si>
+    <t>Universidad a Distancia de Madrid</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Gestión Integrada de Prevención, Calidad y Medio Ambiente</t>
+  </si>
+  <si>
+    <t>https://www.udima.es/?web_origen=Bing_Marca&amp;utm_source=Bing&amp;utm_medium=paid_sea…</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Gestión Integrada de Sistemas de Calidad, Medio Ambiente y Seguridad y Salud en el Trabajo</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Gestión Integrada: Prevención, Medio Ambiente y Calidad</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Innovación y Desarrollo de Alimentos de Calidad , Máster Universitario en Territorio, Infraestructura y Medio Ambiente</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Investigación en Biología Molecular, Celular y Genética, Máster Universitario en Técnicas para la Gestión del Medio Ambiente y del Territorio</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Microbiología Avanzada</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Química en la Frontera con la Biología y la Ciencia de Materiales , Máster Universitario en Ingeniería Ambiental, Máster Universitario en Ingeniería Agronómica, Máster en Innovación en Nutrición, Seguridad y Tecnología Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.usc.gal/es/estudios/masteres</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Sanidad Animal y Seguridad Alimentaria , Máster Universitario en Soluciones TIC para Bienestar y Medio Ambiente</t>
+  </si>
+  <si>
+    <t>TIERRA</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/formacion/</t>
+  </si>
+  <si>
+    <t>Escuela de Pastores de Andalucía</t>
+  </si>
+  <si>
+    <t>https://escueladepastoresdeandalucia.es/</t>
+  </si>
+  <si>
+    <t>aGROSlab</t>
+  </si>
+  <si>
+    <t>https://www.agroslab.com/</t>
+  </si>
+  <si>
+    <t>AGROCABILDO</t>
+  </si>
+  <si>
+    <t>https://formacionagraria.tenerife.es/</t>
+  </si>
+  <si>
+    <t>AGROISLAS</t>
+  </si>
+  <si>
+    <t>https://agroislas.com/cursos/</t>
+  </si>
+  <si>
+    <t>SAMSOLUCIONES</t>
+  </si>
+  <si>
+    <t>http://www.samsoluciones.es/</t>
+  </si>
+  <si>
+    <t>IRTA</t>
+  </si>
+  <si>
+    <t>https://transferencia.irta.cat/es/</t>
+  </si>
+  <si>
+    <t>Escola de Pastors i Pastores de Catalunya</t>
+  </si>
+  <si>
+    <t>https://escoladepastorsdecatalunya.cat/</t>
+  </si>
+  <si>
+    <t>Cooperatives agro-alimentàries CV</t>
+  </si>
+  <si>
+    <t>http://www.cooperativesagroalimentariescv.com/formacion/</t>
+  </si>
+  <si>
+    <t>Instituto Valenciano de Investigaciones Agrarias (IVIA)</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/</t>
+  </si>
+  <si>
+    <t>LA UNIÓ</t>
+  </si>
+  <si>
+    <t>https://launio.org/cursos2?l=ES</t>
+  </si>
+  <si>
+    <t>UPA</t>
+  </si>
+  <si>
+    <t>https://www.upa.es/upa/inicio/</t>
+  </si>
+  <si>
+    <t>ASAJA</t>
+  </si>
+  <si>
+    <t>https://asajaservicios.com/formacion/</t>
+  </si>
+  <si>
+    <t>COAG</t>
+  </si>
+  <si>
+    <t>http://www.coag.org/agenda</t>
+  </si>
+  <si>
+    <t>CIHEAM ZARAGOZA</t>
+  </si>
+  <si>
+    <t>Máster Universitario en Genética, genómica y mejora vegetal, Máster Universitario en Nutrición animal, Máster Universitario en Olivicultura y elaiotecnia, Máster Universitario en Gestión pesquera sostenible, Máster Universitario en Gestión sostenible y gobernanza del agua en el medio natural y agrario, Máster Universitario en Cultivos marinos, Máster Universitario en Mejora genética animal y biotecnología de la reproducción</t>
+  </si>
+  <si>
+    <t>https://www.iamz.ciheam.org/es/</t>
+  </si>
+  <si>
+    <t>Escuela de Pastores - Fundación Cooprado</t>
+  </si>
+  <si>
+    <t>https://fundacion.cooprado.es/proyectos/escuela_pastores/</t>
+  </si>
+  <si>
+    <t>Escuela de Pastores de Extremadura - CASTUERA</t>
+  </si>
+  <si>
+    <t>http://escuelapastores.com/</t>
+  </si>
+  <si>
+    <t>SANEA</t>
+  </si>
+  <si>
+    <t>https://www.sanea.org/</t>
+  </si>
+  <si>
+    <t>INALOCAL</t>
+  </si>
+  <si>
+    <t>https://inalocal.com/</t>
+  </si>
+  <si>
+    <t>HAZI</t>
+  </si>
+  <si>
+    <t>https://hazi.eus/es/servicios/cadena-de-valor-de-la-alimentacion-y-de-la-madera…</t>
+  </si>
+  <si>
+    <t>Escuela de Pastores del País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.gomiztegi.eus/?lang=es</t>
+  </si>
+  <si>
+    <t>FECOAM</t>
+  </si>
+  <si>
+    <t>https://fecoam.es/formacion-cursos/</t>
+  </si>
+  <si>
+    <t>Escuela de Pastoreo Sierra de Guadarrama/Picos de Europa</t>
+  </si>
+  <si>
+    <t>https://escueladepastores.es/</t>
+  </si>
+  <si>
+    <t>Grupo ATU</t>
+  </si>
+  <si>
+    <t>https://cursosatu.grupoatu.com/cursos/</t>
+  </si>
+  <si>
+    <t>Espacio Inquietudes</t>
+  </si>
+  <si>
+    <t>https://espacioinquietudes.com/</t>
+  </si>
+  <si>
+    <t>Formaelx</t>
+  </si>
+  <si>
+    <t>https://formaelx.com/</t>
+  </si>
+  <si>
+    <t>INEA</t>
+  </si>
+  <si>
+    <t>https://inea.org/formacion-online/#cursos</t>
+  </si>
+  <si>
+    <t>Acredita Formación</t>
+  </si>
+  <si>
+    <t>https://www.acreditaformacion.com/</t>
+  </si>
+  <si>
+    <t>AENOR (Asociación Española de Normalización y Certificación)</t>
+  </si>
+  <si>
+    <t>https://www.aenor.com/formacion/encuentre-su-curso</t>
+  </si>
+  <si>
+    <t>MasterD Escuela de Agricultura, Ganadería y Medio Ambiente</t>
+  </si>
+  <si>
+    <t>https://www.agriculturayganaderiamasterd.es/</t>
+  </si>
+  <si>
+    <t>MasterD Davante</t>
+  </si>
+  <si>
+    <t>https://www.davante.es/</t>
+  </si>
+  <si>
+    <t>Estudios Superiores Abiertos de Hosteleria (ESAH)</t>
+  </si>
+  <si>
+    <t>https://www.estudiahosteleria.com/enologia</t>
+  </si>
+  <si>
+    <t>Innova XXI Agro</t>
+  </si>
+  <si>
+    <t>https://www.innovaxxiagro.es/categoria-producto/cursos-agrarios/</t>
+  </si>
+  <si>
+    <t>EFA Cibeles</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Media Producción Agroecológica, FP Superior Ganadería y Asistencia en Sanidad Animal, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://efa-centro.org/efa-cibeles/</t>
+  </si>
+  <si>
+    <t>ZERYA</t>
+  </si>
+  <si>
+    <t>ZERYA sin resíduos</t>
+  </si>
+  <si>
+    <t>INCEDECA</t>
+  </si>
+  <si>
+    <t>Incedeca, S.L. está acreditada por la Entidad Nacional de Acreditación (ENAC) c…</t>
+  </si>
+  <si>
+    <t>Escuela de Organización Industrial (EOI)</t>
+  </si>
+  <si>
+    <t>Master en Gestión del Agua, Master en Economía Circular, Master en Gestión Medioambiental y Sostenibilidad, Master en Gestión de Empresas Agroalimentarias</t>
+  </si>
+  <si>
+    <t>Escuela de Organización Industrial</t>
+  </si>
+  <si>
+    <t>CDP Ergos Anidi</t>
+  </si>
+  <si>
+    <t>https://proyectoergos.com/</t>
+  </si>
+  <si>
+    <t>CPES La Inmaculada</t>
+  </si>
+  <si>
+    <t>https://directorio.educa.jcyl.es/es/centros/2025/1-24017965-la-inmaculada</t>
+  </si>
+  <si>
+    <t>ECA Centro de Formación del Medio Rural de Navalmoral</t>
+  </si>
+  <si>
+    <t>FP Media en Actividades Ecuestres, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>http://rurex-formacion.gobex.es/centros_detalle.php?centro_id=4</t>
+  </si>
+  <si>
+    <t>Centro Docente Privado Sagrado Corazón De Jesús</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias</t>
+  </si>
+  <si>
+    <t>https://fpinnova.grupo-ae.com/titulacion/titulo-profesional-basico-en-actividad…</t>
+  </si>
+  <si>
+    <t>IES Río Arba</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/iesrioarba.es/iesrioarba/inicio</t>
+  </si>
+  <si>
+    <t>IES San Juan Del Castillo</t>
+  </si>
+  <si>
+    <t>http://ies-sanjuandelcastillo.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>CPPSO Cala Sanz</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/cc-calasanz-villacarriedo</t>
+  </si>
+  <si>
+    <t>IES Jaume II El Just</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesjaumeeljust/es/centro/</t>
+  </si>
+  <si>
+    <t>IES Lacimurga Constantia Iulia</t>
+  </si>
+  <si>
+    <t>https://ieslacimurgaci.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Puerta Del Andévalo</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iespuertadelandevalo/</t>
+  </si>
+  <si>
+    <t>CPES La Salle-La Estrella</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://centros.lasallefp.com/centros/la-salle-la-estrella-san-asensio-la-rioja…</t>
+  </si>
+  <si>
+    <t>IES Los Pedroches</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://ieslospedroches.com/</t>
+  </si>
+  <si>
+    <t>EFA El Salto</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>http://efasdearagon.org/?page_id=3310</t>
+  </si>
+  <si>
+    <t>IES Alcalans</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesalcalans/es/</t>
+  </si>
+  <si>
+    <t>IES La Contraviesa</t>
+  </si>
+  <si>
+    <t>http://ieslacontraviesa.es/</t>
+  </si>
+  <si>
+    <t>IES La Hoya de Buñol</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslahoyadebunyol/</t>
+  </si>
+  <si>
+    <t>IES Nit De L'albà</t>
+  </si>
+  <si>
+    <t>https://mestreacasa.gva.es/web/iesnitdelalba</t>
+  </si>
+  <si>
+    <t>IES Padre José Miravent</t>
+  </si>
+  <si>
+    <t>https://www.iesmiravent.es/</t>
+  </si>
+  <si>
+    <t>IES Pare Arques</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesparearques/es/</t>
+  </si>
+  <si>
+    <t>IES Rodanas</t>
+  </si>
+  <si>
+    <t>http://iesrodanas.catedu.es/</t>
+  </si>
+  <si>
+    <t>IES Tomás De La Fuente Jurado</t>
+  </si>
+  <si>
+    <t>http://ies-tomasdelafuentejurado.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Benejúzar</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesbenejuzar/</t>
+  </si>
+  <si>
+    <t>IES Valle Del Jiloca</t>
+  </si>
+  <si>
+    <t>Teruel</t>
+  </si>
+  <si>
+    <t>http://iescalamocha.es/</t>
+  </si>
+  <si>
+    <t>IES O Ribeiro</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/centros/iesoribeiro/</t>
+  </si>
+  <si>
+    <t>IES Lope De Vega</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/ies-lope-de-vega</t>
+  </si>
+  <si>
+    <t>IES Asta Regia</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Elaboración de Productos Alimenticios, FP Básica en Actividades de Panadería y Pastelería</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesastaregia/</t>
+  </si>
+  <si>
+    <t>IES Peñascal</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Básica en Industrias Alimentarias</t>
+  </si>
+  <si>
+    <t>https://www.grupopenascal.com/</t>
+  </si>
+  <si>
+    <t>IES Torre Olvidada</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iestorreolvidada/</t>
+  </si>
+  <si>
+    <t>IES Fuentesnuevas</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Básica en Industrias Alimentarias, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>http://iesfuentesnuevas.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES Pérez De Guzmán</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://iesperezdeguzman.com/centro/</t>
+  </si>
+  <si>
+    <t>EA Manresa</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ecamanresa/</t>
+  </si>
+  <si>
+    <t>CFEA Pedro Murias</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/fp/centro/27010921</t>
+  </si>
+  <si>
+    <t>IES Ademuz</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesademuz/</t>
+  </si>
+  <si>
+    <t>IES Andrés Pérez Serrano</t>
+  </si>
+  <si>
+    <t>http://www.iesandresperezserrano.org/</t>
+  </si>
+  <si>
+    <t>IES Arcelais</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesarcelacis/curso-escolar/</t>
+  </si>
+  <si>
+    <t>IES Bellaguarda</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesbellaguarda/</t>
+  </si>
+  <si>
+    <t>IES Castillo De Luna</t>
+  </si>
+  <si>
+    <t>https://iescastillodeluna.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Delgado Brackembury</t>
+  </si>
+  <si>
+    <t>https://iesbrackenbury.wordpress.com/inicio-p/</t>
+  </si>
+  <si>
+    <t>IES El Quint</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieselquint/</t>
+  </si>
+  <si>
+    <t>IES Extremadura</t>
+  </si>
+  <si>
+    <t>https://iesextremadurame.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Felipe Solís Villechenous</t>
+  </si>
+  <si>
+    <t>https://iesfelipesolis.es/</t>
+  </si>
+  <si>
+    <t>IES Josep Segrelles</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesjsegrelles/</t>
+  </si>
+  <si>
+    <t>IES La Garrigosa</t>
+  </si>
+  <si>
+    <t>https://mestreacasa.gva.es/web/4601898900</t>
+  </si>
+  <si>
+    <t>https://www.iespicasso.com/home</t>
+  </si>
+  <si>
+    <t>IES Ramon Turró I Darder</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iesmalgrat/</t>
+  </si>
+  <si>
+    <t>IES Ribera Del Arga</t>
+  </si>
+  <si>
+    <t>https://iesriberadelarga.educacion.navarra.es/web1/</t>
+  </si>
+  <si>
+    <t>IES Gilabert De Centelles</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesnules/</t>
+  </si>
+  <si>
+    <t>IES Rafael Reyes</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/iesrreyes.com/rafaelreyes/inicio</t>
+  </si>
+  <si>
+    <t>IES Gonzalo De Berceo</t>
+  </si>
+  <si>
+    <t>https://iesgonzaloberceo.larioja.edu.es/</t>
+  </si>
+  <si>
+    <t>IES "Luces"</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agroecológica, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://alojaweb.educastur.es/web/iesluces</t>
+  </si>
+  <si>
+    <t>EA Alfarràs</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agroecológica, FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://www.Escolaagrariaalfarras.com/</t>
+  </si>
+  <si>
+    <t>IES Giola</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/institutgiola/</t>
+  </si>
+  <si>
+    <t>IES La Serranía</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslaserrania/es/inicio/</t>
+  </si>
+  <si>
+    <t>IES Ostippo</t>
+  </si>
+  <si>
+    <t>https://iesostippo.es/</t>
+  </si>
+  <si>
+    <t>IES Pasqual Calbó I Caldés</t>
+  </si>
+  <si>
+    <t>https://www.iespasqualcalbo.cat/blocs/inici/</t>
+  </si>
+  <si>
+    <t>IES Reyes Católicos</t>
+  </si>
+  <si>
+    <t>http://iesreyescatolicos.com/</t>
+  </si>
+  <si>
+    <t>CIFP Avila</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Media en Comercialización de Productos Alimentarios, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Básica en Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>http://cifpavila.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CIPFP Can Marines</t>
+  </si>
+  <si>
+    <t>https://cifpcanmarines.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Príncipe Felipe</t>
+  </si>
+  <si>
+    <t>http://cifpprincipefelipe.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>EFA Moratalaz</t>
+  </si>
+  <si>
+    <t>https://efa-centro.org/efa-moratalaz/</t>
+  </si>
+  <si>
+    <t>ECA Salamanca</t>
+  </si>
+  <si>
+    <t>https://directorio.educa.jcyl.es/es/centros/2023/1-37004704-salamanca</t>
+  </si>
+  <si>
+    <t>IES Alquivira</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesalquivira/</t>
+  </si>
+  <si>
+    <t>IES Francisco De Quevedo</t>
+  </si>
+  <si>
+    <t>http://ies-franciscodequevedo.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Viñalta</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Media en Elaboración de Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>Palencia</t>
+  </si>
+  <si>
+    <t>http://cifpvinalta.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CIPFP Benicarló</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Básica en Actividades de Panadería y Pastelería, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica</t>
+  </si>
+  <si>
+    <t>https://labora.gva.es/va/web/cip-fp-benicarlo</t>
+  </si>
+  <si>
+    <t>EA Vallfogona de Balaguer</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eca-noguera/Escola/</t>
+  </si>
+  <si>
+    <t>IES Galileo Galilei</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://www.cefpgalileogalilei.com/</t>
+  </si>
+  <si>
+    <t>IES José Marín</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://www.iesjosemarin.es/</t>
+  </si>
+  <si>
+    <t>CIPFP De San Blas</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://cpifpsanblas.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Fraisoro Eskola</t>
+  </si>
+  <si>
+    <t>https://fraisoroeskola.eus/</t>
+  </si>
+  <si>
+    <t>EFA El Campico</t>
+  </si>
+  <si>
+    <t>https://www.elcampico.org/</t>
+  </si>
+  <si>
+    <t>CIPFP Montearagón</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>http://www.cpifpmontearagon.es/</t>
+  </si>
+  <si>
+    <t>EFA Boalares</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://efasdearagon.org/efa-boalares/</t>
+  </si>
+  <si>
+    <t>IES D'horticultura I Jardineria</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agroecológica, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://www.hortojardi.com/</t>
+  </si>
+  <si>
+    <t>EFA Torrealba</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://torrealba.es/</t>
+  </si>
+  <si>
+    <t>CIFEA Torre Pacheco</t>
+  </si>
+  <si>
+    <t>https://www.murciaeduca.es/cifeatorrepacheco/sitio/</t>
+  </si>
+  <si>
+    <t>Escuela De Viticultura Y Enología Félix Jiménez</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Viticultura, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://www.escuelaViticulturarequena.es/</t>
+  </si>
+  <si>
+    <t>EA Mas Bové</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eca-masbove/</t>
+  </si>
+  <si>
+    <t>EA Gandesa</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eca-gandesa/</t>
+  </si>
+  <si>
+    <t>IES Montes Orientales</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesmontesorientales/</t>
+  </si>
+  <si>
+    <t>IES Américo Castro</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.iesamericocastro.com/</t>
+  </si>
+  <si>
+    <t>IES Emilio Canalejo Olmeda</t>
+  </si>
+  <si>
+    <t>FP Superior en Viticultura, FP Media en Técnico en Aceites de Oliva y Vinos, FP Básica en Industrias Alimentarias</t>
+  </si>
+  <si>
+    <t>https://ieseco.es/</t>
+  </si>
+  <si>
+    <t>CIFEA Molina de Segura</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.murciaeduca.es/ccamolinadesegura/sitio/index.cgi?wid_seccion=1&amp;wid_…</t>
+  </si>
+  <si>
+    <t>IES de Guissona</t>
+  </si>
+  <si>
+    <t>https://iesguissona.cat/</t>
+  </si>
+  <si>
+    <t>CPIFP A Granxa</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://cifpagranxa.gal/</t>
+  </si>
+  <si>
+    <t>ECA Les Borges Blanques</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eca-borges/categoria/portada/</t>
+  </si>
+  <si>
+    <t>IES Josep Vallverdú</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>EA de Tàrrega</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eatarrega/</t>
+  </si>
+  <si>
+    <t>IES Joaquín Costa</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>http://iescarinena.es/category/nuestro-centro/</t>
+  </si>
+  <si>
+    <t>Esc. Viticultura i Enologia Mercè Rossell I Domènech</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/esc-mrossell/</t>
+  </si>
+  <si>
+    <t>IES Andrés de Vandelvira</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>http://vandelvira.net/</t>
+  </si>
+  <si>
+    <t>IES Arico</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesarico/</t>
+  </si>
+  <si>
+    <t>Institut Dels Aliments de Barcelona</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Media en Elaboración de Productos Alimenticios, FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iabarcelona/</t>
+  </si>
+  <si>
+    <t>IES Binissalem</t>
+  </si>
+  <si>
+    <t>https://redols.caib.es/c07013140/</t>
+  </si>
+  <si>
+    <t>IES Julián Zarco</t>
+  </si>
+  <si>
+    <t>https://iesjulianzarco.es/</t>
+  </si>
+  <si>
+    <t>CEPA Luis Vives</t>
+  </si>
+  <si>
+    <t>http://cepa-luisvives.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>EFA Molino de Viento</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Producción Agropecuaria, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://efa-centro.org/efa-molino-de-viento/</t>
+  </si>
+  <si>
+    <t>IES de Llançà</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insllanca/</t>
+  </si>
+  <si>
+    <t>IES de Castuera</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>https://iescastuera.educarex.es/index.php</t>
+  </si>
+  <si>
+    <t>IES Francisco Salinas</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>http://iesfranciscosalinas.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES Alfonso IX</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica, FP Media en Elaboración de Productos Alimenticios, FP Superior en Paisajismo y Medio Rural, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Básica en Aprovechamientos Forestales</t>
+  </si>
+  <si>
+    <t>Zamora</t>
+  </si>
+  <si>
+    <t>http://iesalfonsoix.centros.educa.jcyl.es/</t>
+  </si>
+  <si>
+    <t>IES Santo Domingo</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.iessantodomingo.com/</t>
+  </si>
+  <si>
+    <t>IES Francisco Pacheco</t>
+  </si>
+  <si>
+    <t>https://iesfranciscopacheco.es/</t>
+  </si>
+  <si>
+    <t>https://iessanjosebadajoz.blogspot.com/</t>
+  </si>
+  <si>
+    <t>CIFP Politécnico de Lugo</t>
+  </si>
+  <si>
+    <t>http://www.politecnicolugo.org/</t>
+  </si>
+  <si>
+    <t>CIFP Paseo das Pontes</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/centros/cifppaseodaspontes/</t>
+  </si>
+  <si>
+    <t>CIFP Coroso</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/cifpcoroso/</t>
+  </si>
+  <si>
+    <t>Virgen al pie de la cruz</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>http://www.cvpcruz.com/</t>
+  </si>
+  <si>
+    <t>CPFPE Altaviana</t>
+  </si>
+  <si>
+    <t>https://altaviana.com/</t>
+  </si>
+  <si>
+    <t>CPFPE de la profesión de la panadería y pastelería</t>
+  </si>
+  <si>
+    <t>https://www.fegreppa.es/</t>
+  </si>
+  <si>
+    <t>IES Joan Coromines</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesjoancoromines/</t>
+  </si>
+  <si>
+    <t>IES Mare Nostrum</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesmarenostrum/</t>
+  </si>
+  <si>
+    <t>Via Magna</t>
+  </si>
+  <si>
+    <t>Instituto Escuela d'Hoteleria i Turisme de Lleida</t>
+  </si>
+  <si>
+    <t>http://www.ehtlleida.cat/</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>d'Ostalaria de Les-Val d'Aran</t>
+  </si>
+  <si>
+    <t>https://www.iesostalaria.com/</t>
+  </si>
+  <si>
+    <t>CPIFP de Hostelería y Turismo de Cartagena</t>
+  </si>
+  <si>
+    <t>http://hosteleriayturismocartagena.es/</t>
+  </si>
+  <si>
+    <t>Instituto Ribera del Sió</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ies-ribera-del-sio/</t>
+  </si>
+  <si>
+    <t>IES La Flota</t>
+  </si>
+  <si>
+    <t>https://ieslaflota.murciaeduca.es/</t>
+  </si>
+  <si>
+    <t>IES Sa Serra</t>
+  </si>
+  <si>
+    <t>http://www.iessaserra.cat/</t>
+  </si>
+  <si>
+    <t>Burlada FP</t>
+  </si>
+  <si>
+    <t>http://ciburlada.educacion.navarra.es/</t>
+  </si>
+  <si>
+    <t>FP Media en Actividades Ecuestres, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>CIPFP a Distancia de La Rioja</t>
+  </si>
+  <si>
+    <t>https://fpdrioja.es/</t>
+  </si>
+  <si>
+    <t>IES La Garrotxa</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Media en Elaboración de Productos Alimenticios, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://inslagarrotxa.cat/</t>
+  </si>
+  <si>
+    <t>Kreas</t>
+  </si>
+  <si>
+    <t>https://kreas.cat/</t>
+  </si>
+  <si>
+    <t>CPIFP Ikastetxea Lea-Artibai</t>
+  </si>
+  <si>
+    <t>https://www.leartik.eus/</t>
+  </si>
+  <si>
+    <t>IES Cencibel</t>
+  </si>
+  <si>
+    <t>https://www.iescencibel.es/</t>
+  </si>
+  <si>
+    <t>IES Vescomtat de Cabrera</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insvescomtatdecabrera/categoria/portada/</t>
+  </si>
+  <si>
+    <t>IES Josep Sureda I Blanes</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://www.iesjosepsuredaiblanes.com/</t>
+  </si>
+  <si>
+    <t>Escuela Agraria y Alimentaria del Empordà</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/eaemporda/</t>
+  </si>
+  <si>
+    <t>IES Felanitx</t>
+  </si>
+  <si>
+    <t>https://www.iesfelanitx.cat/</t>
+  </si>
+  <si>
+    <t>IES La Rambla</t>
+  </si>
+  <si>
+    <t>http://ieslarambla.centros.educa.jcyl.es/</t>
+  </si>
+  <si>
+    <t>IES Abula</t>
+  </si>
+  <si>
+    <t>http://www.iesabula.es/p-1/1/conocer-centro.html</t>
+  </si>
+  <si>
+    <t>IES Enrique Flórez</t>
+  </si>
+  <si>
+    <t>http://iesenriqueflorez.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPIFP Centro Tecnológico de Cereales de Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.cetece.net/joomla/</t>
+  </si>
+  <si>
+    <t>IES Condes de Saldaña</t>
+  </si>
+  <si>
+    <t>http://iescondesdesaldana.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES San Isidro</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Paisajismo y Medio Rural, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://www.iessanisidrovirtual.com/joomla/</t>
+  </si>
+  <si>
+    <t>IES Joan Ramon Benaprès</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iessitges/</t>
+  </si>
+  <si>
+    <t>IES de Puig-Reig</t>
+  </si>
+  <si>
+    <t>https://inspuig-reig.cat/</t>
+  </si>
+  <si>
+    <t>CIPFP Don Bosco</t>
+  </si>
+  <si>
+    <t>https://www.donbosco.eus/es/</t>
+  </si>
+  <si>
+    <t>IES EGA</t>
+  </si>
+  <si>
+    <t>http://iesega.com/</t>
+  </si>
+  <si>
+    <t>CIPFP Zonzamas</t>
+  </si>
+  <si>
+    <t>FP Superior en Viticultura, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>http://cifpzonzamas.org/web3/index.php</t>
+  </si>
+  <si>
+    <t>IES Vega de San Mateo</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesvegadesanmateo/</t>
+  </si>
+  <si>
     <t>IFPA Tacoronte</t>
   </si>
   <si>
-    <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agropecuaria, FP Superior en Viticultura, FP Superior en Gestión Forestal y del Medio Natural</t>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agropecuaria, FP Superior en Viticultura, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Producción Agroecológica</t>
   </si>
   <si>
     <t>https://www3.gobiernodecanarias.org/medusa/edublogs/ifpatacoronte/</t>
   </si>
   <si>
-    <t>EA Amposta</t>
-[...74 lines deleted...]
-    <t>CIPFP Complejo Educativo De Cheste</t>
+    <t>IES Cavall Bernat</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/inscavallbernat/</t>
+  </si>
+  <si>
+    <t>IES Martí Dot</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insmartidot/</t>
+  </si>
+  <si>
+    <t>IES Castellarnau</t>
+  </si>
+  <si>
+    <t>https://institutcastellarnau.cat/</t>
+  </si>
+  <si>
+    <t>IES Illa dels Banyols</t>
+  </si>
+  <si>
+    <t>http://insilla.net/</t>
+  </si>
+  <si>
+    <t>Escola Vedruna Gràcia Barcelona</t>
+  </si>
+  <si>
+    <t>https://eshvedrunagracia.cat/</t>
+  </si>
+  <si>
+    <t>IES de Vic</t>
+  </si>
+  <si>
+    <t>https://ivic.cat/portal/index.php</t>
+  </si>
+  <si>
+    <t>CIPFP Kardala</t>
+  </si>
+  <si>
+    <t>https://kardala.eus/es/escuela/</t>
+  </si>
+  <si>
+    <t>CPIFP Nº 1 Cuenca</t>
+  </si>
+  <si>
+    <t>https://cifpcuenca.es/</t>
+  </si>
+  <si>
+    <t>Centre de Pastisseria del Gremi de Barcelona</t>
+  </si>
+  <si>
+    <t>http://www.escoladepastisseria.cat/</t>
+  </si>
+  <si>
+    <t>Instituto Abat Oliba</t>
+  </si>
+  <si>
+    <t>https://www.insabatoliba.cat/</t>
+  </si>
+  <si>
+    <t>Fundació de Restauració i Hostalatge</t>
+  </si>
+  <si>
+    <t>Institut de Gastronomia i Restauració de Barcelona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insgastronomia/</t>
+  </si>
+  <si>
+    <t>IES de Tona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iestona/</t>
+  </si>
+  <si>
+    <t>IES Bisbe Sivilla</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/institutbisbesivilla/</t>
+  </si>
+  <si>
+    <t>CPIFP Escuela de Hostelería de Gamarra</t>
+  </si>
+  <si>
+    <t>https://gamarra.eus/</t>
+  </si>
+  <si>
+    <t>IES Universidad Laboral</t>
+  </si>
+  <si>
+    <t>https://www.ulaboral.org/</t>
+  </si>
+  <si>
+    <t>IES Diego de Praves</t>
+  </si>
+  <si>
+    <t>http://iesdiegodepraves.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>IES Mollerussa</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Elaboración de Productos Alimenticios, FP Media en Actividades Ecuestres, FP Media en Producción Agroecológica, FP Media en Producción Agropecuaria, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio rural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ies-mollerussa/</t>
+  </si>
+  <si>
+    <t>CPIFP Felo Monzón Grau Bassas</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Producción Agroecológica, FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>http://www.elfelo.es/</t>
+  </si>
+  <si>
+    <t>CPIFP Escuela de Hostelería de Leoia</t>
+  </si>
+  <si>
+    <t>https://www.ostelerialeioa.net</t>
+  </si>
+  <si>
+    <t>Instituto Dertosa</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insdertosa/</t>
+  </si>
+  <si>
+    <t>Instituto Escola de Capacitació Nauticopesquera de Catalunya</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/iesnautica/</t>
+  </si>
+  <si>
+    <t>CPIFP Virgen de Candelaria</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/cifpvirgendecandelaria/</t>
+  </si>
+  <si>
+    <t>IES San Marcos</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iessanmarcos/</t>
+  </si>
+  <si>
+    <t>CPIFP en Santa María de Guía</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesnoroeste/</t>
+  </si>
+  <si>
+    <t>CPIFP Compostela</t>
+  </si>
+  <si>
+    <t>https://cifpcompostela.gal/</t>
+  </si>
+  <si>
+    <t>IES Peñacastillo</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/ies-penacastillo</t>
+  </si>
+  <si>
+    <t>CPIFP La Flora</t>
+  </si>
+  <si>
+    <t>http://cifplaflora.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPIFP Carlos Oroza</t>
+  </si>
+  <si>
+    <t>https://cifpcarlosoroza.gal/</t>
+  </si>
+  <si>
+    <t>CPIFP Fraga do Eume</t>
+  </si>
+  <si>
+    <t>https://www.cifpfragadoeume.gal/</t>
+  </si>
+  <si>
+    <t>IES Sanxillao</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iessanxillao/</t>
+  </si>
+  <si>
+    <t>IES Vegas Bajas</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>https://iesvegasbajas.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Asturica Augusta</t>
+  </si>
+  <si>
+    <t>http://iesastorga.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CFPE "Gremio de Artesanos Confiteros del Principado de Asturias"</t>
+  </si>
+  <si>
+    <t>http://www.confiterosasturias.com/</t>
+  </si>
+  <si>
+    <t>Centro Docente Privado Campus de Formación Profesional y Empleo de Córdoba</t>
+  </si>
+  <si>
+    <t>https://campuscordoba.com/</t>
+  </si>
+  <si>
+    <t>IES Gregorio Prieto</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://somosdelprieto.com/</t>
+  </si>
+  <si>
+    <t>IES Guadiana</t>
+  </si>
+  <si>
+    <t>https://ies-guadiana.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>CPIFP San Gabriel</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://colegiosangabriel.es/</t>
+  </si>
+  <si>
+    <t>CIFP San Rafael de la Santa Espina</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Producción Agropecuaria, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>http://cifpsantaespina.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>Esc.Fam.Agr.Campjoliu</t>
+  </si>
+  <si>
+    <t>https://www.campjoliu.org/</t>
+  </si>
+  <si>
+    <t>IES La Laboral</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://ieslalaboral.larioja.edu.es/</t>
+  </si>
+  <si>
+    <t>IES Pedro Jiménez Montoya</t>
+  </si>
+  <si>
+    <t>https://www.iespedrojimenezmontoya.es/</t>
+  </si>
+  <si>
+    <t>IES Virgen de la Esperanza</t>
+  </si>
+  <si>
+    <t>FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Media en Elaboración de Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>https://www.iesvirgendelaesperanza.com/</t>
+  </si>
+  <si>
+    <t>CIPFP Profesor José Luis Graíño</t>
+  </si>
+  <si>
+    <t>https://www.xn--profesorjoseluisgraio-vbc.es/</t>
+  </si>
+  <si>
+    <t>IES Els Ports</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Media en Técnico en Aceites de Oliva y Vinos</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieselsports/</t>
+  </si>
+  <si>
+    <t>IES Gregori Maians</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesgregorimaians/</t>
+  </si>
+  <si>
+    <t>IES Martínez Vargas</t>
+  </si>
+  <si>
+    <t>https://iesmv.com/</t>
+  </si>
+  <si>
+    <t>IES La Creueta</t>
+  </si>
+  <si>
+    <t>FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Gestión Forestal y del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslacreueta/es/centro/</t>
+  </si>
+  <si>
+    <t>CPFP Centro Internacional Politécnico</t>
+  </si>
+  <si>
+    <t>https://formacioncip.com/</t>
+  </si>
+  <si>
+    <t>Instituto de Formación Agroambiental de Jaca</t>
+  </si>
+  <si>
+    <t>https://www.ifajaca.es/</t>
+  </si>
+  <si>
+    <t>IES Mar De Aragón</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Básica en Actividades Agropecuarias</t>
+  </si>
+  <si>
+    <t>https://www.iesmardearagon.es/</t>
+  </si>
+  <si>
+    <t>CEPA Concepción Arenal</t>
+  </si>
+  <si>
+    <t>https://epaarenal.catedu.es/</t>
+  </si>
+  <si>
+    <t>IES Guillem Collom Casesnoves</t>
+  </si>
+  <si>
+    <t>http://iessoller.com/</t>
+  </si>
+  <si>
+    <t>IES Sierra de la Virgen</t>
+  </si>
+  <si>
+    <t>https://iessierradelavirgen.catedu.es/</t>
+  </si>
+  <si>
+    <t>IES Jijona</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesxixona/</t>
+  </si>
+  <si>
+    <t>CEPA Cervantes</t>
+  </si>
+  <si>
+    <t>https://cepa-cervantes.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IES Fray Luis de León</t>
+  </si>
+  <si>
+    <t>http://iesfrayluis.com/</t>
+  </si>
+  <si>
+    <t>CPIFP Ciutat de L'Aprenent</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Técnico en Aceites de Oliva y Vinoss, FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Procesos y Calidad de la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/46023419/</t>
+  </si>
+  <si>
+    <t>IES Valle Del Jerte</t>
+  </si>
+  <si>
+    <t>https://iesvallejertepla.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES María de Zayas y Sotomayor</t>
+  </si>
+  <si>
+    <t>https://site.educa.madrid.org/ies.mariadezayas.majadahonda/</t>
+  </si>
+  <si>
+    <t>Centro Aranda ALCORCON</t>
+  </si>
+  <si>
+    <t>https://arandaformacion.com/</t>
+  </si>
+  <si>
+    <t>Santa María la Blanca</t>
+  </si>
+  <si>
+    <t>https://colegiosantamarialablanca.es/</t>
+  </si>
+  <si>
+    <t>Centro Docente Privado 080 Formación Profesional</t>
+  </si>
+  <si>
+    <t>https://080formacion.es/</t>
+  </si>
+  <si>
+    <t>CEPA Berria</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/cepa-de-berria</t>
+  </si>
+  <si>
+    <t>IES Escuela de Hostelería y Turismo de Alcalá de Henares</t>
+  </si>
+  <si>
+    <t>https://www.ehtalcala.com/</t>
+  </si>
+  <si>
+    <t>CPIFP Nº 1 Guadalajara</t>
+  </si>
+  <si>
+    <t>Instituto Baix Empordà</t>
+  </si>
+  <si>
+    <t>http://insbaixemporda.cat/</t>
+  </si>
+  <si>
+    <t>Instituto Olivar Gran</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ies-olivar-gran/</t>
+  </si>
+  <si>
+    <t>CPIFP Camino de Santiago</t>
+  </si>
+  <si>
+    <t>https://www.escuelahostelerialarioja.com/</t>
+  </si>
+  <si>
+    <t>CPIFP Reina Victoria Eugenia</t>
+  </si>
+  <si>
+    <t>https://cifpreinavictoriaeugenia.es/</t>
+  </si>
+  <si>
+    <t>Centro Superior de Hostelería del Mediterráneo</t>
+  </si>
+  <si>
+    <t>http://www.cshm.es</t>
+  </si>
+  <si>
+    <t>Centro Docente Privado Virgen de Belén</t>
+  </si>
+  <si>
+    <t>CPIFP Escuale de Hostelería/Ostalaritza de Galdakao</t>
+  </si>
+  <si>
+    <t>https://www.hosteleriagaldakao.com/index.php</t>
+  </si>
+  <si>
+    <t>Instituto Ramon Coll i Rodés</t>
+  </si>
+  <si>
+    <t>http://agora.xtec.cat/iesramoncoll/intranet/</t>
+  </si>
+  <si>
+    <t>Escola d'Hostaleria i Turisme de Girona</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ehtg/</t>
+  </si>
+  <si>
+    <t>CFPE Esment Escola</t>
+  </si>
+  <si>
+    <t>http://www.esmentescola.es/</t>
+  </si>
+  <si>
+    <t>CIPFP Complejo Educativo de Cheste</t>
+  </si>
+  <si>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agroecológica, FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Técnico en Aceites de Oliva y Vinos</t>
   </si>
   <si>
     <t>https://portal.edu.gva.es/fpcheste/</t>
   </si>
   <si>
-    <t>EFA La Malvesia</t>
-[...5 lines deleted...]
-    <t>https://www.malvesia.es/</t>
+    <t>IES El Palmeral</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieselpalmeral/</t>
+  </si>
+  <si>
+    <t>CIPFP de Movera</t>
+  </si>
+  <si>
+    <t>FP Superior en Gestión Forestal y del Medio Natural, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Media en Elaboración de Productos Alimenticios, FP Media en Producción Agropecuaria, FP Superior en Procesos y Calidad en la Industria Alimentaria, FP Superior en Paisajismo y Medio Rural, FP Media en Producción Agroecológica, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>https://www.cpifpmovera.es/</t>
   </si>
   <si>
     <t>Centro Integrado / Ikastetxe Integratua Agroforestal</t>
   </si>
   <si>
-    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos, FP Básica en Actividades Agropecuarias, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
-[...20 lines deleted...]
-    <t>CIPFP Costa De Azahar</t>
+    <t>FP Superior en Paisajismo y Medio Rural, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Superior en Viticultura, FP Media en Producción Agropecuaria, FP Media en Producción Agroecológica, FP Media en Técnico en Aceites de Oliva y Vinos, FP Media en Aprovechamiento y Conservación del Medio Natural, FP Básica en Actividades Agropecuarias</t>
+  </si>
+  <si>
+    <t>https://ciagroforestal.educacion.navarra.es/</t>
+  </si>
+  <si>
+    <t>CIPFP La Granja</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Media en Producción Agropecuaria, FP Media en Actividades Ecuestres, FP Media en Elaboración de Productos Alimenticios, FP Media en Producción Agroecológica, FP Superior en Gestión Forestal y del Medio Natural, FP Superior en Paisajismo y Medio Rural, FP Superior en Ganadería y Asistencia en Sanidad Animal</t>
+  </si>
+  <si>
+    <t>https://cifplagranja.com/</t>
+  </si>
+  <si>
+    <t>CPIFP Escuela Superior de Gastronomía y Hostelería</t>
+  </si>
+  <si>
+    <t>FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Viticultura</t>
+  </si>
+  <si>
+    <t>https://ehtoledo.com/</t>
+  </si>
+  <si>
+    <t>IES Aguilar y Cano</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/g.educaand.es/web-ies-aguilar-y-cano/</t>
+  </si>
+  <si>
+    <t>IES "Escultor Juan De Villanueva"</t>
+  </si>
+  <si>
+    <t>https://alojaweb.educastur.es/en/web/iesescultor/</t>
+  </si>
+  <si>
+    <t>EFA La Serna</t>
+  </si>
+  <si>
+    <t>https://efa-centro.org/efa-la-serna/</t>
+  </si>
+  <si>
+    <t>EFA Valdemilanos</t>
+  </si>
+  <si>
+    <t>https://efa-centro.org/efa-valdemilanos/</t>
+  </si>
+  <si>
+    <t>CIPFP Costa de Azahar</t>
+  </si>
+  <si>
+    <t>FP Media en Comercialización de Productos Alimentarios, FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
     <t>https://cosda.es/</t>
   </si>
   <si>
-    <t>CIPFP Don Bosco</t>
-[...44 lines deleted...]
-    <t>https://agora.xtec.cat/eaemporda/</t>
+    <t>IES Enric Soler i Godes</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesenricsolerigodes/es/</t>
+  </si>
+  <si>
+    <t>IES Montsià</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/insmontsia/</t>
+  </si>
+  <si>
+    <t>IES Vicente Verdú</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/vicenteverdu/</t>
   </si>
   <si>
     <t>EA Pallars</t>
   </si>
   <si>
     <t>https://agora.xtec.cat/ecapallars/</t>
   </si>
   <si>
-    <t>Escola Vedruna Gràcia Barcelona</t>
-[...407 lines deleted...]
-    <t>Cáceres</t>
+    <t>IES Martí L'humà</t>
+  </si>
+  <si>
+    <t>http://iesmartilhuma.org/</t>
+  </si>
+  <si>
+    <t>IES Sierra de Segura</t>
+  </si>
+  <si>
+    <t>FP Básica en Aprovechamientos Forestales, FP Media en Aprovechamiento y Conservación del Medio Natural</t>
+  </si>
+  <si>
+    <t>https://ies-sierradelsegura.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>IESO Cuatro de Abril</t>
+  </si>
+  <si>
+    <t>https://iesocuatroabril.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Marqués de Manzanedo</t>
+  </si>
+  <si>
+    <t>https://www.educantabria.es/web/ies-marques-de-manzanedo</t>
+  </si>
+  <si>
+    <t>CPEE Ciudad de Toledo</t>
+  </si>
+  <si>
+    <t>http://ceeciudaddetoledo.es/</t>
+  </si>
+  <si>
+    <t>ECA Centro de Formación del Medio Rural de Villafranca</t>
+  </si>
+  <si>
+    <t>http://rurex-formacion.gobex.es/centros_detalle.php?centro_id=2</t>
+  </si>
+  <si>
+    <t>ECA Centro de Formación del Medio Rural de Moraleja</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades Agropecuarias, FP Media en Producción Agropecuaria, FP Superior en en Ganadería y Asistencia en Sanidad Animal</t>
   </si>
   <si>
     <t>http://rurex-formacion.gobex.es/centros_detalle.php?centro_id=1</t>
   </si>
   <si>
-    <t>IES Los Pedroches</t>
-[...110 lines deleted...]
-    <t>IES Andrés De Vandelvira</t>
+    <t>ECA Centro De Formación Del Medio Rural De Monforte De Lemos</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/cfea.monfortedelemos/</t>
+  </si>
+  <si>
+    <t>CP Belarmino Fernández Iglesias</t>
+  </si>
+  <si>
+    <t>http://fundacionbelarminofernandez.com/</t>
+  </si>
+  <si>
+    <t>IES de Sabón</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesdesabon/</t>
+  </si>
+  <si>
+    <t>ECA Centro de Formación del Medio Rural de Don Benito</t>
+  </si>
+  <si>
+    <t>http://rurex-formacion.gobex.es/centros_detalle.php?centro_id=3</t>
+  </si>
+  <si>
+    <t>CPIFP de Vilamarín</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería, FP Básica en Aprovechamientos Forestales, FP Media en Técnico en Panadería, Repostería y Confitería</t>
+  </si>
+  <si>
+    <t>https://cifpdevilamarin.gal/</t>
+  </si>
+  <si>
+    <t>CPAFP Escuela de Equitación Añézcar</t>
+  </si>
+  <si>
+    <t>http://www.anezcar.com/</t>
+  </si>
+  <si>
+    <t>CEPA Alfar</t>
+  </si>
+  <si>
+    <t>http://www.educa2.madrid.org/web/cepa-alfar/inicio</t>
+  </si>
+  <si>
+    <t>Centro Educativo López Vicuña</t>
+  </si>
+  <si>
+    <t>http://lopezvicu.org/</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Básica en Actividades de Panadería y Pastelería, FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Elaboración de Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>IES Manuel Bartolomé Cossío</t>
+  </si>
+  <si>
+    <t>https://www.iesharo.es/2022/</t>
+  </si>
+  <si>
+    <t>CPIFP Almeraya</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/cpifpalmeraya/</t>
+  </si>
+  <si>
+    <t>CIFP La Merced</t>
+  </si>
+  <si>
+    <t>http://cifplamerced.centros.educa.jcyl.es/sitio/</t>
+  </si>
+  <si>
+    <t>CPIFP Escuela de Hostelería y Turismo de Teruel</t>
+  </si>
+  <si>
+    <t>http://www.ehteruel.es/</t>
+  </si>
+  <si>
+    <t>CPIFP Leonardo da Vinci</t>
+  </si>
+  <si>
+    <t>FP Básica en Actividades de Panadería y Pastelería, FP Media en Técnico en Panadería, Repostería y Confitería, FP Media en Elaboración de Productos Alimenticios, FP Superior en Paisajismo y Medio Rural, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/cipfpleonardodavinci/novedades/</t>
+  </si>
+  <si>
+    <t>IES Vall de la Safor</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/valldelasafor/</t>
+  </si>
+  <si>
+    <t>Instituto de Formación Profesional y Excelencia (FPEX)</t>
+  </si>
+  <si>
+    <t>https://excelenciaformacion.com/</t>
+  </si>
+  <si>
+    <t>CPIFP Ávila</t>
+  </si>
+  <si>
+    <t>FP Media en Producción Agropecuaria, FP Superior en Ganadería y Asistencia en Sanidad Animal, FP Media en Comercialización de Productos Alimentarios, FP Media Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>IES La Jara</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/educacion/portales/web/educacion-permanente/w/1…</t>
+  </si>
+  <si>
+    <t>IES Trafalgar</t>
+  </si>
+  <si>
+    <t>https://www.iestrafalgar.org/</t>
+  </si>
+  <si>
+    <t>IES Los Alcores</t>
+  </si>
+  <si>
+    <t>http://www.ieslosalcores.org/</t>
+  </si>
+  <si>
+    <t>IES San Miguel</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Elaboración de Productos Alimenticios, FP Media en Técnico en Panadería, Repostería y Confitería, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>IES Ciudad de Coín</t>
+  </si>
+  <si>
+    <t>http://www.iesciudaddecoin.es/</t>
+  </si>
+  <si>
+    <t>IES La Rosaleda</t>
+  </si>
+  <si>
+    <t>https://ieslarosaleda.com/</t>
+  </si>
+  <si>
+    <t>IES Villa de Vícar</t>
+  </si>
+  <si>
+    <t>https://iesvilladevicar.es/</t>
+  </si>
+  <si>
+    <t>EFA Piñeiral</t>
+  </si>
+  <si>
+    <t>https://pineiral.es/</t>
+  </si>
+  <si>
+    <t>EFA A Cancela</t>
+  </si>
+  <si>
+    <t>http://www.acancela.es/</t>
+  </si>
+  <si>
+    <t>IES Monte Neme</t>
+  </si>
+  <si>
+    <t>http://www.edu.xunta.gal/centros/iesmonteneme/</t>
+  </si>
+  <si>
+    <t>CPIFP de Hostelería y Turismo Asturias</t>
+  </si>
+  <si>
+    <t>http://www.cifphosteleriayturismo.es/</t>
+  </si>
+  <si>
+    <t>CIFP Manuel Antonio</t>
+  </si>
+  <si>
+    <t>https://www.edu.xunta.gal/centros/cifpmanuelantonio/</t>
+  </si>
+  <si>
+    <t>IES Pintor Juan Lara</t>
+  </si>
+  <si>
+    <t>http://www.iesjuanlara.es/</t>
+  </si>
+  <si>
+    <t>IES Pérez Comendador</t>
+  </si>
+  <si>
+    <t>https://iespcomendador.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Atenea</t>
+  </si>
+  <si>
+    <t>http://iatenea.es/</t>
+  </si>
+  <si>
+    <t>IES Sidón</t>
+  </si>
+  <si>
+    <t>http://www.iessidon.com/</t>
+  </si>
+  <si>
+    <t>IES Doña Leonor de Guzmán</t>
+  </si>
+  <si>
+    <t>https://donaleonordeguzman.es/</t>
+  </si>
+  <si>
+    <t>IES López de Arenas</t>
+  </si>
+  <si>
+    <t>https://lopezdearenas.org/inicio/blog/</t>
+  </si>
+  <si>
+    <t>IES Escuela de Hostelería San Roque</t>
+  </si>
+  <si>
+    <t>https://iesescueladehosteleriasanroque.es/</t>
+  </si>
+  <si>
+    <t>IES Vicente Núñez</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesvcn/</t>
+  </si>
+  <si>
+    <t>IES Jacaranda</t>
+  </si>
+  <si>
+    <t>http://www.iesjacaranda.com/</t>
+  </si>
+  <si>
+    <t>IES Recesvinto</t>
+  </si>
+  <si>
+    <t>http://iesrecesvinto.centros.educa.jcyl.es/sitio/index.cgi</t>
+  </si>
+  <si>
+    <t>CPIFP Hurtado de Mendoza</t>
+  </si>
+  <si>
+    <t>http://www.hurtadodemendoza.es/</t>
+  </si>
+  <si>
+    <t>Escola d'Hoteleria i Turisme de Barcelona</t>
+  </si>
+  <si>
+    <t>http://www.insehtb.cat/</t>
+  </si>
+  <si>
+    <t>Institut Sabadell</t>
+  </si>
+  <si>
+    <t>https://agora.xtec.cat/ies-sabadell/</t>
+  </si>
+  <si>
+    <t>C.D.E.A.</t>
+  </si>
+  <si>
+    <t>https://www.cebanc.com/</t>
+  </si>
+  <si>
+    <t>CPIFP Virgen de las Nieves</t>
+  </si>
+  <si>
+    <t>https://iesvnieves.es/</t>
+  </si>
+  <si>
+    <t>IES María Pérez Trujillo</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesmariapereztrujillo/</t>
+  </si>
+  <si>
+    <t>Hotel Escuela Santa Cruz</t>
+  </si>
+  <si>
+    <t>http://www.hotelescuelasantacruz.com/</t>
+  </si>
+  <si>
+    <t>Escuela Universitaria de Turismo de Santa Cruz de Tenerife</t>
+  </si>
+  <si>
+    <t>http://www.eutur.es/</t>
+  </si>
+  <si>
+    <t>IES Argueneguín-Lidia Pulido</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iesarguineguin/</t>
+  </si>
+  <si>
+    <t>CPIFP Villa de Agüimes</t>
+  </si>
+  <si>
+    <t>http://cifpvilladeaguimes.es/</t>
+  </si>
+  <si>
+    <t>CPIFP San Cristóbal</t>
+  </si>
+  <si>
+    <t>http://www.cifpsancristobal.org/</t>
+  </si>
+  <si>
+    <t>CPIFP en Morro Jable</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/cifpenmorrojable/</t>
+  </si>
+  <si>
+    <t>IES Puerto del Rosario</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iespuertodelrosario</t>
+  </si>
+  <si>
+    <t>IES Puntagorda</t>
+  </si>
+  <si>
+    <t>https://www3.gobiernodecanarias.org/medusa/edublog/iespuntagorda/</t>
+  </si>
+  <si>
+    <t>FP Básica en Industrias Alimentarias, FP Media en Comercialización de Productos Alimentarios, FP Media en Elaboración de Productos Alimenticios, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>IES Antonio de Mendoza</t>
+  </si>
+  <si>
+    <t>https://iesantoniodemendoza.com/</t>
+  </si>
+  <si>
+    <t>IES La Palma</t>
+  </si>
+  <si>
+    <t>https://www.ieslapalma.edu.es/</t>
+  </si>
+  <si>
+    <t>IES Sierra de Montánchez</t>
+  </si>
+  <si>
+    <t>https://iessdemontanchez.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Gonzalo Torrente Ballester</t>
+  </si>
+  <si>
+    <t>https://iesgtballester.educarex.es/</t>
+  </si>
+  <si>
+    <t>CDP San Juan Bosco</t>
+  </si>
+  <si>
+    <t>https://moron.salesianos.edu/</t>
+  </si>
+  <si>
+    <t>IES Vía de la Plata</t>
+  </si>
+  <si>
+    <t>https://iesoviadelaplata.educarex.es/</t>
+  </si>
+  <si>
+    <t>IES Álvarez Cubero</t>
   </si>
   <si>
     <t>FP Básica en Industrias Alimentarias, FP Media en Técnico en Aceites de Oliva y Vinos, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
   </si>
   <si>
-    <t>http://vandelvira.net/</t>
-[...1895 lines deleted...]
-    <t>Escuela de Organización Industrial</t>
+    <t>https://sites.google.com/g.educaand.es/iesalvarezcubero/</t>
+  </si>
+  <si>
+    <t>CPIFP Nuevo</t>
+  </si>
+  <si>
+    <t>IES Ribera del Fardes</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesriberadelfardes/</t>
+  </si>
+  <si>
+    <t>IES Almicerán</t>
+  </si>
+  <si>
+    <t>https://blogsaverroes.juntadeandalucia.es/iesalmiceran/</t>
+  </si>
+  <si>
+    <t>CEO Villa de Autol</t>
+  </si>
+  <si>
+    <t>http://villadeautol.blogspot.com/</t>
+  </si>
+  <si>
+    <t>IES Macià Abela</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesmaciaabela/</t>
+  </si>
+  <si>
+    <t>IES Montserrat Roig</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesmontserratroig/</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/mnostrum/</t>
+  </si>
+  <si>
+    <t>IES 8 de marzo</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ies8demarzo/</t>
+  </si>
+  <si>
+    <t>IES Haygón</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieshaygon/</t>
+  </si>
+  <si>
+    <t>IES Molí del Sol</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesmolidelsol/</t>
+  </si>
+  <si>
+    <t>IES Districte Marítim</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/districtemaritim/</t>
+  </si>
+  <si>
+    <t>IES Consellería</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/46022257/</t>
+  </si>
+  <si>
+    <t>CPIFP La Laboral</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/cipfplalaboral/</t>
+  </si>
+  <si>
+    <t>IES La Nucia</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieslanucia/es/inici-2/</t>
+  </si>
+  <si>
+    <t>IES Historiador Chabás</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/ieschabas/</t>
+  </si>
+  <si>
+    <t>EFA Campomar</t>
+  </si>
+  <si>
+    <t>FP Media en Elaboración de Productos Alimenticios, FP Básica en Actividades Agropecuarias, FP Media en Producción Agroecológica, FP Superior en Paisajismo y Medio Rural, FP Superior en Procesos y Calidad en la Industria Alimentaria</t>
+  </si>
+  <si>
+    <t>https://www.efacampomar.es/</t>
+  </si>
+  <si>
+    <t>https://ieslorcalapuebla.es/</t>
+  </si>
+  <si>
+    <t>CEPA Cum Laude Margarita Sánchez</t>
+  </si>
+  <si>
+    <t>https://cepa-cumlaude.centros.castillalamancha.es/</t>
+  </si>
+  <si>
+    <t>CEPA Mora</t>
+  </si>
+  <si>
+    <t>IES Ribera de los Molinos</t>
+  </si>
+  <si>
+    <t>https://riberamolinos.es/</t>
+  </si>
+  <si>
+    <t>IES Teulada</t>
+  </si>
+  <si>
+    <t>https://portal.edu.gva.es/iesteulada/?page_id=7078&amp;lang=es</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3236,59 +4784,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E398"/>
+  <dimension ref="A1:E642"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E398"/>
+      <selection activeCell="A1" sqref="A1:E642"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="923.632" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
@@ -3337,6636 +4885,10776 @@
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E6" s="1"/>
+      <c r="E6" s="1" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>88</v>
+        <v>61</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D32" s="1"/>
       <c r="E32" s="1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>112</v>
+        <v>61</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="1" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="1" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>121</v>
+        <v>61</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>30</v>
+        <v>99</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>69</v>
+        <v>125</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="1" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>142</v>
+        <v>68</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>98</v>
+        <v>65</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="1" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>157</v>
+        <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="1" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>167</v>
+        <v>17</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>167</v>
+        <v>99</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>73</v>
+        <v>179</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>65</v>
+        <v>182</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>58</v>
+        <v>185</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="1" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="1" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>166</v>
+        <v>191</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>182</v>
+        <v>58</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="1" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>166</v>
+        <v>191</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>185</v>
+        <v>58</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="1" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="1" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="1" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>151</v>
+        <v>28</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="1" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="1" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>198</v>
+        <v>37</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>199</v>
+        <v>62</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>202</v>
+        <v>98</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>141</v>
+        <v>57</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>208</v>
+        <v>58</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>167</v>
+        <v>86</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>167</v>
+        <v>87</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>141</v>
+        <v>86</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>223</v>
+        <v>47</v>
       </c>
       <c r="D77" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E77" s="1" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E78" s="1" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E79" s="1" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>6</v>
+        <v>201</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D80" s="1"/>
+        <v>17</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="E80" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E81" s="1" t="s">
         <v>234</v>
-      </c>
-[...8 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E82" s="1" t="s">
         <v>236</v>
-      </c>
-[...8 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E83" s="1" t="s">
         <v>238</v>
-      </c>
-[...8 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E84" s="1" t="s">
         <v>240</v>
-      </c>
-[...8 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E85" s="1" t="s">
         <v>242</v>
-      </c>
-[...8 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D86" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="E86" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>6</v>
+        <v>233</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D87" s="1"/>
+        <v>122</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="E87" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>6</v>
+        <v>233</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D88" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>158</v>
+      </c>
       <c r="E88" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>6</v>
+        <v>251</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D89" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="E89" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>253</v>
+        <v>233</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>185</v>
+        <v>254</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>185</v>
+        <v>254</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>126</v>
+        <v>233</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B93" s="1"/>
+      <c r="B93" s="1" t="s">
+        <v>261</v>
+      </c>
       <c r="C93" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>261</v>
+        <v>199</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B94" s="1"/>
+      <c r="B94" s="1" t="s">
+        <v>263</v>
+      </c>
       <c r="C94" s="1" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>265</v>
+        <v>233</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>265</v>
+        <v>233</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="1" t="s">
-        <v>269</v>
+        <v>107</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>265</v>
+        <v>233</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>182</v>
+        <v>99</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>271</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>265</v>
+        <v>233</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>29</v>
+        <v>274</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>65</v>
+        <v>274</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>223</v>
+        <v>21</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>224</v>
+        <v>28</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>55</v>
+        <v>182</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>281</v>
+        <v>21</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>281</v>
+        <v>65</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>223</v>
+        <v>82</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>288</v>
+        <v>62</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>289</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="E105" s="1" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" s="1" t="s">
         <v>293</v>
-      </c>
-[...10 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="1" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>199</v>
+        <v>99</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>182</v>
+        <v>136</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E115" s="1" t="s">
         <v>312</v>
-      </c>
-[...10 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>313</v>
+        <v>277</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>198</v>
+        <v>135</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="C117" s="1"/>
       <c r="D117" s="1" t="s">
-        <v>49</v>
+        <v>311</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B118" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E118" s="1" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E119" s="1" t="s">
         <v>323</v>
-      </c>
-[...10 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="1" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>327</v>
+        <v>201</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>328</v>
+        <v>116</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>331</v>
+        <v>71</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>167</v>
+        <v>86</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>167</v>
+        <v>87</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="1" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>334</v>
+        <v>161</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>36</v>
+        <v>185</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="1" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>334</v>
+        <v>161</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>40</v>
+        <v>322</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="1" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>334</v>
+        <v>98</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>40</v>
+        <v>182</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="1" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>224</v>
+        <v>116</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="1" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>40</v>
+        <v>341</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="1" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>334</v>
+        <v>161</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="1" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>334</v>
+        <v>161</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="1" t="s">
-        <v>354</v>
+        <v>207</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>334</v>
+        <v>98</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>334</v>
+        <v>98</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>198</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>357</v>
+        <v>62</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="1" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>334</v>
+        <v>161</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>33</v>
+        <v>356</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="1" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>334</v>
+        <v>161</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="1" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>364</v>
+        <v>161</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>69</v>
+        <v>125</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="1" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>364</v>
+        <v>161</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="1" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>218</v>
+        <v>139</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>372</v>
+        <v>161</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="1" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>375</v>
+        <v>161</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>376</v>
+        <v>125</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>377</v>
+        <v>290</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="1" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>375</v>
+        <v>161</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>44</v>
+        <v>125</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>49</v>
+        <v>290</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="1" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>375</v>
+        <v>161</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>65</v>
+        <v>219</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="1" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>375</v>
+        <v>157</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>384</v>
+        <v>9</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="1" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>375</v>
+        <v>157</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="1" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="1" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="1" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="E147" s="1"/>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="1" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="1" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="1" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="B150" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E150" s="1" t="s">
         <v>396</v>
-      </c>
-[...7 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="1" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>288</v>
+        <v>119</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="1" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="1" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>224</v>
+        <v>58</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="1" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="1" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>223</v>
+        <v>411</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>224</v>
+        <v>411</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="1" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="1" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="1" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E161" s="1" t="s">
         <v>424</v>
-      </c>
-[...10 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E162" s="1" t="s">
         <v>426</v>
-      </c>
-[...10 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E163" s="1" t="s">
         <v>428</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E164" s="1" t="s">
         <v>430</v>
-      </c>
-[...10 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E165" s="1" t="s">
         <v>432</v>
-      </c>
-[...10 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="1" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>436</v>
+        <v>423</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>55</v>
+        <v>322</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="1" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>281</v>
+        <v>17</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>281</v>
+        <v>99</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="1" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="E168" s="1"/>
+        <v>341</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>440</v>
+      </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E169" s="1" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="1" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="1" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="1" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>22</v>
+        <v>185</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>52</v>
+        <v>311</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="1" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>199</v>
+        <v>99</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" s="1" t="s">
         <v>462</v>
-      </c>
-[...10 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="1" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E179" s="1" t="s">
         <v>467</v>
-      </c>
-[...10 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B180" s="1" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>450</v>
+        <v>472</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>223</v>
+        <v>9</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>450</v>
+        <v>346</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>141</v>
+        <v>57</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>450</v>
+        <v>346</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>450</v>
+        <v>479</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="1" t="s">
-        <v>479</v>
+        <v>340</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>450</v>
+        <v>338</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>185</v>
+        <v>341</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>480</v>
+        <v>342</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>198</v>
+        <v>47</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>199</v>
+        <v>48</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B187" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E187" s="1" t="s">
         <v>485</v>
-      </c>
-[...7 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E188" s="1" t="s">
         <v>487</v>
-      </c>
-[...10 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E189" s="1" t="s">
         <v>489</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E190" s="1" t="s">
         <v>492</v>
-      </c>
-[...10 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" s="1" t="s">
         <v>495</v>
-      </c>
-[...10 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="1" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>80</v>
+        <v>119</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>198</v>
+        <v>86</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>316</v>
+        <v>87</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="1" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" s="1" t="s">
         <v>505</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B196" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B196" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="1" t="s">
-        <v>17</v>
+        <v>508</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>182</v>
+        <v>509</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>198</v>
+        <v>47</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>357</v>
+        <v>48</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>198</v>
+        <v>411</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>199</v>
+        <v>411</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>39</v>
+        <v>135</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>92</v>
+        <v>311</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>288</v>
+        <v>99</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>376</v>
+        <v>47</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>377</v>
+        <v>72</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="1" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>65</v>
+        <v>158</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>141</v>
+        <v>57</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>218</v>
+        <v>442</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="1" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="1" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>527</v>
+        <v>545</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="1" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>527</v>
+        <v>548</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>52</v>
+        <v>185</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="1" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>527</v>
+        <v>551</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="1" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>527</v>
+        <v>554</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>544</v>
+        <v>555</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="1" t="s">
-        <v>545</v>
+        <v>556</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>527</v>
+        <v>557</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>151</v>
+        <v>90</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="1" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>185</v>
+        <v>341</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>548</v>
+        <v>561</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="1" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>527</v>
+        <v>563</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>182</v>
+        <v>228</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="1" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>527</v>
+        <v>566</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>552</v>
+        <v>567</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="1" t="s">
-        <v>553</v>
+        <v>568</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>527</v>
+        <v>569</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>33</v>
+        <v>116</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>554</v>
+        <v>570</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="1" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>556</v>
+        <v>572</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>288</v>
+        <v>33</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>557</v>
+        <v>573</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="1" t="s">
-        <v>558</v>
+        <v>574</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>559</v>
+        <v>122</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>560</v>
+        <v>576</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="1" t="s">
-        <v>561</v>
+        <v>577</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>556</v>
+        <v>578</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="1" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>556</v>
+        <v>581</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>564</v>
+        <v>582</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="1" t="s">
-        <v>565</v>
+        <v>583</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>566</v>
+        <v>584</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>567</v>
+        <v>585</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="1" t="s">
-        <v>568</v>
+        <v>586</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>569</v>
+        <v>587</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>185</v>
+        <v>588</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="1" t="s">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>569</v>
+        <v>591</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>98</v>
+        <v>356</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>572</v>
+        <v>592</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>574</v>
+        <v>591</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>36</v>
+        <v>179</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>575</v>
+        <v>594</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="1" t="s">
-        <v>576</v>
+        <v>595</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>376</v>
+        <v>21</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>377</v>
+        <v>65</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>578</v>
+        <v>596</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="1" t="s">
-        <v>579</v>
+        <v>597</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="1" t="s">
-        <v>582</v>
+        <v>599</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>580</v>
+        <v>600</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>73</v>
+        <v>322</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="1" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>586</v>
+        <v>182</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="1" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>44</v>
+        <v>606</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>590</v>
+        <v>607</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="1" t="s">
-        <v>591</v>
+        <v>608</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>592</v>
+        <v>609</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>376</v>
+        <v>9</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>377</v>
+        <v>10</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>593</v>
+        <v>610</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" s="1" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>592</v>
+        <v>612</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>49</v>
+        <v>254</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>595</v>
+        <v>613</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="1" t="s">
-        <v>596</v>
+        <v>614</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>597</v>
+        <v>615</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>598</v>
+        <v>616</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="1" t="s">
-        <v>599</v>
+        <v>617</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>166</v>
+        <v>618</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>61</v>
+        <v>508</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>62</v>
+        <v>509</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>600</v>
+        <v>619</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="1" t="s">
-        <v>601</v>
+        <v>620</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>166</v>
+        <v>621</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>602</v>
+        <v>622</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="1" t="s">
-        <v>603</v>
+        <v>623</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>166</v>
+        <v>624</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>604</v>
+        <v>625</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="1" t="s">
-        <v>605</v>
+        <v>626</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>166</v>
+        <v>627</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>606</v>
+        <v>10</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>607</v>
+        <v>628</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="1" t="s">
-        <v>608</v>
+        <v>629</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>166</v>
+        <v>630</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>609</v>
+        <v>10</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>610</v>
+        <v>631</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="1" t="s">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>166</v>
+        <v>630</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>612</v>
+        <v>633</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="1" t="s">
-        <v>613</v>
+        <v>634</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>166</v>
+        <v>630</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>586</v>
+        <v>99</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>614</v>
+        <v>635</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="1" t="s">
-        <v>615</v>
+        <v>636</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>166</v>
+        <v>630</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>198</v>
+        <v>37</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>199</v>
+        <v>38</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>616</v>
+        <v>534</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>166</v>
+        <v>637</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>223</v>
+        <v>9</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>166</v>
+        <v>638</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>141</v>
+        <v>57</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="E242" s="1"/>
+        <v>58</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>625</v>
+      </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="1" t="s">
-        <v>620</v>
+        <v>639</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>166</v>
+        <v>640</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>357</v>
+        <v>65</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>621</v>
+        <v>641</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="1" t="s">
-        <v>622</v>
+        <v>595</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>166</v>
+        <v>642</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>384</v>
+        <v>21</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>385</v>
+        <v>65</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>623</v>
+        <v>596</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="1" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>166</v>
+        <v>643</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>21</v>
+        <v>508</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>288</v>
+        <v>509</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="1" t="s">
-        <v>626</v>
+        <v>541</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>166</v>
+        <v>644</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>627</v>
+        <v>543</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="1" t="s">
-        <v>628</v>
+        <v>517</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>166</v>
+        <v>645</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>151</v>
+        <v>311</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>629</v>
+        <v>519</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="1" t="s">
-        <v>630</v>
+        <v>577</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>166</v>
+        <v>646</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>328</v>
+        <v>18</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>209</v>
+        <v>579</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="1" t="s">
-        <v>631</v>
+        <v>496</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>166</v>
+        <v>647</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="D249" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="E249" s="1" t="s">
-        <v>633</v>
+        <v>497</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="1" t="s">
-        <v>634</v>
+        <v>553</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>166</v>
+        <v>648</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>376</v>
+        <v>21</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>635</v>
+        <v>555</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="1" t="s">
-        <v>636</v>
+        <v>493</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>166</v>
+        <v>649</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>637</v>
+        <v>495</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="1" t="s">
-        <v>638</v>
+        <v>550</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>166</v>
+        <v>650</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>98</v>
+        <v>65</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>639</v>
+        <v>552</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="1" t="s">
-        <v>640</v>
+        <v>503</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>166</v>
+        <v>651</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>641</v>
+        <v>505</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="1" t="s">
-        <v>642</v>
+        <v>535</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>126</v>
+        <v>652</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>643</v>
+        <v>537</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="1" t="s">
-        <v>644</v>
+        <v>583</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>126</v>
+        <v>653</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>645</v>
+        <v>585</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="1" t="s">
-        <v>646</v>
+        <v>481</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>126</v>
+        <v>654</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>647</v>
+        <v>483</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="1" t="s">
-        <v>648</v>
+        <v>556</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>126</v>
+        <v>655</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>649</v>
+        <v>558</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="1" t="s">
-        <v>650</v>
+        <v>626</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>223</v>
+        <v>9</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>652</v>
+        <v>628</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="1" t="s">
-        <v>653</v>
+        <v>501</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>655</v>
+        <v>502</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="1" t="s">
-        <v>656</v>
+        <v>490</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>658</v>
+        <v>492</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B261" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="B261" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" s="1" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>660</v>
+        <v>487</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="1" t="s">
-        <v>661</v>
+        <v>611</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>10</v>
+        <v>254</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>663</v>
+        <v>613</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="1" t="s">
-        <v>664</v>
+        <v>580</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>223</v>
+        <v>17</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>224</v>
+        <v>99</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>666</v>
+        <v>582</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="1" t="s">
-        <v>667</v>
+        <v>498</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>45</v>
+        <v>87</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>669</v>
+        <v>500</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="1" t="s">
-        <v>670</v>
+        <v>547</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>281</v>
+        <v>21</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>281</v>
+        <v>185</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>671</v>
+        <v>549</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="1" t="s">
-        <v>672</v>
+        <v>544</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>673</v>
+        <v>546</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="1" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="1" t="s">
-        <v>676</v>
+        <v>634</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>677</v>
+        <v>635</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="1" t="s">
-        <v>678</v>
+        <v>574</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>281</v>
+        <v>122</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>281</v>
+        <v>122</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>679</v>
+        <v>576</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="1" t="s">
-        <v>680</v>
+        <v>565</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="1" t="s">
-        <v>682</v>
+        <v>520</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>683</v>
+        <v>522</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="1" t="s">
-        <v>684</v>
+        <v>514</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>21</v>
+        <v>411</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>36</v>
+        <v>411</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>685</v>
+        <v>516</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="1" t="s">
-        <v>686</v>
+        <v>511</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>609</v>
+        <v>48</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="1" t="s">
-        <v>688</v>
+        <v>636</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>606</v>
+        <v>38</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>689</v>
+        <v>534</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="1" t="s">
-        <v>690</v>
+        <v>676</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>668</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="C275" s="1"/>
+      <c r="D275" s="1"/>
       <c r="E275" s="1" t="s">
-        <v>691</v>
+        <v>677</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="1" t="s">
-        <v>692</v>
+        <v>678</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>693</v>
+        <v>6</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D276" s="1"/>
       <c r="E276" s="1" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="1" t="s">
-        <v>695</v>
+        <v>680</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>696</v>
+        <v>6</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D277" s="1"/>
       <c r="E277" s="1" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="1" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>699</v>
+        <v>6</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D278" s="1"/>
       <c r="E278" s="1" t="s">
-        <v>700</v>
+        <v>683</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="1" t="s">
-        <v>701</v>
+        <v>684</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>699</v>
+        <v>6</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D279" s="1"/>
       <c r="E279" s="1" t="s">
-        <v>285</v>
+        <v>685</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="1" t="s">
-        <v>702</v>
+        <v>686</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>699</v>
+        <v>6</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D280" s="1"/>
       <c r="E280" s="1" t="s">
-        <v>703</v>
+        <v>687</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="1" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>699</v>
+        <v>6</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D281" s="1"/>
       <c r="E281" s="1" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="1" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>699</v>
+        <v>6</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D282" s="1"/>
       <c r="E282" s="1" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="1" t="s">
-        <v>708</v>
+        <v>692</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>709</v>
+        <v>6</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D283" s="1"/>
       <c r="E283" s="1" t="s">
-        <v>710</v>
+        <v>693</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="1" t="s">
-        <v>711</v>
+        <v>694</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>712</v>
+        <v>6</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D284" s="1"/>
       <c r="E284" s="1" t="s">
-        <v>713</v>
+        <v>695</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="1" t="s">
-        <v>714</v>
+        <v>696</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>715</v>
+        <v>6</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D285" s="1"/>
       <c r="E285" s="1" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="1" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>718</v>
+        <v>6</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D286" s="1"/>
       <c r="E286" s="1" t="s">
-        <v>719</v>
+        <v>699</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="1" t="s">
-        <v>720</v>
+        <v>700</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>718</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="C287" s="1"/>
+      <c r="D287" s="1"/>
       <c r="E287" s="1" t="s">
-        <v>721</v>
+        <v>701</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="1" t="s">
-        <v>722</v>
+        <v>702</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>718</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="C288" s="1"/>
+      <c r="D288" s="1"/>
       <c r="E288" s="1" t="s">
-        <v>723</v>
+        <v>703</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="1" t="s">
-        <v>724</v>
+        <v>704</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>725</v>
+        <v>706</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="1" t="s">
-        <v>726</v>
+        <v>707</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>727</v>
+        <v>6</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D290" s="1"/>
       <c r="E290" s="1" t="s">
-        <v>728</v>
+        <v>708</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="1" t="s">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>730</v>
+        <v>6</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D291" s="1"/>
       <c r="E291" s="1" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="1" t="s">
-        <v>732</v>
+        <v>711</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>730</v>
+        <v>6</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D292" s="1"/>
       <c r="E292" s="1" t="s">
-        <v>733</v>
+        <v>712</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="1" t="s">
-        <v>734</v>
+        <v>713</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>735</v>
+        <v>6</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D293" s="1"/>
       <c r="E293" s="1" t="s">
-        <v>736</v>
+        <v>714</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="1" t="s">
-        <v>737</v>
+        <v>715</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>735</v>
+        <v>6</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D294" s="1"/>
       <c r="E294" s="1" t="s">
-        <v>738</v>
+        <v>716</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="1" t="s">
-        <v>739</v>
+        <v>717</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>740</v>
+        <v>6</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D295" s="1"/>
       <c r="E295" s="1" t="s">
-        <v>741</v>
+        <v>718</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="1" t="s">
-        <v>742</v>
+        <v>719</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>743</v>
+        <v>6</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D296" s="1"/>
       <c r="E296" s="1" t="s">
-        <v>744</v>
+        <v>720</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="1" t="s">
-        <v>745</v>
+        <v>721</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>746</v>
+        <v>6</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>747</v>
+        <v>722</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="1" t="s">
-        <v>748</v>
+        <v>723</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>749</v>
+        <v>6</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D298" s="1"/>
       <c r="E298" s="1" t="s">
-        <v>750</v>
+        <v>724</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="1" t="s">
-        <v>751</v>
+        <v>725</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>752</v>
+        <v>6</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D299" s="1"/>
       <c r="E299" s="1" t="s">
-        <v>753</v>
+        <v>726</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="1" t="s">
-        <v>754</v>
+        <v>727</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>755</v>
+        <v>6</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D300" s="1"/>
       <c r="E300" s="1" t="s">
-        <v>756</v>
+        <v>728</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="1" t="s">
-        <v>757</v>
+        <v>729</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>758</v>
+        <v>6</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D301" s="1"/>
       <c r="E301" s="1" t="s">
-        <v>759</v>
+        <v>730</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="1" t="s">
-        <v>760</v>
+        <v>731</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>761</v>
+        <v>6</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D302" s="1"/>
       <c r="E302" s="1" t="s">
-        <v>762</v>
+        <v>732</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="1" t="s">
-        <v>763</v>
+        <v>733</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>764</v>
+        <v>6</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D303" s="1"/>
       <c r="E303" s="1" t="s">
-        <v>765</v>
+        <v>734</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="1" t="s">
-        <v>766</v>
+        <v>735</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>767</v>
+        <v>6</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D304" s="1"/>
       <c r="E304" s="1" t="s">
-        <v>768</v>
+        <v>736</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="1" t="s">
-        <v>769</v>
+        <v>737</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>770</v>
+        <v>6</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D305" s="1"/>
       <c r="E305" s="1" t="s">
-        <v>771</v>
+        <v>738</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="1" t="s">
-        <v>772</v>
+        <v>739</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>773</v>
+        <v>6</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D306" s="1"/>
       <c r="E306" s="1" t="s">
-        <v>774</v>
+        <v>740</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="1" t="s">
-        <v>775</v>
+        <v>741</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>776</v>
+        <v>6</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D307" s="1"/>
       <c r="E307" s="1" t="s">
-        <v>777</v>
+        <v>742</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="1" t="s">
-        <v>778</v>
+        <v>743</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>779</v>
+        <v>744</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>288</v>
+        <v>142</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>780</v>
+        <v>745</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="1" t="s">
-        <v>781</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="B309" s="1"/>
       <c r="C309" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>783</v>
+        <v>747</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="1" t="s">
-        <v>784</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="B310" s="1"/>
       <c r="C310" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>786</v>
+        <v>749</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="1" t="s">
-        <v>787</v>
+        <v>750</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>788</v>
+        <v>751</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>151</v>
+        <v>10</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>789</v>
+        <v>752</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="1" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>791</v>
+        <v>161</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>792</v>
+        <v>754</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="1" t="s">
-        <v>793</v>
+        <v>755</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>794</v>
+        <v>338</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>92</v>
+        <v>158</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>795</v>
+        <v>756</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="1" t="s">
-        <v>796</v>
+        <v>757</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>797</v>
+        <v>758</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>798</v>
+        <v>759</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="1" t="s">
-        <v>799</v>
+        <v>760</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>800</v>
+        <v>761</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>185</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>801</v>
+        <v>762</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="1" t="s">
-        <v>802</v>
+        <v>763</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>803</v>
+        <v>761</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>804</v>
+        <v>764</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="1" t="s">
-        <v>805</v>
+        <v>765</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>806</v>
+        <v>761</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>376</v>
+        <v>125</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>377</v>
+        <v>139</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>807</v>
+        <v>766</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="1" t="s">
-        <v>808</v>
+        <v>767</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>809</v>
+        <v>761</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>167</v>
+        <v>122</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>167</v>
+        <v>122</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>810</v>
+        <v>768</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="1" t="s">
-        <v>811</v>
+        <v>769</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>812</v>
+        <v>770</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>58</v>
+        <v>99</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>813</v>
+        <v>771</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="1" t="s">
-        <v>814</v>
+        <v>772</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>815</v>
+        <v>761</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>816</v>
+        <v>773</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="1" t="s">
-        <v>817</v>
+        <v>774</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>818</v>
+        <v>761</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>819</v>
+        <v>775</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="1" t="s">
-        <v>820</v>
+        <v>776</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>821</v>
+        <v>777</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>141</v>
+        <v>606</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>154</v>
+        <v>606</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>822</v>
+        <v>778</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="1" t="s">
-        <v>823</v>
+        <v>779</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>824</v>
+        <v>780</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>463</v>
+        <v>28</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>825</v>
+        <v>781</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="1" t="s">
-        <v>826</v>
+        <v>782</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>824</v>
+        <v>783</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>827</v>
+        <v>784</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="1" t="s">
-        <v>828</v>
+        <v>785</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>824</v>
+        <v>786</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>829</v>
+        <v>787</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="1" t="s">
-        <v>830</v>
+        <v>788</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>824</v>
+        <v>786</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>831</v>
+        <v>789</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="1" t="s">
-        <v>832</v>
+        <v>790</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>833</v>
+        <v>791</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>834</v>
+        <v>792</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="1" t="s">
-        <v>835</v>
+        <v>793</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>833</v>
+        <v>786</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>836</v>
+        <v>794</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="1" t="s">
-        <v>837</v>
+        <v>795</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>838</v>
+        <v>786</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>281</v>
+        <v>21</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>281</v>
+        <v>182</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>839</v>
+        <v>796</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="1" t="s">
-        <v>840</v>
+        <v>797</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>841</v>
+        <v>786</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>842</v>
+        <v>798</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="1" t="s">
-        <v>843</v>
+        <v>799</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>844</v>
+        <v>786</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>141</v>
+        <v>82</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>559</v>
+        <v>83</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>845</v>
+        <v>800</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="1" t="s">
-        <v>846</v>
+        <v>801</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>847</v>
+        <v>786</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>376</v>
+        <v>125</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>377</v>
+        <v>139</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>848</v>
+        <v>802</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="1" t="s">
-        <v>849</v>
+        <v>803</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>850</v>
+        <v>804</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>851</v>
+        <v>805</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="1" t="s">
-        <v>852</v>
+        <v>806</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>853</v>
+        <v>804</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>10</v>
+        <v>807</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>854</v>
+        <v>808</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="1" t="s">
-        <v>855</v>
+        <v>809</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>856</v>
+        <v>810</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>857</v>
+        <v>811</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="1" t="s">
-        <v>858</v>
+        <v>812</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>859</v>
+        <v>813</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>860</v>
+        <v>814</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="1" t="s">
-        <v>861</v>
+        <v>815</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>862</v>
+        <v>816</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>863</v>
+        <v>817</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="1" t="s">
-        <v>864</v>
+        <v>818</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>862</v>
+        <v>819</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>65</v>
+        <v>311</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>865</v>
+        <v>820</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="1" t="s">
-        <v>866</v>
+        <v>821</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>862</v>
+        <v>819</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>867</v>
+        <v>822</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="1" t="s">
-        <v>868</v>
+        <v>823</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>862</v>
+        <v>824</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>73</v>
+        <v>158</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>768</v>
+        <v>825</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="1" t="s">
-        <v>852</v>
+        <v>826</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>869</v>
+        <v>827</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>854</v>
+        <v>828</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="1" t="s">
-        <v>855</v>
+        <v>829</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>870</v>
+        <v>830</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>857</v>
+        <v>831</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="1" t="s">
-        <v>871</v>
+        <v>832</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>872</v>
+        <v>201</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>873</v>
+        <v>833</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="1" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>874</v>
+        <v>830</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="1" t="s">
-        <v>849</v>
+        <v>836</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>875</v>
+        <v>830</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>123</v>
+        <v>185</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>851</v>
+        <v>837</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="1" t="s">
-        <v>775</v>
+        <v>838</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>876</v>
+        <v>830</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>777</v>
+        <v>839</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="1" t="s">
-        <v>751</v>
+        <v>840</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>877</v>
+        <v>830</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>753</v>
+        <v>841</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="1" t="s">
-        <v>811</v>
+        <v>842</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>878</v>
+        <v>830</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>813</v>
+        <v>843</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="1" t="s">
-        <v>732</v>
+        <v>844</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>879</v>
+        <v>830</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>733</v>
+        <v>845</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="1" t="s">
-        <v>787</v>
+        <v>846</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>880</v>
+        <v>830</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>151</v>
+        <v>99</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>789</v>
+        <v>847</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="1" t="s">
-        <v>729</v>
+        <v>848</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>881</v>
+        <v>830</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>731</v>
+        <v>849</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="1" t="s">
-        <v>784</v>
+        <v>850</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>882</v>
+        <v>830</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>786</v>
+        <v>851</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="1" t="s">
-        <v>739</v>
+        <v>852</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>883</v>
+        <v>830</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>741</v>
+        <v>853</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="1" t="s">
-        <v>769</v>
+        <v>854</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>884</v>
+        <v>830</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>771</v>
+        <v>855</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="1" t="s">
-        <v>817</v>
+        <v>320</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>885</v>
+        <v>830</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>199</v>
+        <v>179</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>819</v>
+        <v>856</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="1" t="s">
-        <v>717</v>
+        <v>857</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>886</v>
+        <v>830</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>719</v>
+        <v>858</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="1" t="s">
-        <v>790</v>
+        <v>859</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>887</v>
+        <v>830</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>141</v>
+        <v>508</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>157</v>
+        <v>509</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>792</v>
+        <v>860</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="1" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>888</v>
+        <v>862</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="1" t="s">
-        <v>737</v>
+        <v>864</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>889</v>
+        <v>865</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>376</v>
+        <v>21</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>377</v>
+        <v>182</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>738</v>
+        <v>866</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="1" t="s">
-        <v>726</v>
+        <v>867</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>890</v>
+        <v>98</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>39</v>
+        <v>606</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>40</v>
+        <v>606</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>728</v>
+        <v>868</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="1" t="s">
-        <v>722</v>
+        <v>869</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>891</v>
+        <v>870</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>384</v>
+        <v>92</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>385</v>
+        <v>93</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>723</v>
+        <v>871</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="1" t="s">
-        <v>843</v>
+        <v>872</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>892</v>
+        <v>873</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>141</v>
+        <v>57</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>559</v>
+        <v>116</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>845</v>
+        <v>874</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="1" t="s">
-        <v>814</v>
+        <v>875</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>893</v>
+        <v>876</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>816</v>
+        <v>877</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="1" t="s">
-        <v>734</v>
+        <v>878</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>894</v>
+        <v>876</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>223</v>
+        <v>17</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>224</v>
+        <v>99</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>736</v>
+        <v>879</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="1" t="s">
-        <v>781</v>
+        <v>880</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>783</v>
+        <v>881</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="1" t="s">
-        <v>778</v>
+        <v>882</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>896</v>
+        <v>876</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>21</v>
+        <v>411</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>288</v>
+        <v>411</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>780</v>
+        <v>883</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="1" t="s">
-        <v>897</v>
+        <v>884</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>898</v>
+        <v>876</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>899</v>
+        <v>885</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="1" t="s">
-        <v>866</v>
+        <v>886</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>900</v>
+        <v>887</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>65</v>
+        <v>356</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>867</v>
+        <v>888</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="1" t="s">
-        <v>808</v>
+        <v>889</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>901</v>
+        <v>876</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>167</v>
+        <v>411</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>167</v>
+        <v>411</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>810</v>
+        <v>890</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="1" t="s">
-        <v>799</v>
+        <v>891</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>902</v>
+        <v>876</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>185</v>
+        <v>588</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>801</v>
+        <v>892</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="1" t="s">
-        <v>754</v>
+        <v>893</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>903</v>
+        <v>876</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>65</v>
+        <v>142</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>756</v>
+        <v>894</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="1" t="s">
-        <v>748</v>
+        <v>895</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>904</v>
+        <v>876</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>750</v>
+        <v>896</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="1" t="s">
-        <v>745</v>
+        <v>897</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>905</v>
+        <v>876</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>49</v>
+        <v>119</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="1" t="s">
-        <v>868</v>
+        <v>899</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>907</v>
+        <v>876</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>61</v>
+        <v>125</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>73</v>
+        <v>142</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>768</v>
+        <v>900</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="1" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="D375" s="1"/>
+        <v>902</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>903</v>
+      </c>
       <c r="E375" s="1" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="1" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>6</v>
+        <v>906</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D376" s="1"/>
+        <v>17</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>228</v>
+      </c>
       <c r="E376" s="1" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="1" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>6</v>
+        <v>909</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="D377" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="E377" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="1" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>6</v>
+        <v>912</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D378" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>28</v>
+      </c>
       <c r="E378" s="1" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E379" s="1" t="s">
         <v>916</v>
-      </c>
-[...8 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B380" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="B380" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C380" s="1" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D380" s="1"/>
+        <v>82</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>807</v>
+      </c>
       <c r="E380" s="1" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>6</v>
+        <v>915</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D381" s="1"/>
+        <v>135</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>271</v>
+      </c>
       <c r="E381" s="1" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="1" t="s">
         <v>922</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>6</v>
+        <v>915</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D382" s="1"/>
+        <v>17</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="E382" s="1" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="1" t="s">
         <v>924</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>6</v>
+        <v>925</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D383" s="1"/>
+        <v>82</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>285</v>
+      </c>
       <c r="E383" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>6</v>
+        <v>928</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D384" s="1"/>
+        <v>82</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="E384" s="1" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>6</v>
+        <v>931</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D385" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>341</v>
+      </c>
       <c r="E385" s="1" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="1" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>6</v>
+        <v>934</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D386" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>28</v>
+      </c>
       <c r="E386" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="D387" s="1"/>
+        <v>934</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="E387" s="1" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="D388" s="1"/>
+        <v>939</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="E388" s="1" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="1" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>199</v>
+        <v>341</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="1" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="D390" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>341</v>
+      </c>
       <c r="E390" s="1" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="1" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="D391" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="E391" s="1" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="1" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>6</v>
+        <v>949</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D392" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="E392" s="1" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="1" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>6</v>
+        <v>952</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D393" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>28</v>
+      </c>
       <c r="E393" s="1" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="1" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>6</v>
+        <v>955</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D394" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="E394" s="1" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="1" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>6</v>
+        <v>955</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D395" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="E395" s="1" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="1" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>6</v>
+        <v>960</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="D396" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>72</v>
+      </c>
       <c r="E396" s="1" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" s="1" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5">
+      <c r="A399" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5">
+      <c r="A400" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5">
+      <c r="A401" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5">
+      <c r="A402" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5">
+      <c r="A403" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5">
+      <c r="A404" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5">
+      <c r="A405" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5">
+      <c r="A406" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5">
+      <c r="A407" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5">
+      <c r="A408" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5">
+      <c r="A409" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5">
+      <c r="A410" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5">
+      <c r="A411" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5">
+      <c r="A412" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5">
+      <c r="A413" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5">
+      <c r="A414" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5">
+      <c r="A415" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5">
+      <c r="A416" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B416" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C398" s="1" t="s">
+      <c r="C416" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5">
+      <c r="A417" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5">
+      <c r="A418" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5">
+      <c r="A419" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C419" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D398" s="1" t="s">
+      <c r="D419" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E398" s="1" t="s">
-        <v>957</v>
+      <c r="E419" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5">
+      <c r="A420" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5">
+      <c r="A421" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5">
+      <c r="A422" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5">
+      <c r="A423" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5">
+      <c r="A424" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5">
+      <c r="A425" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E425" s="1"/>
+    </row>
+    <row r="426" spans="1:5">
+      <c r="A426" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5">
+      <c r="A427" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5">
+      <c r="A428" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5">
+      <c r="A429" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5">
+      <c r="A430" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5">
+      <c r="A431" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5">
+      <c r="A432" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5">
+      <c r="A433" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E433" s="1" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5">
+      <c r="A434" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5">
+      <c r="A435" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5">
+      <c r="A436" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5">
+      <c r="A437" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E437" s="1" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5">
+      <c r="A438" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5">
+      <c r="A439" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5">
+      <c r="A440" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5">
+      <c r="A441" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5">
+      <c r="A442" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5">
+      <c r="A443" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5">
+      <c r="A444" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5">
+      <c r="A445" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5">
+      <c r="A446" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5">
+      <c r="A447" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5">
+      <c r="A448" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5">
+      <c r="A449" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E449" s="1" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5">
+      <c r="A450" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E450" s="1" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5">
+      <c r="A451" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5">
+      <c r="A452" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5">
+      <c r="A453" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5">
+      <c r="A454" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5">
+      <c r="A455" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5">
+      <c r="A456" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E456" s="1" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5">
+      <c r="A457" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5">
+      <c r="A458" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5">
+      <c r="A459" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5">
+      <c r="A460" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5">
+      <c r="A461" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E461" s="1" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5">
+      <c r="A462" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E462" s="1" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5">
+      <c r="A463" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5">
+      <c r="A464" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5">
+      <c r="A465" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5">
+      <c r="A466" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E466" s="1" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5">
+      <c r="A467" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E467" s="1"/>
+    </row>
+    <row r="468" spans="1:5">
+      <c r="A468" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5">
+      <c r="A469" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5">
+      <c r="A470" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E470" s="1" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5">
+      <c r="A471" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5">
+      <c r="A472" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5">
+      <c r="A473" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5">
+      <c r="A474" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5">
+      <c r="A475" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5">
+      <c r="A476" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5">
+      <c r="A477" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E477" s="1" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5">
+      <c r="A478" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E478" s="1" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5">
+      <c r="A479" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5">
+      <c r="A480" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5">
+      <c r="A481" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5">
+      <c r="A482" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5">
+      <c r="A483" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5">
+      <c r="A484" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5">
+      <c r="A485" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="E485" s="1" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5">
+      <c r="A486" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E486" s="1" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5">
+      <c r="A487" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5">
+      <c r="A488" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5">
+      <c r="A489" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5">
+      <c r="A490" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E490" s="1" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5">
+      <c r="A491" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E491" s="1" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5">
+      <c r="A492" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E492" s="1" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5">
+      <c r="A493" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E493" s="1" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5">
+      <c r="A494" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5">
+      <c r="A495" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E495" s="1" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5">
+      <c r="A496" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5">
+      <c r="A497" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5">
+      <c r="A498" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E498" s="1" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5">
+      <c r="A499" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5">
+      <c r="A500" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E500" s="1" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5">
+      <c r="A501" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E501" s="1" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="502" spans="1:5">
+      <c r="A502" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E502" s="1" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="503" spans="1:5">
+      <c r="A503" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E503" s="1" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="504" spans="1:5">
+      <c r="A504" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E504" s="1" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="505" spans="1:5">
+      <c r="A505" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E505" s="1" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="506" spans="1:5">
+      <c r="A506" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="E506" s="1" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5">
+      <c r="A507" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E507" s="1" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5">
+      <c r="A508" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E508" s="1" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5">
+      <c r="A509" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="E509" s="1" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5">
+      <c r="A510" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E510" s="1" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="511" spans="1:5">
+      <c r="A511" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E511" s="1" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="512" spans="1:5">
+      <c r="A512" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E512" s="1" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5">
+      <c r="A513" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E513" s="1" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5">
+      <c r="A514" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E514" s="1" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5">
+      <c r="A515" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E515" s="1" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5">
+      <c r="A516" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E516" s="1" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="517" spans="1:5">
+      <c r="A517" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E517" s="1" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5">
+      <c r="A518" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E518" s="1" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="519" spans="1:5">
+      <c r="A519" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E519" s="1" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5">
+      <c r="A520" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E520" s="1" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5">
+      <c r="A521" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E521" s="1" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5">
+      <c r="A522" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E522" s="1" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5">
+      <c r="A523" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E523" s="1" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="524" spans="1:5">
+      <c r="A524" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E524" s="1" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="525" spans="1:5">
+      <c r="A525" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E525" s="1" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5">
+      <c r="A526" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E526" s="1" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5">
+      <c r="A527" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E527" s="1" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5">
+      <c r="A528" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E528" s="1" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5">
+      <c r="A529" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E529" s="1" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5">
+      <c r="A530" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="E530" s="1" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5">
+      <c r="A531" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E531" s="1" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5">
+      <c r="A532" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E532" s="1"/>
+    </row>
+    <row r="533" spans="1:5">
+      <c r="A533" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E533" s="1" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5">
+      <c r="A534" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E534" s="1" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5">
+      <c r="A535" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E535" s="1" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5">
+      <c r="A536" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E536" s="1" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5">
+      <c r="A537" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E537" s="1" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="538" spans="1:5">
+      <c r="A538" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E538" s="1" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="539" spans="1:5">
+      <c r="A539" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E539" s="1" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5">
+      <c r="A540" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E540" s="1" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5">
+      <c r="A541" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E541" s="1" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5">
+      <c r="A542" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E542" s="1" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5">
+      <c r="A543" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E543" s="1" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5">
+      <c r="A544" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E544" s="1" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5">
+      <c r="A545" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E545" s="1" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5">
+      <c r="A546" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E546" s="1" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="547" spans="1:5">
+      <c r="A547" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E547" s="1" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5">
+      <c r="A548" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E548" s="1" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5">
+      <c r="A549" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E549" s="1" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="550" spans="1:5">
+      <c r="A550" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E550" s="1" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="551" spans="1:5">
+      <c r="A551" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E551" s="1" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="552" spans="1:5">
+      <c r="A552" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E552" s="1" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="553" spans="1:5">
+      <c r="A553" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E553" s="1" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="554" spans="1:5">
+      <c r="A554" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E554" s="1" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="555" spans="1:5">
+      <c r="A555" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E555" s="1" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5">
+      <c r="A556" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E556" s="1" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5">
+      <c r="A557" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E557" s="1" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="558" spans="1:5">
+      <c r="A558" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E558" s="1" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="559" spans="1:5">
+      <c r="A559" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E559" s="1" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="560" spans="1:5">
+      <c r="A560" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E560" s="1" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="561" spans="1:5">
+      <c r="A561" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E561" s="1" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="562" spans="1:5">
+      <c r="A562" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E562" s="1" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="563" spans="1:5">
+      <c r="A563" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E563" s="1" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="564" spans="1:5">
+      <c r="A564" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E564" s="1" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5">
+      <c r="A565" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E565" s="1" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="566" spans="1:5">
+      <c r="A566" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E566" s="1" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="567" spans="1:5">
+      <c r="A567" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E567" s="1" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="568" spans="1:5">
+      <c r="A568" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E568" s="1" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="569" spans="1:5">
+      <c r="A569" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E569" s="1" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="570" spans="1:5">
+      <c r="A570" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E570" s="1" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="571" spans="1:5">
+      <c r="A571" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E571" s="1" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5">
+      <c r="A572" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="E572" s="1" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="573" spans="1:5">
+      <c r="A573" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E573" s="1" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="574" spans="1:5">
+      <c r="A574" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E574" s="1" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="575" spans="1:5">
+      <c r="A575" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E575" s="1" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="576" spans="1:5">
+      <c r="A576" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="E576" s="1" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="577" spans="1:5">
+      <c r="A577" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E577" s="1" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="578" spans="1:5">
+      <c r="A578" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E578" s="1" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="579" spans="1:5">
+      <c r="A579" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E579" s="1" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="580" spans="1:5">
+      <c r="A580" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C580" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E580" s="1"/>
+    </row>
+    <row r="581" spans="1:5">
+      <c r="A581" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E581" s="1" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="582" spans="1:5">
+      <c r="A582" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E582" s="1" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="583" spans="1:5">
+      <c r="A583" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E583" s="1" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="584" spans="1:5">
+      <c r="A584" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E584" s="1" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="585" spans="1:5">
+      <c r="A585" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="586" spans="1:5">
+      <c r="A586" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E586" s="1" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="587" spans="1:5">
+      <c r="A587" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E587" s="1" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="588" spans="1:5">
+      <c r="A588" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E588" s="1" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="589" spans="1:5">
+      <c r="A589" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="590" spans="1:5">
+      <c r="A590" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E590" s="1" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="591" spans="1:5">
+      <c r="A591" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E591" s="1" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="592" spans="1:5">
+      <c r="A592" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E592" s="1" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="593" spans="1:5">
+      <c r="A593" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E593" s="1" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="594" spans="1:5">
+      <c r="A594" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E594" s="1" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="595" spans="1:5">
+      <c r="A595" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E595" s="1" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="596" spans="1:5">
+      <c r="A596" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E596" s="1" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5">
+      <c r="A597" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E597" s="1" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="598" spans="1:5">
+      <c r="A598" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="E598" s="1" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="599" spans="1:5">
+      <c r="A599" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E599" s="1" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="600" spans="1:5">
+      <c r="A600" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E600" s="1" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="601" spans="1:5">
+      <c r="A601" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E601" s="1" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="602" spans="1:5">
+      <c r="A602" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E602" s="1" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="603" spans="1:5">
+      <c r="A603" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E603" s="1" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="604" spans="1:5">
+      <c r="A604" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E604" s="1" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="605" spans="1:5">
+      <c r="A605" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E605" s="1" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="606" spans="1:5">
+      <c r="A606" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C606" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D606" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E606" s="1" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="607" spans="1:5">
+      <c r="A607" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C607" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E607" s="1" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="608" spans="1:5">
+      <c r="A608" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E608" s="1" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="609" spans="1:5">
+      <c r="A609" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E609" s="1" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="610" spans="1:5">
+      <c r="A610" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E610" s="1" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="611" spans="1:5">
+      <c r="A611" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E611" s="1" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="612" spans="1:5">
+      <c r="A612" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E612" s="1" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="613" spans="1:5">
+      <c r="A613" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E613" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="614" spans="1:5">
+      <c r="A614" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E614" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="615" spans="1:5">
+      <c r="A615" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E615" s="1" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="616" spans="1:5">
+      <c r="A616" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E616" s="1" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="617" spans="1:5">
+      <c r="A617" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E617" s="1" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="618" spans="1:5">
+      <c r="A618" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E618" s="1" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="619" spans="1:5">
+      <c r="A619" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E619" s="1" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="620" spans="1:5">
+      <c r="A620" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E620" s="1" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="621" spans="1:5">
+      <c r="A621" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E621" s="1" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="622" spans="1:5">
+      <c r="A622" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E622" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="623" spans="1:5">
+      <c r="A623" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E623" s="1" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="624" spans="1:5">
+      <c r="A624" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E624" s="1" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="625" spans="1:5">
+      <c r="A625" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E625" s="1" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="626" spans="1:5">
+      <c r="A626" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E626" s="1" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="627" spans="1:5">
+      <c r="A627" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E627" s="1" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="628" spans="1:5">
+      <c r="A628" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E628" s="1" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="629" spans="1:5">
+      <c r="A629" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E629" s="1" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="630" spans="1:5">
+      <c r="A630" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E630" s="1" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="631" spans="1:5">
+      <c r="A631" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E631" s="1" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="632" spans="1:5">
+      <c r="A632" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E632" s="1" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="633" spans="1:5">
+      <c r="A633" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E633" s="1" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="634" spans="1:5">
+      <c r="A634" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E634" s="1" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="635" spans="1:5">
+      <c r="A635" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E635" s="1" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="636" spans="1:5">
+      <c r="A636" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E636" s="1" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="637" spans="1:5">
+      <c r="A637" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E637" s="1" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5">
+      <c r="A638" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E638" s="1" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="639" spans="1:5">
+      <c r="A639" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E639" s="1" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="640" spans="1:5">
+      <c r="A640" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E640" s="1" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="641" spans="1:5">
+      <c r="A641" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E641" s="1" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="642" spans="1:5">
+      <c r="A642" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B642" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E642" s="1" t="s">
+        <v>1473</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>