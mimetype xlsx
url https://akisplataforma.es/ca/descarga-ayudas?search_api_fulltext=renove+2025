--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -12,2789 +12,3158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="913">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1036">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
     <t>Resolució, de 26/05/2025, de la Viceconsejería de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de conservació de races autòctones amenaçades d'erosió genètica a Castella-la (Feader), previstes al Pla Estratègic de la Política Agrícola Comuna per al període 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Regional</t>
   </si>
   <si>
     <t>Castilla - La Mancha</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
+    <t>Resolució del conseller d'economia, hisenda i innovació per la qual s'aprova la convocatòria d'ajudes per als anys 2024 i 2025 als emprenedors ia les empreses amb activitat a les illes balears per cobrir les comissions d'obertura i estudi</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Resolució, de 20/05/2025 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de benestar animal a Castella-la Manxa a través del Fons Europeu Agrícola de Desenvolupament Rural (Feaderrí), previstes en el Pla 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolució, de 27/05/2025, de la Viceconselleria de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció d'Apicultura per a la biodiversitat a Castella-la Manxa a través del Fons Europeu Ag de la Política Agrícola Comuna per al període 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 excepcionals dirigits a explotacions agrícoles del sector de la cirera afectades per desastres naturals, segons Decret Llei 3/2025 de 27 de maig</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>ORDRE DE 14 de juliol de 2025, Ajudes contrat Assegurances Agraries Combin. 2025</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de juliol 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria per a l'any 2025 de les ajudes d'intervenció al sector apícola de la Comunitat Autònoma de la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria d'ajudes per a la campanya 2025-2026 a la gestió sostenible de les pastures muntanyes a Navarra, incloses a la Intervenció 6881.1 Repoblació Forestal i Sistemes Agroforestals el PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>Ordre de 25 de juliol de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2026 ajuts per a les activitats de promoció i comunicació de productes vinícoles a mercats de tercers països.</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a les explotacions agràries d'arròs que utilitzin llavor certificada per al 2025</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>Subvenció 2025/26 ajuts per a promoció dels productes agrícoles i alimentaris en règims de qualitat, s/ Resolució de 22 de juliol de 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS INFRAESTRUCTURES AGRÀRIES FOMENT COMPETITIVITAT 2025</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>Acord de 25 de setembre de 2025, de la Junta de Castella i Lleó, pel qual s'autoritza la concessió directa de subvencions als titulars d'explotacions agràries danyades i ubicades als municipis afectats pels incendis forestals.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
     <t>PLA ANUAL D'ASSEGURANCES AGRARIS 2025</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
   </si>
   <si>
+    <t>Ajuts del Centre per al Desenvolupament Tecnològica i la Innovació EPE per al finançament de projectes R+D (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
     <t>Ordre de 12 de febrer de 2025, per la qual es convoquen per a l'exercici 2025 les subvencions a la subscripció d'assegurances agràries en el marc del Pla d'Assegurances Agràries Combinades i s'estableixen les determinacions en relació amb aquestes subvencions</t>
   </si>
   <si>
-    <t>2025-02-19</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
   </si>
   <si>
-    <t>Ajuts del Centre per al Desenvolupament Tecnològica i la Innovació EPE per al finançament de projectes R+D (2025)</t>
-[...5 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 1. NOU ESTABLIMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
   </si>
   <si>
     <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 2 MANT. ESTABLEIX.</t>
   </si>
   <si>
-    <t>2025-02-28</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
   </si>
   <si>
-    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 1. NOU ESTABLIMENT</t>
-[...137 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Resolució de 29/12/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes en règim de minimis per pal·liar els danys relacionats amb atacs de loboi</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Resolució de 29/12/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes en règim de minimis per pal·liar els danys produïts a Castella-la Manchap</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Ordre DES/37/2025, de 22 desembre de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
   </si>
   <si>
     <t>Programes pluriregionals de formació 2025</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
+    <t>Aprovar les bases reguladores i la convocatòria foment de la innovació i divulgació forestal, període 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes per a inversions en modernització d'infraestructures i sistemes de reg en comunitats de regants i comuni</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025. PROJECTES GARANTIA DE RENDES</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Resolució de 21 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aprova la convocatòria de subvencions a les entitats sense ànim de lucre, amb destinació a la celebració de certàmens de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Ordre de 16/04/2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, 1a Convocatòria ajudes per a la concessió de subvencions, intervenció 7161 "Coop.Grups Operatius de l'Associació Europea per a la innovació agrícola"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries (Objectiu Mediambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>AJUDES A LA PRODUCCIÓ I COMERCIALITZACIÓ DE LA MEL ANY 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>Resolució de 22/04/2025, de la Secretaria General, per la qual es realitza la convocatòria, en règim de concurrència competitiva, per a l'any 2025, d'ajuts a les organitzacions professionals agràries ia les entitats associatives sense ànim de lucre, pa</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen per a l'exercici 2025 els ajuts a la millora de la competitivitat i sostenibilitat de les explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS MODERNITZACIÓ I/O MILLORA EXPLOTACIONS AGRÀRIES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 21 d'abril de 2025, per la qual s'aprova la convocatòria de subvencions per a serveis d'assessoria a les petites i mitjanes explotacions agràries del Principat d'Astúries realitzades per ATRIAS</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural de convocatòria pública de subvenció per a activitats deducació ambiental a les Illes Balears a favor dentitats sense ànim de lucre per a lexercici 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolució de 2 de maig de 2025, de la SGIM, per la qual es convoquen els incentius de transició justa a la província d'Almeria per al projecte tractor «Innovació i sostenibilitat en la indústria auxiliar de l'agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolució de 5 de maig de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes previstes en la intervenció 7119.02 LEADER del Pla Estratègic de la PAC 2023-2027 a la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolució DG de Producció Agrícola i Ramadera, per a l'exercici 2025 les ajudes previstes a l'Ordre 6/2024, per la qual s'aproven les bases reguladores de les ajudes indemnitzatòries per a l'eradicació i el control del bacteri Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Resolució de la Conselleria d'Agricultura, Aigua, Ramaderia i Pesca, per la qual es convoquen per a l'exercici 2025, ajudes a la certificació de la producció ecològica a la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2025 per la qual es convoquen subvencions a organitzacions i entitats representatives del sector agrari i de desenvolupament rural a Andalusia</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Ajuts per al foment de les actuacions de les agrupacions de defensa forestal (ADF) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Ordre de 7 de maig de 2025, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2025 del programa de suport a la creació i ocupació a cooperatives i societats laborals. Programa II.- Inversions</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a la producció i comercialització de la mel, dins el marc de la intervenció sectorial apícola.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Ajuts a les Agrupacions de Defensa Sanitària Ramaderes, per la realització de programes sanitaris de prevenció, control i eradicació de malalties dels animals, any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ajuts a la promoció de productes agrícoles mitjançant l'organització de certàmens ramaders per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Ordre de 6 de maig de 2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual es convoquen per a l'any 2025 subvencions per a les Organitzacions Professionals Agràries, per al foment d'activitats de servei al sector agrari</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 PER A PROJECTES DE GARANTIA DE RENDES</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 PER A PROJECTES GENERADORS D'OCUPACIÓ ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 DP SEPE MÚRCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>AJUDES LA PROMOCIÓ, TRANSFORMACIÓ I COMERCIALITZACIÓ PRODUCTES DE PESCA</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de maig de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen per a l'exercici 2025 ajuts per a la cooperació en el marc de les intervencions per al desenvolupament rural del Pla Estratègic</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al control de rendiment lleter a les entitats oficialment reconegudes per a la realització del control lleter.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de maig del 2025, de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, per la qual es convoquen ajudes a petites i mitjanes empreses per a actuacions de digitalització.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de maig de 2025 de la Presidència del Centre per al Desenvolupament Tecnològic i la Innovació EPE (CDTI), per la qual s'aprova la convocatòria per a l'any 2025 d'ajuts destinats a projectes de R+D Missions Ciència i Innovació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca, per a la campanya 2025, l'ajut per superfície als productors d'àloe vera i olivera.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a la recuperació, el manteniment i la consolidació de l'entorn agrari i l'agrodiversitat a l'illa d'Eivissa per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de maig de 2025, per la qual s'aproven les bases reguladores per a la concessió de subvencions, en Règim de c.competitiva, dirigides als titulars d'explotacions agrícoles i ramaderes a municipis afectats per danys DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>FEADER ajudes foment de repoblament terres agrícoles Com. Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>AJUDES A EMPRESES SEC AGR.GUANY.FOREST I INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les subvencions a la subscripció de pòlisses d'assegurances agràries incloses en els Plans Anuals d'Assegurances Agràries Combinades.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per la qual es convoquen, per a la campanya apícola de l'any 2025, els ajuts de la Intervenció Sectorial Apícola en el marc del PEPAC 2023-2027 a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ DE 29 MAIG DE 2025, LÍNIA 4.2 inclusió lab Empresa Ordinària. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció dels productes agrícoles i alimentaris en règim de qualitat. convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Resolució de 7 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aproven les Bases Reguladores i la Convocatòria de les Intervencions en forma de pagaments directes a l'agricultura ia la ramaderia i de les Intervencions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Ordre de 8 d'abril de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les ajudes a la collita en verd de vinyes a la Comunitat de Castella i Lleó per a la verema 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Resolució de 08/04/2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria pluriennal d'ajudes per incentivar la contractació de serveis d'innovació i competitivitat. Xec Internacionalització.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolució de 7/4/2025, de l'Agència de Ciència, Competitivitat Empresarial i Innovació Asturiana, que aprova la convocatòria per a la concessió de subvencions per a l'execució de projectes d'R+D al Principat d'Astúries de l'exercici 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Ajuts al desenvolupament i validació de tractaments innovadors en la gestió de dejeccions ramaderes corresponents a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Convocatòria Pime Innova 2025 - Cambra de Sevilla</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ajuts a la millora dels processos de transformació i comercialització dels productes agroalimentaris corresponents a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGÈNCIA DE DESENVOLUPAMENT ECONÒMIC DE LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Ajuts règims de qualitat dels productes agrícoles i alimentaris, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Resolució de 16 d'abril de 2025 per la qual s'estableixen les bases reguladores de les ajudes per a programes de qualitat desenvolupats per consells reguladors de denominacions de qualitat agroalimentàries i es convoquen per a 2025 (codi de procediment</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2025 del Fons Espanyol de Garantia Agrària OA (FEGA), per la qual es convoquen ajudes a inversions materials o immaterials en transformació, comercialització o desenvolupament de productes agroalimentaris PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 1.- FEDERACIONS I UNIONS COOPERATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 2.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 3.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 1- Ajuts per a l'impuls i la promoció de la integració de les entitats associatives agroalimentàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 2- Ajuts per promoure i impulsar la fusió d'entitats associatives agroalimentàries d'Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Subvencions a cupons a la competitivitat empresarial: Innovació 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 (Ocupació Estable)</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 (Garantia de Rendes)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>FEADER.AJUDA AGRIC I GUANY ECOLOGICA.PEPAC.PROG 2025-29 I ANUAL</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'any 2025 a les Organitzacions Professionals Agràries i Cooperatives Agràries de Cantàbria per col·laborar en l'emplenament de les sol·licituds de la convocatòria d'ajuts finançats pel FEAGA I FEADER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Ajuts a la conservació dels recursos genètics agrícoles dirigits a entitats de conservació, en el marc del Pla estratègic de la PAC 2023-2027 corresponents a 2025</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Resolució de 27/05/2025, de la Direcció general d'Ordenació Agropecuària, per la qual s'estableix la convocatòria d'ajudes addicionals a la contractació d'assegurances agràries a Castella-la Manxa incloses en el quaranta-sisè Pla d'Assegurances Agràries Combinades (Pla 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolució de 30/05/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de minimis, ajudes en espècie per a la participació agrupada a l'estand que contractarà la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per a l'assistència a la fira agroalimentària Fruit Attraction 20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA, PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2025 L'AJUDA PER HECTÀREA PER AL MANTENIMENT DEL CULTIU DE VIDES DESTINADES A LA PRODUCCIÓ DE VINS AMB</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Convocatòria de 20 beques per a la matrícula del curs d'estiu 2025 del Vicerectorat de Cultura, Esport i Compromís Social de la UCLM “Emprenedoria al sector veterinari i agroramader: oportunitats i desafiaments” CV12CR</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a la participació a fires comercials acollides al règim de mínimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PER A LA PARTICIPACIÓ EN EL PROGRAMA D'IMPULS A LA CREACIÓ, CREIXEMENT I CONSOLIDACIÓ DE NOVES INICIATIVES EMPRESARIALS INNOVADORES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>Valorització i transferència de resultats de recerca a les empreses. NO AJUDES DE L'ESTAT</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Accions complementàries d´impuls i enfortiment de la innovació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>Accions complementàries d'impuls i enfortiment de la innovació NO AJUDA ESTAT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilació de tecnologies avançades i la seua difusió al Sistema Valencià d'Innovació REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a finançament de préstecs a titulars d'explotacions agrícoles d'oliverar i vinya de secà radicades a Extremadura s/ Decret 35/2025 de 6 de maig que les convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025. Ajuts a associacions de productors agroalimentaris que realitzin comercialització a canals curts, i associacions gestores d'espais TEST agraris</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen per a 2025, subvencions destinades a donar suport a Associacions Professionals Agràries - Sense Ànim de Lucre</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 Ajuts per a activitats de control i certificació a les figures de qualitat agroalimentàries de Navarra, reconegudes com a DOP o IGP, acollides al règim de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a entitats locals per al foment dels canals curts de comercialització de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PER A LA INVERSIÓ EN INNOVACIÓ D'ENT. FORMACIÓ OCUPACIÓ 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>CONVOCATÒRIA CONTRACTACIÓ JOVES PROJECTES INVESTIGACIÓ-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI)REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI) RÈGIM 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Ordre MAV/625/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a la digitalització d'empreses de primera transformació de fusta i altres productes fustables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Ordre MAV/624/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a projectes d'emprenedoria digital i startups forestals a Castella i Lleó (RETECHFOR, PRTR, fons Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de juny de 2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajuts dirigits a fomentar la innovació i l'emprenedoria. Incubadores.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolució de XX de XXX de 2025 per la qual es convoquen en concurrència competitiva subvencions per a projectes d'innovació desenvolupats per Centres Tecnològics. Línia 5 de l'Ordre de 10 de febrer de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de juny de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les explotacions agrícoles pertanyents a la indicació geogràfica protegida Faba de Lourenzá i es convoquen per a l'any 2025 (codi de procediment MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Subv. 2025 titulars d'explotacions agràries per fomentar la participació en règims de qualitat dels aliments. s/ Resolució de 19 de juny de 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, DE XX DE XXXX DE 2025, DE LA DG DE FOMENT DE LA INNOVACIÓ, PER LA QUAL ES CONVOCA PER A L'EXERCICI 2025, EN CONCURRÈNCIA COMPETITIVA, LA CONCESSIÓ DE SUBVENCIONS PER A PROJECTES D'INNOVACIÓ PELS CLUSTERS LÍNIA 2 NO AJ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, DE XX DE XXXX DE 2025, DE LA DG DE FOMENT DE LA INNOVACIÓ, PER LA QUAL ES CONVOCA PER A L'EXERCICI 2025, EN CONCURRÈNCIA COMPETITIVA, LA CONCESSIÓ DE SUBVENCIONS PER A PROJECTES D'INNOVACIÓ PELS CLUSTERS LÍNIA 2 R (UE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, DE XX DE XXXX DE 2025, DE LA DG DE FOMENT DE LA INNOVACIÓ, PER LA QUAL ES CONVOCA PER A L'EXERCICI 2025, EN CONCURRÈNCIA COMPETITIVA, LA CONCESSIÓ DE SUBVENCIONS PER A ADQUISICICÓ D'EQUIPAMENTS MILLORA INFRAESTRUCTURA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>ORDRE de l'11 de juny de 2025 per la qual s'estableixen les bases reguladores dels ajuts destinats a les persones agricultores joves, en el marc del Pla Estratègic de la Política Agrària Comuna d'Espanya 2023-2027, cofinançades pel Fons Europeu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions al foment del relleu en l'activitat per compte propi a Castella i Lleó (Relevacyl Autoempleo). Any 2025</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions al foment de l'esperit emprenedor per garantir el relleu productiu a través de les org. representatives d'autònoms i de l'economia social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) per a l'exercici 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>FEADER AJUDES INCORPORACIÓ JOVES AGRICULTORS CONVOCATÒRIA 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/685/2025, de 23 de juny, per la qual s'aproven les bases reguladores i la convocatòria d'ajuts sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agrari a Zones Rurals Deprimides 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>EXTRACTE DE L'ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN, PER A LA CAMPANYA 2025, ELS AJUTS DE L'ACCIÓ III.2, SUPORT AL SECTOR BOVÍ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES DE L'ACCIÓ III.6 AJUDA A LA PRODUCCIÓ LÀCTEA DE CAPRÍ I OVÍ D'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES DE L'ACCIÓ III.4 AJUDA A LA PRODUCCIÓ LÀCTEA DE BOVÍ D'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI PER A ZONES RURALS DEPRIMIDES (2025). SALAMANCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Bases reguladores 2025-2027 i convocatòria per als ajuts a la millora de la producció i comercialització dels productes de l'apicultura en el marc de la Intervenció Sectorial Apícola, recollida al PEPAC, per a la campanya de l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Ajuts a l'adopció i el manteniment de l'agricultura i la ramaderia ecològica (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Ajuts al compromís de sanitat i benestar animal en ramaderia intensiva de boví de llet (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Ajuts a l'apicultura per a la biodiversitat (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de juny de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les subvencions destinades a la millora de les estructures de producció de les explotacions agràries, cofinançades per Feader.</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de juny de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen ajudes a l'establiment de persones joves agricultores i nous agricultors de la Comunitat Valenciana en el marc del Pl.</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de juny de 2025 de la Conselleria d'Agricultura, G i DR per la qual es convoquen les ajudes per a la reposició de caps de bestiar com a conseqüència del seu sacrifici en aplicació de programes sanitaris oficials de malalties dels remugants.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 ajudes a persones productores agroalimentàries que realitzin comercialització en canals curts, acollides al règim de minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del Pla d'assegurances agràries 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Ajuts per lucre cessant. Resolució 03/07/2025 de la DGd'Ordenació Agropecuària per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2025, les ajudes per compensar el lucre cessant de les explotacions ramaderes en què</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a les inversions en energies renovables per a edificacions agràries a zones rurals per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Extracte Ordre 9/7/2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria de l'any 2025 de les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de juny del 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025 els ajuts per a les inversions de creació, millora o ampliació d'infraestructures en superfícies pastables.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AIGUA, AGRICULTURA, RAMADERIA I PESCA. DE DATA 10/07/2025. CONVOCATÒRIA AJUDES PER A RECONSTITUCIÓ POTENCIAL PRODUCTIU D'AMETLLER EN SECÀ. PLA ESTRATÈGIC DE LA POLÍTICA AGRÀRIA COMÚ, PERÍODE 2023-2027, ANUALITAT 2025</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>Resolució d'11 de juliol de 2025, per la qual s'aprova la convocatòria d'ajudes per a serveis d'assessorament i participació en règims de cedrtificació d'explotacions ramaderes de llet</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis en espècie al sector agrícola en la modalitat d'assessorament i suport tècnic en matèria de fertilització sostenible, corresponents a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a les entitats associatives agràries per a la col·laboració en la prestació de serveis d'assessorament que inclogui la gestió tecnicoeconòmica, a les explotacions agràries a la Comunitat Autònoma de Cantàbria per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>Resolució núm. 1.131/2025, de la Conselleria d'Agricultura, Ramaderia, Món Rural i Medi Ambient, per la qual s'aprova la convocatòria pública per a l'exercici 2025 de les ajudes a les explotacions ramaderes afectades per tuberculosi bovina</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de juliol 2025 del Director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen les ajudes al sector vitivinícola de la CV per a la promoció i la comunicació en mercats de tercers països recollides</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Ordre de de 2025 per la qual estableixen les bases reguladores de les ajudes per al foment de la utilització de maquinària agrícola en règim associatiu a Galícia, finançades amb l'Instrument de Recuperació de la Unió Europea (EURI) en el marc</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>Resolució d'1 d'agost de 2025, del Director General de l'Institut Tecnològic Agrari de Castella i Lleó, per la qual es convoquen per a l'any 2025 els ajuts a les activitats promogudes per les Associacions Sectorials Alimentàries per al desenvolupament</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 per a les ajudes a les Agrupacions de Defensa Sanitària Ramaderes i Agrupacions de Defensa Sanitària Apícoles, s/ Resolució de 24 de juliol de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>Ordre de 12/08/2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025 els ajuts per a la promoció del dimensionament del cooperativisme agroalimentari, a la comunitat autònoma de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Resolució de 04/08/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen ajudes, en règim de minimis, per la tinença i manteniment de gossos mastins per a la defensa i guarda de bestiar oví i caprinoe</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Ordre IND/39/2025, de 20 d'agost, per la qual s'aprova per a l'any 2025 la convocatòria de subvencions per a associacions de comerciants i les federacions i confederacions i cooperatives de detallistes. No subjecte a minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Ordre de 21 d'agost de 2025 per la qual s'estableixen les bases reguladores de les ajudes destinades al foment de la utilització d'instal·lacions i equipaments en comú en règim associatiu, en el marc del Pla Estratègic de la Política Agrària Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Convocatòria corresponent a 2025 de les ajudes de suport a agrupacions empresarials innovadores per tal de millorar-ne la competitivitat i la contribució a l'autonomia estratègica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Ajudes 2025 a empreses per a participació agrupada a la Fira Food Ingredients 2025, segons l'Acord de 26 d'agost 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 de 26 d'agost per la qual es convoquen subvencions per a inversions en transformació, comercialització i desenvolupament de productes agrícoles (indústries agroalimentàries), en el marc del PEPAC per al període 2023-2027 per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Ordre AGA/XX/2025, de XX, per la qual es convoquen les subvencions a la contractació d'assegurances agràries a la comunitat autònoma d'Aragó, per a l'any 2025 per a les línies del quaranta-sisè pla d'assegurances agràries combinades (pla 2025)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>Resolució 1280/2025 per la qual s'aprova la convocatòria pública per a 2025 de les subvencions a les organitzacions professionals agràries i entitats d'assessorament que realitzin actuacions de suport a les explotacions agràries de la Rioja</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>Resolució de 29 d'agost de 2025, bases reguladores que regiran la concessió dels ajuts destinats a sufragar els danys soferts en establiments comercials, industrials, turístics i mercantils, derivats dels incendis forestals (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>Ordre de 29 d'agost de 2025 per la qual s'estableixen les bases reguladores dels ajuts per danys a les explotacions forestals, agrícoles o ramaderes per a la reparació dels danys causats pels incendis forestals que afecten Galícia durant</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
+  </si>
+  <si>
     <t>Acord de 28 d'agost de 2025, de la Junta de Castella i Lleó, pel qual s'autoritza la concessió directa de subvencions als titulars d'explotacions agràries danyades i ubicades als municipis afectats pels incendis forestals de 2025.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>Ajuts 2025 a persones físiques o jurídiques de dret privat, per a la conservació de les espècies protegides i hàbitats d'interès en explotacions agràries i ramaderes i primera convocatòria s/ Decret 92/2025, de 29 de juliol</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ 1 de setembre de 2025 de la Conselleria de Medi Rural i Política Agrària per la qual s'aprova convocatòria pluriennal de subvencions a inversions en productes agrícoles i inversions en tecnologies forestals</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de setembre de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes a les inversions en transformació, comercialització o desenvolupament de productes agroalimentaris al ma</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>Resolució de 13 de setembre de 2025 per la qual es convoquen per a l'exercici 2025 els ajuts dirigits al suport a la prestació de servei assessorament</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Resolució 2025 que aprova convocatòria de concessió de subvencions plurianuals a entitats associatives agràries per a millora d'explotacions agrícoles en àmbit Pincipat d'Astúries en exercici 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de setembre de 2025, de la Conselleria de Medior Rural i Política Agrària, per la qual s'aprova la convocatòria de subvencions a les entitats sense ànim de lucre amb destinació a la celebració de mercats del Paradís Natural</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>Resolució de 15/09/2025, de la Direcció General d'Ordenació Agropecuària per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2025, els ajuts per a la repoblació en explotacions de bestiar boví, oví i cabrum en cas de vac</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>Ordre de 15 de setembre de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, convocant ajudes destinades als Consells Reguladors de les Denominacions d'Origen, Indicacions Geogràfiques Protegides i Consell Agricultura Ecològica. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de setembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les organitzacions professionals agràries i associacions agràries per a la realització activitats d'interès agrari i les convoca per a l'any 2025 (codi de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN PER A 2025, LES AJUDES DE LA MESURA III “SUPORT A LA PRODUCCIÓ ANIMAL”, ACCIÓ III.7 “AJUDA PER A la PRODUCCIÓ DE REPRODUCTORS DE PORCÍ A CANÀRIES” DEL PROGRAMA COMUNITARI DE SUPORT A LES PRODUCCIONS</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>Ordre d'1 d'octubre del 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per la qual es convoquen per a l'any 2027 els ajuts per a la prestació del servei d'assessorament a les explotacions i el procés de selecció d'entitats.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Intervenció 7119 PEPAC), s/ II Convocatòria (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Programa ajudes digitalització cadena alim. i fusta 2025 REG(UE) 1408/2013</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>Convocatòria per a 2025 d'Ajuts a inversions en explotacions agràries Modernització regadiu R247. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>Convocatòria per a 2025 d'Ajuts a inversions en explotacions agràries Transformació regadiu R159. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>Ordre de 3 d'octubre de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025, subvencions a les organitzacions professionals agràries més representatives a la Comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>RESOLUCIÓ 13 d'octubre de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen ajudes a la destil·lació de subproductes de vinificació campanya 2025/2026.</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>ORDRE AGA/xxxx/2025, de 17 d'octubre, bases reguladores i convocatòria d'ajudes sobre danys en produccions i infraestructures de les explotacions agràries produïdes a Aragó com a conseqüència de pluges torrencials agost-setembre 2025.</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
+    <t>Resolució, de 17/10/2025, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, per a l'any 2025, els ajuts regulats per l'Ordre 115/2024, de 5 de juliol, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual s</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Subvencions per a la creació d'empreses de joves agricultors i agricultores. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/XX/2025 DE , PER LA QUAL ES CONVOQUEN SUBVENCIONS A LA CONTRACTACIÓ D'ASSEGURANCES AGRARIS A LA CCAA D'ARAGON, PER A l'ANY 2025 PER A les LÍNIES DEL 45 (PLA 2024) I 46 (PLA 202B) A PLA FINS A 31 AGOST.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBÈRIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 3 de desembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolució de 07/01/2026 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2026 dels ajuts a les sol·licituds de reestructuració i reconversió de vinya de Castella-la Manxa en el marc de la Intervenció S</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Bases reguladores Ticket Innova 2026, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Bases reguladores Reacciona 2026, cofinançades FEDER, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>ORDRE de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2026 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ajuts per a les inversions en transformació i comercialització de productes agraris cofinançats pel Fons Europeu Agrícola de Desenvolupament Rural (Feader)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Autoritzar una despesa pluriennal de 2.100.000,00 euros amb càrrec a la partida pressupostària 720007 72300 4400 412108 'PDR FEADER 2014-2022. Serveis d'assessorament a través d'INTIA', del pressupost de despeses del 2024 i el seu equivalent el 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Resolució de 21/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2025, les ajudes per a promoure</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolució de 22/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, pel procediment de tramitació anticipada, per a l'any 2025, els ajuts a la cooperació per a la informació i promoció dels pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Reglament 651/2014 de la Comissió</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Ordre Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària que convoca per a la Campanya 2025 l'Acció I.5 “Ajuda els productors tradicionals de tomàquet d'hivern” del Programa Comunitari de Suport a les produccions agràries canàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>ORDRE IND/57/2024, de 4 de desembre, per la qual s'aporta la Convocatòria per a l'any 2025 de les ajudes a l'artesania a Cantàbria (Producció primària de productes agrícoles.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Ajuts a les inversions per a l'elaboració i comercialització de productes vitícoles</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025-2026 ajuts a la Cooperació per a la promoció dels productes agrícoles i alimentaris en els règims de qualitat, en el marc del PEPAC, de la Comunitat Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Resolució de 10 de 12 de 2024 d'aprovació de convocatòria per despesa anticipada de concessió de subvencions per als serveis d'assessorament a les petites i mitjanes explotacions agràries del PA en el marc del PEPAC 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Ajuts per a la millora de la capacitat de la innovació i el desenvolupament tecnològic de les empreses a Galícia, programa “Ticket Innova” per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2025 les ajudes a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolució, de la directora general de Producció Agrícola i Ramadera, per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, els ajuts de mínimis destinats a la replantació de parcel·les fructícoles el cultiu de les quals sigui o hagi estat destruït</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, de les ajudes a les explotacions agrícoles de cirera a zones afectades per factors climàtics, ambientals i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Resolució EMT//2024, de, per la qual s'obre la convocatòria anticipada per a l'any 2025 per a la concessió de subvencions per al foment de la contractació amb formació en el marc de les campanyes agràries a Lleida (SOC - CAMPANYA AGRÀRIA A</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Ordre AGA/…/2024, de 19 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>convocatòria dajuts per a la promoció de locupació i la millora de la competitivitat de cooperatives, microcooperatives i societats laborals de les Illes Balears per als anys 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Convocatòria dajuts dirigits al funcionament dgrupacions empresarials innovadores de les Illes Balears 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera, per la qual s'estableix la convocatòria anticipada, per al Pla 2025, de les ajudes de la Comunitat Valenciana destinades a la subscripció d'assegurances agràries incloses en els plans a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 “l'ajuda per a la producció de mel de qualitat procedent de la raça autòctona d'abella negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, pel procediment de tramitació anticipada, l'any 2025, les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2025 les subvencions al control del rendiment lleter a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Ajuts per realitzar projectes d'innovació a les pimes industrials.</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuda a l'establiment d'agricultors i pageses a temps parcial en el marc del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Ordre de bases de subvencions per a accions de formació en capacitats digitals, adreçada preferentment a dones de l'àmbit rural, Pla Nacion. Competències digitals, del PRTR, finançat per la UE –Next Generation EU–, i convocatòria 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Ajuts per a la creació i consolidació d'empreses innovadores de base tecnològica el 2025 en el marc del Pla de Recuperació, Transformació i Resiliència – Finançat per la Unió Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolució de 17/12/2024, de la Direcció General de Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, pel procediment de tramitació anticipada, les ajudes a l'establiment de joves a l'agricultura ia les inversions per a la millora i</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Tractament Integrat en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>ORDRE de 26 de desembre de 2024 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2025 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Ordre de 13 de gener, que estableix les BBRR d'ajudes extraordinàries atorgades per a finançament de cooperatives agràries aragoneses amb dificultats econòmiques conseqüència de la sequera i els problemes conjunturals del sector, i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XXIV Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>ORDRE 10 DE GENER 2025, de la Direcció General de la Producció Agricola i Ramadera per la qual es convoquen ajudes a l'execució de programes nacionals veterinaris per les Associacions de Defensa Sanitària Ramadera de concurrència no competitiva</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 a l'establiment de persones joves agricultors a la Comunitat Autònoma d'Extremadura, primera convocatòria incorporada al Decret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 Inversions en Modernització i/o Millora Explotacions Agràries en què s'estableixen la persona jove agricultor, primera convocatòria incorporada al Decret 169/2024imera Convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les intervencions en forma de pagaments directes, intervencions de desenvolupament rural i l'establiment de requisits comuns.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Resolució de 28 de gener de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària mitjançant la qual s'estableix la convocatòria per a concessió i sol·licitud de pagament anual de les ajudes incloses a la sol·licitud única dins el marc del</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>ORDRE de 23 de gener de 2025, que estableix les BBRR d'ajudes extraordinàries atorgades per la Comunitat Autònoma per proporcionar suport financer a les cooperatives agràries aragoneses i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa vegetal per prevenir les plagues dels vegetals per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuda Complementària a Joves Agricultors/Agricultores, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Agricultura Ecològica, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuts Associats a l'Agricultura, segons Resolució de 27 de gener de 2025 que els convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025, de 20 de gener, per a la presentació de la sol·licitud única d'ajuts de la Política Agrícola Comuna per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Ajuda complementària renda per a joves agricultors i agricultores 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ajuda agricultors determinats cultius afrontin dificultats campanya 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de subvencions corresponents a les operacions d'Agricultura Ecològica de Manteniment de Fruit Secà i Fruit Regadiu (6503.2), corresponents a les Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al foment de l'agricultura ecològica per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de la subvenció a l'operació 10.1.14 Esmena calcària del sòl per a prevenció i control de la podridura radical en formacions adeesades de la Mesura 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 20 de desembre de 2024.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 3 de febrer de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a compromisos agroambientals en superfícies agràries i compromisos i activitats de conservació de recursos genètics (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de gener de 2025 per la qual s'estableixen les bases reguladores per a la concessió, en règim de concurrència no competitiva, de subvencions per a l'impuls de la innovació i sostenibilitat del comerç local i artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Ajuts a municipis de la Comunitat de Madrid per al desenvolupament d'activitats de promoció comercial i firal 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al pagament dels compromisos agroambientals de cultius sostenibles per l‟ús d‟aigua regenerada, per al‟any 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de febrer de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts de reestructuració i reconversió de vinya de la Regió de Múrcia, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Ordre DES/07/2025, de 24 de febrer de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2025 i es recull</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Subvenció 2025 Cooperació per a la successió d'explotacions agrícoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…../2025, de 6 de març, per la qual es convoquen subvencions en matèria de cooperació per als grups operatius de l'Associació Europea per a la Innovació (AEI), en el marc del Pla Estratègic Nacional de la PAC 23-27, per a Aragó per a 2025</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a les agrupacions de defensa sanitària ramaderes reconegudes a Cantàbria per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 13 de març de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya Millors Vins, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 17 de març del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya a la Millor Beguda Espirituosa amb Indicació Geogràfica, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de març de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts a la Collita en verd de la verema 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>AJUDES ORGANITZ. PROFES. AGRÀRIES I UNIÓ COOP. AGRÀRIES (OPES 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AJUDES UNION COOP. AGRÀRIES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament rural, per la qual es convoquen ajudes a vacunació davant de salmonel·la en avicultura de posada a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, els ajuts per a la reestructuració i reconversió de vinyes a la comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 a la implantació de sistemes de reg que promoguin l'ús eficient de l'aigua i l'energia a les explotacions agràries, segons el Decret 12/2025, d'11 de març, que les convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Resolució de 27 de març, per la qual es convoquen per a l'exercici 2025, les subvencions destinades al programa Cultiva, relatiu a estades formatives de joves agricultors en explotacions model</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Orde de 27 de març de 2025,convoc. 2025 d'ajuts dirigits a l'execució, a través de les Agrup. de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari en règim de concurrència competitiva</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Convocatòria d'Ajuts de foment a l'emprenedoria innovadora (Cheque Emprendedor) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Ajuts Extremadura Avante a empreses per a participació agrupada a la Fira Fruit Attraction 2025, segons l'Acord de 27 de març 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>ORDRE/AGA/284/2025, de 10 de març, del Conseller d'Agricultura, Ramaderia i Alimentació, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de març de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat realitzades per grups de productors, en el marc del Pla estratègic de la PAC 2023-2027, i es convoca</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Ajuts per a la incorporació de nous agricultors.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>Resolució de 01/04/2025 del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajudes a la participació en fires, esdeveniments i missions comercials. Fira Saudi Agriculture. Aràbia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2025, de 7 d'abril, per la qual s'aprova la convocatòria per complementar l'any 2025, amb càrrec al conveni FITE 2023, les subvencions concedides a l'empara de les Ordres indústries agroalimentàries 2022 i 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 7 d'abril del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya als Millors Pernils, any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolució, de 08/04/2025, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria de les ajudes de la Intervenció Sectorial Apícola en el marc del Pla Estratègic de la Política Agrícola Comuna a Castella-la, per a lac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts als municipis per a la realització d'obres noves i de millora de les infraestructures agràries 2024-2025, regulades per l'Ordre DES/25/2024, de 14 d'agost.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2024, a 7 d'octubre, per la qual es convoquen subvencions per a inversions en instal·lacions de transformació i en infraestructures vitivinícoles, estructures i instruments de comercialització, per a l'any 2025 (exercici financer 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrícola en matèria de sanitat vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a municipis i entitats locals menors per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a associacions, federacions i confederacions del sector comerç per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ajuts projectes de recerca científica i transferència de tecnologia, cofinançats pel FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Reial Decret 905/2022, de 25 d'octubre, pel qual es regula la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comú_Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria d'ajudes per a la campanya 2024-2025 a la gestió sostenible de les pastures muntanyes a Navarra, incloses a la Intervenció 6881.1 Repoblació Forestal i Sistemes Agroforestals el PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Ajuts per a la transformació del cooperativisme agroalimentari català i el foment de la competitivitat i la sostenibilitat ambiental, social i econòmica (IMPULS.COOP) corresponents a 2025, 2026 i 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
     <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 L'Acció III.1 Ajuda per al subministrament d'animals reproductors de races pures o races comercials originaris de la Comunitat</t>
   </si>
   <si>
-    <t>2024-12-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-15</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
   </si>
   <si>
-    <t>Ajuts per a la transformació del cooperativisme agroalimentari català i el foment de la competitivitat i la sostenibilitat ambiental, social i econòmica (IMPULS.COOP) corresponents a 2025, 2026 i 2027</t>
-[...46 lines deleted...]
-  <si>
     <t>Ordre de la Conselleria d'agricultura, ramaderia, pesca i sobirania alimentària per la qual es convoquen per a la campanya 2025, els ajuts de la subacció III.2.4 "Ajudes a la importació de vedells destinats a l'engreix"</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
   </si>
   <si>
-    <t>Ajuts projectes de recerca científica i transferència de tecnologia, cofinançats pel FEDER (2025-2029)</t>
-[...296 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+    <t>Resolució de 16 de desembre de 2025, del FEGA, per la qual es convoquen anticipadament les subvencions de serveis d'assessorament d'àmbit supraautonòmic en el marc del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Ordre de 12-desembre-2025 de la Conselleria d'Economia i Hisenda per la qual s'efectua la convocatòria de l'any 2026 destinades a desenvolupar i millorar les capacitats de recerca i innovació del teixit empresarial a través de les AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Resolució d'11/12/2025, de la DG d'Agricultura i Ramaderia, per la qual es convoquen, el 2025, els ajuts de la Intervenció 6505.2 Activitats de conservació, ús i desenvolupament sostenible dels recursos genètics ramaders a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions forestals no productives en prevenció de danys forestals. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar danys en infraestructura productiva en explotacions agràries afectades per la DANA. Relació C.</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2025, de 17 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 DE , PER LA QUAL ES CONVOQUEN SUBVENCIONS A UNA PART DEL COST DE CONTRACTACIÓ DE LES ASSEGURANCES AGRARIS PER A L'EXERCICI 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Ordre de 22/04/2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen subvencions a la transformació emparades a la Intervenció 6842.1 (objectius ambientals) del PEPAC cofinançades pel FEADER - Línia MA1</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025, a 22 d'octubre, per la qual es convoquen subvencions per a inversions en instal·lacions de transformació i en infraestructures vitivinícoles, estructures i instruments de comercialització, per a l'any 2026 (exercici financer 2027).</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>Resolució de 6 de novembre de 2025 de la Direcció General de Producció Agrícola i Ramadera, per la qual es convoquen de forma anticipada les ajudes a les Agrupacions de Defensa Sanitària Ramaderes per a l'exercici 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Bases reguladores Galícia Exporta Organismes Intermedis 2026, cofinançades FEDER, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Resolució de l'ICCA, per la qual es convoquen per a la campanya 2025 les ajudes de les accions I.6 i I.7 del programa comunitari de suport a les produccions agràries de canàries (POSEI)</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 per finançar mesures per a la lluita contra la despoblació als nuclis de població de zones rurals amb especials dificultats demogràfiques. Línia 4 consolidació de lactivitat agrària s/ disposició addicional del Decret 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Resolució de 16/12/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2026, els ajuts per a la informació i promoció dels productes agrícoles i aliment</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolució de 14 de novembre de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen de forma anticipada per a l'exercici 2026 ajudes a la millora de la competitivitat i sostenibilitat explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de novembre de 2025, del FEGA, per la qual es convoquen anticipadament subvencions per a la realització de projectes de recerca aplicada al sector apícola i els seus productes dins de la ISA, en el marc PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de desembre de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions productives en explotacions agràries vinculades a contribuir a la mitigació-adaptació al canvi climàtic, ús eficient</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de des de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions en modernització i/o millora d'explotacions agràries en el marc del pla estratègic de la Política Agrícola Comuna des</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de desembre de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions no productives en explotacions agràries del Principat d'Astúries vinculades a la mitigació-adaptació al canvi climat</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu de 17.11.2025, relatiu a les bases que regeixen la concessió d'ajuts per promoure pràctiques sostenibles a les explotacions agràries de Menorca (CARB) i la convocatòria corresponent per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de novembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per pal·liar els danys produïts pel porc senglar als cultius agrícoles i es convoquen per a l'any 2026 (codi de procediment MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN SUBVENCIONS PER AL FINANÇAMENT DE PROJECTES INNOVADORS PER A LA TRANSFORMACIÓ TERRITORIAL I LA LLUITA CONTRA LA DESPOBLACIÓ, PROMOUTS PER ENTITATS SENSE ÀNIM DE LUCRE, DURANT L'EXERCICI DE 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Subvenció 2026, Sector Agrícola, per a incorporació social/laboral de menors/joves complint o complert mesures judicials, per Resolució de 14 de novembre de 2025</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026 d'ajuts a les entitats de gestió de les figures de qualitat agroalimentària</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de desembre de 2025, per la qual s'estableixen les bases reguladores de les ajudes a les entitats reconegudes com a agrupacions de defensa sanitària ramaderes (ADSG) de Galícia i es convoquen per a l'any 2026-2027 (Codi de procediment MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre del 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen ajudes per a la realització d'accions de formació, informació i demostració en el marc del PEPAC d'Espanya 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar danys en infraestructura productiva en explotacions agràries afectades per la DANA. Relació A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de desembre de 2025, per la qual es convoquen per a l'any 2026 els ajuts dirigits a l'execució, a través de les Agrupacions de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>ORDRE de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes, en concurrència competitiva, per a inversions en reforestació amb espècies de frondoses i/o coníferes, cofinançades pel Fons Europeu Agrícola de Desenvolupament</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 destinats a la Millora d'Eficiència energètica de regadius (programa II) els promotors dels quals són comunitats de regants, s/Resolució de la Secretaria General de data 18/12/2025 que aprova la convocatòria dels ajuts per a l'exercici 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 de desembre de 2025 per la qual s'aprova la convocatòria pluriennal de subvencions per a la línia de foment de contractació i regularització d'Assegurances Agràries Combinades a l'exercici 2026 sota la modatitat de despesa anticipada</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>ORDRE de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes, en concurrència competitiva, per al foment i el suport a les agrupacions forestals de gestió conjunta de productors forestals, cofinançades pel Fons Eur</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 per a inversions destinades a la transformació i comercialització de productes agrícoles, s/ Resolució de 29 d'octubre de 2025 que convoca</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. Ajuts Estat.(Interv, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVATGE</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Resolució, de 18/11/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2026, els ajuts per promoure lap</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Ordre de 24 de novembre de 2025 per la qual s'aprova la convocatòria de l'any 2025 d'ajuts a projectes de col·laboració publicoprivada (ajuts per a activitats no econòmiques d'organismes de recerca).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Resolució de 23/12/2025, de la Direcció General de Desenvolupament Rural, per la qual es convoquen per a l'any 2026 pel procediment de tramitació anticipada, els ajuts a l'establiment de joves a l'agricultura ia les inversions per a la millora i/o</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual aprova les bases reguladores per a la concessió de les ajudes IA360 orientades a potenciar la innovació empresarial en concurrència competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per a les bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia 2026-2027 en règim de concurrència competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>resolució del 16 de desembre de 2025, de l'Institut Energètic de Galícia per la qual s'aproven les bases reguladores de les ajudes per a projectes d'estalvi i eficiència energètica a les empreses gallegues</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025, de la DG d'Indústries, Innov. i Cadena Agroal., per la qual es convoca per a l'exercici 2026 ajuts a inversions en transformació, comercialització i/o desenvolupament de productes agroalim. Intervenció 68422-01 PIMES</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025, de la DG d'Indústries, Innov. i Cadena Agroal., per la qual es convoca per a l'exercici 2026 ajuts a inversions en transformació, comercialització i/o desenvolupament de productes agroalim. FRUITES I HORTAL. PIMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de desembre de 2025 de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions per a l'any 2026 dirigides a l'adquisició de maquinària industrials nova a empreses industrials de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Ajuts 2025/2026 per a millora de les capacitats avançades de les pimes del sector del comerç al detall, segons convocatòria efectuada per Resolució de 21 de novembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 a empreses per finançar projectes que promoguin la implantació de solucions d'intel·ligència artificial de la Comunitat Autònoma d'Extremadura - s/ Decret 173/2025 que les convoca</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
   </si>
   <si>
     <t>Impuls a la compra pública innovadora (CPI) L2 NO AJUDES DE L'ESTAT</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
   </si>
   <si>
-    <t>Impuls a la compra pública innovadora (CPI) RÈGIM 651</t>
-[...2084 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+    <t>RESOLUCIÓ de 23 de desembre 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2026 els ajuts a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3101,66 +3470,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H316"/>
+  <dimension ref="A1:H359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H316"/>
+      <selection activeCell="A1" sqref="A1:H359"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="498.878" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3211,8010 +3580,9136 @@
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1"/>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G16" s="1"/>
       <c r="H16" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>78</v>
-      </c>
-[...11 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1"/>
-      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B23" s="1"/>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G26" s="1"/>
       <c r="H26" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G33" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H33" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>140</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>84</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>101</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>104</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>93</v>
+        <v>161</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G51" s="1"/>
       <c r="H51" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G52" s="1"/>
       <c r="H52" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1"/>
       <c r="H53" s="1" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G54" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="H54" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>196</v>
+        <v>19</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>197</v>
+        <v>113</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>175</v>
+        <v>123</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>197</v>
+        <v>146</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>63</v>
+        <v>195</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>196</v>
+        <v>123</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>205</v>
+        <v>24</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G58" s="1"/>
       <c r="H58" s="1" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>143</v>
+        <v>200</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>208</v>
+        <v>117</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>93</v>
+        <v>201</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>197</v>
+        <v>37</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>186</v>
+        <v>130</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>215</v>
+        <v>93</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>218</v>
+        <v>130</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>171</v>
+        <v>211</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>221</v>
+        <v>123</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>222</v>
+        <v>109</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>78</v>
+        <v>216</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="B66" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66" s="1" t="s">
         <v>221</v>
-      </c>
-[...16 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>218</v>
+        <v>9</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>41</v>
+        <v>178</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>239</v>
+        <v>143</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>242</v>
+        <v>143</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>250</v>
+        <v>228</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>222</v>
+        <v>143</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>255</v>
+        <v>236</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>186</v>
+        <v>238</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>257</v>
+        <v>120</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>222</v>
+        <v>109</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>266</v>
+        <v>154</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>276</v>
+        <v>255</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>277</v>
+        <v>49</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>20</v>
+        <v>260</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>284</v>
+        <v>259</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>281</v>
+        <v>143</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>33</v>
+        <v>161</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>286</v>
+        <v>264</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>284</v>
+        <v>265</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>281</v>
+        <v>138</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>20</v>
+        <v>266</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>287</v>
+        <v>267</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>281</v>
+        <v>123</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G86" s="1"/>
       <c r="H86" s="1" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>294</v>
+        <v>274</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>284</v>
+        <v>108</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>284</v>
+        <v>133</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>297</v>
+        <v>277</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>284</v>
+        <v>133</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>280</v>
+        <v>183</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>305</v>
+        <v>286</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>284</v>
+        <v>154</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>281</v>
+        <v>77</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>311</v>
+        <v>77</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>312</v>
+        <v>293</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>270</v>
+        <v>295</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>314</v>
+        <v>296</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>315</v>
+        <v>297</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>318</v>
+        <v>284</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>319</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>321</v>
+        <v>220</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>322</v>
+        <v>28</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>277</v>
+        <v>63</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>325</v>
+        <v>299</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>326</v>
+        <v>284</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>331</v>
+        <v>307</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>332</v>
+        <v>284</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>333</v>
+        <v>308</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>334</v>
+        <v>309</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>335</v>
+        <v>168</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>336</v>
+        <v>310</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>337</v>
+        <v>311</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>338</v>
+        <v>312</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>339</v>
+        <v>77</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>340</v>
+        <v>313</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>341</v>
+        <v>314</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>342</v>
+        <v>154</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>343</v>
+        <v>315</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>344</v>
+        <v>316</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H106" s="1" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>347</v>
+        <v>319</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>348</v>
+        <v>154</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>349</v>
+        <v>320</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>350</v>
+        <v>12</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>351</v>
+        <v>321</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>353</v>
+        <v>183</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>345</v>
+        <v>287</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>354</v>
+        <v>323</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>355</v>
+        <v>324</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>353</v>
+        <v>295</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>356</v>
+        <v>326</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>357</v>
+        <v>327</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>353</v>
+        <v>256</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>358</v>
+        <v>328</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>353</v>
+        <v>256</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>361</v>
+        <v>328</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G111" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H111" s="1" t="s">
-        <v>362</v>
+        <v>331</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>363</v>
+        <v>332</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>364</v>
+        <v>256</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>225</v>
+        <v>328</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>277</v>
+        <v>97</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>365</v>
+        <v>333</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>366</v>
+        <v>334</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>367</v>
+        <v>256</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>368</v>
+        <v>328</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>350</v>
+        <v>97</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>369</v>
+        <v>335</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>370</v>
+        <v>336</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>367</v>
+        <v>337</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>372</v>
+        <v>339</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>373</v>
+        <v>340</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>374</v>
+        <v>146</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>375</v>
+        <v>341</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>374</v>
+        <v>146</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>375</v>
+        <v>344</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>42</v>
+        <v>201</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>378</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>379</v>
+        <v>346</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>380</v>
+        <v>347</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>381</v>
+        <v>348</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>382</v>
+        <v>349</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>383</v>
+        <v>350</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>82</v>
+        <v>351</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G118" s="1"/>
+      <c r="G118" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H118" s="1" t="s">
-        <v>384</v>
+        <v>352</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>385</v>
+        <v>353</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>386</v>
+        <v>256</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>387</v>
+        <v>354</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G119" s="1"/>
+      <c r="G119" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="H119" s="1" t="s">
-        <v>388</v>
+        <v>355</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>389</v>
+        <v>356</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>386</v>
+        <v>88</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>387</v>
+        <v>357</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G120" s="1"/>
+      <c r="G120" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="H120" s="1" t="s">
-        <v>390</v>
+        <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>392</v>
+        <v>256</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>393</v>
+        <v>328</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G121" s="1"/>
+      <c r="G121" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H121" s="1" t="s">
-        <v>394</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>395</v>
+        <v>361</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>396</v>
+        <v>351</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>397</v>
+        <v>310</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G122" s="1"/>
+      <c r="G122" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H122" s="1" t="s">
-        <v>398</v>
+        <v>362</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>399</v>
+        <v>363</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>400</v>
+        <v>328</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G123" s="1"/>
+      <c r="G123" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H123" s="1" t="s">
-        <v>401</v>
+        <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>402</v>
+        <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>400</v>
+        <v>328</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G124" s="1"/>
+      <c r="G124" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H124" s="1" t="s">
-        <v>403</v>
+        <v>367</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>116</v>
+        <v>348</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>405</v>
+        <v>369</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F125" s="1"/>
       <c r="G125" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>408</v>
+        <v>341</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>133</v>
+        <v>372</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F126" s="1"/>
       <c r="G126" s="1" t="s">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>409</v>
+        <v>373</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>410</v>
+        <v>374</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>408</v>
+        <v>375</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>411</v>
+        <v>376</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>63</v>
+        <v>266</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>412</v>
+        <v>377</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>413</v>
+        <v>378</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>415</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>414</v>
+        <v>372</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>417</v>
+        <v>382</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>419</v>
+        <v>93</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>276</v>
+        <v>372</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>420</v>
+        <v>384</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>421</v>
+        <v>385</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>61</v>
+        <v>372</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F131" s="1"/>
       <c r="G131" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>422</v>
+        <v>386</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>423</v>
+        <v>387</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>424</v>
+        <v>24</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>425</v>
+        <v>55</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F132" s="1"/>
       <c r="G132" s="1" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>426</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>427</v>
+        <v>389</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>428</v>
+        <v>93</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>429</v>
+        <v>390</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F133" s="1"/>
       <c r="G133" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>190</v>
+        <v>93</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>284</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F134" s="1"/>
       <c r="G134" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>432</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>433</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>367</v>
+        <v>284</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>339</v>
+        <v>372</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G135" s="1"/>
       <c r="H135" s="1" t="s">
-        <v>434</v>
+        <v>396</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>435</v>
+        <v>397</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>436</v>
+        <v>55</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F136" s="1"/>
       <c r="G136" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>437</v>
+        <v>398</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>438</v>
+        <v>399</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>405</v>
+        <v>93</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>280</v>
+        <v>37</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F137" s="1"/>
       <c r="G137" s="1" t="s">
-        <v>63</v>
+        <v>195</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>439</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>440</v>
+        <v>401</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F138" s="1"/>
+      <c r="G138" s="1"/>
       <c r="H138" s="1" t="s">
-        <v>442</v>
+        <v>402</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>443</v>
+        <v>403</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F139" s="1"/>
       <c r="G139" s="1" t="s">
-        <v>12</v>
+        <v>201</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>444</v>
+        <v>404</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>445</v>
+        <v>405</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>447</v>
+        <v>37</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>93</v>
+        <v>201</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>448</v>
+        <v>406</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>449</v>
+        <v>407</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F141" s="1"/>
       <c r="G141" s="1" t="s">
-        <v>85</v>
+        <v>201</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>450</v>
+        <v>408</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>449</v>
+        <v>409</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>190</v>
+        <v>287</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F142" s="1"/>
+      <c r="G142" s="1"/>
       <c r="H142" s="1" t="s">
-        <v>451</v>
+        <v>410</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>453</v>
+        <v>379</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F143" s="1"/>
       <c r="G143" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>454</v>
+        <v>412</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>455</v>
+        <v>413</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>456</v>
+        <v>295</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>429</v>
+        <v>296</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>457</v>
+        <v>414</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>458</v>
+        <v>415</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>459</v>
+        <v>364</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>310</v>
+        <v>416</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>460</v>
+        <v>417</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>461</v>
+        <v>418</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>364</v>
+        <v>256</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>462</v>
+        <v>419</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>463</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>464</v>
+        <v>421</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>132</v>
+        <v>284</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>105</v>
+        <v>422</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>465</v>
+        <v>423</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>466</v>
+        <v>424</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>132</v>
+        <v>328</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>105</v>
+        <v>425</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>467</v>
+        <v>426</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>468</v>
+        <v>427</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>469</v>
+        <v>428</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>133</v>
+        <v>429</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>472</v>
+        <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>473</v>
+        <v>376</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>474</v>
+        <v>432</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>475</v>
+        <v>433</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>476</v>
+        <v>328</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>301</v>
+        <v>434</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>477</v>
+        <v>435</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>478</v>
+        <v>436</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>479</v>
+        <v>437</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>205</v>
+        <v>438</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>482</v>
+        <v>284</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>483</v>
+        <v>441</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>484</v>
+        <v>442</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>485</v>
+        <v>443</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>332</v>
+        <v>296</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>326</v>
+        <v>444</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>486</v>
+        <v>445</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>487</v>
+        <v>403</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>472</v>
+        <v>446</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>488</v>
+        <v>447</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F155" s="1"/>
+      <c r="G155" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>489</v>
+        <v>404</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>490</v>
+        <v>448</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>472</v>
+        <v>379</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>491</v>
+        <v>372</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>492</v>
+        <v>449</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>493</v>
+        <v>450</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>494</v>
+        <v>451</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>358</v>
+        <v>43</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>495</v>
+        <v>452</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>496</v>
+        <v>453</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>494</v>
+        <v>419</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>497</v>
+        <v>441</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>498</v>
+        <v>454</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>499</v>
+        <v>128</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>500</v>
+        <v>416</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>497</v>
+        <v>42</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>501</v>
+        <v>455</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>502</v>
+        <v>456</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>503</v>
+        <v>457</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>504</v>
+        <v>458</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>505</v>
+        <v>459</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>506</v>
+        <v>460</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>507</v>
+        <v>96</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>358</v>
+        <v>48</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>508</v>
+        <v>461</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>509</v>
+        <v>462</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>510</v>
+        <v>463</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>511</v>
+        <v>464</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>350</v>
+        <v>260</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>512</v>
+        <v>465</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>509</v>
+        <v>466</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>511</v>
+        <v>354</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>350</v>
+        <v>97</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>513</v>
+        <v>467</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>509</v>
+        <v>468</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>510</v>
+        <v>469</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>511</v>
+        <v>470</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>514</v>
+        <v>471</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>509</v>
+        <v>472</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>510</v>
+        <v>473</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>511</v>
+        <v>470</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>515</v>
+        <v>474</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>509</v>
+        <v>475</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>511</v>
+        <v>476</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>516</v>
+        <v>477</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>509</v>
+        <v>478</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>510</v>
+        <v>52</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>511</v>
+        <v>479</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>517</v>
+        <v>480</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>509</v>
+        <v>481</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>510</v>
+        <v>52</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>518</v>
+        <v>483</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>519</v>
+        <v>484</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>497</v>
+        <v>447</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>77</v>
+        <v>485</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>520</v>
+        <v>486</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>361</v>
+        <v>48</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>522</v>
+        <v>357</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G170" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="H170" s="1" t="s">
-        <v>523</v>
+        <v>488</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>489</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>511</v>
+        <v>491</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>525</v>
+        <v>493</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>77</v>
+        <v>495</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G172" s="1"/>
       <c r="H172" s="1" t="s">
-        <v>526</v>
+        <v>496</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>527</v>
+        <v>497</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>507</v>
+        <v>447</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>9</v>
+        <v>485</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>528</v>
+        <v>498</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>529</v>
+        <v>499</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>511</v>
+        <v>390</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>530</v>
+        <v>501</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>531</v>
+        <v>499</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>482</v>
+        <v>500</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>361</v>
+        <v>390</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>20</v>
+        <v>195</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>532</v>
+        <v>502</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>533</v>
+        <v>499</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>534</v>
+        <v>500</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>196</v>
+        <v>390</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>54</v>
+        <v>195</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>535</v>
+        <v>503</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>536</v>
+        <v>504</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>534</v>
+        <v>164</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>350</v>
+        <v>195</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>537</v>
+        <v>505</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>538</v>
+        <v>506</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>144</v>
+        <v>508</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>68</v>
+        <v>260</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>539</v>
+        <v>509</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>540</v>
+        <v>510</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>488</v>
+        <v>38</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>9</v>
+        <v>357</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>541</v>
+        <v>266</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>542</v>
+        <v>511</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>543</v>
+        <v>512</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>326</v>
+        <v>164</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>221</v>
+        <v>513</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>54</v>
+        <v>266</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>544</v>
+        <v>514</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>545</v>
+        <v>515</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="C181" s="1"/>
       <c r="D181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>546</v>
+        <v>516</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>547</v>
+        <v>517</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>548</v>
+        <v>518</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>9</v>
+        <v>519</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>549</v>
+        <v>520</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>550</v>
+        <v>521</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>548</v>
+        <v>518</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>350</v>
+        <v>105</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>551</v>
+        <v>523</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>552</v>
+        <v>524</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>553</v>
+        <v>518</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>154</v>
+        <v>393</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>554</v>
+        <v>525</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>555</v>
+        <v>526</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>556</v>
+        <v>372</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>38</v>
+        <v>519</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>557</v>
+        <v>527</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>558</v>
+        <v>528</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>151</v>
+        <v>393</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>529</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>530</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>38</v>
+        <v>393</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>561</v>
+        <v>531</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>562</v>
+        <v>532</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>563</v>
+        <v>508</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>167</v>
+        <v>513</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>564</v>
+        <v>533</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>565</v>
+        <v>534</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>566</v>
+        <v>535</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>567</v>
+        <v>485</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>568</v>
+        <v>536</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>569</v>
+        <v>537</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>281</v>
+        <v>538</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>144</v>
+        <v>539</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>68</v>
+        <v>266</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>570</v>
+        <v>540</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>572</v>
+        <v>542</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>349</v>
+        <v>422</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>350</v>
+        <v>201</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>573</v>
+        <v>543</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>574</v>
+        <v>544</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>572</v>
+        <v>545</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>575</v>
+        <v>546</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G192" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H192" s="1" t="s">
-        <v>576</v>
+        <v>547</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>577</v>
+        <v>548</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>578</v>
+        <v>425</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>393</v>
+        <v>549</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>579</v>
+        <v>550</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>580</v>
+        <v>551</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>77</v>
+        <v>552</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>581</v>
+        <v>553</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>85</v>
+        <v>161</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>582</v>
+        <v>554</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>583</v>
+        <v>555</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>584</v>
+        <v>556</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>158</v>
+        <v>557</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>585</v>
+        <v>558</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>586</v>
+        <v>559</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>9</v>
+        <v>561</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>587</v>
+        <v>562</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>588</v>
+        <v>563</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>548</v>
+        <v>522</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>9</v>
+        <v>564</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>590</v>
-[...6 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="B198" s="1"/>
+      <c r="C198" s="1"/>
       <c r="D198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>591</v>
+        <v>567</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>592</v>
-[...6 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="B199" s="1"/>
+      <c r="C199" s="1"/>
       <c r="D199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>33</v>
+        <v>195</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>281</v>
+        <v>571</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>9</v>
+        <v>572</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>595</v>
+        <v>573</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>596</v>
+        <v>574</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>281</v>
+        <v>575</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>151</v>
+        <v>576</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>578</v>
+        <v>164</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>599</v>
+        <v>77</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G202" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G202" s="1"/>
       <c r="H202" s="1" t="s">
-        <v>600</v>
+        <v>579</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>601</v>
+        <v>580</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>488</v>
+        <v>581</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>511</v>
+        <v>582</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>522</v>
+        <v>581</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>38</v>
+        <v>582</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>604</v>
+        <v>585</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>522</v>
+        <v>587</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>196</v>
+        <v>588</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205" s="1"/>
       <c r="H205" s="1" t="s">
-        <v>606</v>
+        <v>589</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>607</v>
+        <v>590</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>522</v>
+        <v>587</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>196</v>
+        <v>588</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G206" s="1"/>
       <c r="H206" s="1" t="s">
-        <v>608</v>
+        <v>591</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>170</v>
+        <v>594</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>613</v>
+        <v>582</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>615</v>
+        <v>599</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>616</v>
+        <v>600</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>618</v>
+        <v>602</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>619</v>
+        <v>603</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>522</v>
+        <v>600</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>151</v>
+        <v>601</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>54</v>
+        <v>266</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>522</v>
+        <v>582</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>196</v>
+        <v>606</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>20</v>
+        <v>266</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>622</v>
+        <v>607</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>623</v>
+        <v>608</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>349</v>
+        <v>610</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>349</v>
+        <v>614</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>575</v>
+        <v>617</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>238</v>
+        <v>618</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>511</v>
+        <v>617</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>632</v>
+        <v>226</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>238</v>
+        <v>630</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>639</v>
+        <v>225</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>38</v>
+        <v>635</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>567</v>
+        <v>636</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="B222" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H222" s="1" t="s">
         <v>644</v>
-      </c>
-[...14 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>140</v>
+        <v>357</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G223" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="H223" s="1" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>140</v>
+        <v>226</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G224" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H224" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H225" s="1" t="s">
         <v>653</v>
-      </c>
-[...17 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H226" s="1" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H227" s="1" t="s">
         <v>658</v>
-      </c>
-[...17 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C228" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B228" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D228" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G228" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="H228" s="1" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
         <v>663</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>41</v>
+        <v>664</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>61</v>
+        <v>665</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F229" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G229" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F230" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G230" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F231" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G231" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G232" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="H232" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>158</v>
+        <v>674</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>61</v>
+        <v>675</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F233" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G233" s="1" t="s">
-        <v>88</v>
+        <v>201</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>41</v>
+        <v>678</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>71</v>
+        <v>679</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F234" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G234" s="1" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>175</v>
+        <v>678</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G235" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H235" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>158</v>
+        <v>630</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F236" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G236" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>158</v>
+        <v>225</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F237" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G237" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>41</v>
+        <v>639</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>71</v>
+        <v>690</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F238" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G238" s="1" t="s">
-        <v>277</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>158</v>
+        <v>290</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>676</v>
+        <v>252</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F239" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G239" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>158</v>
+        <v>695</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F240" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G240" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>158</v>
+        <v>698</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>676</v>
+        <v>699</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F241" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G241" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>41</v>
+        <v>636</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>659</v>
+        <v>77</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F242" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G242" s="1" t="s">
-        <v>42</v>
+        <v>266</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>696</v>
+        <v>72</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F243" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G243" s="1" t="s">
-        <v>277</v>
+        <v>195</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>242</v>
+        <v>706</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>676</v>
+        <v>707</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F244" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G244" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>235</v>
+        <v>710</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F245" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G245" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>260</v>
+        <v>714</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>704</v>
+        <v>606</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>221</v>
+        <v>714</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>707</v>
+        <v>606</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>187</v>
+        <v>252</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>710</v>
+        <v>108</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>713</v>
+        <v>108</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>716</v>
+        <v>684</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>717</v>
+        <v>72</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>171</v>
+        <v>252</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>696</v>
+        <v>108</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>725</v>
+        <v>252</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>726</v>
+        <v>108</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>729</v>
+        <v>108</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>381</v>
+        <v>108</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>58</v>
+        <v>195</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>667</v>
+        <v>735</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>733</v>
+        <v>252</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>734</v>
+        <v>108</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F256" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G256" s="1" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>668</v>
+        <v>736</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>736</v>
+        <v>252</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>737</v>
+        <v>108</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H257" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>552</v>
+        <v>739</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>704</v>
+        <v>252</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>707</v>
+        <v>252</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>713</v>
+        <v>108</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>350</v>
+        <v>16</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>743</v>
+        <v>684</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H260" s="1" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>659</v>
+        <v>707</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>676</v>
+        <v>746</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B262" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>483</v>
+        <v>255</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>58</v>
+        <v>201</v>
       </c>
       <c r="H263" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>483</v>
+        <v>756</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>67</v>
+        <v>759</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>229</v>
+        <v>760</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>760</v>
+        <v>108</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>541</v>
+        <v>16</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>581</v>
+        <v>766</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>53</v>
+        <v>690</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>49</v>
+        <v>766</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>49</v>
+        <v>772</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>82</v>
+        <v>772</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>191</v>
+        <v>108</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>682</v>
+        <v>104</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>682</v>
+        <v>781</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>88</v>
+        <v>195</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>682</v>
+        <v>785</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>734</v>
+        <v>788</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G274" s="1"/>
       <c r="H274" s="1" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>782</v>
+        <v>249</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>786</v>
+        <v>120</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>53</v>
+        <v>792</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>225</v>
+        <v>781</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>734</v>
+        <v>792</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>679</v>
+        <v>789</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>796</v>
+        <v>120</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>82</v>
+        <v>806</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>802</v>
+        <v>259</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G282" s="1"/>
       <c r="H282" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>62</v>
+        <v>773</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>225</v>
+        <v>255</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>807</v>
+        <v>248</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>808</v>
+        <v>470</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>541</v>
+        <v>105</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>778</v>
+        <v>320</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>802</v>
+        <v>725</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>676</v>
+        <v>806</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>679</v>
+        <v>822</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>676</v>
+        <v>789</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>679</v>
+        <v>143</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>350</v>
+        <v>56</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>676</v>
+        <v>238</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>799</v>
+        <v>9</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>822</v>
+        <v>785</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>823</v>
+        <v>87</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>277</v>
+        <v>195</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>825</v>
+        <v>228</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>796</v>
+        <v>229</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>826</v>
+        <v>143</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>829</v>
+        <v>249</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>830</v>
+        <v>153</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G292" s="1"/>
       <c r="H292" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>833</v>
+        <v>789</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H293" s="1" t="s">
         <v>834</v>
-      </c>
-[...13 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H294" s="1" t="s">
         <v>838</v>
-      </c>
-[...13 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H295" s="1" t="s">
         <v>841</v>
-      </c>
-[...13 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H296" s="1" t="s">
         <v>845</v>
-      </c>
-[...13 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H297" s="1" t="s">
         <v>848</v>
-      </c>
-[...14 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>853</v>
+        <v>37</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G298" s="1"/>
+      <c r="G298" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>857</v>
+        <v>629</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>393</v>
+        <v>860</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>867</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F302" s="1"/>
+      <c r="G302" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G303" s="1"/>
+      <c r="G303" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>874</v>
+        <v>617</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>393</v>
+        <v>870</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>191</v>
+        <v>870</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G305" s="1"/>
+      <c r="G305" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>682</v>
+        <v>876</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>882</v>
+        <v>433</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>883</v>
+        <v>606</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G307" s="1"/>
+      <c r="G307" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>861</v>
+        <v>576</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>393</v>
+        <v>882</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G308" s="1"/>
+      <c r="G308" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H308" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H309" s="1" t="s">
         <v>887</v>
-      </c>
-[...17 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>892</v>
+        <v>879</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G310" s="1"/>
+      <c r="G310" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H310" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>896</v>
+        <v>879</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G311" s="1"/>
+      <c r="G311" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H311" s="1" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>852</v>
+        <v>894</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>893</v>
+        <v>191</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G312" s="1"/>
       <c r="H312" s="1" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G313" s="1"/>
+      <c r="G313" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="H313" s="1" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>905</v>
+        <v>606</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G314" s="1"/>
+      <c r="G314" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="H314" s="1" t="s">
-        <v>906</v>
+        <v>900</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>904</v>
+        <v>265</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G315" s="1"/>
+      <c r="G315" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H315" s="1" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" s="1"/>
+      <c r="H317" s="1" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H318" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="C316" s="1" t="s">
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D316" s="1" t="s">
+      <c r="B319" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...7 lines deleted...]
-        <v>912</v>
+      <c r="E319" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" s="1"/>
+      <c r="H320" s="1" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G324" s="1"/>
+      <c r="H324" s="1" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G332" s="1"/>
+      <c r="H332" s="1" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C334" s="1"/>
+      <c r="D334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" s="1"/>
+      <c r="H338" s="1" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>1035</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>