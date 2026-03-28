--- v1 (2026-02-05)
+++ v2 (2026-03-28)
@@ -12,3158 +12,2627 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1036">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="859">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 1. NOU ESTABLIMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 2 MANT. ESTABLEIX.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Resolució del conseller d'economia, hisenda i innovació per la qual s'aprova la convocatòria d'ajudes per als anys 2024 i 2025 als emprenedors ia les empreses amb activitat a les illes balears per cobrir les comissions d'obertura i estudi</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de febrer de 2025, per la qual es convoquen per a l'exercici 2025 les subvencions a la subscripció d'assegurances agràries en el marc del Pla d'Assegurances Agràries Combinades i s'estableixen les determinacions en relació amb aquestes subvencions</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>PLA ANUAL d'ASSEGURANCES AGRARIS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Ordre DES/37/2025, de 22 desembre de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Resolució, de 20/05/2025 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de benestar animal a Castella-la Manxa a través del Fons Europeu Agrícola de Desenvolupament Rural (Feaderrí), previstes en el Pla 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
     <t>Resolució, de 26/05/2025, de la Viceconsejería de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de conservació de races autòctones amenaçades d'erosió genètica a Castella-la (Feader), previstes al Pla Estratègic de la Política Agrícola Comuna per al període 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Resolució del conseller d'economia, hisenda i innovació per la qual s'aprova la convocatòria d'ajudes per als anys 2024 i 2025 als emprenedors ia les empreses amb activitat a les illes balears per cobrir les comissions d'obertura i estudi</t>
-[...19 lines deleted...]
-  <si>
     <t>Resolució, de 27/05/2025, de la Viceconselleria de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció d'Apicultura per a la biodiversitat a Castella-la Manxa a través del Fons Europeu Ag de la Política Agrícola Comuna per al període 2023-2027.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
   </si>
   <si>
-    <t>Ajuts 2025 excepcionals dirigits a explotacions agrícoles del sector de la cirera afectades per desastres naturals, segons Decret Llei 3/2025 de 27 de maig</t>
+    <t>Resolució de 29/12/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes en règim de minimis per pal·liar els danys produïts a Castella-la Manchap</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolució de 29/12/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes en règim de minimis per pal·liar els danys relacionats amb atacs de loboi</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Ajuts del Centre per al Desenvolupament Tecnològica i la Innovació EPE per al finançament de projectes R+D (2025)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Bases reguladores 2025-2027 i convocatòria per als ajuts a la millora de la producció i comercialització dels productes de l'apicultura en el marc de la Intervenció Sectorial Apícola, recollida al PEPAC, per a la campanya de l'any 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AJUDES A EMPRESES SEC AGR.GUANYAT.FOREST I INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Autoritzar una despesa pluriennal de 2.100.000,00 euros amb càrrec a la partida pressupostària 720007 72300 4400 412108 'PDR FEADER 2014-2022. Serveis d'assessorament a través d'INTIA', del pressupost de despeses de 2024 i el seu equivalent el 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuda a l'establiment d'agricultors i pageses a temps parcial en el marc del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries (Objectiu Mediambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Ajuts a les Agrupacions de Defensa Sanitària Ramaderes, per la realització de programes sanitaris de prevenció, control i eradicació de malalties dels animals, any 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ajuts a la promoció de productes agrícoles mitjançant l'organització de certàmens ramaders per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a la participació a fires comercials acollides al règim de mínimis</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025. Ajuts a associacions de productors agroalimentaris que realitzin comercialització a canals curts, i associacions gestores d'espais TEST agraris</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 Ajuts per a activitats de control i certificació a les figures de qualitat agroalimentàries de Navarra, reconegudes com a DOP o IGP, acollides al règim de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a entitats locals per al foment dels canals curts de comercialització de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria foment de la innovació i divulgació forestal, període 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria d'ajudes per a la campanya 2024-2025 a la gestió sostenible de les pastures muntanyes a Navarra, incloses a la Intervenció 6881.1 Repoblació Forestal i Sistemes Agroforestals el PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025-2026 ajuts a la Cooperació per a la promoció dels productes agrícoles i alimentaris en els règims de qualitat, en el marc del PEPAC, de la Comunitat Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Reglament 651/2014 de la Comissió</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Ajuts per realitzar projectes d'innovació a les pimes industrials. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Ajuts per a la creació i consolidació d'empreses innovadores de base tecnològica el 2025 en el marc del Pla de Recuperació, Transformació i Resiliència – Finançat per la Unió Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2025 les ajudes a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolució de 28 de gener de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària mitjançant la qual s'estableix la convocatòria per a concessió i sol·licitud de pagament anual de les ajudes incloses a la sol·licitud única dins el marc del</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes per a inversions en modernització d'infraestructures i sistemes de reg en comunitats de regants i comuni</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolució de 5 de maig de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes previstes en la intervenció 7119.02 LEADER del Pla Estratègic de la PAC 2023-2027 a la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de maig de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen per a l'exercici 2025 ajuts per a la cooperació en el marc de les intervencions per al desenvolupament rural del Pla Estratègic</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 23 de desembre 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2026 els ajuts a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolució de la Conselleria d'Agricultura, Aigua, Ramaderia i Pesca, per la qual es convoquen per a l'exercici 2025, ajudes a la certificació de la producció ecològica a la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera, per la qual s'estableix la convocatòria anticipada, per al Pla 2025, de les ajudes de la Comunitat Valenciana destinades a la subscripció d'assegurances agràries incloses en els plans a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen per a l'exercici 2025 els ajuts a la millora de la competitivitat i sostenibilitat de les explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolució DG de Producció Agrícola i Ramadera, per a l'exercici 2025 els ajuts previstos a l'Ordre 6/2024, per la qual s'aproven les bases reguladores de les ajudes indemnitzatòries per a l'eradicació i el control del bacteri Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolució de 14 de novembre de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen de forma anticipada per a l'exercici 2026 ajudes a la millora de la competitivitat i sostenibilitat explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolució, de la directora general de Producció Agrícola i Ramadera, per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, els ajuts de mínimis destinats a la replantació de parcel·les fructícoles el cultiu de les quals sigui o hagi estat destruït</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, de les ajudes a les explotacions agrícoles de cirera a zones afectades per factors climàtics, ambientals i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 de desembre de 2025 per la qual s'aprova la convocatòria pluriennal de subvencions per a la línia de foment de contractació i regularització d'Assegurances Agràries Combinades a l'exercici 2026 sota la modatitat de despesa anticipada</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 20 de desembre de 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDRE DE 14 de juliol de 2025, Ajudes contrat Assegurances Agraries Combin. 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a finançament de préstecs a titulars d'explotacions agrícoles d'oliverar i vinya de secà radicades a Extremadura s/ Decret 35/2025 de 6 de maig que les convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subv. 2025 titulars d'explotacions agràries per fomentar la participació en règims de qualitat dels aliments. s/ Resolució de 19 de juny de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 3 de desembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XXIV Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. Ajuts Estat.(Interv, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVATGE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 a empreses per finançar projectes que promoguin la implantació de solucions d'intel·ligència artificial de la Comunitat Autònoma d'Extremadura - s/ Decret 173/2025 que les convoca</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 a la implantació de sistemes de reg que promoguin l'ús eficient de l'aigua i l'energia a les explotacions agràries, segons el Decret 12/2025, d'11 de març, que les convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 a l'establiment de persones joves agricultors a la Comunitat Autònoma d'Extremadura, primera convocatòria incorporada al Decret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 Inversions en Modernització i/o Millora Explotacions Agràries en què s'estableixen la persona jove agricultor, primera convocatòria incorporada al Decret 169/2024imera Convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuda Complementària a Joves Agricultors/Agricultores, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Agricultura Ecològica, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuts Associats a l'Agricultura, segons Resolució de 27 de gener de 2025 que els convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 per a inversions destinades a la transformació i comercialització de productes agrícoles, s/ Resolució de 29 d'octubre de 2025 que convoca</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Ajuts Extremadura Avante a empreses per a participació agrupada a la Fira Fruit Attraction 2025, segons l'Acord de 27 de març 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Ajudes 2025 a empreses per a participació agrupada a la Fira Food Ingredients 2025, segons l'Acord de 26 d'agost 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a municipis i entitats locals menors per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a associacions, federacions i confederacions del sector comerç per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ajuts 2025/2026 per a millora de les capacitats avançades de les pimes del sector del comerç al detall, segons convocatòria efectuada per Resolució de 21 de novembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvenció 2026, Sector Agrícola, per a incorporació social/laboral de menors/joves complint o complert mesures judicials, per Resolució de 14 de novembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de març de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat realitzades per grups de productors, en el marc del Pla estratègic de la PAC 2023-2027, i es convoca</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolució de 16 d'abril de 2025 per la qual s'estableixen les bases reguladores de les ajudes per a programes de qualitat desenvolupats per consells reguladors de denominacions de qualitat agroalimentàries i es convoquen per a 2025 (codi de procediment</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de juny de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les explotacions agrícoles pertanyents a la indicació geogràfica protegida Faba de Lourenzá i es convoquen per a l'any 2025 (codi de procediment MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de gener de 2025 per la qual s'estableixen les bases reguladores per a la concessió, en règim de concurrència no competitiva, de subvencions per a l'impuls de la innovació i sostenibilitat del comerç local i artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de novembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per pal·liar els danys produïts pel porc senglar als cultius agrícoles i es convoquen per a l'any 2026 (codi de procediment MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>ORDRE de 26 de desembre de 2024 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2025 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDRE de l'11 de juny de 2025 per la qual s'estableixen les bases reguladores dels ajuts destinats a les persones agricultores joves, en el marc del Pla Estratègic de la Política Agrària Comuna d'Espanya 2023-2027, cofinançades pel Fons Europeu</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Ordre de 21 d'agost de 2025 per la qual s'estableixen les bases reguladores de les ajudes destinades al foment de la utilització d'instal·lacions i equipaments en comú en règim associatiu, en el marc del Pla Estratègic de la Política Agrària Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de setembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les organitzacions professionals agràries i associacions agràries per a la realització activitats d'interès agrari i les convoca per a l'any 2025 (codi de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de desembre de 2025, per la qual s'estableixen les bases reguladores de les ajudes a les entitats reconegudes com a agrupacions de defensa sanitària ramaderes (ADSG) de Galícia i es convoquen per a l'any 2026-2027 (Codi de procediment MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>ORDRE de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2026 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ORDRE de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes, en concurrència competitiva, per a inversions en reforestació amb espècies de frondoses i/o coníferes, cofinançades pel Fons Europeu Agrícola de Desenvolupament</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDRE de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes, en concurrència competitiva, per al foment i el suport a les agrupacions forestals de gestió conjunta de productors forestals, cofinançades pel Fons Eur</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>resolució del 16 de desembre de 2025, de l'Institut Energètic de Galícia per la qual s'aproven les bases reguladores de les ajudes per a projectes d'estalvi i eficiència energètica a les empreses gallegues</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Ajuts per a la millora de la capacitat de la innovació i el desenvolupament tecnològic de les empreses a Galícia, programa “Ticket Innova” per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per a les bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia 2026-2027 en règim de concurrència competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu de 17.11.2025, relatiu a les bases que regeixen la concessió d'ajuts per promoure pràctiques sostenibles a les explotacions agràries de Menorca (CARB) i la convocatòria corresponent per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a la recuperació, el manteniment i la consolidació de l'entorn agrari i l'agrodiversitat a l'illa d'Eivissa per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>convocatòria dajuts per a la promoció de locupació i la millora de la competitivitat de cooperatives, microcooperatives i societats laborals de les Illes Balears per als anys 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Convocatòria dajuts dirigits al funcionament dgrupacions empresarials innovadores de les Illes Balears 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural de convocatòria pública de subvenció per a activitats deducació ambiental a les Illes Balears a favor dentitats sense ànim de lucre per a lexercici 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció dels productes agrícoles i alimentaris en règim de qualitat. convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa vegetal per prevenir les plagues dels vegetals per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al foment de l'agricultura ecològica per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al pagament dels compromisos agroambientals de cultius sostenibles per l‟ús d‟aigua regenerada, per al‟any 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 1.- FEDERACIONS I UNIONS COOPERATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 2.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 3.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions forestals no productives en prevenció de danys forestals. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Ajuts règims de qualitat dels productes agrícoles i alimentaris, 2025</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PER A LA PARTICIPACIÓ AL PROGRAMA d'IMPULS A LA CREACIÓ, CREIXEMENT I CONSOLIDACIÓ de NOVES INICIATIVES EMPRESARIALS INNOVADORES.</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>CONVOCATÒRIA CONTRACTACIÓ JOVES PROJECTES INVESTIGACIÓ-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PER A LA INVERSIÓ EN INNOVACIÓ d'ENT. FORMACIÓ OCUPACIÓ 2025</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>Resolució de 7/4/2025, de l'Agència de Ciència, Competitivitat Empresarial i Innovació Asturiana, que aprova la convocatòria per a la concessió de subvencions per a l'execució de projectes d'R+D al Principat d'Astúries de l'exercici 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Convocatòria d'Ajuts de foment a l'emprenedoria innovadora (Cheque Emprendedor) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolució de 10 de 12 de 2024 d'aprovació de convocatòria per despesa anticipada de concessió de subvencions per als serveis d'assessorament a les petites i mitjanes explotacions agràries del PA en el marc del PEPAC 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Subvenció 2025 Cooperació per a la successió d'explotacions agrícoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolució de 7 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aproven les Bases Reguladores i la Convocatòria de les Intervencions en forma de pagaments directes a l'agricultura ia la ramaderia i de les Intervencions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 21 d'abril de 2025, per la qual s'aprova la convocatòria de subvencions per a serveis d'assessoria a les petites i mitjanes explotacions agràries del Principat d'Astúries realitzades per ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolució de 21 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aprova la convocatòria de subvencions a les entitats sense ànim de lucre, amb destinació a la celebració de certàmens de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de desembre de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions no productives en explotacions agràries del Principat d'Astúries vinculades a la mitigació-adaptació al canvi climat</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de des de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions en modernització i/o millora d'explotacions agràries en el marc del pla estratègic de la Política Agrícola Comuna des</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de desembre de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions productives en explotacions agràries vinculades a contribuir a la mitigació-adaptació al canvi climàtic, ús eficient</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de febrer de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts de reestructuració i reconversió de vinya de la Regió de Múrcia, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de març de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts a la Collita en verd de la verema 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Ordre de 16/04/2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, 1a Convocatòria ajudes per a la concessió de subvencions, intervenció 7161 "Coop.Grups Operatius de l'Associació Europea per a la innovació agrícola"</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Ordre de 6 de maig de 2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual es convoquen per a l'any 2025 subvencions per a les Organitzacions Professionals Agràries, per al foment d'activitats de servei al sector agrari</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Resolució de 01/04/2025 del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajudes a la participació en fires, esdeveniments i missions comercials. Fira Saudi Agriculture. Aràbia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolució de 08/04/2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria pluriennal d'ajudes per incentivar la contractació de serveis d'innovació i competitivitat. Xec Internacionalització.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de juny de 2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajuts dirigits a fomentar la innovació i l'emprenedoria. Incubadores.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Convocatòria Pime Innova 2025 - Cambra de Sevilla</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Reial Decret 905/2022, de 25 d'octubre, pel qual es regula la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comú_Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>ORDRE 10 de GENER 2025, de la Direcció General de la Producció Agricola i Ramadera per la qual es convoquen ajudes a l'execució de programes nacionals veterinaris per les Associacions de Defensa Sanitària Ramadera de concurrència no competitiva</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de subvencions corresponents a les operacions d'Agricultura Ecològica de Manteniment de Fruit Secà i Fruit Regadiu (6503.2), corresponents a les Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de la subvenció a l'operació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Orde de 27 de març de 2025,convoc. 2025 d'ajuts dirigits a l'execució, a través de les Agrup. de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari en règim de concurrència competitiva</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 1- Ajuts per a l'impuls i la promoció de la integració de les entitats associatives agroalimentàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 2- Ajuts per promoure i impulsar la fusió d'entitats associatives agroalimentàries d'Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2025 per la qual es convoquen subvencions a organitzacions i entitats representatives del sector agrari i de desenvolupament rural a Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de maig de 2025, per la qual s'aproven les bases reguladores per a la concessió de subvencions, en Règim de c.competitiva, dirigides als titulars d'explotacions agrícoles i ramaderes a municipis afectats per danys DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de desembre de 2025, per la qual es convoquen per a l'any 2026 els ajuts dirigits a l'execució, a través de les Agrupacions de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025, de la DG d'Indústries, Innov. i Cadena Agroal., per la qual es convoca per a l'exercici 2026 ajuts a inversions en transformació, comercialització i/o desenvolupament de productes agroalim. Intervenció 68422-01 PIMES</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025, de la DG d'Indústries, Innov. i Cadena Agroal., per la qual es convoca per a l'exercici 2026 ajuts a inversions en transformació, comercialització i/o desenvolupament de productes agroalim. FRUITES I HORTAL. PIMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 MAIG de 2025, LÍNIA 4.2 inclusió lab Empresa Ordinària. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolució de 2 de maig de 2025, de la SGIM, per la qual es convoquen els incentius de transició justa a la província d'Almeria per al projecte tractor «Innovació i sostenibilitat en la indústria auxiliar de l'agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolució de XX de XXX de 2025 per la qual es convoquen en concurrència competitiva subvencions per a projectes d'innovació desenvolupats per Centres Tecnològics. Línia 5 de l'Ordre de 10 de febrer de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, de XX de XXXX de 2025, de la Sr.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, de XX de XXXX de 2025, de la Sr. LÍNIA 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Ordre AGA/…/2024, de 19 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/268/2025, de 6 de març, per la qual es convoquen subvencions en matèria de cooperació per als grups operatius de l'Associació Europea per a la Innovació (AEI), en el marc del Pla Estratègic Nacional de la PAC 23-27, per a Aragó per a 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/685/2025, de 23 de juny, per la qual s'aproven les bases reguladores i la convocatòria d'ajuts sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Ordre AGA/XX/2025, de XX, per la qual es convoquen les subvencions a la contractació d'assegurances agràries a la comunitat autònoma d'Aragó, per a l'any 2025 per a les línies del quaranta-sisè pla d'assegurances agràries combinades (pla 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 de , PER LA QUAL ES CONVOQUEN SUBVENCIONS A UNA PART DEL COST de CONTRACTACIÓ DE LES ASSEGURANCES AGRARIS PER A l'EXERCICI 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2025, de 17 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2024, a 7 d'octubre, per la qual es convoquen subvencions per a inversions en instal·lacions de transformació i en infraestructures vitivinícoles, estructures i instruments de comercialització, per a l'any 2025 (exercici financer 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>ORDRE de 23 de gener de 2025, que estableix les BBRR d'ajudes extraordinàries atorgades per la Comunitat Autònoma per proporcionar suport financer a les cooperatives agràries aragoneses i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2025, de 7 d'abril, per la qual s'aprova la convocatòria per complementar l'any 2025, amb càrrec al conveni FITE 2023, les subvencions concedides a l'empara de les Ordres indústries agroalimentàries 2022 i 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 de 26 d'agost per la qual es convoquen subvencions per a inversions en transformació, comercialització i desenvolupament de productes agrícoles (indústries agroalimentàries), en el marc del PEPAC per al període 2023-2027 per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025, de 20 de gener, per a la presentació de la sol·licitud única d'ajudes de la Política Agrícola Comuna per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDRE/AGA/284/2025, de 10 de març, del Conseller d'Agricultura, Ramaderia i Alimentació, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de maig del 2025, de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, per la qual es convoquen ajudes a petites i mitjanes empreses per a actuacions de digitalització.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 L'Acció III.1 Ajuda per al subministrament d'animals reproductors de races pures o races comercials originaris de la Comunitat</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'agricultura, ramaderia, pesca i sobirania alimentària per la qual es convoquen per a la campanya 2025, els ajuts de la subacció III.2.4 "Ajudes a la importació de vedells destinats a l'engreix"</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Ordre Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària que convoca per a la Campanya 2025 l'Acció I.5 “Ajuda els productors tradicionals de tomàquet d'hivern” del Programa Comunitari de Suport a les produccions agràries canàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 “l'ajuda per a la producció de mel de qualitat procedent de la raça autòctona d'abella negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca, per a la campanya 2025, l'ajut per superfície als productors d'àloe vera i olivera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA, PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2025 L'AJUDA PER HECTÀREA PER AL MANTENIMENT DEL CULTIU de VIDES DESTINADES A LA PRODUCCIÓ de VINS AMB</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACTE DE L'ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN, PER A LA CAMPANYA 2025, LES AJUDES de l'ACCIÓ III.2, SUPORT AL SECTOR BOVÍ</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES de l'ACCIÓ III.6 AJUDA A la PRODUCCIÓ LÀCTEA de CAPRÍ I OVÍ d'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES de l'ACCIÓ III.4 AJUDA A la PRODUCCIÓ LÀCTEA de BOVÍ d'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a compromisos agroambientals en superfícies agràries i compromisos i activitats de conservació de recursos genètics (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen per a 2025, subvencions destinades a donar suport a Associacions Professionals Agràries - Sense Ànim de Lucre</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts als municipis per a la realització d'obres noves i de millora de les infraestructures agràries 2024-2025, regulades per l'Ordre DES/25/2024, de 14 d'agost.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Ordre DES/07/2025, de 24 de febrer de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2025 i es recull</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a les agrupacions de defensa sanitària ramaderes reconegudes a Cantàbria per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'any 2025 a les Organitzacions Professionals Agràries i Cooperatives Agràries de Cantàbria per col·laborar en l'emplenament de les sol·licituds de la convocatòria d'ajuts finançats pel FEAGA I FEADER</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...5 lines deleted...]
-    <t>Ordre de 21 de juliol 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria per a l'any 2025 de les ajudes d'intervenció al sector apícola de la Comunitat Autònoma de la Regió de Múrcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>ORDRE IND/57/2024, de 4 de desembre, per la qual s'aporta la Convocatòria per a l'any 2025 de les ajudes a l'artesania a Cantàbria (Producció primària de productes agrícoles.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Ordre IND/39/2025, de 20 d'agost, per la qual s'aprova per a l'any 2025 la convocatòria de subvencions per a associacions de comerciants i les federacions i confederacions i cooperatives de detallistes. No subjecte a minimis</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de desembre de 2025 de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions per a l'any 2026 dirigides a l'adquisició de maquinària industrials nova a empreses industrials de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les intervencions en forma de pagaments directes, intervencions de desenvolupament rural i l'establiment de requisits comuns.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament rural, per la qual es convoquen ajudes a vacunació davant de salmonel·la en avicultura de posada a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, els ajuts per a la reestructuració i reconversió de vinyes a la comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Ordre de 8 d'abril de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les ajudes a la collita en verd de vinyes a la Comunitat de Castella i Lleó per a la verema 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Ordre de 22/04/2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen subvencions a la transformació emparades a la Intervenció 6842.1 (objectius ambientals) del PEPAC cofinançades pel FEADER - Línia MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al control de rendiment lleter a les entitats oficialment reconegudes per a la realització del control lleter.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les subvencions a la subscripció de pòlisses d'assegurances agràries incloses en els Plans Anuals d'Assegurances Agràries Combinades.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per la qual es convoquen, per a la campanya apícola de l'any 2025, els ajuts de la Intervenció Sectorial Apícola en el marc del PEPAC 2023-2027 a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Ordre de 12/08/2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025 els ajuts per a la promoció del dimensionament del cooperativisme agroalimentari, a la comunitat autònoma de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre del 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen ajudes per a la realització d'accions de formació, informació i demostració en el marc del PEPAC d'Espanya 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Ordre de 12-desembre-2025 de la Conselleria d'Economia i Hisenda per la qual s'efectua la convocatòria de l'any 2026 destinades a desenvolupar i millorar les capacitats de recerca i innovació del teixit empresarial a través de les AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Ordre de 7 de maig de 2025, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2025 del programa de suport a la creació i ocupació a cooperatives i societats laborals. Programa II.- Inversions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions al foment del relleu en l'activitat per compte propi a Castella i Lleó (Relevacyl Autoempleo). Any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions al foment de l'esperit emprenedor per garantir el relleu productiu a través de les org. representatives d'autònoms i de l'economia social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Ordre MAV/625/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a la digitalització d'empreses de primera transformació de fusta i altres productes fustables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Ordre MAV/624/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a projectes d'emprenedoria digital i startups forestals a Castella i Lleó (RETECHFOR, PRTR, fons Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Ajuts projectes de recerca científica i Transferència de tecnologia, cofinançats pel FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Resolució, de 08/04/2025, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria de les ajudes de la Intervenció Sectorial Apícola en el marc del Pla Estratègic de la Política Agrícola Comuna a Castella-la, per a lac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolució d'11/12/2025, de la DG d'Agricultura i Ramaderia, per la qual es convoquen, el 2025, els ajuts de la Intervenció 6505.2 Activitats de conservació, ús i desenvolupament sostenible dels recursos genètics ramaders a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolució de 21/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2025, les ajudes per a promoure</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolució de 22/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, pel procediment de tramitació anticipada, per a l'any 2025, els ajuts a la cooperació per a la informació i promoció dels pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Resolució de 17/12/2024, de la Direcció General de Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, pel procediment de tramitació anticipada, les ajudes a l'establiment de joves a l'agricultura ia les inversions per a la millora i</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Ordre de bases de subvencions per a accions de formació en capacitats digitals, adreçada preferentment a dones de l'àmbit rural, Pla Nacion. Competències digitals, del PRTR, finançat per la UE –Next Generation EU–, i convocatòria 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Resolució de 23/12/2025, de la Direcció General de Desenvolupament Rural, per la qual es convoquen per a l'any 2026 pel procediment de tramitació anticipada, els ajuts a l'establiment de joves a l'agricultura ia les inversions per a la millora i/o</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, pel procediment de tramitació anticipada, l'any 2025, les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2025 les subvencions al control del rendiment lleter a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Resolució de 27/05/2025, de la Direcció general d'Ordenació Agropecuària, per la qual s'estableix la convocatòria d'ajudes addicionals a la contractació d'assegurances agràries a Castella-la Manxa incloses en el quaranta-sisè Pla d'Assegurances Agràries Combinades (Pla 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolució de 30/05/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de minimis, ajudes en espècie per a la participació agrupada a l'estand que contractarà la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per a l'assistència a la fira agroalimentària Fruit Attraction 20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolució, de 18/11/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2026, els ajuts per promoure lap</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolució de 16/12/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2026, els ajuts per a la informació i promoció dels productes agrícoles i aliment</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolució de 22/04/2025, de la Secretaria General, per la qual es realitza la convocatòria, en règim de concurrència competitiva, per a l'any 2025, d'ajuts a les organitzacions professionals agràries ia les entitats associatives sense ànim de lucre, pa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Convocatòria de 20 beques per a la matrícula del curs d'estiu 2025 del Vicerectorat de Cultura, Esport i Compromís Social de la UCLM “Emprenedoria al sector veterinari i agroramader: oportunitats i desafiaments” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolució de 04/08/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen ajudes, en règim de minimis, per la tinença i manteniment de gossos mastins per a la defensa i guarda de bestiar oví i caprinoe</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Subvencions a cupons a la competitivitat empresarial: Innovació 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Ajuts per a la transformació del cooperativisme agroalimentari català i el foment de la competitivitat i la sostenibilitat ambiental, social i econòmica (IMPULS.COOP) corresponents a 2025, 2026 i 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrícola en matèria de sanitat vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Ajuts al desenvolupament i validació de tractaments innovadors en la gestió de dejeccions ramaderes corresponents a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ajuts a la millora dels processos de transformació i comercialització dels productes agroalimentaris corresponents a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Ajuts per al foment de les actuacions de les agrupacions de defensa forestal (ADF) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Ajuts a la conservació dels recursos genètics agrícoles dirigits a entitats de conservació, en el marc del Pla estratègic de la PAC 2023-2027 corresponents a 2025</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del Pla d'assegurances agràries 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Resolució EMT//2024, de, per la qual s'obre la convocatòria anticipada per a l'any 2025 per a la concessió de subvencions per al foment de la contractació amb formació en el marc de les campanyes agràries a Lleida (SOC - CAMPANYA AGRÀRIA A</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Ajuts a municipis de la Comunitat de Madrid per al desenvolupament d'activitats de promoció comercial i firal 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Tractament Integrat en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Ajuda complementària renda per a joves agricultors i agricultores 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ajuda agricultors determinats cultius afrontin dificultats campanya 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AJUDES ORGANITZ. PROFES. AGRÀRIES I UNIÓ COOP. AGRÀRIES (OPES 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AJUDES UNION COOP. AGRÀRIES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores del Programa Galícia Suma Talent: Empra't d'incentius a la contractació a l'empresa ordinària, i es procedeix a la convocatòria per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores per a la concessió de subvencions públiques, destinades al finançament del Programa Investigo, de contractació de persones joves demandants d'ocupació</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores del Programa d'incentius a les empreses qualificades com a iniciatives d'ocupació de base tecnològica (IEBT), i es procedeix a convocar-lo per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>Convocatòria derivada de les bases reguladores de les ajudes per donar suport a l'activitat científica dels grups de recerca de Catalunya (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Ajuda per sufragar el preu del gasoil consumit pels productors agraris arts 24 a 27 Reial Decret Llei 20/2022. Any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Ordre de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, per la qual es convoquen ajudes a petites i mitjanes empreses per a actuacions de digitalització</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Ordre IND/8/2026, de 25 de febrer, per la qual s'aprova la convocatòria de subvencions destinades al foment de l'ocupació i millora de la competitivitat a les cooperatives i societats laborals. Reglament (UE) 1408/2013 de Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de febrer de 2025, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions per al finançament de les unitats de suport a l'activitat professional als centres especials d'ocupació per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/XXX/2026, de XX de xxxx, del Conseller d'Agricultura, Ramaderia i Alimentació, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 13 de març de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya Millors Vins, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 17 de març del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya a la Millor Beguda Espirituosa amb Indicació Geogràfica, any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 7 d'abril del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya als Millors Pernils, any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2025 del Fons Espanyol de Garantia Agrària OA (FEGA), per la qual es convoquen ajudes a inversions materials o immaterials en transformació, comercialització o desenvolupament de productes agroalimentaris PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Programes pluriregionals de formació 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) per a l'exercici 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 3 de febrer de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolució de 27 de març, per la qual es convoquen per a l'exercici 2025, les subvencions destinades al programa Cultiva, relatiu a estades formatives de joves agricultors en explotacions model</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de novembre de 2025, del FEGA, per la qual es convoquen anticipadament subvencions per a la realització de projectes de recerca aplicada al sector apícola i els seus productes dins de la ISA, en el marc PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolució de 16 de desembre de 2025, del FEGA, per la qual es convoquen anticipadament les subvencions de serveis d'assessorament d'àmbit supraautonòmic en el marc del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de maig de 2025 de la Presidència del Centre per al Desenvolupament Tecnològic i la Innovació EPE (CDTI), per la qual s'aprova la convocatòria per a l'any 2025 d'ajuts destinats a projectes de R+D Missions Ciència i Innovació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Ordre de 24 de novembre de 2025 per la qual s'aprova la convocatòria de l'any 2025 d'ajuts a projectes de col·laboració publicoprivada (ajuts per a activitats no econòmiques d'organismes de recerca).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Convocatòria corresponent a 2025 de les ajudes de suport a agrupacions empresarials innovadores per tal de millorar-ne la competitivitat i la contribució a l'autonomia estratègica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025. PROJECTES GARANTIA de RENDES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 PER A PROJECTES de GARANTIA de RENDES</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 PER A PROJECTES GENERADORS d'OCUPACIÓ ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 DP SEPE MÚRCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 (Ocupació Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARIA 2025 (Garantia de Rendes)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agrari a Zones Rurals Deprimides 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI PER A ZONES RURALS DEPRIMIDES (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...254 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN SUBVENCIONS PER AL FINANÇAMENT de PROJECTES INNOVADORS PER A LA TRANSFORMACIÓ TERRITORIAL I LA LLUITA CONTRA LA DESPOBLACIÓ, PROMOUTS PER ENTITATS SENSE ÀNIM de LUCRE, DURANT L'EXERCICI de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Ajuts per a la incorporació de nous agricultors. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS MODERNITZACIÓ I/O MILLORA EXPLOTACIONS AGRÀRIES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
   </si>
   <si>
     <t>AJUDES A LA PRODUCCIÓ I COMERCIALITZACIÓ DE LA MEL ANY 2025 FEAGA</t>
   </si>
   <si>
-    <t>2025-04-29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolució de 22/04/2025, de la Secretaria General, per la qual es realitza la convocatòria, en règim de concurrència competitiva, per a l'any 2025, d'ajuts a les organitzacions professionals agràries ia les entitats associatives sense ànim de lucre, pa</t>
-[...256 lines deleted...]
-  <si>
     <t>FEADER ajudes foment de repoblament terres agrícoles Com. Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AJUDES A EMPRESES SEC AGR.GUANY.FOREST I INDUST DESARR PROY INV 2025</t>
-[...250 lines deleted...]
-  <si>
     <t>FEADER.AJUDA AGRIC I GUANY ECOLOGICA.PEPAC.PROG 2025-29 I ANUAL</t>
   </si>
   <si>
-    <t>2025-06-10</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
-[...295 lines deleted...]
-  <si>
     <t>FEADER AJUDES INCORPORACIÓ JOVES AGRICULTORS CONVOCATÒRIA 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDRE AGA/685/2025, de 23 de juny, per la qual s'aproven les bases reguladores i la convocatòria d'ajuts sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials 2025.</t>
-[...1730 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+    <t>Orden de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores a la convocatòria per a l'any 2026 de les ajudes per a estudis i investiments vinculats a la conservació, la recuperació i la rehabilitació del patrimoni natural i cultural i la sensibilitat</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual es convoquen els ajuts a la valorització, segona transformació i ecoinnovació de productes forestals ia la digitalització de segona transformació i ecoinnovació de pro</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolució de 31 de desembre de 2025, per la qual s'estableixen i es convoquen els ajuts per a l'organització d'activitats formatives no reglades i activitats de divulgació que impulsin el coneixement i la competitivitat de la indústria forestal</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Convocatòria del 2026, per a l'exercici 2025, per a la concessió de subvencions de la línia 2 a les empreses d'inserció per a la realització d'accions per a la millora de l'ocupació i la inserció laboral dels col·lectius en risc d'exclusió social</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Resolució de 9 de març de 2026 de la Conselleria de Mitjà Rural i Política Agrària, per la qual es convoquen les ajudes de les Intervencions en forma de pagaments directes i de les Intervencions de Desenvolupament Rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Convocatòria Ajudes a la Producció i Comercialització de la Mel, al Marc de la Intervenció Sectorial Apícola per a l'ANY 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Resolcuió de 13 de març de 2026, Subv Ordre de 9 d'abril de 2025 Línia 4.2.Subvencions a empreses privades del mercat ordinari de treball per cada participant que contractin durant els tres mesos posteriors a la finali.itinerari.Minimis Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de desembre de 2025, per la qual s'estableixen les bases reguladores del Programa d'ajudes per implantar la igualtat laboral, la conciliació i la responsabilitat social empresarial (RSE), i es procedeix a convocar-lo per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual aprova les bases reguladores per a la concessió de les ajudes IA360 orientades a potenciar la innovació empresarial en concurrència competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolució de 9de març de 2026, de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen les ajudes de les Intervencions en forma de pagaments directes a l'agricultura ia la ramaderia i de les Intervencions de Desenvolupament Rural dins</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual s'estableixen ajudes als investiments en tecnologies forestals, processament, mobilització i comercialització de productes forestals</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
     <t>Ajuts 2026 destinats a la Millora d'Eficiència energètica de regadius (programa II) els promotors dels quals són comunitats de regants, s/Resolució de la Secretaria General de data 18/12/2025 que aprova la convocatòria dels ajuts per a l'exercici 2026.</t>
   </si>
   <si>
     <t>2026-03-25</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
   </si>
   <si>
-    <t>RESOLUCIÓ de 29 de desembre de 2025 per la qual s'aprova la convocatòria pluriennal de subvencions per a la línia de foment de contractació i regularització d'Assegurances Agràries Combinades a l'exercici 2026 sota la modatitat de despesa anticipada</t>
-[...52 lines deleted...]
-  <si>
     <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
   </si>
   <si>
     <t>2026-03-26</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3470,66 +2939,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H359"/>
+      <selection activeCell="A1" sqref="A1:H292"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="498.878" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3543,9173 +3012,7507 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G13" s="1"/>
       <c r="H13" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>71</v>
-      </c>
-[...17 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>100</v>
-      </c>
-[...14 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>103</v>
-      </c>
-[...19 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>19</v>
+        <v>117</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>126</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H34" s="1" t="s">
         <v>130</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>84</v>
+        <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>146</v>
+        <v>45</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>149</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>154</v>
+        <v>87</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H46" s="1" t="s">
         <v>164</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>19</v>
+        <v>179</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>177</v>
+        <v>51</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>178</v>
+        <v>52</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G51" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H51" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H52" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G53" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H53" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>113</v>
+        <v>195</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>123</v>
+        <v>199</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>146</v>
+        <v>203</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>123</v>
+        <v>202</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G58" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H58" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>117</v>
+        <v>208</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>201</v>
+        <v>175</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>37</v>
+        <v>212</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>19</v>
+        <v>215</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>206</v>
+        <v>169</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>130</v>
+        <v>215</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>211</v>
+        <v>129</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>216</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>217</v>
+        <v>129</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>109</v>
+        <v>227</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>178</v>
+        <v>231</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>143</v>
+        <v>239</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>143</v>
+        <v>239</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>143</v>
+        <v>245</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>229</v>
+        <v>248</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>143</v>
+        <v>249</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>228</v>
+        <v>251</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>143</v>
+        <v>252</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>228</v>
+        <v>255</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>229</v>
+        <v>256</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>143</v>
+        <v>257</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>235</v>
+        <v>258</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>228</v>
+        <v>259</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>229</v>
+        <v>260</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>143</v>
+        <v>261</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>238</v>
+        <v>45</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>239</v>
+        <v>264</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>240</v>
+        <v>265</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>238</v>
+        <v>266</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>109</v>
+        <v>267</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>220</v>
+        <v>271</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>244</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>245</v>
+        <v>273</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>154</v>
+        <v>45</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>29</v>
+        <v>253</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>251</v>
+        <v>279</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>108</v>
+        <v>281</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>253</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>255</v>
+        <v>284</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>256</v>
+        <v>285</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>257</v>
+        <v>286</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>258</v>
+        <v>287</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>259</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>261</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>259</v>
+        <v>290</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>143</v>
+        <v>169</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>161</v>
+        <v>253</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>263</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>264</v>
+        <v>292</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>265</v>
+        <v>293</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>138</v>
+        <v>294</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>268</v>
+        <v>296</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>108</v>
+        <v>297</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>123</v>
+        <v>298</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G86" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H86" s="1" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>108</v>
+        <v>160</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>9</v>
+        <v>301</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>271</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>108</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>9</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>273</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>274</v>
+        <v>307</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>108</v>
+        <v>308</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
+        <v>309</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>276</v>
+        <v>311</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>133</v>
+        <v>312</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>277</v>
+        <v>313</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>278</v>
+        <v>314</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>133</v>
+        <v>315</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>9</v>
+        <v>239</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>279</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>280</v>
+        <v>317</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>88</v>
+        <v>318</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>281</v>
+        <v>319</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>282</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>283</v>
+        <v>321</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>183</v>
+        <v>120</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>284</v>
+        <v>322</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>285</v>
+        <v>323</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>154</v>
+        <v>325</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>288</v>
+        <v>326</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>289</v>
+        <v>327</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>290</v>
+        <v>65</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>77</v>
+        <v>125</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G95" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H95" s="1" t="s">
-        <v>291</v>
+        <v>328</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>292</v>
+        <v>329</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>77</v>
+        <v>330</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G96" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H96" s="1" t="s">
-        <v>293</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>294</v>
+        <v>332</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>295</v>
+        <v>121</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>296</v>
+        <v>129</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>297</v>
+        <v>333</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>299</v>
+        <v>335</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>284</v>
+        <v>129</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>337</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>220</v>
+        <v>129</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>302</v>
+        <v>338</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>303</v>
+        <v>339</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>284</v>
+        <v>37</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>304</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>305</v>
+        <v>341</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>284</v>
+        <v>37</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>307</v>
+        <v>343</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>299</v>
+        <v>344</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>284</v>
+        <v>345</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>308</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>309</v>
+        <v>347</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>168</v>
+        <v>83</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>311</v>
+        <v>348</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>312</v>
+        <v>349</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>299</v>
+        <v>344</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>77</v>
+        <v>345</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>313</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>154</v>
+        <v>344</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>287</v>
+        <v>345</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>315</v>
+        <v>352</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>316</v>
+        <v>353</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>220</v>
+        <v>354</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>317</v>
+        <v>199</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>318</v>
+        <v>355</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>319</v>
+        <v>356</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>154</v>
+        <v>354</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>320</v>
+        <v>199</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>322</v>
+        <v>358</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>183</v>
+        <v>359</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>287</v>
+        <v>136</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>39</v>
+        <v>360</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>323</v>
+        <v>361</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>324</v>
+        <v>362</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>295</v>
+        <v>363</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>325</v>
+        <v>364</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>161</v>
+        <v>360</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>326</v>
+        <v>365</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>327</v>
+        <v>366</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>256</v>
+        <v>367</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>97</v>
+        <v>360</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>368</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>256</v>
+        <v>370</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>97</v>
+        <v>360</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>331</v>
+        <v>372</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>256</v>
+        <v>374</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>328</v>
+        <v>375</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>333</v>
+        <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>334</v>
+        <v>377</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>256</v>
+        <v>378</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>328</v>
+        <v>379</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>336</v>
+        <v>381</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>337</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>338</v>
+        <v>382</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>339</v>
+        <v>383</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>340</v>
+        <v>384</v>
       </c>
       <c r="B115" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>387</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>146</v>
+        <v>388</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>344</v>
+        <v>136</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>201</v>
+        <v>170</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>387</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>347</v>
+        <v>388</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>348</v>
+        <v>136</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>351</v>
+        <v>388</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>353</v>
+        <v>387</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>256</v>
+        <v>388</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>354</v>
+        <v>136</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>355</v>
+        <v>392</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>356</v>
+        <v>387</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>88</v>
+        <v>388</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>359</v>
+        <v>387</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>256</v>
+        <v>388</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>328</v>
+        <v>136</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>360</v>
+        <v>394</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>361</v>
+        <v>387</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>351</v>
+        <v>388</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>310</v>
+        <v>136</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>362</v>
+        <v>395</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>363</v>
+        <v>387</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>328</v>
+        <v>136</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>396</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>397</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>364</v>
+        <v>325</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>328</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>367</v>
+        <v>398</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>348</v>
+        <v>400</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>369</v>
+        <v>146</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F125" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G125" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>370</v>
+        <v>401</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>402</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>341</v>
+        <v>248</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F126" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G126" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>373</v>
+        <v>404</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>376</v>
+        <v>403</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>266</v>
+        <v>170</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>377</v>
+        <v>407</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>378</v>
+        <v>408</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>24</v>
+        <v>409</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>403</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F128" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G128" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>93</v>
+        <v>412</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>372</v>
+        <v>413</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F129" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G129" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>382</v>
+        <v>415</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>383</v>
+        <v>416</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>93</v>
+        <v>417</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>372</v>
+        <v>418</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>384</v>
+        <v>419</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>372</v>
+        <v>421</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G131" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>386</v>
+        <v>422</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>387</v>
+        <v>423</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F132" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G132" s="1" t="s">
-        <v>266</v>
+        <v>414</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>389</v>
+        <v>425</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>93</v>
+        <v>426</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>390</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F133" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>391</v>
+        <v>427</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>392</v>
+        <v>428</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>93</v>
+        <v>426</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F134" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>429</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>284</v>
+        <v>92</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>372</v>
+        <v>431</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G135" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>414</v>
+      </c>
       <c r="H135" s="1" t="s">
-        <v>396</v>
+        <v>432</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>397</v>
+        <v>433</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>55</v>
+        <v>434</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F136" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G136" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>398</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>399</v>
+        <v>436</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>93</v>
+        <v>437</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>37</v>
+        <v>438</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>400</v>
+        <v>439</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>401</v>
+        <v>440</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>37</v>
+        <v>442</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G138" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H138" s="1" t="s">
-        <v>402</v>
+        <v>443</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>403</v>
+        <v>444</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F139" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G139" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>404</v>
+        <v>445</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>405</v>
+        <v>446</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F140" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>406</v>
+        <v>447</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>407</v>
+        <v>448</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>24</v>
+        <v>413</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>37</v>
+        <v>449</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F141" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G141" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>408</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>409</v>
+        <v>451</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>287</v>
+        <v>325</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G142" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H142" s="1" t="s">
-        <v>410</v>
+        <v>452</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>411</v>
+        <v>453</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>379</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F143" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G143" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>412</v>
+        <v>454</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>413</v>
+        <v>455</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>295</v>
+        <v>77</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>296</v>
+        <v>78</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>414</v>
+        <v>456</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>415</v>
+        <v>457</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>364</v>
+        <v>33</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>416</v>
+        <v>458</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>417</v>
+        <v>459</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>418</v>
+        <v>460</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>256</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>284</v>
+        <v>464</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>422</v>
+        <v>465</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>423</v>
+        <v>466</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>424</v>
+        <v>467</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>328</v>
+        <v>464</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>425</v>
+        <v>465</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>426</v>
+        <v>468</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>427</v>
+        <v>469</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>428</v>
+        <v>37</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>429</v>
+        <v>470</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>430</v>
+        <v>471</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>431</v>
+        <v>472</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>310</v>
+        <v>257</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>376</v>
+        <v>473</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>433</v>
+        <v>472</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>328</v>
+        <v>257</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>434</v>
+        <v>473</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>435</v>
+        <v>475</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>436</v>
+        <v>476</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>437</v>
+        <v>88</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>438</v>
+        <v>477</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>439</v>
+        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>440</v>
+        <v>479</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>284</v>
+        <v>99</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>441</v>
+        <v>477</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>443</v>
+        <v>479</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>296</v>
+        <v>99</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>444</v>
+        <v>477</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>445</v>
+        <v>481</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>403</v>
+        <v>482</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>446</v>
+        <v>99</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F155" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G155" s="1" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>404</v>
+        <v>483</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>448</v>
+        <v>484</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>379</v>
+        <v>485</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>372</v>
+        <v>486</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>44</v>
+        <v>487</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>449</v>
+        <v>488</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>450</v>
+        <v>489</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>451</v>
+        <v>490</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>43</v>
+        <v>491</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>34</v>
+        <v>487</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>452</v>
+        <v>492</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>453</v>
+        <v>493</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>419</v>
+        <v>99</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>441</v>
+        <v>239</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>105</v>
+        <v>487</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>454</v>
+        <v>494</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>128</v>
+        <v>495</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>416</v>
+        <v>496</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>56</v>
+        <v>487</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>455</v>
+        <v>497</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>456</v>
+        <v>498</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>457</v>
+        <v>499</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>458</v>
+        <v>169</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>49</v>
+        <v>487</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>459</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>460</v>
+        <v>501</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>63</v>
+        <v>487</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>461</v>
+        <v>503</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>463</v>
+        <v>505</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>464</v>
+        <v>163</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>260</v>
+        <v>487</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>465</v>
+        <v>506</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>466</v>
+        <v>507</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>354</v>
+        <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>97</v>
+        <v>487</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>467</v>
+        <v>508</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>468</v>
+        <v>509</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>469</v>
+        <v>510</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>470</v>
+        <v>132</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>266</v>
+        <v>487</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>471</v>
+        <v>511</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>472</v>
+        <v>512</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>473</v>
+        <v>513</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>470</v>
+        <v>198</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>44</v>
+        <v>487</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>474</v>
+        <v>514</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>475</v>
+        <v>512</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>33</v>
+        <v>513</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>476</v>
+        <v>198</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>25</v>
+        <v>487</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>477</v>
+        <v>515</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>478</v>
+        <v>512</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>52</v>
+        <v>513</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>479</v>
+        <v>198</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>44</v>
+        <v>487</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>480</v>
+        <v>516</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>481</v>
+        <v>517</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>482</v>
+        <v>129</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>63</v>
+        <v>487</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>483</v>
+        <v>518</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>484</v>
+        <v>519</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>447</v>
+        <v>520</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>485</v>
+        <v>330</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>12</v>
+        <v>487</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>486</v>
+        <v>521</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B170" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H170" s="1" t="s">
-        <v>488</v>
+        <v>524</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>489</v>
+        <v>525</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>490</v>
+        <v>526</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>491</v>
+        <v>527</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>266</v>
+        <v>528</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>492</v>
+        <v>529</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>493</v>
+        <v>530</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>494</v>
+        <v>531</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>495</v>
+        <v>527</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G172" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>528</v>
+      </c>
       <c r="H172" s="1" t="s">
-        <v>496</v>
+        <v>532</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>497</v>
+        <v>533</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>447</v>
+        <v>109</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>485</v>
+        <v>125</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>25</v>
+        <v>528</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>498</v>
+        <v>534</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>499</v>
+        <v>535</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>500</v>
+        <v>536</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>390</v>
+        <v>537</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>195</v>
+        <v>528</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>501</v>
+        <v>538</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>499</v>
+        <v>539</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>500</v>
+        <v>315</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>390</v>
+        <v>74</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>195</v>
+        <v>528</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>499</v>
+        <v>541</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>500</v>
+        <v>375</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>390</v>
+        <v>542</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>195</v>
+        <v>528</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>503</v>
+        <v>543</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>504</v>
+        <v>544</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>164</v>
+        <v>545</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>77</v>
+        <v>234</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>195</v>
+        <v>528</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>505</v>
+        <v>546</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>506</v>
+        <v>547</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>507</v>
+        <v>51</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>508</v>
+        <v>239</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>260</v>
+        <v>528</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>509</v>
+        <v>548</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>510</v>
+        <v>549</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>357</v>
+        <v>239</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>266</v>
+        <v>528</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>511</v>
+        <v>550</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>512</v>
+        <v>551</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>164</v>
+        <v>552</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>513</v>
+        <v>449</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>266</v>
+        <v>528</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>514</v>
+        <v>553</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>515</v>
+        <v>554</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="C181" s="1"/>
+        <v>87</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>555</v>
+      </c>
       <c r="D181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>44</v>
+        <v>528</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>516</v>
+        <v>556</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>517</v>
+        <v>557</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>518</v>
+        <v>558</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>519</v>
+        <v>559</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>520</v>
+        <v>560</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>521</v>
+        <v>561</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>518</v>
+        <v>412</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>522</v>
+        <v>129</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>523</v>
+        <v>562</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>524</v>
+        <v>563</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>393</v>
+        <v>510</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>525</v>
+        <v>565</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>526</v>
+        <v>566</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>519</v>
+        <v>567</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>527</v>
+        <v>568</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>528</v>
+        <v>569</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>372</v>
+        <v>570</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>393</v>
+        <v>571</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>529</v>
+        <v>572</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>530</v>
+        <v>573</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>372</v>
+        <v>65</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>393</v>
+        <v>239</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>531</v>
+        <v>574</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>532</v>
+        <v>575</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>508</v>
+        <v>576</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>513</v>
+        <v>305</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>533</v>
+        <v>577</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>535</v>
+        <v>579</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>485</v>
+        <v>580</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>34</v>
+        <v>581</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>536</v>
+        <v>582</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>537</v>
+        <v>583</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>538</v>
+        <v>121</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>539</v>
+        <v>129</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>266</v>
+        <v>581</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>540</v>
+        <v>584</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>541</v>
+        <v>585</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>542</v>
+        <v>586</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>422</v>
+        <v>587</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>201</v>
+        <v>581</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>543</v>
+        <v>588</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>544</v>
+        <v>589</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>545</v>
+        <v>586</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>546</v>
+        <v>418</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>44</v>
+        <v>581</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>547</v>
+        <v>590</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>548</v>
+        <v>591</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>549</v>
+        <v>418</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>25</v>
+        <v>581</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>550</v>
+        <v>592</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>551</v>
+        <v>593</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>552</v>
+        <v>256</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>553</v>
+        <v>160</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>161</v>
+        <v>581</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>554</v>
+        <v>594</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>555</v>
+        <v>595</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>556</v>
+        <v>596</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>557</v>
+        <v>597</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>39</v>
+        <v>581</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>558</v>
+        <v>598</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>559</v>
+        <v>599</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>560</v>
+        <v>597</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>561</v>
+        <v>421</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>39</v>
+        <v>581</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>562</v>
+        <v>600</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>563</v>
+        <v>601</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>522</v>
+        <v>602</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>564</v>
+        <v>245</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>44</v>
+        <v>581</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>565</v>
+        <v>603</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-      <c r="C198" s="1"/>
+        <v>604</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>421</v>
+      </c>
       <c r="D198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>97</v>
+        <v>581</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-      <c r="C199" s="1"/>
+        <v>606</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>195</v>
+        <v>581</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>569</v>
+        <v>607</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="B200" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B200" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="1" t="s">
-        <v>572</v>
+        <v>609</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>12</v>
+        <v>581</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>573</v>
+        <v>610</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>574</v>
+        <v>611</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>575</v>
+        <v>499</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>576</v>
+        <v>612</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>16</v>
+        <v>581</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>577</v>
+        <v>613</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>578</v>
+        <v>614</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>164</v>
+        <v>615</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>77</v>
+        <v>616</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G202" s="1"/>
+      <c r="G202" s="1" t="s">
+        <v>581</v>
+      </c>
       <c r="H202" s="1" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
       <c r="B203" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>583</v>
+        <v>619</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>584</v>
+        <v>620</v>
       </c>
       <c r="B204" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>585</v>
+        <v>621</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>586</v>
+        <v>622</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>587</v>
+        <v>99</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>588</v>
+        <v>623</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1"/>
+      <c r="G205" s="1" t="s">
+        <v>581</v>
+      </c>
       <c r="H205" s="1" t="s">
-        <v>589</v>
+        <v>624</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>590</v>
+        <v>625</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>587</v>
+        <v>626</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>588</v>
+        <v>627</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>581</v>
+      </c>
       <c r="H206" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>594</v>
+        <v>627</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>25</v>
+        <v>581</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>595</v>
+        <v>630</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>596</v>
+        <v>631</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>582</v>
+        <v>632</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>597</v>
+        <v>113</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>598</v>
+        <v>633</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>599</v>
+        <v>634</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>601</v>
+        <v>132</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>602</v>
+        <v>635</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>603</v>
+        <v>636</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>600</v>
+        <v>502</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>601</v>
+        <v>637</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>604</v>
+        <v>638</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>605</v>
+        <v>639</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>582</v>
+        <v>526</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>608</v>
+        <v>642</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>609</v>
+        <v>526</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>610</v>
+        <v>640</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>611</v>
+        <v>643</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>612</v>
+        <v>644</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>613</v>
+        <v>645</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>614</v>
+        <v>319</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>615</v>
+        <v>646</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>616</v>
+        <v>647</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>617</v>
+        <v>105</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>618</v>
+        <v>192</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>619</v>
+        <v>648</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>620</v>
+        <v>649</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>617</v>
+        <v>650</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>618</v>
+        <v>651</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>621</v>
+        <v>652</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>622</v>
+        <v>653</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>623</v>
+        <v>654</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>624</v>
+        <v>655</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>625</v>
+        <v>656</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>626</v>
+        <v>657</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>623</v>
+        <v>654</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>226</v>
+        <v>655</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>627</v>
+        <v>658</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>628</v>
+        <v>659</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>629</v>
+        <v>344</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>630</v>
+        <v>45</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>631</v>
+        <v>660</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>632</v>
+        <v>661</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>225</v>
+        <v>78</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>633</v>
+        <v>662</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>634</v>
+        <v>663</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>635</v>
+        <v>664</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>636</v>
+        <v>45</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>637</v>
+        <v>665</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>638</v>
+        <v>666</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>639</v>
+        <v>667</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>640</v>
+        <v>668</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>641</v>
+        <v>669</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>642</v>
+        <v>670</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>639</v>
+        <v>418</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>643</v>
+        <v>597</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>644</v>
+        <v>671</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>645</v>
+        <v>672</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>646</v>
+        <v>78</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>357</v>
+        <v>231</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>647</v>
+        <v>673</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>648</v>
+        <v>674</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>649</v>
+        <v>234</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>650</v>
+        <v>675</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>651</v>
+        <v>676</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>225</v>
+        <v>367</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>652</v>
+        <v>677</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>97</v>
+        <v>678</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>653</v>
+        <v>679</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>654</v>
+        <v>680</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>225</v>
+        <v>681</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>652</v>
+        <v>682</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>97</v>
+        <v>678</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>655</v>
+        <v>683</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>656</v>
+        <v>684</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>646</v>
+        <v>685</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>657</v>
+        <v>686</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>49</v>
+        <v>678</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>658</v>
+        <v>687</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>659</v>
+        <v>688</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>660</v>
+        <v>374</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>661</v>
+        <v>78</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>195</v>
+        <v>678</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>662</v>
+        <v>689</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>663</v>
+        <v>690</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>664</v>
+        <v>121</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>665</v>
+        <v>129</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>16</v>
+        <v>678</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>666</v>
+        <v>691</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>667</v>
+        <v>692</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>290</v>
+        <v>449</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>668</v>
+        <v>370</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>678</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>669</v>
+        <v>693</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>670</v>
+        <v>694</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>290</v>
+        <v>77</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>77</v>
+        <v>597</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>97</v>
+        <v>678</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>671</v>
+        <v>695</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>670</v>
+        <v>696</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>290</v>
+        <v>697</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>698</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>97</v>
+        <v>678</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>672</v>
+        <v>699</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>673</v>
+        <v>700</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>674</v>
+        <v>354</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>675</v>
+        <v>169</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>201</v>
+        <v>678</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>676</v>
+        <v>701</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>677</v>
+        <v>702</v>
       </c>
       <c r="B234" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="C234" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H234" s="1" t="s">
-        <v>680</v>
+        <v>704</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>681</v>
+        <v>705</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>678</v>
+        <v>706</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>679</v>
+        <v>490</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>682</v>
+        <v>707</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>683</v>
+        <v>708</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>630</v>
+        <v>709</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>684</v>
+        <v>710</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>685</v>
+        <v>711</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>686</v>
+        <v>712</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>225</v>
+        <v>121</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>687</v>
+        <v>129</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>688</v>
+        <v>713</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>689</v>
+        <v>714</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>639</v>
+        <v>121</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>690</v>
+        <v>129</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>691</v>
+        <v>715</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>692</v>
+        <v>716</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>290</v>
+        <v>417</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>252</v>
+        <v>491</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>693</v>
+        <v>717</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>694</v>
+        <v>718</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>695</v>
+        <v>417</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>665</v>
+        <v>491</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>696</v>
+        <v>719</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>697</v>
+        <v>720</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>698</v>
+        <v>309</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>699</v>
+        <v>721</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>701</v>
+        <v>723</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>636</v>
+        <v>309</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>702</v>
+        <v>724</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>703</v>
+        <v>725</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>679</v>
+        <v>309</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>72</v>
+        <v>721</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>195</v>
+        <v>253</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>707</v>
+        <v>294</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>25</v>
+        <v>678</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>708</v>
+        <v>729</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>709</v>
+        <v>730</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>711</v>
+        <v>732</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G245" s="1"/>
       <c r="H245" s="1" t="s">
-        <v>712</v>
+        <v>733</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>713</v>
+        <v>734</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>714</v>
+        <v>735</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>606</v>
+        <v>736</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>25</v>
+        <v>487</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>715</v>
+        <v>737</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>716</v>
+        <v>738</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>714</v>
+        <v>30</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>606</v>
+        <v>30</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>717</v>
+        <v>739</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>718</v>
+        <v>740</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>252</v>
+        <v>741</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>108</v>
+        <v>742</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>44</v>
+        <v>581</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>719</v>
+        <v>743</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>720</v>
+        <v>744</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>252</v>
+        <v>735</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>108</v>
+        <v>736</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>97</v>
+        <v>487</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>722</v>
+        <v>746</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>684</v>
+        <v>747</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>72</v>
+        <v>748</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>724</v>
+        <v>750</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>226</v>
+        <v>751</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>725</v>
+        <v>587</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>726</v>
+        <v>752</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>727</v>
+        <v>753</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>252</v>
+        <v>417</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>108</v>
+        <v>434</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>728</v>
+        <v>754</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>252</v>
+        <v>434</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>252</v>
+        <v>129</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>108</v>
+        <v>597</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>252</v>
+        <v>132</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>108</v>
+        <v>367</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>252</v>
+        <v>345</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>108</v>
+        <v>477</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>252</v>
+        <v>486</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>108</v>
+        <v>764</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>738</v>
+        <v>765</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>739</v>
+        <v>766</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>108</v>
+        <v>359</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>740</v>
+        <v>767</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>252</v>
+        <v>769</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>108</v>
+        <v>354</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>742</v>
+        <v>770</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>743</v>
+        <v>771</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>684</v>
+        <v>772</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>108</v>
+        <v>773</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>744</v>
+        <v>774</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>745</v>
+        <v>775</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>707</v>
+        <v>597</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>746</v>
+        <v>51</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>747</v>
+        <v>776</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>748</v>
+        <v>777</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>661</v>
+        <v>778</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>749</v>
+        <v>160</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>750</v>
+        <v>779</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>751</v>
+        <v>780</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>752</v>
+        <v>781</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>255</v>
+        <v>782</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>753</v>
+        <v>783</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>754</v>
+        <v>784</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>755</v>
+        <v>400</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>756</v>
+        <v>155</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>757</v>
+        <v>785</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>758</v>
+        <v>786</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>759</v>
+        <v>787</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>760</v>
+        <v>470</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>761</v>
+        <v>788</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>762</v>
+        <v>789</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>763</v>
+        <v>787</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>108</v>
+        <v>470</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>764</v>
+        <v>790</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>765</v>
+        <v>791</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>766</v>
+        <v>787</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>690</v>
+        <v>83</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>767</v>
+        <v>792</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>768</v>
+        <v>793</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>766</v>
+        <v>120</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>769</v>
+        <v>45</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>770</v>
+        <v>794</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>771</v>
+        <v>795</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>772</v>
+        <v>120</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>773</v>
+        <v>45</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>772</v>
+        <v>51</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>108</v>
+        <v>239</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>776</v>
+        <v>798</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>778</v>
+        <v>84</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>104</v>
+        <v>800</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>760</v>
+        <v>78</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>781</v>
+        <v>84</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>782</v>
+        <v>803</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>785</v>
+        <v>293</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>786</v>
+        <v>806</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>788</v>
+        <v>587</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>789</v>
+        <v>136</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>790</v>
+        <v>808</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>791</v>
+        <v>809</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>792</v>
+        <v>810</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>249</v>
+        <v>56</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>793</v>
+        <v>811</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>794</v>
+        <v>812</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>792</v>
+        <v>418</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>795</v>
+        <v>813</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>796</v>
+        <v>814</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>792</v>
+        <v>56</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>781</v>
+        <v>99</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>797</v>
+        <v>815</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>798</v>
+        <v>816</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>792</v>
+        <v>363</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>781</v>
+        <v>817</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>799</v>
+        <v>818</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>801</v>
+        <v>51</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>789</v>
+        <v>277</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>802</v>
+        <v>820</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>803</v>
+        <v>821</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>801</v>
+        <v>580</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>120</v>
+        <v>822</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>804</v>
+        <v>823</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>25</v>
+        <v>253</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>808</v>
+        <v>827</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>809</v>
+        <v>828</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>259</v>
+        <v>826</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>810</v>
+        <v>829</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>811</v>
+        <v>830</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>773</v>
+        <v>294</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>255</v>
+        <v>831</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>29</v>
+        <v>678</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>812</v>
+        <v>832</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>813</v>
+        <v>833</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>248</v>
+        <v>834</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>470</v>
+        <v>30</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>814</v>
+        <v>835</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>815</v>
+        <v>836</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>816</v>
+        <v>837</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>320</v>
+        <v>838</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>817</v>
+        <v>839</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>818</v>
+        <v>840</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>819</v>
+        <v>837</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>725</v>
+        <v>838</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>820</v>
+        <v>841</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>821</v>
+        <v>842</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>806</v>
+        <v>843</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>823</v>
+        <v>844</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>824</v>
+        <v>845</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>789</v>
+        <v>308</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>143</v>
+        <v>834</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>825</v>
+        <v>846</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>826</v>
+        <v>847</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>837</v>
+      </c>
+      <c r="C289" s="1"/>
       <c r="D289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>827</v>
+        <v>848</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>785</v>
+        <v>850</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>87</v>
+        <v>851</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>195</v>
+        <v>253</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>829</v>
+        <v>852</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>228</v>
+        <v>853</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>229</v>
+        <v>168</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>143</v>
+        <v>854</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>105</v>
+        <v>175</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>830</v>
+        <v>855</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>831</v>
+        <v>856</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>249</v>
+        <v>226</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>153</v>
+        <v>857</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>832</v>
-[...211 lines deleted...]
-      <c r="A301" s="1" t="s">
         <v>858</v>
-      </c>
-[...1499 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>