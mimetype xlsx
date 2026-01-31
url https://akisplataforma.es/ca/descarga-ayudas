--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -12,1223 +12,7256 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2662">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>Resolució, de 26/05/2025, de la Viceconsejería de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de conservació de races autòctones amenaçades d'erosió genètica a Castella-la (Feader), previstes al Pla Estratègic de la Política Agrícola Comuna per al període 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-30</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
+  </si>
+  <si>
+    <t>Pla anual d'assegurances agràries 2023</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Resolució de 9 d'abril de 2024, de la Direcció General de Turisme, Comerç i Artesania, per la qual es convoquen les ajudes del Programa MICE per a 2024.</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>Decret 7/2024, de 27 de febrer, pel qual es regula la concessió directa d'una subvenció per a la construcció d'habitatges de lloguer social en edificis energèticament eficients del pla de recuperació, transformació i resilie</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Concessió directa de subvenció al consell de cambres oficials de comerç, indústria i serveis de clm per a la prestació integrada i conjunta de serveis a través dels centres de finestreta única empresarial de la comunitat autònoma.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
+    <t>Decret 51/2023 de 23 de maig, pel qual es regula la concessió directa d'una subvenció a l'institut de recerca i innovació en models d'inclusió, igualtat, empleabilitat i equitat</t>
+  </si>
+  <si>
+    <t>2023-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
+  </si>
+  <si>
+    <t>Acord de 15 de juny de la junta de castella i lleó, pel qual es declara a castilla i lleó la campanya agrícola 2022-2023 com a excepcional, i es declara la urgència en l'adopció de les mesures de suport al sector agrari.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Acord de la junta de castella i lleó pel qual s'autoritza la concessió d'una subvenció a l'agrupació empresarial innovadora per a la construcció eficient (AEIC)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de juny de 2023 del president de l'ice, per la qual s'aprova la convocatòria en concurrència no competitiva per a la concessió de subvencions destinades a fomentar la innovació de les pimes de castella i lleó, cofinançada amb el feder</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>Acord d'1 de juny de 2023, de la junta de castella i lleó, pel qual s'autoritza la concessió directa de subvencions a les agrupacions empresarials innovadores de castilla i lleó: aeice, cbecyl i cylsolar</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de maig de 2023, de la conselleria d'agricultura, ramaderia i desenvolupament rural, per la qual es convoquen les subvencions a la subscripció de pòlisses d'assegurances agràries incloses en els plans anuals d'assegurances agràries combinades.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Acord de la junta de castella i lleó, pel qual s'autoritza la concessió directa d'una subvencion a la cambra oficial de comerç, indústria i serveis de valladolid.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Convocatòria i bases reguladores per a la concessió de subvencions a les agències de viatge per incentivar l'arribada de turistes a la ciutat de ceuta mitjançant la comercialització de la 3a fase del talonari descompte "ceuta emociona".</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>Ceuta</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per a la millora de la competitivitat de les pimes de comerç minorista.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS DESTINADADES A L'ADMINISTRACIÓ LOCAL DE LA COMUNITAT VALENCIANA PER POTENCIAR PROJECTES D'INNOVACIÓ DINS PLA IMPULS TERRITORIS INNOVADORS PER A 2023</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>FOMENT DE LA INVESTIGACIÓ CLIMÀTICA I LA REALITZACIÓ D'ACTIVITATS DE FORMACIÓ I DE DIVULGACIÓ, DAVANT DE FENOMENS CLIMATOLÒGICS EXTREMS A LA COMUNITAT VALENCIANA PER A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>IMPULSAR L'ACCIÓ CLIMÀTICA LOCAL A TRAVÉS del PLA D'ACCIÓ PEL CLIMA I L'ENERGIA A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Utilització racional de l'aigua i la millora de l'eficiència energètica en regadius</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>Resolució de la consellera d'agricultura, desenvolupament rural, emergència climàtica i transició ecològica, per la qual es concedeix una subvenció a favor de la universitat miguel hernández d'elx, per a la realització d'activitats d'estudi relatives al</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Acord de cooperació entre la generalitat i la universitat jaume i de castelló, per al foment destudis de recerca i innovació a través de la càtedra de sostenibilitat</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la generalitat, a través de la presidència, i la federació valenciana de municipis i províncies per al finançament d'un programa d'ajuda, col·laboració i assessorament en matèria de despoblament.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la generalitat, a través de la presidència, i l'institut valencià d'investigacions econòmiques, sa, per a la investigació en matèria de serveis públics, la millora de la informació per a l'anàlisi sobre l'efi...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Subvencions per a la integració ccoperativa a la cv</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Ajuts a les organitzacions professionals agràries</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de març de 2023, de la consellera d'adrecte per la qual publica la línia pressupostària i l'import màxim per a l'exercici 2023 de l'ordre 10/2011, de 24 de març, de la conselleria d'agricultura, pesca i alimentació</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 càtedra agroecologia i qualitat agroalimentària (upv) jl porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Conveni de suport a la fundació per al desenvolupament i la innovació per a la transformació modernitzadora del capital humà</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Col·laboració entre la generalitat i la federació valenciana de municipis i províncies. projectes en matèria de comerç i assistència tècnica 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la secretaria xeral dóna emigració i l'associació d'immigrants i retornats rioplatencs per al desenvolupament d'accions d'informació i assessorament adreçades a persones emigrants retornades</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de gener de 2024, per la qual es convoquen els ajuts a la subscripció d'assegurances agràries per a les línies quaranta-quatrè pla d'assegurances agràries combinades (pla 2023) incloses a l'annex i</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Ordre del conseller d'agricultura, ramaderia i medi ambient per la qual es concedeix una subvenció al clúster espanyol de productors de bestiar porcí (i+porc) per impulsar la millora del sector porcí aragonès com a activitat econòmica estratègica.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Institut d'estudis i investigació dels monegres (la cartoixa dels monegres) escola d'educació infantil conveni col·laboració 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre l'institut aragonès d'ocupació i les cambres oficials de comerç, indústria i serveis d'osca, terol i saragossa per a la prestació de serveis en matèria de foment de l'ocupació autònoma</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Ordre del conseller dagricultura, ramaderia i medi ambient de concessió de subv. a ramadera unida comarcal, s.coop. per a projecte d'avaluació de característiques productives, índexs de prolificitat, mortalitat i conversió de llorigons de conill marró</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>A la cambra de comerç d'Oviedo, per implementar mesures adreçades al desenvolupament i promoció dels ods a través de formació i sensibilització d'entitats interessades</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 d'abril de 2024, de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes per al suport a les inversions no productives vinculades al compliment d'objectius agroambientals i climàtics</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Resolució de 29 de desembre de 2023 per la qual s'aprova la convocatòria pluriennal de subvencions per a la línia de foment de contractació i regularització d'assegurances agràries combinades l'exercici 2024 sota la modatitat de despesa anticipada</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>Concessió de subvenció a favor de les cambres de comerç del principat d'astúries per a execució pla capacitació dins del programa integral de qualificació i ocupació</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'autoritza subvencions a les organitzacions professionals agràries per contribuir a sufragar les despeses de funcionament 2023</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de juny de la conselleria de drets socials i benestar social, per la qual s'aproven les bases reguladores per a la participació en el projecte pilot “conectes: itineraris d'inclusió social digital al principat d'astúries”</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>EXTRACTE DE LA RESOLUCIÓ DE 9/5/2024 DE L'AGÈNCIA DE CIÈNCIA COMPETITIVITAT EMPRESARIAL I INNOVACIÓ ASTURIANA QUE APROVA LA CONVOCATÒRIA D'AJUDES A EMPRESES del PRINCIPAT D'ASTÚRIES del PROGRAMA XECS D'INNOVACION I2SA</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>Resolució del conseller d'economia, hisenda i innovació per la qual s'aprova la convocatòria d'ajudes per als anys 2024 i 2025 als emprenedors ia les empreses amb activitat a les illes balears per cobrir les comissions d'obertura i estudi</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Subvenció a la cambra de comerç, indústria, navegació i serveis de mallorca per finançar un servei d'assessorament a dones per crear empreses a l'illa de mallorca</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Subvenció a la cambra de comerç, indústria, navegació i serveis d'eivissa i formentera per finançar un servei d'assessorament a dones per crear empreses a les illes pitiüses</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Subvenció a la cambra de comerç, indústria, navegació i serveis d'eivissa i formentera per finançar un servei d'assessorament a dones per crear empreses a menorca</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Millora Mercats Tradicionals Canàries i O.actuacions suport Comerç Rural</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Subvencions inversions explotacions agràries 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Inversions explotacions agrícoles 2022</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Subvencions inversions explotacions agràries 2019</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Subvencions inversions explotacions agràries 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a la subscripció d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Accions d'assessorament autoocupació i emprenedoria de la cartera comuna de serveis del sne - rd 7/2015</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>Subvencions directes manteniment activitat econòmica i ocupació en empreses i persones autònomes no dedicades a la producció primària i que comercialitzin productes procedents de la mateixa, per minimitzar impacte danys erupcions volcàniques La Palma</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>Resolució, de 20/05/2025 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de benestar animal a Castella-la Manxa a través del Fons Europeu Agrícola de Desenvolupament Rural (Feaderrí), previstes en el Pla 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolució, de 27/05/2025, de la Viceconselleria de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció d'Apicultura per a la biodiversitat a Castella-la Manxa a través del Fons Europeu Ag de la Política Agrícola Comuna per al període 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 excepcionals dirigits a explotacions agrícoles del sector de la cirera afectades per desastres naturals, segons Decret Llei 3/2025 de 27 de maig</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>ORDRE DE 14 de juliol de 2025, Ajudes contrat Assegurances Agraries Combin. 2025</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>Ajuts destinats a les explotacions agràries afectades per la sequera i per altres adversitats climàtiques durant els anys 2023 i 2024</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846402</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS INVERSIONS EXPLOTACIONS AGRÀRIES 2021</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846624</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓ ADOPCIÓ MESURES D'AGROAMBIENT I CLIMA 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847194</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de juliol 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria per a l'any 2025 de les ajudes d'intervenció al sector apícola de la Comunitat Autònoma de la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria d'ajudes per a la campanya 2025-2026 a la gestió sostenible de les pastures muntanyes a Navarra, incloses a la Intervenció 6881.1 Repoblació Forestal i Sistemes Agroforestals el PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>Resolució aproven les bases reguladores de les ajudes per a les despeses notarials i d'immatriculació registral de predis agroforestals objecte de permutes d'interès agrari especial MR709B REG (UE 1408/2013</t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848216</t>
+  </si>
+  <si>
+    <t>Ajuda per mantenir el sector lacti boví de les Illes Balears i donar suport als processos de digitalització a les seves explotacions - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848429</t>
+  </si>
+  <si>
+    <t>Ajuda per mantenir el sector lacti boví de les Illes Balears i donar suport als processos de digitalització a les seves explotacions - RESTA ILLES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848436</t>
+  </si>
+  <si>
+    <t>Ordre de 25 de juliol de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2026 ajuts per a les activitats de promoció i comunicació de productes vinícoles a mercats de tercers països.</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a les explotacions agràries d'arròs que utilitzin llavor certificada per al 2025</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>Subvenció 2025/26 ajuts per a promoció dels productes agrícoles i alimentaris en règims de qualitat, s/ Resolució de 22 de juliol de 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS INFRAESTRUCTURES AGRÀRIES FOMENT COMPETITIVITAT 2025</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>Acord de 25 de setembre de 2025, de la Junta de Castella i Lleó, pel qual s'autoritza la concessió directa de subvencions als titulars d'explotacions agràries danyades i ubicades als municipis afectats pels incendis forestals.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
+    <t>AJUDES DE COOPERACIÓ PER A LA SUCCESSIÓ D'EXPLOTACIONS AGRÍCOLES</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868030</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria de cultura, educ., fp i universitats i la conselleria d'econ., industr. i innovació dóna xunta de galicia ia comissió d'intercanvi cult., educ i cient entre espanya i eu per al programa de borses fulbright</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària i temporal per sufragar el preu del gasoil consumit pels productors agraris a la Comunitat autònoma de Canàries. 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>Galicia, Asturias, Principado de, Cantabria, País Vasco, Navarra, Comunidad Foral de, Rioja, La, Aragón, Madrid, Comunidad de, Castilla y León, Castilla - La Mancha, Extremadura, Cataluña, Comunitat Valenciana, Balears, Illes, Andalucía, Murcia, Región de, Ceuta, Melilla, Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes de digitalització de la pime madrilenya - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes de digitalització de la pime madrilenya - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Convocatòria xec innovació concessions 2023</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Bons digitals per a col·lectius vulnerables mrr-c15.i3 (entitats col·lab.)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>Autoritzar una despesa pluriennal de 2.100.000,00 euros amb càrrec a la partida pressupostària 720007 72300 4400 412108' pdr feader 2014-2020. serveis d'assessorament a través d'intia', del pressupost de despeses de 2023 i 2024</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de l'ajut a inversions en explotacions agràries PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Projectes pilot innovadors per a inclusió sociolaboral pers.mvi-rgi- ii</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Projectes pilot innovadors per a la inclusió sociolaboral pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Energies renovables tèrmiques en diferents sectors ( mrr )1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Energies renovables tèrmiques en diferents sectors ( mrr )2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Rehabilitació energètica per a edificis existents</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Pla complementari energia i hidrogen verd</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Autoconsum ia l'emmagatzematge, amb fonts d'energia renovable mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Autoconsum ia l'emmagatzematge, amb fonts d'energia renovable mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Autoconsum i emmagatzematge amb fonts d'energia renovables mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajudes per al programa investigo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. next</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Assegurances agràries</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Subvenció a agrupacions i mancomunitats de municipis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>AJUDES del CENTRE PER AL DESENVOLUPAMENT TECNOLÒGIC I LA INNOVACIÓ, EPE A LA INVERSIÓ PER A POTÈNCIA EL CREIXEMENT D'EMPRESES INNOVADORES (2024)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>AJUDES del CENTRE PER AL DESENVOLUPAMENT TECNOLÒGIC I LA INNOVACIÓ, EPE PER AL FINANÇAMENT DE PROJECTES D'R+D (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>Ajuts del CENTRE PER AL DESENVOLUPAMENT TECNOLÒGIC I LA INNOVACIÓ, EPE per al finançament de Projectes d'Innovació Tecnològica (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Ordre de la ministra de ciència i innovació per la qual es concedeix a la societat botànica espanyola (sebot)</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>Ajuts del cdti per a projectes d'innovació al sector pesquer ia l'aqüicultura i projectes d'inversió en activitats de transformació i comercialització dels productes de la pesca i de l'aqüicultura</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Acord de 25 de juliol del 2023, del consell de ministres, pel qual s'autoritza la contribució voluntària a l'organització d'estats iberoamericans (oei), per a la xarxa iberoamericana d'innovació i investigació educativa.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Conveni del mapa i cooperatives agroalimentàries d'espanya, de concessió d'una subvenció als pge de 2023, per a la competitivitat i modernització de les cooperatives agroalimentàries i la formació, igualtat i relleu generacional en consells rectors</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>Ajuts dirigits a impulsar la transformació digital a través de la iniciativa «activa indústria 4.0», en el marc del pla de recuperació, transformació i resiliència</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>Ajuts del centre per al desenvolupament tecnològic i la innovació, epe a la inversió per potenciar el creixement d'empreses innovadores.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Ajuts del centre per al desenvolupament tecnològic i la innovació, epe per al finançament de projectes d'R+D(2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix a favor de la fundació ibercivis, la subvenció prevista al reial decret 732/2022, el qual es regula la concessió directa de subvencions a diverses entitats</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció a diverses entitats per al desenvolupament de projectes de ciència d'excel·lència, a favor de la fundació institució dels centres de recerca de catalunya (i-prop).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 732/2022 a favor de la universitat de navarresa per al museu de ciències.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 732/2022, a favor de l'escola politècnica superior de mondragon unibertsitatea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 732/2022, a favor de la fundació conjunt paleontològic de terol – dinòpolis.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 768/2022, a favor de l'entitat condicionament tarrasense, per al projecte de hub impressió 3d.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 768/2022, a favor de la fundació institut de recerca contra la leucèmia josep carreres (ijc), per a la seva contribució al projecte proteoma del càncer.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>Ajuts del CDTI a projectes d'innovació tecnològica (LÍNIA DIRECTA D'EXPANSIÓ DANA)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>Ajuts del CDTI a projectes d'innovació tecnològica (LÍNIA DIRECTA D'INNOVACIÓ DANA)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>PLA ANUAL D'ASSEGURANCES AGRARIS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar la pèrdua de renda a les explotacions agràries afectades per la DANA</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Assegurances Agràries</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Ajuts del Centre per al Desenvolupament Tecnològica i la Innovació EPE per al finançament de projectes R+D (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de febrer de 2025, per la qual es convoquen per a l'exercici 2025 les subvencions a la subscripció d'assegurances agràries en el marc del Pla d'Assegurances Agràries Combinades i s'estableixen les determinacions en relació amb aquestes subvencions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 1. NOU ESTABLIMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 2 MANT. ESTABLEIX.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Subv Transformació, comercialització i desenvolupament de productes agroalimentaris .PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PER A LA INTEGRACIÓ COOPERATIVA AGROALIMENTÀRIA A LA CV</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
     <t>CONVOCATÒRIA DE SUBVENCIONS PER AL FINANÇAMENT DE PROJECTES EN EL MARC DE LA INTERVENCIÓ 7119.2, LEADER, DEL PLA ESTRATÈGIC NACIONAL DE LA POLÍTICA AGRÀRIA COMÚ (PEPAC) 2023-2027 EN BASE A L'ESTRAÈGIA DE DESENVOLUPAMENT</t>
   </si>
   <si>
     <t>2024-09-15</t>
   </si>
   <si>
     <t>2027-12-31</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
   </si>
   <si>
     <t>ORDRE Conseller Trans Ecològica i Energia, que estableixen bases reguladores i convocatòria de subv règim concurrència no competitiva per a creació i funcionament de comunitats energètiques, marc E. Energia Sostenible Canàries P2-L2 Fons NG (C7, I2)</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
   </si>
   <si>
-    <t>Subv Transformació, comercialització i desenvolupament de productes agroalimentaris .PEPAC</t>
-[...1046 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Ajuts per a la preparació i l'execució de projectes d'innovació d'interès general per grups operatius supraautonòmics de l'Associació Europea per a la Innovació en matèria de productivitat i sostenibilitat agrícoles (AEI-Agri), en el marc del Pla Estratègic de la PAC d'Espanya (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
   </si>
   <si>
     <t>Programes pluriregionals de formació 2025</t>
   </si>
   <si>
-    <t>2025-05-08</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-28</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
-    <t>Ajuts per a la preparació i l'execució de projectes d'innovació d'interès general per grups operatius supraautonòmics de l'Associació Europea per a la Innovació en matèria de productivitat i sostenibilitat agrícoles (AEI-Agri), en el marc del Pla Estratègic de la PAC d'Espanya (PEPAC)</t>
-[...5 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+    <t>Aprovar les bases reguladores i la convocatòria foment de la innovació i divulgació forestal, període 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>No esdevinc interessos de demora durant els 6 primers mesos en els ajornaments de l'ingrés del deute tributari de l'article 8.2 del RD.llei 6/2024. Agricultura. Any 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes per a inversions en modernització d'infraestructures i sistemes de reg en comunitats de regants i comuni</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025. PROJECTES GARANTIA DE RENDES</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Resolució de 21 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aprova la convocatòria de subvencions a les entitats sense ànim de lucre, amb destinació a la celebració de certàmens de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Ordre de 16/04/2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, 1a Convocatòria ajudes per a la concessió de subvencions, intervenció 7161 "Coop.Grups Operatius de l'Associació Europea per a la innovació agrícola"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries (Objectiu Mediambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>AJUDES A LA PRODUCCIÓ I COMERCIALITZACIÓ DE LA MEL ANY 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>Resolució de 22/04/2025, de la Secretaria General, per la qual es realitza la convocatòria, en règim de concurrència competitiva, per a l'any 2025, d'ajuts a les organitzacions professionals agràries ia les entitats associatives sense ànim de lucre, pa</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen per a l'exercici 2025 els ajuts a la millora de la competitivitat i sostenibilitat de les explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS MODERNITZACIÓ I/O MILLORA EXPLOTACIONS AGRÀRIES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 21 d'abril de 2025, per la qual s'aprova la convocatòria de subvencions per a serveis d'assessoria a les petites i mitjanes explotacions agràries del Principat d'Astúries realitzades per ATRIAS</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural de convocatòria pública de subvenció per a activitats deducació ambiental a les Illes Balears a favor dentitats sense ànim de lucre per a lexercici 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolució de 2 de maig de 2025, de la SGIM, per la qual es convoquen els incentius de transició justa a la província d'Almeria per al projecte tractor «Innovació i sostenibilitat en la indústria auxiliar de l'agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolució de 5 de maig de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes previstes en la intervenció 7119.02 LEADER del Pla Estratègic de la PAC 2023-2027 a la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolució DG de Producció Agrícola i Ramadera, per a l'exercici 2025 les ajudes previstes a l'Ordre 6/2024, per la qual s'aproven les bases reguladores de les ajudes indemnitzatòries per a l'eradicació i el control del bacteri Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Resolució de la Conselleria d'Agricultura, Aigua, Ramaderia i Pesca, per la qual es convoquen per a l'exercici 2025, ajudes a la certificació de la producció ecològica a la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2025 per la qual es convoquen subvencions a organitzacions i entitats representatives del sector agrari i de desenvolupament rural a Andalusia</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Ajuts per al foment de les actuacions de les agrupacions de defensa forestal (ADF) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Ordre de 7 de maig de 2025, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2025 del programa de suport a la creació i ocupació a cooperatives i societats laborals. Programa II.- Inversions</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a la producció i comercialització de la mel, dins el marc de la intervenció sectorial apícola.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Ajuts a les Agrupacions de Defensa Sanitària Ramaderes, per la realització de programes sanitaris de prevenció, control i eradicació de malalties dels animals, any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ajuts a la promoció de productes agrícoles mitjançant l'organització de certàmens ramaders per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Ordre de 6 de maig de 2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual es convoquen per a l'any 2025 subvencions per a les Organitzacions Professionals Agràries, per al foment d'activitats de servei al sector agrari</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 PER A PROJECTES DE GARANTIA DE RENDES</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 PER A PROJECTES GENERADORS D'OCUPACIÓ ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 DP SEPE MÚRCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>BASES REGULADORES PER A LA CONCESSIÓ DE LES SUBVENCIONS DIRIGIDES A FINANÇAR PROJECTES D'EFICIÈNCIA ENERGÈTICA I ECONOMIA CIRCULAR EN EMPRESES TURÍSTIQUES A LA CIUTAT AUTÒNOMA DE CEUTA, AL MARC DEL PLA DE RECUPERACIÓ, TRANS.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>AJUDES PER AL FOMENT DE LA INNOVACIÓ TECNOLÒGICA A TRAVÉS DE FINQUES COL·LABORADORES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>AJUDES LA PROMOCIÓ, TRANSFORMACIÓ I COMERCIALITZACIÓ PRODUCTES DE PESCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de maig de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen per a l'exercici 2025 ajuts per a la cooperació en el marc de les intervencions per al desenvolupament rural del Pla Estratègic</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>PROGRAMA FOMENT OCUPACIÓ AGRARI ZONES RURALS DEPRIMIDES</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al control de rendiment lleter a les entitats oficialment reconegudes per a la realització del control lleter.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA I DESENVOLUPAMENT RURAL, PER LA QUAL S'ESTABLEIXEN LES BASES REGULADORES DE L'AJUDA EXCEPCIONAL PER PALIAR LES REPERCUSSIONS EN LES EXPLOTACIONS RAMADERES AFECTADES PEL SEROTIPO LA</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de maig del 2025, de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, per la qual es convoquen ajudes a petites i mitjanes empreses per a actuacions de digitalització.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Convocatòria dajuda per a empreses dinserció i centres especials de treball relacionats directament o indirectament amb els àmbits agrari i/o ambiental. Ajuts LEADER Eivissa i Formentera</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aprova convocatòria d'ajudes per a inversions a les explotacions agràries beneficiaries del projecte Disseny i implementació de Plans Estratègics de Gestió Empresarial de titulars d'explotacions agràries joves i de recent</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de maig de 2025 de la Presidència del Centre per al Desenvolupament Tecnològic i la Innovació EPE (CDTI), per la qual s'aprova la convocatòria per a l'any 2025 d'ajuts destinats a projectes de R+D Missions Ciència i Innovació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca, per a la campanya 2025, l'ajut per superfície als productors d'àloe vera i olivera.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a la recuperació, el manteniment i la consolidació de l'entorn agrari i l'agrodiversitat a l'illa d'Eivissa per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de maig de 2025, per la qual s'aproven les bases reguladores per a la concessió de subvencions, en Règim de c.competitiva, dirigides als titulars d'explotacions agrícoles i ramaderes a municipis afectats per danys DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>FEADER ajudes foment de repoblament terres agrícoles Com. Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>AJUDES A EMPRESES SEC AGR.GUANY.FOREST I INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les subvencions a la subscripció de pòlisses d'assegurances agràries incloses en els Plans Anuals d'Assegurances Agràries Combinades.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per la qual es convoquen, per a la campanya apícola de l'any 2025, els ajuts de la Intervenció Sectorial Apícola en el marc del PEPAC 2023-2027 a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ DE 29 MAIG DE 2025, LÍNIA 4.2 inclusió lab Empresa Ordinària. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolució SOD/TEC/23/24, de 20 de març de 2024, per la qual es convoca per a l'any 2024 la línia de subvencions del programa de “Personal Tècnic R+D”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Resolució SOD/CERT/23/24, de 26 d'abril de 2024, que convoca per a l'any 2024 la línia de subvencions del programa de “CERTIFICACIONS PER A LA MILLORA COMPETITIVA I L'ENTRADA EN NOUS MERCATS”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>Ordre IND/19/2024, de 7 de maig, per la qual es convoca per a l'any 2024 la línia de subvencions INNOVA.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Resolució SOD/EMPLEA/23/24, de 26 d'abril de 2024, per la qual es convoca per a l'any 2024 la línia de subvencions del programa “EMPLEA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen les ajudes a l'artesania a cantàbria 2024 (producció primària de productes agrícoles)</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre el govern de cantàbria, a través de la conselleria de foment, ordenació del territori i medi ambient i la universitat de cantàbria per al foment de la investigació en matèria de transports</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Conveni col·laboració entre el govern de cantàbria a través de la conselleria d'indústria, turisme, innovació, transport i comerç i la universitat de cantàbria per al foment de la investigació en matèria de consum</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Resolució de 05/03/2024, de la conselleria de foment, per la qual es convoquen ajudes per a actuacions de rehabilitació energètica en habitatges i en edificis d'habitatges existents, en execució del programa de rehabilitació energètica per a edificis i</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Resolució, de 14/05/2024, de la Viceconselleria de la Política Agrària Comuna i Política Agroambiental, per la qual es convoquen el 2024, pel procediment de tramitació anticipada, ajudes per a la realització d'activitats de formació de les submesures</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2024 per la qual s'aprova la convocatòria de subvencions per a la realització de projectes de formació professional i ocupació al si de l'empresa (Línia 5 Sectorial), per a 2024. REG (UE) 1408/2013 de minimis , Agrícola</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Subvencions dirigides a finançar el programa de formació a la carta en empreses amb caràcter dual per al 2024. Empreses agrícoles. Reg.(UE) 1408/2013. Resolució de 15/05/2024 del President de la Comissió Executiva de Formació per a l'Ocupació de FAFECYL</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Resolució de 12/03/2024, ajuts per millorar i/o modernitzar explotacions agrícoles i ramaderes en el marc de la intervenció 6841.2 per a joves que simultàniament sol·licitin ajuda a la intervenció 6961.1 del Pla Estratègic de la PAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>CONVENI COL·LABORACIÓ COOPERATIVES AGRO-ALIMENTÀRIES DE CASTELLA-LA TACA I IPEX PER A LA SEVA INTERNACIONALITZACIÓ</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Resolució, de 16/05/2024, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria pel procediment de tramitació anticipada, el 2024, de la pròrroga de compromisos de la incorporació el 2023 a l'ajuda inclosa</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Ordre xx/2024, de 26 de març, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, pel qual s'estableixen les bases reguladores per a la concessió directa d'ajudes addicionals a la contractació d'assegurances agràries a Castella-la Manxa.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Ordre de 24/02/2023, de la conselleria d'agricultura, aigua i desenvolupament rural, per la qual s'estableixen les bases reguladores per a la concessió d'ajudes per a la modernització i transformació dels regadius en l'àmbit territorial de castilla-la taca</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Resolució, de 10/05/2024, de la DG d'Agricultura i Ramaderia, per la qual es realitza la convocatòria dels ajuts millorar les condicions de producció i comercialització de la mel a Castella-la Manxa, per a la campanya apícola 2024</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Ordre xx/2024 de 14 de febrer, de la conselleria d'agricultura, ramaderia i desenvolupament rural, per la qual es regula l'obligació de retirada dels subproductes de la vinificació, calen les bases reguladores de les ajudes a la destil·lació de subpr</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Ordre de 3 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2024 del programa de suport a la creació ia l'ocupació en cooperatives i societats labor. PROGRAMA I.- INCORPORACIÓ DE SOCIS</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Ordre de 6 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la modernització de les empreses artesanes de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Ordre de 3 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2024 del programa de suport a la creació i ocupació a cooperatives i societats laborals. PROGRAMA II.- INVERSIONS</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Resolució SOD/PLAN/24/24, de 16 de maig de 2024, per la qual es convoca per a l'any 2024 el programa de subvencions per a l'execució de plans de promoció comercial de les empreses de Cantàbria. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Acord de 25 d'abril de 2024, de la Junta de Castella i Lleó, pel qual s'autoritza la concessió directa de subvencions a l'Agrupacions Empresarials Innovadores de Castella i Lleó VITARTIS i CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Ordre de 5 d'abril del 2024, de la Conselleria Indústria, Comerç i Ocupació, per la qual es convoquen per a l'any 2024 subvencions públiques dirigides a la realització d'accions que contribueixin al Benestar laboral en centres de treball de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Ordre de 7 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la modernització, digitalització i millora de la gestió del comerç de Castella i Lleó</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Ordre de 8 de maig de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoca la incorporació de titulars d'explotacions agràries a les intervencions de desenvolupament rural mediambientals i climàtiques</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Ordre de 25 de gener del 2024, de la conselleria indústria, comerç i ocupació per la qual es convoquen subvencions destinades al finançament de costos salarials de treballadors amb discapacitat en centres especials d'ocupació per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Ordre de 22 de desembre de 2023, de la conselleria d'agricultura, ramaderia i desenvolupament rural, es convoquen subvencions a la transformació i comercialització de productes agraris, silvícoles i de l'alimentació, cofinançades per feader, línia j01</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de setembre de 2023 del president del servei públic d'ocupació de castella i lleó per la qual es convoquen subvencions del programa de formació de treballadors ocupats a empreses de sectors estratègics agroalimentació 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de maig de 2023 de la conselleria de mobilitat i transformació digital per la qual es convoquen ajudes destinades a la modernització d'empreses de transport de viatgers i de transport de mercaderies, en el marc del prtr – next generation eu.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓper la qual s'obre la convocatòria per a la concessió de subvencions a l'àmbit del comerç i dels serveis per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del Pla d'assegurances agràries (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Resolució de la Viceconselleria de Medi Ambient per la qual es convoquen els ajuts en inversions en tecnologies forestals i en la transformació, mobilització i comercialització de productes forestals en el marc del Programa de Desenvolupament Rural de Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Premi al/a la millor jove artesà/ana alimentari/ària innovador/a corresponent a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Ajuts directes a l'agricultura i la ramaderia i altres règims d'ajut per a la campanya 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del pla d'assegurances agràries (agroassegurança)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>II fase oficines comarcals transció energètica</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>CONVENI DE COL·LABORACIÓ ENTRE LA CIUTAT DE MELILLA I LA FUNDACIÓ INSTITUT CAMERAL PER A LA CREACIÓ I DESENVOLUPAMENT DE L'EMPRESA (INCYDE), PER AL DESENVOLUPAMENT DE TRES PROGRAMES DE FORMACIÓ I ACOMPANYAMENT DINTRE del PROJECTE "EMPREIX.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Resolució de 22 d'abril de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, pel qual es convoquen les ajudes d'intervenció en el sector apícola per a l'exercici 2024 a la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>CONVENI DE COOPERACIÓ EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA I PESCA I LA UNIVERSITAT CEU CARDENAL HERRERA, PER A LA REALITZACIÓ DE PRÀCTIQUES FORMATIVES SUBVENCIONADES DURANT L'ANY 202</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen ajudes a Plans de reconversió i reestructuració col·lectius, en el marc del Programa de Desenvolupament Rural de la Comunitat Valenc</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Accions complementàries d'impuls i enfortiment de la innovació NO AJUDA ESTAT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>IMPULS DE L'ACCIÓ CLIMÀTICA LOCAL A TRAVÉS del PLA D'ACCIÓ PEL CLIMA I L'ENERGIA (PACTE D'ALCALDES/ES PEL CLIMA I L'ENERGIA) A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>Resolució de 30 d'abril de 2024, de la presidenta de l'IVACE, de convocatòria d'ajudes en matèria d'energies renovables a càrrec del pressupost exercici 2024, amb cofinançament de la Unió Europea a través del Fons Europeu de Desenvolupament Regional</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>CONVENI DE COL·LABORACIÓ ENTRE LABORA-SERVICI VALENCIÀ D'OCUPACIÓ I FORMACIÓ I AIMPLES-ASSOCIACIÓ D'INVESTIGACIÓ DE MATERIALS PLÀSTICS I CONNEXES PER A LA REALITZACIÓ D'ACCIONS FORMATIVES DIRIGIDES PREFERENTMENT A PERSONES DESEMPLEADES</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2024, de la presidenta de l'IVACE, per la qual es convoquen ajudes destinades al foment d'instal·lacions d'autoconsum d'energia elèctrica en règim de comunitats d'energies renovables, amb càrrec al pressupost de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Subvenció per a l'aplicació de la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comú</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Accions complementàries d´impuls i enfortiment de la innovació. MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Resolució 15 de febrer de 2024 del director de l'agència valenciana de foment i garantia agrària, per la qual es convoquen ajudes a la destil·lació de subproductes de vinificació campanya 2023/2024</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Resolució per la qual s'efectua la convocatòria, per a l'exercici 2024, de les subvencions regulades als articles 16 i 17 de l'Ordre 2/2020, de 27 de febrer, de la Conselleria d'Economia Sostenible, Sectors Productius, Comerç i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Conveni entre la conselleria d'educació, universitats i ocupació i la universitat miguel hernández, per al suport el 2023-2024 a la construcció i actualització d'edificis i infraestructures d'R+D+I d'excel·lència;</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la generalitat, a través de la presidència i la universitat d´alacant, per a col·laboració en el funcionament de la comissionada de la presidència de la generalitat, per a la digitalització i la ciberseguretat de la comunitat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 per a la internacionalització de l'empresa extremenya i la millora de les condicions de comercialització exterior, segons la resolució de 30 d'octubre del 2023, que les convoca</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>Resolució de 30 d'abril del 2024 de la Fundació EOI, FSP per la qual es convoquen ajudes per a impuls de l'ecosistema emprenedor innovador nacional dins del Programa Impuls de l'Ecosistema Emprenedor Innovador en el marc del PRTR</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>Resolució 21 març 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió ajudes Participació Agrupada a Fira OVUM 2024-XXVIII Congrés Llatinoamericà d'Avicultura - Punta de l'Est (URUGUAY) - 12 a 15 novembre 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XXII Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ VIII Convocatòria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>Ajudes 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XXII Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>Subvencions directes 2024 al foment de la contractació de pòlisses assegurances agràries combinades, segons decret 286/2023 de 19 de desembre</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empreses privades agrícoles per a la contractació de persones participants en els projectes del programa escoles professionals duals d'ocupació (línia ii), segons la resolució de 9 d'agost de 2023 que les convoca</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empreses privades no agrícoles per a la contractació de persones participants en els projectes del programa escoles professionals duals d'ocupació (línia ii), segons la resolució de 9 d'agost de 2023 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empreses privades agrícoles per a la contractació de persones participants als projectes del programa col·laboratiu rural (línia ii), segons resolució de 09 d'agost de 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subv. 2023 a empreses privades no agrícoles per a la contractació de persones participants als projectes del programa col·laboratiu rural (línia ii), segons resolució de 9 d'agost de 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>resolució de 18 de març de 2024 pola que s'estableixen a les bases reguladores de les ajudes a la nova participació d'agricultors en rèxims de qualitat, cofinançades amb el Fons Europeu Agrícola de Desenvolupament Rural (Feader) no marc del Programa de desenvolupament</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per a 2024 de subvencions per a projectes singulars de millora de la sostenibilitat energètica en empreses del sector industrial de la província de la Corunya,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>convocatòria de subvencions, en règim de concurrència competitiva, per a projectes d'equips d'aprofitament d'energies renovables elèctriques i d'estalvi i eficiència energètica a les empreses de producció agrícola primària</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Millora Producció i Comercialització Productes Apicultura, segons Resolució de 6 de maig 2024 que les convoca</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Orden de l'11 de juny de 2024 per la qual s'estableixen les bases reguladores per a la concessió, en rxim de concurrncia competitiva, de subvencions per a la transformació dixital, innovació i modernització del sector comercial i artesanal, i es procedeix a la seva</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Requisits nutricionals animals i valor nutricional de l'alimentació en diferents condicions de maneig de producció</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>Europea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-5-two-stage</t>
+  </si>
+  <si>
+    <t>Minimitzar l'impacte climàtic a la pesca: solucions de mitigació i adaptació per a futurs règims climàtics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-6-two-stage</t>
+  </si>
+  <si>
+    <t>Minimitzar l'impacte climàtic a l'aqüicultura: solucions de mitigació i adaptació per a futurs règims climàtics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-7-two-stage</t>
+  </si>
+  <si>
+    <t>Xarxes temàtiques d'agricultura orgànica per compilar i compartir coneixement llest per a la pràctica</t>
+  </si>
+  <si>
+    <t>2024-02-28</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-10</t>
+  </si>
+  <si>
+    <t>Xarxes temàtiques de biodiversitat per compilar i compartir coneixement llest per a la pràctica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-11</t>
+  </si>
+  <si>
+    <t>Desenvolupament de xarxes d'assessorament de la UE sobre silvicultura</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-12</t>
+  </si>
+  <si>
+    <t>Desenvolupament de xarxes d'assessorament de la UE en sistemes ramaders sostenibles</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-13</t>
+  </si>
+  <si>
+    <t>Ecosistemes regionals d'innovació per fomentar la transformació del sistema alimentari</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-2</t>
+  </si>
+  <si>
+    <t>Personalització/preoperacionalització de prototips Serveis d'usuari final en l'adaptació i la mitigació del canvi climàtic de l'àrea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-5</t>
+  </si>
+  <si>
+    <t>Desenvolupar aplicacions innovadores per donar suport a l'acord verd europeu, basant-se en dades satel·litàries meteorològiques</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-6</t>
+  </si>
+  <si>
+    <t>Millorar les condicions de treball i l'enfortiment de la força laboral a través de les tecnologies digitals i de dades: el potencial de la robòtica i la realitat augmentada a l'agricultura</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-7</t>
+  </si>
+  <si>
+    <t>Ampliar els resultats del grup operatiu EIP a través de les fronteres mitjançant xarxes temàtiques per compilar i compartir el coneixement llest per a la pràctica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-8</t>
+  </si>
+  <si>
+    <t>Xarxes temàtiques per compilar i compartir coneixement llest per a la pràctica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-9</t>
+  </si>
+  <si>
+    <t>Demostrant com les regions poden operar dins dels límits de nitrogen i fòsfor ecològic i regional segur</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-1</t>
+  </si>
+  <si>
+    <t>Les millors tècniques disponibles per recuperar o reciclar productes de fertilització de matèries primeres secundàries</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-2</t>
+  </si>
+  <si>
+    <t>Impactes ambientals dels sistemes alimentaris</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-01-3</t>
+  </si>
+  <si>
+    <t>Tecnologies innovadores per a contaminació zero, biorefineries de deixalles zero</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Desafiament d'acceleradors EIC: nous assaigs basats en biomarcadors per guiar el tractament personalitzat del càncer</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-01</t>
+  </si>
+  <si>
+    <t>Desafiament d'acceleradors EIC: aerosol i descontaminació de superfície per al maneig de la pandèmia</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-02</t>
+  </si>
+  <si>
+    <t>Desafiament de l'accelerador EIC: emmagatzematge d'energia</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-03</t>
+  </si>
+  <si>
+    <t>Desafiament d'acceleradors EIC: nova Bauhaus europea i arquitectura, enginyeria i digitalització de construcció per a la descarbonització</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-04</t>
+  </si>
+  <si>
+    <t>Desafiament de l'accelerador EIC: components emergents de semiconductors o tecnologia quàntica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-05</t>
+  </si>
+  <si>
+    <t>Desafiament de l'accelerador EIC: noves tecnologies per a l'agricultura resilient</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-06</t>
+  </si>
+  <si>
+    <t>Desafiament de l´accelerador EIC: tecnologies i serveis d´espai innovadores impulsades pel client</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratorchallenges-07</t>
+  </si>
+  <si>
+    <t>Accelerador EIC Obert 2023</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01</t>
+  </si>
+  <si>
+    <t>Suport per provar innovacions EIC per a procuradors públics i privats</t>
+  </si>
+  <si>
+    <t>2023-11-07</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-innovpro-01-01</t>
+  </si>
+  <si>
+    <t>Suport financer per a serveis dels socis de l'ecosistema</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-partners-01-01</t>
+  </si>
+  <si>
+    <t>Desafiament EIC Pathfinder: refredament net i eficient</t>
+  </si>
+  <si>
+    <t>2023-06-20</t>
+  </si>
+  <si>
+    <t>2023-10-25</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-01</t>
+  </si>
+  <si>
+    <t>Desafiament EIC Pathfinder: digitalització AEC per a una nova tríada de disseny, fabricació i materials</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-02</t>
+  </si>
+  <si>
+    <t>Desafiament EIC Pathfinder: nutrició de precisió</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-03</t>
+  </si>
+  <si>
+    <t>Desafiament EIC Pathfinder: electrònica responsable</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-04</t>
+  </si>
+  <si>
+    <t>Desafiament EIC Pathfinder: recol·lecció d'energia solar a l'espai per a aplicacions espacials innovadores</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderchallenges-01-05</t>
+  </si>
+  <si>
+    <t>Implementació de plans d'acció cofinançats per a valls d'innovació regional connectades</t>
+  </si>
+  <si>
+    <t>2023-05-17</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2023-connect-03-01</t>
+  </si>
+  <si>
+    <t>La plataforma d'innovació de la Unió Africana i la Unió Europea</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-01-01</t>
+  </si>
+  <si>
+    <t>Startup europe</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-01-02</t>
+  </si>
+  <si>
+    <t>Esquema d'aprenentatge i suport mutu per a programes d'innovació nacionals i regionals</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-02-02</t>
+  </si>
+  <si>
+    <t>Digital per a la natura</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-2</t>
+  </si>
+  <si>
+    <t>Biodiversitat, economia i finances: Comprensió dels riscos macrofinancials associats amb la pèrdua de biodiversitat</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-4</t>
+  </si>
+  <si>
+    <t>Acció transformadora de barreges de polítiques, governança i digitalització que aborda la pèrdua de biodiversitat</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-5</t>
+  </si>
+  <si>
+    <t>Demostrant solucions basades en la naturalesa per a la gestió sostenible dels recursos hídrics en un clima canviant</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Demostrant el potencial de les solucions basades en la natura i el nou Bauhaus europeu per contribuir a espais i comunitats de vida sostenibles, inclusives i resistents</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Assistència de desenvolupament de projectes de Circular Cities and Regions Initiative (CCRI-PDA)</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-1</t>
+  </si>
+  <si>
+    <t>Noves solucions circulars i enfocaments descentralitzats per a la gestió d‟aigua i aigües residuals</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-4-two-stage</t>
+  </si>
+  <si>
+    <t>Disseny circular de processos i productes biològics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-5-two-stage</t>
+  </si>
+  <si>
+    <t>Models oceànics per a impactes climàtics regionals estacionals a decadals</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-6</t>
+  </si>
+  <si>
+    <t>Innovant per a comunitats rurals neutrals en clima per al 2050</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Nous productes i processos alimentaris saludables i sostenibles</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-2</t>
+  </si>
+  <si>
+    <t>Xarxa temàtica que aborda el frau alimentària traduint la recerca i la innovació a la pràctica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-3</t>
+  </si>
+  <si>
+    <t>Canvi climàtic i seguretat alimentària: efectes del canvi climàtic a la seguretat alimentària entre els sistemes alimentaris</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-4</t>
+  </si>
+  <si>
+    <t>Impacte del desenvolupament de nous aliments basats en fonts alternatives de proteïnes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-7</t>
+  </si>
+  <si>
+    <t>Prevenir i reduir el malbaratament d'aliments per reduir els impactes ambientals i ajudar a assolir els objectius climàtics del 2030</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-8</t>
+  </si>
+  <si>
+    <t>Microbioma per al sabor i la textura en el canvi de la dieta organolèptica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-9</t>
+  </si>
+  <si>
+    <t>Abordar brots de plagues de plantes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-4-two-stage</t>
+  </si>
+  <si>
+    <t>Activitats addicionals per a l'associació europea per a una economia blava neutral, sostenible i productiva</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-1</t>
+  </si>
+  <si>
+    <t>El paper dels principals mitjans de comunicació, les xarxes socials i el màrqueting per fomentar patrons de consum saludables i sostenibles i com encoratjar bones pràctiques</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-governance-01-3</t>
+  </si>
+  <si>
+    <t>Enfocaments holístics per al monitoratge efectiu de la qualitat de l'aigua a les zones urbanes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-zeropollution-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agraria. Projectes de Garantia de Rendes 2024</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS SEPE-CORPORACIONS LOCALS 2024 del PROGRAMA DE FOMENT D'OCUPACIÓ AGRÀRIA</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2024 PER A PROJECTES DE GARANTIA DE RENDES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Subvenció excepcional 2023, landalús per a promoció en punts de venda de productes agroalimentaris andalusos a través de la marca de qualitat i promoció “gust del sud”.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>ORDRE EEI/319/2024, de 27 de març, per la qual es convoquen ajudes amb destinació a la inversió i millora, així com a la digitalització del petit comerç.</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>ORDRE EEI/ /2024, de 21 de maig, per la qual es convoquen per a l'exercici 2024 ajudes per a la realització d'actuacions en matèria de comerç exterior a la Comunitat Autònoma d'Aragó, realitzades per PIMES aragoneses.</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Ordre AGA/…/2024, de 20 de maig, per la qual es convoquen subvencions per al foment i la promoció de la venda local de productes agroalimentaris a Aragó, per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes d'inversió empresarial que fomentin la recerca i el desenvolupament i la innovació industrial a la província de Terol.</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>Resolució de 18 de març de 2024, Convocatòria de la XX edició dels Premis Blas Infante d'Estudi i Investigació sobre Administració i Gestió Pública.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/xxx/2024, de 22 d'abril, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>CONVENI DE COL·LABORACIÓ ENTRE EL GOVERN D'ARAGÓ I LES CÀMERES OFICIALS DE COMERÇ, INDÚSTRIA I SERVEIS DE HUESCA, TEROL I SARAGOSSA, PER A L'EXECUCIÓ DE LES ACCIONS SOBRE LES PIME DERIVADES del PLA CAMERAL DE COMPETITIVITAT DE.</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen subvencions destinades a establir joves agricultors i de modernització i/o millora d'explotacions agràries, en el marc del pla estratègic de la pac per al període 2023-2027, per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>Conveni sati - pime amb la cambra de comerç, indústria i serveis de zaragoza</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Conveni satipymes amb la cambra de comerç, indústria i serveis de huesca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Conveni satipymes amb la cambra de comerç, indústria i serveis de terol</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Convocatòria instrumental 2024. direcció general de ciència i investigació. dpt. educació, ciència i universitats. subvencions directes. text refós de la llei de subvencions d'aragó aprovat per decret legislatiu 2/2023 de 3 de maig.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre el govern d'aragó i la fundació ecologia i desenvolupament per a l'execució del projecte "assessoria energètica per a llars aragonesos. població general"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Contracte-programa general entre el govern d'aragó i la universitat de saragossa, per a l'assignació i el finançament de complements retributius addicionals lligats a mèrits individuals del personal docent i investigador de la universitat de zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Ordre de la vicepresidenta segona i consellera d'economia, ocupació i indústria, per la qual es concedeix una subvenció a l'agrupació de persones sordes de saragossa i aragó (asza) per fer servei d'intermediació laboral per a persones sordes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Ordre aga/1611/2023, de 7 de novembre, que estableix les bbrr d'ajudes extraordinàries atorgades per a finançament d'explotacions agràries aragoneses per la sequera i els problemes conjunturals del sector, aprova la convocatòria oberta per al 2023-2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració subscrit entre l'institut aragonès d'ocupació i les cambres oficials de comerç, indústria i serveis d'osca, terol i saragossa, per fer el programa 45+.</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Conveni col·laboració entre govern d'aragó i consell aragonès de cambres oficials de comerç, indústria i serveis com a entitat col·laboradora, per a gestió ajudes per a la modernització d'empreses privades transport viatgers i mercaderies</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'autoritza subvencions a les Organitzacions Professionals Agràries per contribuir a sufragar les despeses de funcionament 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Resolució de 3 de maig de 2024 de la Conselleria de Medi Rural i Política Agrària per la qual es convoquen ajudes a les Agrupacions de Defensa Sanitària Ramadera (ADSG) reconegudes al Principat d'Astúries per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Resolució de 25/04/2024, de l'Agència de Ciència, competitivitat empresarial i innovació asturiana que aprova la convocatòria de subvencions programa d'ajut a la Transformació Digital, any 2024</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova dirigit a estudiants de grau, màster i doctorat oficials de la UV del curs 2023-2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de febrer de 2024 de la conselleria de transició ecològica, indústria i desenvolupament econòmic per la qual s'aprova convocatòria de subvencions per a la millora de la competitivitat, innovació i digitalització del petit i mitjà comerç</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció dels productes agrícoles i alimentaris en règim de qualitat. convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Subvencions per a la creació d'empreses de joves agricultors i agricultores. convocatòria 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en explotacions agràries, corresponents a l'any 2024. segona convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Subvencions per al foment d'instal·lacions d'autoconsum amb fonts d'energia renovables/tèrmiques per a persones físiques</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Foment d'actuacions d'autoconsum amb energies renovables i eficiència energètica per a pimes</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació d'assegurances agràries combinades a la comunitat autònoma de les illes balears corresponents al 45è pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts dirigits al funcionament d'agrupacions empresarials innovadores de les illes balears 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Ajuts per a investigadors predoctorls i postdoctorals per fer estades breus fora de les illes balears</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Procediment per a la concessió directa d'un ajut addicional a titulars d'explotacions agrícoles d'herbacis, farratgeres i aromàtiques, hortícoles i vivers afectats per la catàstrofe natural PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Resolució de 7 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aproven les Bases Reguladores i la Convocatòria de les Intervencions en forma de pagaments directes a l'agricultura ia la ramaderia i de les Intervencions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Ordre de 8 d'abril de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les ajudes a la collita en verd de vinyes a la Comunitat de Castella i Lleó per a la verema 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Resolució de 08/04/2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria pluriennal d'ajudes per incentivar la contractació de serveis d'innovació i competitivitat. Xec Internacionalització.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolució de 7/4/2025, de l'Agència de Ciència, Competitivitat Empresarial i Innovació Asturiana, que aprova la convocatòria per a la concessió de subvencions per a l'execució de projectes d'R+D al Principat d'Astúries de l'exercici 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Ajuts al desenvolupament i validació de tractaments innovadors en la gestió de dejeccions ramaderes corresponents a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Convocatòria Pime Innova 2025 - Cambra de Sevilla</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ajuts a la millora dels processos de transformació i comercialització dels productes agroalimentaris corresponents a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGÈNCIA DE DESENVOLUPAMENT ECONÒMIC DE LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>ESTAT - MINISTERI DE TREBALL I ECONOMIA SOCIAL - ADREÇA PROVINCIAL DEL SEP DE CASTELLÓ/CASTELLÓ</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts dirigits a agricultors cultivadors d'arròs corresponents als compromisos de gestió mediambientals i climàtics de la intervenció de desenvolupament rural PEPAC 2023-2027. Protecció del vedat arrosser a la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Ajuts règims de qualitat dels productes agrícoles i alimentaris, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Resolució de 16 d'abril de 2025 per la qual s'estableixen les bases reguladores de les ajudes per a programes de qualitat desenvolupats per consells reguladors de denominacions de qualitat agroalimentàries i es convoquen per a 2025 (codi de procediment</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2025 del Fons Espanyol de Garantia Agrària OA (FEGA), per la qual es convoquen ajudes a inversions materials o immaterials en transformació, comercialització o desenvolupament de productes agroalimentaris PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 1.- FEDERACIONS I UNIONS COOPERATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 2.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 3.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 1- Ajuts per a l'impuls i la promoció de la integració de les entitats associatives agroalimentàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 2- Ajuts per promoure i impulsar la fusió d'entitats associatives agroalimentàries d'Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Subvencions d'autoconsum i actuacions d'eficiència energètica a comunitats de propietaris</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Ordre consejeria d'Agricultura, ramaderia , Pesca i Sobirania Alimentaria suscripcion Assegurances Agraries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>Convocatòria ajudes per a ejecucion del programa d'emissió de bons digitals per a col·lectius vulnerables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Convocatòria subvencions per a la millora competències digitals població canària 2024</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>CONVENI DE COL·LABORACIÓ ENTRE EL DEPARTAMENT DE BENESTAR SOCIAL I FAMÍLIA I LA UNIVERSITAT DE SARAGOSSA, PER PORTAR A TERME UN PROJECTE D'INVESTIGACIÓ QUE DESENVOLUPI UN SISTEMA DE MESURAMENT DE LA INSERCIÓ LABORAL DE PERSONES AMB DISCAPACITAT 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOCA, PER A la CAMPANYA 2024, L'AJUDA PER SUPERFÍCIE Als PRODUCTORS D'ALOE VERA I OLIVERA, PREVISTES EN L'ACCIÓ I.8 del PROGRAMA COMUNITARI DE SUPORT A LES PRODUCCIONS AGRÀRIES DE CANÀRIES</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBV. RECONSTRUCCIÓ del POTENCIAL PRODUCCIÓ AGRÍCOLA, VOLCAN EL PALMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>Programa suport a la digitalització i el coneixement del sector comercial</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoca per a la campanya 2024 l'acció i.1 “ajuda a la comercialització de fruites, hortalisses, arrels i tubercles alimentaris, flors i plantes vives recol·lectades a les canàries”</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>Assistència i tutorització transformació digital comerç de gran canària</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Subv. ayto. fuencaliente - projectes innovadors repte demogràfic</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria subv.</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Subv. proy. base aèria energèticament sostenible</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Resolució de 14 de maig de 2024, del (FEGA), per la qual es convoquen anticipadament les subvencions de serveis d'assessorament d'àmbit supraautonòmic, destinades al sector agroalimentari i forestal, en el marc del PEPAC.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Resolució SOD/FER/23/24, d'11 d'abril de 2024, per la qual es convoca per a l'any 2024 la línia de subvencions del programa de “ORGANITZACIÓ DE FIRES I CONGRESSOS EMPRESARIALS A CANTÀBRIA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a les entitats associatives agràries per a la col·laboració en la prestació de serveis d'assessorament que inclogui la gestió tecnicoeconòmica, a les explotacions agràries a la Comunitat Autònoma de Cantàbria per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a la realització d'inversions productives vinculades a contribuir a la mitigació-adaptació al canvi climàtic, ús eficient dels recursos naturals ia la modernització i/o millora en explotacions agràries a Cantàbria.</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Convocatòria de les primeres ajudes a projectes d'inversió en transformació i comercialització de productes agrícoles empresos per la indústria alimentària i incloses al pla estratègic de la política agrària comuna de Cantàbria 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>PLA ANUAL D'ASSEGURANCES AGRARIS 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Resolució del conseller de Desenvolupament Rural, Ramaderia, Pesca i Alimentació, de 24 d'abril del 2024, per la qual es convoquen ajudes a la producció i comercialització de la mel, en el marc de la intervenció sectorial apícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ SOD/+TAL/23/24, DE 20 DE MARÇ DE 2024, PER LA QUAL ES CONVOCA LA LÍNIA DE SUBVENCIONS “+ TALENT. CONTRACTACIÓ DE PERSONAL TÈCNIC COMERCIAL”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Subvencions a cupons a la competitivitat empresarial: Innovació 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Bessons Digitals. Repte 1. Bessó de Reg.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>I Premis Nacionals a Experiències Educatives que fomenten la Competència Digital de l'alumnat</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>CONVENI ENTRE L'INSTITUT GALERIA DE PROMOCIÓ ECONÒMICA (IGAPE) I L'ASSOCIACIÓ PER A LA DIGITALITZACIÓ DE LA INDÚSTRIA DE GALÍCIA (DIHGIGAL), PER DONAR CONTINUÏTAT AL FINANÇAMENT DELS COSTOS DE GESTIÓ I COORDINACIÓ DE L'HUB D'INNOVACIÓ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 (Ocupació Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2025 (Garantia de Rendes)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>FEADER.AJUDA AGRIC I GUANY ECOLOGICA.PEPAC.PROG 2025-29 I ANUAL</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'any 2025 a les Organitzacions Professionals Agràries i Cooperatives Agràries de Cantàbria per col·laborar en l'emplenament de les sol·licituds de la convocatòria d'ajuts finançats pel FEAGA I FEADER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Ajuts a la conservació dels recursos genètics agrícoles dirigits a entitats de conservació, en el marc del Pla estratègic de la PAC 2023-2027 corresponents a 2025</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Resolució de 27/05/2025, de la Direcció general d'Ordenació Agropecuària, per la qual s'estableix la convocatòria d'ajudes addicionals a la contractació d'assegurances agràries a Castella-la Manxa incloses en el quaranta-sisè Pla d'Assegurances Agràries Combinades (Pla 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolució de 30/05/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de minimis, ajudes en espècie per a la participació agrupada a l'estand que contractarà la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per a l'assistència a la fira agroalimentària Fruit Attraction 20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA, PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2025 L'AJUDA PER HECTÀREA PER AL MANTENIMENT DEL CULTIU DE VIDES DESTINADES A LA PRODUCCIÓ DE VINS AMB</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Convocatòria de 20 beques per a la matrícula del curs d'estiu 2025 del Vicerectorat de Cultura, Esport i Compromís Social de la UCLM “Emprenedoria al sector veterinari i agroramader: oportunitats i desafiaments” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a la participació a fires comercials acollides al règim de mínimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PER A LA PARTICIPACIÓ EN EL PROGRAMA D'IMPULS A LA CREACIÓ, CREIXEMENT I CONSOLIDACIÓ DE NOVES INICIATIVES EMPRESARIALS INNOVADORES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN TALENT. PROGRAMA D'AJUDES PER IMPULSAR LA CONTRACTACIÓ DE PERFILS AMB QUALIFICACIÓ PER DESENVOLUPAR PROJECTES INNOVADORS EN EMPRESES I ENTITATS DE SANT SEBASTIAN</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>PROGRAMA BONS TECNOLÒGICS. PROGRAMA D'AJUDES PER A LA TRANSFERÈNCIA TECNOLÒGICA PER A L'IMPULS I LA MILLORA COMPETITIVA DE PROJECTES EMPRESARIALS INNOVADORS DE SANT SEBASTIÀ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>PROGRAMA ESTRATÈGIA. PROGRAMA D'AJUDES DE SUPORT PER AL CREIXEMENT DE PROJECTES EMPRESARIALS INNOVADORS DE SANT SEBASTIÀ.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>Valorització i transferència de resultats de recerca a les empreses. NO AJUDES DE L'ESTAT</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Accions complementàries d´impuls i enfortiment de la innovació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilació de tecnologies avançades i la seua difusió al Sistema Valencià d'Innovació REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a finançament de préstecs a titulars d'explotacions agrícoles d'oliverar i vinya de secà radicades a Extremadura s/ Decret 35/2025 de 6 de maig que les convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025. Ajuts a associacions de productors agroalimentaris que realitzin comercialització a canals curts, i associacions gestores d'espais TEST agraris</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatòria per a la concessió de subvencions a projectes de digitalització a empreses</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen per a 2025, subvencions destinades a donar suport a Associacions Professionals Agràries - Sense Ànim de Lucre</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 Ajuts per a activitats de control i certificació a les figures de qualitat agroalimentàries de Navarra, reconegudes com a DOP o IGP, acollides al règim de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a entitats locals per al foment dels canals curts de comercialització de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PER A LA INVERSIÓ EN INNOVACIÓ D'ENT. FORMACIÓ OCUPACIÓ 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>CONVOCATÒRIA CONTRACTACIÓ JOVES PROJECTES INVESTIGACIÓ-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI)REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI) RÈGIM 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI) L2 NO AJUDES DE L'ESTAT</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Ordre MAV/625/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a la digitalització d'empreses de primera transformació de fusta i altres productes fustables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Ordre MAV/624/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a projectes d'emprenedoria digital i startups forestals a Castella i Lleó (RETECHFOR, PRTR, fons Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de juny de 2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajuts dirigits a fomentar la innovació i l'emprenedoria. Incubadores.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolució de XX de XXX de 2025 per la qual es convoquen en concurrència competitiva subvencions per a projectes d'innovació desenvolupats per Centres Tecnològics. Línia 5 de l'Ordre de 10 de febrer de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de juny de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les explotacions agrícoles pertanyents a la indicació geogràfica protegida Faba de Lourenzá i es convoquen per a l'any 2025 (codi de procediment MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Subv. 2025 titulars d'explotacions agràries per fomentar la participació en règims de qualitat dels aliments. s/ Resolució de 19 de juny de 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, DE XX DE XXXX DE 2025, DE LA DG DE FOMENT DE LA INNOVACIÓ, PER LA QUAL ES CONVOCA PER A L'EXERCICI 2025, EN CONCURRÈNCIA COMPETITIVA, LA CONCESSIÓ DE SUBVENCIONS PER A PROJECTES D'INNOVACIÓ PELS CLUSTERS LÍNIA 2 NO AJ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, DE XX DE XXXX DE 2025, DE LA DG DE FOMENT DE LA INNOVACIÓ, PER LA QUAL ES CONVOCA PER A L'EXERCICI 2025, EN CONCURRÈNCIA COMPETITIVA, LA CONCESSIÓ DE SUBVENCIONS PER A PROJECTES D'INNOVACIÓ PELS CLUSTERS LÍNIA 2 R (UE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, DE XX DE XXXX DE 2025, DE LA DG DE FOMENT DE LA INNOVACIÓ, PER LA QUAL ES CONVOCA PER A L'EXERCICI 2025, EN CONCURRÈNCIA COMPETITIVA, LA CONCESSIÓ DE SUBVENCIONS PER A ADQUISICICÓ D'EQUIPAMENTS MILLORA INFRAESTRUCTURA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>ORDRE de l'11 de juny de 2025 per la qual s'estableixen les bases reguladores dels ajuts destinats a les persones agricultores joves, en el marc del Pla Estratègic de la Política Agrària Comuna d'Espanya 2023-2027, cofinançades pel Fons Europeu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions al foment del relleu en l'activitat per compte propi a Castella i Lleó (Relevacyl Autoempleo). Any 2025</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions al foment de l'esperit emprenedor per garantir el relleu productiu a través de les org. representatives d'autònoms i de l'economia social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) per a l'exercici 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>FEADER AJUDES INCORPORACIÓ JOVES AGRICULTORS CONVOCATÒRIA 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/685/2025, de 23 de juny, per la qual s'aproven les bases reguladores i la convocatòria d'ajuts sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agrari a Zones Rurals Deprimides 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>EXTRACTE DE L'ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN, PER A LA CAMPANYA 2025, ELS AJUTS DE L'ACCIÓ III.2, SUPORT AL SECTOR BOVÍ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES DE L'ACCIÓ III.6 AJUDA A LA PRODUCCIÓ LÀCTEA DE CAPRÍ I OVÍ D'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES DE L'ACCIÓ III.4 AJUDA A LA PRODUCCIÓ LÀCTEA DE BOVÍ D'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI PER A ZONES RURALS DEPRIMIDES (2025). SALAMANCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Subvencions a entitats associatives del sector agrari i alimentari, per a la realització d'activitats específiques d'especial interès per al sector agroalimentari espanyol, així com la seva integració a entitats d'àmbit europeu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Bases reguladores 2025-2027 i convocatòria per als ajuts a la millora de la producció i comercialització dels productes de l'apicultura en el marc de la Intervenció Sectorial Apícola, recollida al PEPAC, per a la campanya de l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Ajuts a l'adopció i el manteniment de l'agricultura i la ramaderia ecològica (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Ajuts al compromís de sanitat i benestar animal en ramaderia intensiva de boví de llet (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Ajuts a l'apicultura per a la biodiversitat (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de juny de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les subvencions destinades a la millora de les estructures de producció de les explotacions agràries, cofinançades per Feader.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de juny de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen ajudes a l'establiment de persones joves agricultores i nous agricultors de la Comunitat Valenciana en el marc del Pl.</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de juny de 2025 de la Conselleria d'Agricultura, G i DR per la qual es convoquen les ajudes per a la reposició de caps de bestiar com a conseqüència del seu sacrifici en aplicació de programes sanitaris oficials de malalties dels remugants.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 ajudes a persones productores agroalimentàries que realitzin comercialització en canals curts, acollides al règim de minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del Pla d'assegurances agràries 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Ajuts coop. grups operatius Asoc. Europea Innovació. Fase execució</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843680</t>
+  </si>
+  <si>
+    <t>Ajuts per lucre cessant. Resolució 03/07/2025 de la DGd'Ordenació Agropecuària per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2025, les ajudes per compensar el lucre cessant de les explotacions ramaderes en què</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a les inversions en energies renovables per a edificacions agràries a zones rurals per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Extracte Ordre 9/7/2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria de l'any 2025 de les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>Ajuts per a la incorporació de joves agricultors</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-jovenes-agricultores-1</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de juny del 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025 els ajuts per a les inversions de creació, millora o ampliació d'infraestructures en superfícies pastables.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AIGUA, AGRICULTURA, RAMADERIA I PESCA. DE DATA 10/07/2025. CONVOCATÒRIA AJUDES PER A RECONSTITUCIÓ POTENCIAL PRODUCTIU D'AMETLLER EN SECÀ. PLA ESTRATÈGIC DE LA POLÍTICA AGRÀRIA COMÚ, PERÍODE 2023-2027, ANUALITAT 2025</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances d'aqüicultura continental compreses al 46 Pla d'Assegurances Agràries Combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845921</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances d'aqüicultura marina compreses al 46 Pla d'Assegurances Agràries Combinades</t>
+  </si>
+  <si>
+    <t>2026-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845928</t>
+  </si>
+  <si>
+    <t>Resolució d'11 de juliol de 2025, per la qual s'aprova la convocatòria d'ajudes per a serveis d'assessorament i participació en règims de cedrtificació d'explotacions ramaderes de llet</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Resolució aproven les bases reguladores de les ajudes per a les despeses notarials i d'immatriculació registral de predis agroforestals objecte de permutes d'interès agrari especial</t>
+  </si>
+  <si>
+    <t>2026-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846746</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS INVERSIONS EXPLOTACIONS AGRÀRIES 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846899</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis en espècie al sector agrícola en la modalitat d'assessorament i suport tècnic en matèria de fertilització sostenible, corresponents a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Ajuts destinats a la millora de la producció i la comercialització dels productors de l'apicultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847052</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a les entitats associatives agràries per a la col·laboració en la prestació de serveis d'assessorament que inclogui la gestió tecnicoeconòmica, a les explotacions agràries a la Comunitat Autònoma de Cantàbria per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>Resolució núm. 1.131/2025, de la Conselleria d'Agricultura, Ramaderia, Món Rural i Medi Ambient, per la qual s'aprova la convocatòria pública per a l'exercici 2025 de les ajudes a les explotacions ramaderes afectades per tuberculosi bovina</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de juliol 2025 del Director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen les ajudes al sector vitivinícola de la CV per a la promoció i la comunicació en mercats de tercers països recollides</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Subvencions directes a organitzacions professionals agràries declarades més representatives a l'àmbit estatal per a activitats de representació i col·laboració institucional</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849610</t>
+  </si>
+  <si>
+    <t>Ordre de de 2025 per la qual estableixen les bases reguladores de les ajudes per al foment de la utilització de maquinària agrícola en règim associatiu a Galícia, finançades amb l'Instrument de Recuperació de la Unió Europea (EURI) en el marc</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>Resolució d'1 d'agost de 2025, del Director General de l'Institut Tecnològic Agrari de Castella i Lleó, per la qual es convoquen per a l'any 2025 els ajuts a les activitats promogudes per les Associacions Sectorials Alimentàries per al desenvolupament</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 per a les ajudes a les Agrupacions de Defensa Sanitària Ramaderes i Agrupacions de Defensa Sanitària Apícoles, s/ Resolució de 24 de juliol de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>Ordre de 12/08/2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025 els ajuts per a la promoció del dimensionament del cooperativisme agroalimentari, a la comunitat autònoma de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Resolució de 04/08/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen ajudes, en règim de minimis, per la tinença i manteniment de gossos mastins per a la defensa i guarda de bestiar oví i caprinoe</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Ordre IND/39/2025, de 20 d'agost, per la qual s'aprova per a l'any 2025 la convocatòria de subvencions per a associacions de comerciants i les federacions i confederacions i cooperatives de detallistes. No subjecte a minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Ordre de 21 d'agost de 2025 per la qual s'estableixen les bases reguladores de les ajudes destinades al foment de la utilització d'instal·lacions i equipaments en comú en règim associatiu, en el marc del Pla Estratègic de la Política Agrària Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Convocatòria corresponent a 2025 de les ajudes de suport a agrupacions empresarials innovadores per tal de millorar-ne la competitivitat i la contribució a l'autonomia estratègica</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Ajudes 2025 a empreses per a participació agrupada a la Fira Food Ingredients 2025, segons l'Acord de 26 d'agost 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 de 26 d'agost per la qual es convoquen subvencions per a inversions en transformació, comercialització i desenvolupament de productes agrícoles (indústries agroalimentàries), en el marc del PEPAC per al període 2023-2027 per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA DE DESENVOLUPAMENT SOSTENIBLE, PER LA QUAL S'ESTABLEIXEN LES BASES REGULADORES DE LES AJUDES PER AL FOMENT DE LA CREACIÓ D'AGRUPACIONS DE PROPIETARIS FORESTALS PRIVATS PER A LA GESTIÓ CONJUNTA EN EL MARC DEL PLA DE</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Ordre AGA/XX/2025, de XX, per la qual es convoquen les subvencions a la contractació d'assegurances agràries a la comunitat autònoma d'Aragó, per a l'any 2025 per a les línies del quaranta-sisè pla d'assegurances agràries combinades (pla 2025)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>Resolució 1280/2025 per la qual s'aprova la convocatòria pública per a 2025 de les subvencions a les organitzacions professionals agràries i entitats d'assessorament que realitzin actuacions de suport a les explotacions agràries de la Rioja</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>Resolució de 29 d'agost de 2025, bases reguladores que regiran la concessió dels ajuts destinats a sufragar els danys soferts en establiments comercials, industrials, turístics i mercantils, derivats dels incendis forestals (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>Ordre de 29 d'agost de 2025 per la qual s'estableixen les bases reguladores dels ajuts per danys a les explotacions forestals, agrícoles o ramaderes per a la reparació dels danys causats pels incendis forestals que afecten Galícia durant</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
   </si>
   <si>
     <t>Acord de 28 d'agost de 2025, de la Junta de Castella i Lleó, pel qual s'autoritza la concessió directa de subvencions als titulars d'explotacions agràries danyades i ubicades als municipis afectats pels incendis forestals de 2025.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>Ajuts 2025 a persones físiques o jurídiques de dret privat, per a la conservació de les espècies protegides i hàbitats d'interès en explotacions agràries i ramaderes i primera convocatòria s/ Decret 92/2025, de 29 de juliol</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ 1 de setembre de 2025 de la Conselleria de Medi Rural i Política Agrària per la qual s'aprova convocatòria pluriennal de subvencions a inversions en productes agrícoles i inversions en tecnologies forestals</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de setembre de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes a les inversions en transformació, comercialització o desenvolupament de productes agroalimentaris al ma</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>Resolució de 13 de setembre de 2025 per la qual es convoquen per a l'exercici 2025 els ajuts dirigits al suport a la prestació de servei assessorament</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de setembre de la Conselleria d'AGyDR, per la qual es convoquen les ajudes a inversions no productives en explotacions agràries en el marc del PEPAC d'Espanya per al període 2023-2027, cofinançades pel FEADER, Intervenció 6844.</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856574</t>
+  </si>
+  <si>
+    <t>Resolució 2025 que aprova convocatòria de concessió de subvencions plurianuals a entitats associatives agràries per a millora d'explotacions agrícoles en àmbit Pincipat d'Astúries en exercici 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de setembre de 2025, de la Conselleria de Medior Rural i Política Agrària, per la qual s'aprova la convocatòria de subvencions a les entitats sense ànim de lucre amb destinació a la celebració de mercats del Paradís Natural</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>Resolució de 15/09/2025, de la Direcció General d'Ordenació Agropecuària per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2025, els ajuts per a la repoblació en explotacions de bestiar boví, oví i cabrum en cas de vac</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>Ordre de 15 de setembre de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, convocant ajudes destinades als Consells Reguladors de les Denominacions d'Origen, Indicacions Geogràfiques Protegides i Consell Agricultura Ecològica. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Ajuts per a la transformació del cooperativisme agroalimentari català i el foment de la competitivitat i la sostenibilitat ambiental, social i econòmica 2027-2028</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857187</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de setembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les organitzacions professionals agràries i associacions agràries per a la realització activitats d'interès agrari i les convoca per a l'any 2025 (codi de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN PER A 2025, LES AJUDES DE LA MESURA III “SUPORT A LA PRODUCCIÓ ANIMAL”, ACCIÓ III.7 “AJUDA PER A la PRODUCCIÓ DE REPRODUCTORS DE PORCÍ A CANÀRIES” DEL PROGRAMA COMUNITARI DE SUPORT A LES PRODUCCIONS</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>AJUDES A GRUPS D'INVESTIGACIÓ D'EXCEL·LÈNCIA DE LA REGIÓ DE MÚRCIA PER AL DESENVOLUPAMENT D'ACTIVITATS D'INVESTIGACIÓ CIENTÍFICA I TÈCNICA I DE VALORITZACIÓ I TRANSFERÈNCIA DE CONEIXEMENTS</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859460</t>
+  </si>
+  <si>
+    <t>Ordre d'1 d'octubre del 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per la qual es convoquen per a l'any 2027 els ajuts per a la prestació del servei d'assessorament a les explotacions i el procés de selecció d'entitats.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Intervenció 7119 PEPAC), s/ II Convocatòria (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Programa ajudes digitalització cadena alim. i fusta 2025 REG(UE) 1408/2013</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>Convocatòria per a 2025 d'Ajuts a inversions en explotacions agràries Modernització regadiu R247. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>Convocatòria per a 2025 d'Ajuts a inversions en explotacions agràries Transformació regadiu R159. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>Ordre de 3 d'octubre de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025, subvencions a les organitzacions professionals agràries més representatives a la Comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>RESOLUCIÓ 13 d'octubre de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen ajudes a la destil·lació de subproductes de vinificació campanya 2025/2026.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>ORDRE AGA/xxxx/2025, de 17 d'octubre, bases reguladores i convocatòria d'ajudes sobre danys en produccions i infraestructures de les explotacions agràries produïdes a Aragó com a conseqüència de pluges torrencials agost-setembre 2025.</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
-    <t>Conveni de col·laboració entre la generalitat, a través de la presidència i la universitat d´alacant, per a col·laboració en el funcionament de la comissionada de la presidència de la generalitat, per a la digitalització i la ciberseguretat de la comunitat</t>
-[...17 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+    <t>Resolució, de 17/10/2025, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, per a l'any 2025, els ajuts regulats per l'Ordre 115/2024, de 5 de juliol, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual s</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Subvencions per a la creació d'empreses de joves agricultors i agricultores. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>Subvencions per a la creació d'empreses de joves agricultors i agricultores. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863854</t>
+  </si>
+  <si>
+    <t>Convocatòria de les segones ajudes a projectes d'inversió en transformació i comercialització de productes agrícoles empresos per la indústria alimentària i incloses al pla estratègic de la Política Agrària Comuna de Cantàbria 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864075</t>
+  </si>
+  <si>
+    <t>Convocatòria segones ajudes a projectes d'inversió en transformació i comercialització productes agrícoles empresos per la indústria alimentària incloses al pla estratègic de la Política Agrària Comuna de Cantàbria 23-27- (RUE 2022/2472)</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/865266</t>
+  </si>
+  <si>
+    <t>Foment PIME agroalimentària (PAL) Reg. exempció 2022/2472</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/865711</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/XX/2025 DE , PER LA QUAL ES CONVOQUEN SUBVENCIONS A LA CONTRACTACIÓ D'ASSEGURANCES AGRARIS A LA CCAA D'ARAGON, PER A l'ANY 2025 PER A les LÍNIES DEL 45 (PLA 2024) I 46 (PLA 202B) A PLA FINS A 31 AGOST.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>Ajuts a la formació al sector agrari</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866524</t>
+  </si>
+  <si>
+    <t>Ajuts a la inversió en indústries agroalimentàries. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866746</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBÈRIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA QUE CONVOCA PER A 2026, AJUDES DE L'ACCIÓ III.2 SUPORT AL SECTOR BOVÍ, SUBACCIÓ III.2.4 AJUDA A LA IMPORTACIÓ DE VEDELLS DESTINA</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868670</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 3 de desembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolució de 07/01/2026 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2026 dels ajuts a les sol·licituds de reestructuració i reconversió de vinya de Castella-la Manxa en el marc de la Intervenció S</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de la Conselleria d'Agricultura, Aigua, Ramaderia i Pesca per la qual es convoquen de forma anticipada, per a l'exercici 2026, els ajuts per als Consells Reguladors o Òrgans de gestió de les figures de qualitat diferenciada agroalimentària d</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 23 de desembre 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2026 els ajuts a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Bases reguladores Ticket Innova 2026, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual aprova les bases reguladores per a la concessió de les ajudes IA360 orientades a potenciar la innovació empresarial en concurrència competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per a les bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia 2026-2027 en règim de concurrència competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Bases reguladores Reacciona 2026, cofinançades FEDER, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes de paisatges agroforestals resilients per als anys 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>ORDRE de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2026 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Resolució per la qual s'aprova la convocatòria ajudes per a la prestació de serveis d'assessorament convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>ajuts per a les inversions en transformació i comercialització de productes agraris cofinançats pel Fons Europeu Agrícola de Desenvolupament Rural (Feader)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Expandir les col·laboracions de l'empresa acadèmica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eie-2024-connect-02-01</t>
+  </si>
+  <si>
+    <t>Espècies exòtiques invasores</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-1</t>
+  </si>
+  <si>
+    <t>Dependència de la societat i l'economia dels pol·linitzadors</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-3</t>
+  </si>
+  <si>
+    <t>Promoció de sistemes agrícoles amigables amb els pol·linitzadors</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-6</t>
+  </si>
+  <si>
+    <t>Reintroducció de característiques del paisatge en àrees agrícoles intensives</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-7</t>
+  </si>
+  <si>
+    <t>Conservació i protecció dels ecosistemes forestals rics en carboni i rics en biodiversitat</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-8</t>
+  </si>
+  <si>
+    <t>Programa de reproducció selectiva per a l'aqüicultura orgànica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-01-9</t>
+  </si>
+  <si>
+    <t>Promoció de cultius menors als sistemes agrícoles</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-biodiv-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>Dirigit als extrems aquàtics per obtenir nous enzims, drogues, metabòlits i productes químics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-10</t>
+  </si>
+  <si>
+    <t>Solucions circulars per a cadenes de valor tèxtil basades en la responsabilitat estesa del productor</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-2</t>
+  </si>
+  <si>
+    <t>Solucions circulars innovadores per a mobles</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-3</t>
+  </si>
+  <si>
+    <t>Solucions circulars sistèmiques per a un turisme sostenible</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-4</t>
+  </si>
+  <si>
+    <t>Capacitat de biodegradació programada de materials i productes a base de bio, validats en entorns específics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-5</t>
+  </si>
+  <si>
+    <t>Sistemes d'informació digital per a productes basats en biografia</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-6</t>
+  </si>
+  <si>
+    <t>Demostrant la fira i la transició de les economies intensives a GEI que enfronten desafiaments cap a les regions del model de bioeconomia circular</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-7</t>
+  </si>
+  <si>
+    <t>Assistència per al desenvolupament del projecte bioeconomia</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-8</t>
+  </si>
+  <si>
+    <t>Pobles d'inici de bioeconomia circular</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-01-9</t>
+  </si>
+  <si>
+    <t>Solucions circulars per a cadenes de valor tèxtil a través de classificació innovadora, reciclatge i disseny per a reciclatge</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Augment de la circularitat a les cadenes de valor de plàstics</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Augment de la circularitat a les cadenes de valor electrònica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>De les sitges a la diversitat: pilots de demostració biològics a petita escala</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-circbio-02-6-two-stage</t>
+  </si>
+  <si>
+    <t>Millora de les pràctiques i tecnologies de reg a l'agricultura</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-1</t>
+  </si>
+  <si>
+    <t>Aspectes socioeconòmics, climàtics i ambientals de la paludicultura</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-2</t>
+  </si>
+  <si>
+    <t>Paludicultura: demostracions a gran escala</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-3</t>
+  </si>
+  <si>
+    <t>Canvi d'ús del sòl i clima local/regional</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-4</t>
+  </si>
+  <si>
+    <t>Ús climàtic-intel·ligent de fusta al sector de la construcció per donar suport al nou Bauhaus europeu</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-5</t>
+  </si>
+  <si>
+    <t>Cooperació internacional de la UE-Xina per millorar la monitorització de millor enfocaments de clima i biodiversitat integrats, utilitzant l'observació ambiental i de la Terra</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-climate-01-7</t>
+  </si>
+  <si>
+    <t>Desbloquejar el potencial de la nova Bauhaus europea en la transformació del sistema d'aliments urbans</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-1</t>
+  </si>
+  <si>
+    <t>Percepcions i beneficis socials de la vida rural i els treballs: Covid 19 generarà un canvi durador?</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-2</t>
+  </si>
+  <si>
+    <t>Participació i empoderament de les comunitats costaneres, locals i indígenes de l'àrtic a la presa de decisions ambientals</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-01-3</t>
+  </si>
+  <si>
+    <t>Nous models de producció i negocis sostenibles per a agricultors i comunitats rurals</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-communities-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Sistemes de bestiar agropastoral/exterior i gestió de vida silvestre</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-1</t>
+  </si>
+  <si>
+    <t>Cooperació de la Unió Africana de la UE en la gestió de l'agroforesteria per a l'adaptació i la mitigació del canvi climàtic</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-10</t>
+  </si>
+  <si>
+    <t>Unió UE-Africana: cap al clima-neutral, social, només sistemes alimentaris de comerç just</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-11</t>
+  </si>
+  <si>
+    <t>Creació d'eines intel·ligents i atractives per millorar la provisió d'aliments saludables i sostenibles, menjar i tractar els aliments a casa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-5</t>
+  </si>
+  <si>
+    <t>La ciència dels ciutadans com una oportunitat per fomentar la transició als sistemes alimentaris sostenibles</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-6</t>
+  </si>
+  <si>
+    <t>Augment de la disponibilitat i ús d'insums no contenciosos a l'agricultura orgànica</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-1-two-stage</t>
+  </si>
+  <si>
+    <t>Laboratoris dinnovació daliments orgànics sostenibles: reforçant tota la cadena de valor</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-2-two-stage</t>
+  </si>
+  <si>
+    <t>Eines per augmentar l'efectivitat dels controls d'importació de la UE per a la salut de les plantes</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-02-3-two-stage</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de desembre de 2023 per la qual s'estableixen les bases reguladores dels ajuts per pal·liar els danys produïts pel porc senglar als cultius agrícoles i es convoquen per a l'any 2024 (codi de procediment mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Bases reguladores del procediment de concessió de les ajudes per a projectes de millora energètica, dirigides a autònoms i pimes,, dins del territori de la ccaa de galicia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Orden de 15 de desembre de 2023 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació dues assegurances agràries a la comunitat autònoma de galicia i es convoquen per a l'any 2024 (codi de procediment mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria de promoció de l'empresa i igualtat de la federació galega de comerç per a la realització d'accions formatives de qualificació i requalificació de la població activa en sectors estratèxics i millora de les capac.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la vicepresidència primeira i la conselleria de presidència, xustissa i esports i concello de no marc del dispost a la disposició transitòria primeira del decret 168/2008, do 24 de xullo, pol que es regulen as agr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>Conveni entre gain, conselleria d'educació, udc, usc, uvi i csic per fomentar l'activitat investigadora del personal investigador finalista a les convocatòries d'ajudes de l'erc en el marc del programa horizon europe</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria d'economia, indústria i innovació de la xunta de galicia ia cambra oficial de comerç, indústria, serveis i navegació de corunya per al desenvolupament d'un pla formatiu per al sector comercial</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>Conveni entre la conselleria de promoció de l'ocupació i la igualtat i la federació d'escoles familiars agràries de galicia per al desenvolupament d'un projecte pilot d'arrelament per a la formació</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Conveni col·laboració entre la conselleria de cultura, educ., fp i univ. i l'agència estatal consell superior d'investigacions científiques per al desenvolupament d'activitats a l'institut d'estudis gallecs pare sarment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Conveni cola udc-usc-uvigo per a reforç de personal de gestió de transferència ia innovació i consolidació d'estructures de recerca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria de cultura, educació, formació professional i universitats i la universitat de santiago de compostel·la (usc) per completar les ajudes al personal investigador principal dos programes grants (erc) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Conveni implementació infraestructures de recerca universitària</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Ajuts per a inversions no productives vinculades a la realització de compromisos d'agroambient i clima, corresponents a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Ajuts al sector agrari per alimentar el bestiar i garantir la continuïtat de les explotacions a les Illes Balears per fer front a la sequera de l'any 2024 - adquisició extraordinària d'aliments</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural per la qual saprova la convocatòria pública de subvencions a centres educatius no universitaris de les Illes Balears per a activitats deducació ambiental per al curs escolar 2023-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Bases reguladores transformació digital pimes 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aproven les Bases de la convocatòria, per a l'any 2024, d'ajuts al desenvolupament rural de l'illa de Mallorca, vinculats a projectes relacionats amb els àmbits agrari i/o ambiental i emmarcats a l'Estratègia de Desenvolupament Loc</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>AJUDA AL COMITÈ D'AGRICULTURA ECOLÒGICA 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS MODERNITZACIÓ I/O MILLORA EXPLOTACIONS AGRÀRIES CONV.24</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>CONVENI DE COL·LABORACIÓ ENTRE LA CIUTAT DE MELILLA I LA FUNDACIÓ INSTITUT CAMERAL PER A LA CREACIÓ I DESENVOLUPAMENT DE L'EMPRESA (INCYDE), PER AL DESENVOLUPAMENT DE TRES PROGRAMES DE FORMACIÓ I ACOMPANYAMENT DINS DEL PROJECTE "REACTIVA.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>Ajuda complementària assegurances agràries c.madrid pòlisses 01/01/24 al 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>Programa eficiència energètica a pime i gran empresa sector industrial</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Ajuts al sector agrari per alimentar el bestiar i garantir la continuïtat de les explotacions a les Illes Balears per fer front a la sequera de l'any 2024- sembra de determinats cultius</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Ordre de la conselleria d'aigua, agricultura, ramaderia i pesca per la qual s'aprova la convocatòria dels ajuts destinats a la inversió en explotacions agràries, en el marc del pla estratègic de la pac, període 2023-207, anualitat 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajudes per a la realització d'estades externes d'investigadors predoctorals a centres estrangers</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Resolució de 29/12/2023 del president de l'institut de foment de la regió de múrcia de convocatòria d'ajudes per a actuacions d'eficiència energètica a pime i gran empresa del sector industrial.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Convocatòria de la subvenció per al foment i gestió de col·lectius comercials minoristes de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Ajuts a Comunitats Energètiques per a la transició energètica 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Ajuts a les Agrupacions de Defensa Sanitària Ramaderes, per a la realització de programes sanitaris de prevenció, control i eradicació de malalties dels animals, per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Autoritzar una despesa pluriennal de 2.100.000,00 euros amb càrrec a la partida pressupostària 720007 72300 4400 412108 'PDR FEADER 2014-2022. Serveis d'assessorament a través d'INTIA', del pressupost de despeses del 2024 i el seu equivalent el 2025</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Autorització d'una despesa de 153.334,00 euros per a subvenció a UAGN per a la defensa dels interessos de pagesos i ramaders, que a aquests efectes preveu els Pressupostos Generals de Navarra per al 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Ajuts a la promoció de productes agrícoles mitjançant l'organització de certàmens ramaders per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>Autorització d'una despesa de 225.000 euros per a "Subvenció a la Unió de Cooperatives Agràries de Navarra (UCAN) Foment del cooperativisme agrari" 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de l'ajut a inversions en explotacions agràries (Objectiu Mediambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Autorització d'una despesa de 153.334,00 euros per a subvenció a EHNE per a la defensa dels interessos de pagesos i ramaders, que a aquests efectes preveu els Pressupostos Generals de Navarra per al 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>Conveni amb PLENA INCLUSIÓ per al projecte "Transformació digital per a la inclusió a Navarra"</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ 51E/2024, de 30 d'abril, del Director General de Comerç i Consum, per la qual s'aprova la convocatòria de subvencions per a la promoció d'empreses artesanes de Navarra del 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Convocatòria per al 2024 d'Ajuts a les associacions d'empreses artesanals alimentàries per a l'impuls de l'artesania agroalimentària de Navarra</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Convocatòria i bases reguladores subvencions assegurances agràries pla 2024 (45ºplan))</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>AJUDES A EMPRESES SECT AGRI,GUANYAT,FOREST I INDUS DESARR PROY INV 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària preu gasoil agrícola real dl 20/2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de subvencions a la subscripció de les assegurances agràries incloses en el pla 2023 (44è pla)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>ORDRE DE 16 D'ABRIL DE 2024 DE LA CONSELLERIA D'AIGUA, AGRICULTURA, RAMADERIA I PESCA PER LA QUAL ES CONVOQUEN, PER A l'ANY 2024, LES AJUDES A INVERSIONS EN TRANSFORMACIÓ, COMERCIALITZACIÓ I/O DESENVOLUPAMENT DE PROPACTES 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Resolució de 23 de març de 2024 de la per la qual s'autoritza la convocatòria de les subvencions per a la dinamització i incentivació del consum als comerços minoristes del Principat d'Astúries a través del Bo Comerç Astúries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>Foment PIME agroalimentària (PAL) Reg.exención 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Resolució que aprova la convocatòria per concedir subvencions per a la realització de projectes d'assessorament a treballadors i empreses, en l'elaboració dels estudis de càrrega de treball i en l'elaboració de procediments de bones pràctiques</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>Associació cluster food+i", per impulsar la competitivitat i innovació</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>Conveni apidit per impulsar activitat empresarial innovadora - sector calçat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>Ordre de 27 d'abril de 2023, del mapa, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer. sector indústria agroalimentària</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>Ordre de 27 d'abril de 2023, del mapa, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer. sector pesca.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Ordre de 29 d'abril, per la qual es convoquen per a l'exercici 2024, les subvencions destinades al programa Cultiva, relatiu a estades formatives de joves agricultors en explotacions model</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>LÍNIA DIRECTA D'INNOVACIÓ VINCULADA ALS PERTS AEROESPACIAL I DE SALUT DE VANGUARDIA, AL MARC del PLA DE RECUPERACIÓ, TRANSFORMACIÓ I RESILIÈNCIA, FINANÇAT PER LA UNIÓ EUROPEA “NEXT GENERATION EU”</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>CONVENI DE COOPERACIÓ EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA I PESCA I LA UNIVERSITAT D'ALACANT, PER A LA REALITZACIÓ DE PRÀCTIQUES FORMATIVES SUBVENCIONADES DURANT L'ANY 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agraria. Projectes Generadors d'Ocupació Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agraria a Andalusia i Extremadura. Projectes de Generadors d'Ocupació Estable 2024</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>Conveni Conselleria Salut i PS i FRS per elaborar un projecte d'innovaci</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>Resolució de 6 de maig de 2024, de la DGComercio, Conv2024, Subv.en rég.conc.comp.destinades a impulsar l'associacion.comercial i artesà,a promocionar i dinamitzar el petit comerç urbà ia promocionar l'artesania a Andal. -Sector Comercial</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió d'ajudes per a la Participació Agrupada a la Fira INTERSOLAR 2024 - Munic (ALEMANYA) - 19 al 21 de juny de 2024</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Resolució de 21 de març de 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió d'ajudes per a la Participació Agrupada a la Fira AGRIEXPO - Lima (PERÚ) - 23 al 25 d'octubre 2024</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Resolució de 21 de març de 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió d'ajudes per a la Participació Agrupada a la Fira SAUDI AGRICULTURE 2024 - Riad (ARABIA SAUDÍ) - 21 al 24 d'octubre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex espanya exportació i inversions, epe per la qual es convoca concessió ajudes per a participació agrupada a la fira amb (international exhibition for metal working) stuttgart (alemania)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex españa exportació i inversions, epe per la qual es convoca concessió ajudes per a la participació agrupada a la fira imts (international manufacturing technology show) chicago ee. uu. 9 a 14 setembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la fira (international sheet metall working technology exhibition) hannover 22 a 25 octubre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la ideobain-interclima 2024 paris (francia) del 30 de setembre de 2024 al 3 d'octubre de 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances agrícoles, ramaderes i forestals compreses en el 45è pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>Refiançament del programa d'avals per a pimes 2024 agricola mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>Ordre de 15 de novembre de 2023, del mapa, per la qual es convoquen les subvencions del reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>Resolució de 23 de novembre de 2023 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la fira kind &amp; jugend 2024 - colònia (alemania) 3 al 5 de setembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>Adenda+resolució de 28 de setembre de 2023 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la fira iwf 2024 - atlanta (ee.uu) 6 al 9 d'agost 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Resolució d'epe red.es per la qual es convoquen ajudes destinades a digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida del segment i, ii, iii.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Resolució epe red.és de convocatòria d'ajudes per digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida. segment i, ii, iii. sector pesca.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Resolució epe red.és de convocatòria d'ajudes per digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida. segment i, ii, iii. sector seeg</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Resolució epe red.és de convocatòria d'ajudes per digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Suport a les polítiques públiques de creació de llocs de treball a través de l'emprenedoria, la investigació i la innovació. ser emprenedor creatiu fase ii</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Intervenció agricultura innovadora al desert per a mitjans de vida resilients (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances d'aqüicultura continental compreses al 44 pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances d'aqüicultura marina compreses al 44 pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Ordre de 27 d'abril de 2023, del mapa, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer. sector agrari.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>2023 Filipines. provisió energia elèctrica per fonts renovables a Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Convocatòria instrumental subvenció al ministeri d'agricultura d'etiòpia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la fundació biodiversitat i la conselleria d'agricultura, ramaderia, pesca i desenvolupament sostenible per a l'execució d'accions incloses al projecte life cerceta pardilla (life19 nat/ca/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Conveni entre la conselleria d'agricultura, ramaderia, pesca i desenvolupament sostenible i la fundació biodiversitat, per a l'execució d'accions incloses al projecte life15 ipe/ca/012 “gestió integrada, innovadora i participativa de la xarxa natura 20</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la fundació biodiversitat i fundació azti-azti fundazioa, per a l'execució d'accions incloses en el projecte life15 ipe/es/012 “gestió integrada, innovadora i participativa de la xarxa natura 2000 al medi marí esp</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Ajuda complementària assegurances agràries C. Madrid Pòlisses 01/11/24 al 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Ajuda complementària assegurances agràries C. Madrid Pòlisses 01/01/25 AL 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a fomentar l'autoocupació a Terra de Campos. Mínimis agrícola. Reg.(UE)1408/2013. Resolució del 22/11/2024 del president de la Comissió Executiva d'Ancoratge de FAFECYL.</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Resolució de 21/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2025, les ajudes per a promoure</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolució de 22/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, pel procediment de tramitació anticipada, per a l'any 2025, els ajuts a la cooperació per a la informació i promoció dels pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Reglament 651/2014 de la Comissió</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Ordre Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària que convoca per a la Campanya 2025 l'Acció I.5 “Ajuda els productors tradicionals de tomàquet d'hivern” del Programa Comunitari de Suport a les produccions agràries canàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoquen per a la campanya 2024, els ajuts de l'Acció III.11 “Ajuda a la producció local d'ous de gallina”</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària que convoca per a la Campanya 2024, l'ajuda de l'Acció III.5 Ajuda al consum humà de carn fresca de boví, porcí, conill, cabrum, oví i pollastre d'origen local"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Resolució de l'ICCA, per la qual es convoquen per a la campanya 2024 les ajudes de les Accions I.6 i I.7 del Programa comunitari de suport a les produccions agràries de canàries (POSEI)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Defensa Sanitària Ramadera - LÍNIA A</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Defensa Sanitària Ramadera - LÍNIA B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Ordre CTD/9/2024, de 25 de novembre, bases reguladores i convocatòria de subvencions destinades a Projectes d'Eficiència Energètica i Economia Circular d'Empreses Turístiques (C14.I4, línia d'actuació2), del PRTR subjectes al Reglament (UE) 2023/ 2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>Subvencions 2024 a empreses per a l'acceleració d'ecosistemes d'emprenedoria i innovació basats en bessons digitals (RETECH) s/ Decret 145/2024 de 19 de novembre de 2024 que les convoca</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Ordre CTD/9/2024, bases reguladores i convocatòria de subvencions destinades a Projectes d'Eficiència Energètica i Economia Circular d'Empreses Turístiques (C14.I4, línia d'actuació 2), del PRTR subjectes al Reglament (UE) Nº651/2014 Comision 17/ 6/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu de 18.11.2024, relatiu a l'aprovació de les bases que regeixen la concessió d'ajuts per promoure pràctiques sostenibles a les explotacions agràries de Menorca (CARB) i la convocatòria corresponent per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>ORDRE IND/57/2024, de 4 de desembre, per la qual s'aporta la Convocatòria per a l'any 2025 de les ajudes a l'artesania a Cantàbria (Producció primària de productes agrícoles.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Resolució de l'EPE Red.es per la qual es convoquen ajudes destinades a digitalitzar empreses del segment IV (entre 50 i menys de 100 empleats) i el segment V (entre 100 i menys de 250 empleats). Programa Kit Digital. Sector agrícola.</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu del Consell Insular de Menorca, de 21.10.2024, relatiu a l'aprovació del conveni de col·laboració amb la Cooperativa Insular Ramadera de Menorca (COINGA) per fer actuacions de promoció i comercialització - 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2024, de 5 de desembre, per la qual es convoquen subvencions destinades a l'establiment de joves agricultors ia modernització i/o millora d'explotacions agràries, en el marc del Pla Estratègic de la PAC, per al període 2023-2027 .</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Ajuts a les inversions per a l'elaboració i comercialització de productes vitícoles</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Ajuts per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>Ajuts a Grups de Cooperació per a la innovació en matèria agrària, per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis al sector agrícola per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis del sector d'interès econòmic general per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Ordre de la Vicepresidenta i Consellera de Presidència, Economia i Justícia, per la qual es convoquen els ajuts a projectes d'inversió empresarial que fomentin la investigació i desenvolupament i innovació industrial a la província de Terol. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>Línia ICO Avals Pla de Resposta Davant els Danys Causats per la Depressió Aïllada en Nivells Alts (DANA) - III -. Reglament (UE) 2022/2472 Agricultura Inversió</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha, Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>Línia ICO Avals Pla de Resposta Davant els Danys Causats per la Depressió Aïllada en Nivells Alts (DANA) – IV - Reglament (UE) 2022/2472 Agricultura Desastre</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>Línia ICO Avals Pla de Resposta Davant els Danys Causats per la Depressió Aïllada en Nivells Alts (DANA) - Reglament (UE) 1408/2013 – Minimis Sector Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>RESOLUCION DE ** DE ** DE 2024 per la qual es convoquen per a l'exercici 2024 els ajuts dirigits a la cooperació per a la promoció dels productes agrícoles i alimentaris en règims de qualitat (Intervenció 7132)</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025-2026 ajuts a la Cooperació per a la promoció dels productes agrícoles i alimentaris en els règims de qualitat, en el marc del PEPAC, de la Comunitat Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Convocatòria ajudes per a l'intercanvi de coneixements i activitats d'informació, mitjançant activitats per a formació professional i adquisició de competències (7201), al sector agrari, agroalimentari, forestal i el medi rural, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Ajuts per als Consells Reguladors o òrgans de gestió de les figures de qualitat diferenciada agroalimentària de la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>Resolució de 10 de 12 de 2024 d'aprovació de convocatòria per despesa anticipada de concessió de subvencions per als serveis d'assessorament a les petites i mitjanes explotacions agràries del PA en el marc del PEPAC 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Ajuts per a la millora de la capacitat de la innovació i el desenvolupament tecnològic de les empreses a Galícia, programa “Ticket Innova” per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia, a través del finançament de les activitats integrades en plans de disseny i innovació (programa Igape Innova)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre del 2024, de la Conselleria d'Agricultura, Ramaderia i DR, per la qual es convoquen ajudes per a la realització d'accions de formació, informació i demostració en el marc del Pla Estratègic Nacional de la PAC d'Espanya.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2025 les ajudes a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació d'assegurances agràries combinades a la Comunitat Autònoma de les Illes Balears corresponents al 46è Pla d'Assegurances Agràries Combinades.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la reactivació del comerç minorista de proximitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la promoció del sector comercial de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Resolució, de la directora general de Producció Agrícola i Ramadera, per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, els ajuts de mínimis destinats a la replantació de parcel·les fructícoles el cultiu de les quals sigui o hagi estat destruït</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, de les ajudes a les explotacions agrícoles de cirera a zones afectades per factors climàtics, ambientals i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Resolució EMT//2024, de, per la qual s'obre la convocatòria anticipada per a l'any 2025 per a la concessió de subvencions per al foment de la contractació amb formació en el marc de les campanyes agràries a Lleida (SOC - CAMPANYA AGRÀRIA A</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Ordre AGA/…/2024, de 19 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Resolució Adreça de Fundació Biodiversitat que publica la convocatòria de subvencions per realitzar projectes que contribueixin a la millora ambiental en l'àmbit agropecuari i forestal, i contribució al desenvolupament territorial sostenible a Doñana.</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>convocatòria dels ajuts per a projectes per a la promoció de limpacte social del coneixement de les universitats i la resta dels agents del sistema de recerca, desenvolupament i innovació de Catalunya.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>convocatòria dajuts per a la promoció de locupació i la millora de la competitivitat de cooperatives, microcooperatives i societats laborals de les Illes Balears per als anys 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Resolució de l'Adreça de la Fundació Biodiversitat, que aprova la publicació de convocatòria de subvencions, per a suport de projectes aprovats en el marc del programa LIFE en àmbit de la biodiversitat i foment de digitalització.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Convocatòria dajuts dirigits al funcionament dgrupacions empresarials innovadores de les Illes Balears 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera, per la qual s'estableix la convocatòria anticipada, per al Pla 2025, de les ajudes de la Comunitat Valenciana destinades a la subscripció d'assegurances agràries incloses en els plans a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances agrícoles, ramaderes i forestals compreses al 46è Pla d'Assegurances Agràries Combinades</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de desembre de 2024, del MAPA, per la qual es convoquen les subvencions de l'article 6 del Reial decret llei 4/2022, de 15 de març, destinades la subvenció del principal de crèdits a titulars d'explotacions agràries (DANA 2024 ).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'octubre de 2024, del MAPA, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de SAECA al sector agroalimentari i pesquer.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a la promoció i la comercialització de la venda de proximitat a Catalunya</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 “l'ajuda per a la producció de mel de qualitat procedent de la raça autòctona d'abella negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, pel procediment de tramitació anticipada, l'any 2025, les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2025 les subvencions al control del rendiment lleter a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Ajuts per realitzar projectes d'innovació a les pimes industrials.</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuda a l'establiment d'agricultors i pageses a temps parcial en el marc del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Decret núm. 801/2024 de 17 de desembre de 2024 del Vicepresident pel qual es convoquen els Auxilis a Projectes d'Obres Hidràuliques d'Iniciativa Privada i de Reg Agrícola per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>Ordre de bases de subvencions per a accions de formació en capacitats digitals, adreçada preferentment a dones de l'àmbit rural, Pla Nacion. Competències digitals, del PRTR, finançat per la UE –Next Generation EU–, i convocatòria 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per a renovació de la maquinària agrícola, aprovada per l'article 26 del Reial decret llei 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Ajuts per a la creació i consolidació d'empreses innovadores de base tecnològica el 2025 en el marc del Pla de Recuperació, Transformació i Resiliència – Finançat per la Unió Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>TI4 Digitalització i Indústria (Reg.Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>Resolució de 17/12/2024, de la Direcció General de Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, pel procediment de tramitació anticipada, les ajudes a l'establiment de joves a l'agricultura ia les inversions per a la millora i</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Resolució de 20/12/2024 del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajudes per incentivar la innovació en els àmbits de Defensa, Seguretat i Reconstrucció i Desenvolupament, per empreses regionals.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Tractament Integrat en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Ajudes 2024 a Entitats públiques de recerca del SECTI per a projectes d'R+D sobre emmagatzematge energètic en règim de col·laboració publicoprivada, segons la Resolució de 5 de desembre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>Ajudes 2024 a Empreses per a projectes d'R+D sobre emmagatzematge energètic en règim de col·laboració publicoprivada, segons Resolucion de 5 de desembre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de desembre de 2024 per la qual estableixen les bases reguladores de les ajudes per al foment de la utilització de maquinària agrícola en règim associatiu a Galícia, finançades amb l'Instrument de Recuperació de la Unió Europea (EURI)</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>ORDRE de 26 de desembre de 2024 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2025 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Ordre de 13 de gener, que estableix les BBRR d'ajudes extraordinàries atorgades per a finançament de cooperatives agràries aragoneses amb dificultats econòmiques conseqüència de la sequera i els problemes conjunturals del sector, i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XXIV Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per a la programació despectacles darts en viu i activitats darts visuals de caràcter professional en esdeveniments dinterès agroturístic</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>ORDRE 10 DE GENER 2025, de la Direcció General de la Producció Agricola i Ramadera per la qual es convoquen ajudes a l'execució de programes nacionals veterinaris per les Associacions de Defensa Sanitària Ramadera de concurrència no competitiva</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 a l'establiment de persones joves agricultors a la Comunitat Autònoma d'Extremadura, primera convocatòria incorporada al Decret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 Inversions en Modernització i/o Millora Explotacions Agràries en què s'estableixen la persona jove agricultor, primera convocatòria incorporada al Decret 169/2024imera Convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual s'estableixen disposicions d'aplicació de les intervencions en forma de pagaments directes finançades a càrrec del Fons Europeu Agrícola (FEAGA), la sol·licitud única i allò</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les intervencions en forma de pagaments directes, intervencions de desenvolupament rural i l'establiment de requisits comuns.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Resolució de 28 de gener de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària mitjançant la qual s'estableix la convocatòria per a concessió i sol·licitud de pagament anual de les ajudes incloses a la sol·licitud única dins el marc del</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>ORDRE de 23 de gener de 2025, que estableix les BBRR d'ajudes extraordinàries atorgades per la Comunitat Autònoma per proporcionar suport financer a les cooperatives agràries aragoneses i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa vegetal per prevenir les plagues dels vegetals per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuda Complementària a Joves Agricultors/Agricultores, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Agricultura Ecològica, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuts Associats a l'Agricultura, segons Resolució de 27 de gener de 2025 que els convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025, de 20 de gener, per a la presentació de la sol·licitud única d'ajuts de la Política Agrícola Comuna per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Ajuda complementària renda per a joves agricultors i agricultores 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ajuda agricultors determinats cultius afrontin dificultats campanya 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de subvencions corresponents a les operacions d'Agricultura Ecològica de Manteniment de Fruit Secà i Fruit Regadiu (6503.2), corresponents a les Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al foment de l'agricultura ecològica per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de la subvenció a l'operació 10.1.14 Esmena calcària del sòl per a prevenció i control de la podridura radical en formacions adeesades de la Mesura 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Ajuts a establiment sector agrari</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Ajuts a inversions en explotacions agràries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 20 de desembre de 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 3 de febrer de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a compromisos agroambientals en superfícies agràries i compromisos i activitats de conservació de recursos genètics (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de gener de 2025 per la qual s'estableixen les bases reguladores per a la concessió, en règim de concurrència no competitiva, de subvencions per a l'impuls de la innovació i sostenibilitat del comerç local i artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Ajuts a municipis de la Comunitat de Madrid per al desenvolupament d'activitats de promoció comercial i firal 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al pagament dels compromisos agroambientals de cultius sostenibles per l‟ús d‟aigua regenerada, per al‟any 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de febrer de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts de reestructuració i reconversió de vinya de la Regió de Múrcia, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Ordre DES/07/2025, de 24 de febrer de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2025 i es recull</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Ajuda per sufragar el preu del gasoil consumit pels productors agraris arts 24 a 27 Reial Decret Llei 20/2022. Any 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Reducció el 2024 del rendiment net calculat pel mètode d'estimació objectiva a l'impost sobre la renda de les persones físiques de l'article 11 del RD.llei 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Reducció el 2024 de la quota meritada per operacions corrents del règim simplificat de l'impost sobre el valor afegit de l'article 11 del RD.llei 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>PROJECTE MILLORA MERCATS TRADICIONALS DE CANÀRIES I/O SUPORT COMERÇ RURAL</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Subvenció 2025 Cooperació per a la successió d'explotacions agrícoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…../2025, de 6 de març, per la qual es convoquen subvencions en matèria de cooperació per als grups operatius de l'Associació Europea per a la Innovació (AEI), en el marc del Pla Estratègic Nacional de la PAC 23-27, per a Aragó per a 2025</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a les agrupacions de defensa sanitària ramaderes reconegudes a Cantàbria per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 13 de març de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya Millors Vins, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 17 de març del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya a la Millor Beguda Espirituosa amb Indicació Geogràfica, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de març de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts a la Collita en verd de la verema 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>AJUDES ORGANITZ. PROFES. AGRÀRIES I UNIÓ COOP. AGRÀRIES (OPES 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AJUDES UNION COOP. AGRÀRIES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament rural, per la qual es convoquen ajudes a vacunació davant de salmonel·la en avicultura de posada a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, els ajuts per a la reestructuració i reconversió de vinyes a la comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Foment d'instal·lacions d'energia solar fotovoltaica i microeòlica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 a la implantació de sistemes de reg que promoguin l'ús eficient de l'aigua i l'energia a les explotacions agràries, segons el Decret 12/2025, d'11 de març, que les convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Resolució de 27 de març, per la qual es convoquen per a l'exercici 2025, les subvencions destinades al programa Cultiva, relatiu a estades formatives de joves agricultors en explotacions model</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Orde de 27 de març de 2025,convoc. 2025 d'ajuts dirigits a l'execució, a través de les Agrup. de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari en règim de concurrència competitiva</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Convocatòria d'Ajuts de foment a l'emprenedoria innovadora (Cheque Emprendedor) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Ajuts Extremadura Avante a empreses per a participació agrupada a la Fira Fruit Attraction 2025, segons l'Acord de 27 de març 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>ORDRE/AGA/284/2025, de 10 de març, del Conseller d'Agricultura, Ramaderia i Alimentació, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORM.PRODUC.AGRAR.RESTO INVERS.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORM.PRODUC.AGRAR.ENTITATS ASSOCIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORMAC.PRODUCTES AGRARIS. ENTITATS ASÒCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORM.PRODUC.AGRAR.RESTO INVERS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS AMB OBJECTIUS AMBIENTALS INDÚSTRIA AGROALIMENT.MINIMIS</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS AMB OBJECTIUS AMBIENTALS INDÚSTRIA AGROALIMENT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de març de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat realitzades per grups de productors, en el marc del Pla estratègic de la PAC 2023-2027, i es convoca</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓ PER A LA INTEGRACIÓ COOPERATIVA A LA CV</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Ajuts per a la incorporació de nous agricultors.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>Resolució de 01/04/2025 del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajudes a la participació en fires, esdeveniments i missions comercials. Fira Saudi Agriculture. Aràbia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2025, de 7 d'abril, per la qual s'aprova la convocatòria per complementar l'any 2025, amb càrrec al conveni FITE 2023, les subvencions concedides a l'empara de les Ordres indústries agroalimentàries 2022 i 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 7 d'abril del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya als Millors Pernils, any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolució, de 08/04/2025, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria de les ajudes de la Intervenció Sectorial Apícola en el marc del Pla Estratègic de la Política Agrícola Comuna a Castella-la, per a lac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts als municipis per a la realització d'obres noves i de millora de les infraestructures agràries 2024-2025, regulades per l'Ordre DES/25/2024, de 14 d'agost.</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Subvencions a entitats locals per revitalitzar el comerç rural</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Premis solució digital startup Comunitat de Madrid 2024</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2024, a 7 d'octubre, per la qual es convoquen subvencions per a inversions en instal·lacions de transformació i en infraestructures vitivinícoles, estructures i instruments de comercialització, per a l'any 2025 (exercici financer 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Segona convocatòria del programa d'ajuts per a la digitalització del regadiu en el marc del PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Subvencions a les Associacions Professionals Agràries de Canàries</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular I Trans.Energètica (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>Ordre de 15 d'octubre de 2024 per la qual s'estableixen les bases reguladores de les ajudes a les organitzacions professionals agràries i associacions agràries per a la realització activitat d'interès agrari i es convoquen per a l'any 2024 (codi de pr</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Ajuts a les Línies del Pla d'Assegurances Agraries (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrícola en matèria de sanitat vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Ordre de 23 d'octubre de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen subvencions per a bonificació d'interessos en préstecs preferencials bonificats formalitzats per titulars d'explotacions a CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Ordre de 21 d'octubre del 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2024, els ajuts de la intervenció destinats a fomentar la cooperació per a la successió d'explotacions agràries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aproven les Bases de la convocatòria d'ajudes per al desenvolupament rural de l'illa de Menorca per a l'any 2024, vinculades a projectes relacionats amb els àmbits agrari i/o ambiental i emmarcats a l'Estratègia de Desenvolupament</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu, de 23 de setembre de 2024, relatiu a laprovació de les bases de les ajudes del Consell Insular de Menorca per a les Agrupacions de Defensa Sanitària de Menorca (ADS) i la convocatòria corresponent a lany 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Ordre de 24 d'octubre de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2024, subvencions a les organitzacions professionals agràries més representatives a la Comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Ordre de 29 d'octubre de 2024 de la Conselleria d'Agricultura, per la qual es convoquen subvencions destinades a la construcció, ampliació o adaptació d'encebadors o centres de recria de races pures, de les espècies bovina, ovina o caprina.</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Ajuts destinats a les explotacions agràries en resposta a l'agreujament de les condicions del sector primari derivat del conflicte bèl·lic a Ucraïna i de la sequera al 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a municipis i entitats locals menors per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a associacions, federacions i confederacions del sector comerç per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ajuts projectes de recerca científica i transferència de tecnologia, cofinançats pel FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Reial Decret 905/2022, de 25 d'octubre, pel qual es regula la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comuna.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, de 5 de novembre del 2024, per fomentar la modernització de la indústria agroalimentària i la transició justa, Programa del Fons de Transició Justa - Pimes</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Ajuts a la línia de finançament per a actuacions de millora en l'estalvi energètic d'instal·lacions i equips i per al projecte d'economia circular dels establiments que presten serveis d'allotjament turístic de Catalunya</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Subvencions per a la investigació i recuperació de sòls de la seva propietat que es veuen afectats per indicis de contaminacions puntuals o per abocaments de residus industrials per causant desconegut.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/1365/2024, de 14 de novembre, per la qual s'aproven les bases reguladores i la convocatòria d'ajudes sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials el 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>Ajuts a la inversió en indústries agroalimentàries. Convocatòria 2023</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Ajuts per a fires agràries i concursos morfològics i ajuts de minimis per a concursos morfològics celebrats per organitzacions o associacions, per a l'any 2024 – CONCURSOS AJUNTAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Ajuts per a fires agràries i concursos morfològics i ajuts de minimis per a concursos morfològics celebrats per organitzacions o associacions, per a l'any 2024 – CONCURSOS ORGANITZACIONS/ASSOCIACIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Ajuts per a fires agràries i concursos morfològics i ajuts de minimis per a concursos morfològics celebrats per organitzacions o associacions, per a l'any 2024 – FIRES AGRÀRIES D'INCA I DE SINEU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>AJUDES AGRUPACIONS DE TRACTAMENT INTEGRAT EN AGRICULTURA (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, de 8/11/2024, per la qual es convoquen subvencions a les inversions en comercialització i transformació dels productes de la pesca i l'aqüicultura - Programa FEMPA - Línia PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Bases de la convocatòria de projectes innovadors per al programa d'acceleració AGRO·LAB TONOWASTE promogut per VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Ajuts per incentivar la investigació aplicada en matèria de producció agroalimentària ecològica</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 destinats a la concessió de subvencions a les inversions per a la comercialització en comú de bestiar s/ Decret 132/2024 de 22 d'octubre que les convoca</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>Convocatòria subvencionis DIGINNOVA PER A LA INCORPORACIÓ DE TALENT JOVE A LES EMPRESES I CENTRES D'INVESTIGACIÓ DE CANÀRIES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>ORDE del 25 de juny de 2024 pola que s'estableixen a les bases reguladores per a la concessió, en rèxim de concurrència competitiva, d'ajuts per fomentar la innovació, la millora tecnolòxica i la competitivitat no sector de l'aqüicultura, cofinançades amb el fons</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de juny de 2024 de la Conselleria d'Agricultura, G i DR per la qual es convoquen les ajudes per a la reposició de caps de bestiar com a conseqüència del seu sacrifici en aplicació de programes sanitaris oficials de malalties dels remugants.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>ORDRE EEI/ /2024, d'1 de juliol, per la qual es convoquen els ajuts corresponents al programa “TORNAREM” de foment del petit comerç minorista, per a la dinamització comercial al medi urbà i rural de la Comunitat Autònoma d'Aragó</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>Convocatòria 2024 per a les ajudes a les Agrupacions de Defensa Sanitària Ramaderes i Agrupacions de Defensa Sanitària Apícoles</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a projectes de caràcter NO PRODUCTIU de la mesura 7119.2 Leader del pla estratègic de la política agrària comuna 2023-2027 a CYL a gestionar pel GAL Associació per al desenvolupament rural i integral ribera del duero burgalesa.</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a projectes de caràcter PRODUCTIU de la mesura 7119.2 LEADER del PLA ESTRATÈGIC DE LA POLÍTICA AGRÀRIA COMUN 2023-2027 EN CYL a gestionar pel GAL ASSOCIACIÓ DE DESENVOLUPAMENT RURAL INTEGRAL RIBERA DEL DUERO BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Ajuts a la contractació Programa PICE Cambra de Comerç de Ceuta 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>Ordre d'11 de juliol de 2024, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions dirigides a l'organització de fires comercials a Castella i Lleó</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Convocatòria PIME DIGITAL 2024 – Cambra de Comerç de Cantàbria</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de subvencions per a projectes d'estalvi i eficiència energètica a les empreses gallegues per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a les explotacions agràries d'arròs que utilitzin llavor certificada per al 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de juliol de 2024 del Director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen les ajudes al sector vitivinícola de la CV per a la promoció i la comunicació en mercats de tercers països recollides</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de juliol de 2024 de convocatòria de Subvencions a Entitats Locals de la Conselleria de Medi Rural i Política Agrària, corresponents a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Reial Decret 905/2022, de 25 d'octubre, pel qual es regula la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comú_Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>3 Ordre Conselleria d'Agricultura concesion ajuda directa perdudes de renda per Volcan , Platanos i Alvocat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>AJUDES A MUNICIPIS PROMOCIÓ COMERCIAL I FERIAL 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Subvencions per a projectes d'innovació tecnològica Green 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajudes del Programa de bons de connectivitat “UNICO Demanda Bono PIME”.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>PROG. EST. COMERÇ EXTERIOR -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>PROG. ESTRATÈGIC COMERÇ EXTERIOR-MINIMIS-ACTUACIONS2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agrari a Andalusia i Extremadura 2024 (Cadis) - Projectes generadors d'ocupació estable</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>CONSOLIDACIÓ DEL TREBALL AUTÒNOM (AUT) MÍNIMIS AGRO.FORESTAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis per a la promoció de les exportacions de les indústries agroalimentàries</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Actuacions de Dinamització i Promoció empresarial L1_Assessorament, segons Decret 65/2024 de 2 de juliol que les convoca.</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Ordre per compensar problemes comercialització</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Ajuts per a la millora de l'eficiència energètica en el disseny i el desenvolupament de processos i sistemes d'empaquetat, emmagatzematge, logística i distribució de productes agraris i agroalimentaris en l'accés al canal HORECA, l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS AMB OBJECTIUS AMBIENTALS INDÚSTRIA AGROALIMENTARIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aproven les Bases de la convocatòria d'ajudes per al desenvolupament rural de l'illa de Menorca per a l'any 2024, vinculades a projectes relacionats amb els àmbits agrari i/o ambiental i emmarcats a l'Estratègia de Desenvolupament Local Participatiu 2014- 2020 de Menorca</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Ordre de 31 de juliol de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual es convoquen ajudes públiques per a projectes a l'empara de l'EDLP DE Galpemur a la Regió de Múrcia a l'empara del FEMPA per a 2024</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>Ajuts a la producció i comercialització de la mel any 2024 FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Ajuts per a inversions amb objectius ambientals a la indústria agroalimentària, cofinançades per FEADESR i AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>Programa 1 Projectes innovadors d'instal·lacions agrivoltaiques amb emmagatzematge (ENERGIES RENOVABLES INNOVADORES) en el marc del Pla de Recuperació, Transformació i Resiliència, finançat per la Unió Europea-Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>Ajuts a la conservació dels recursos genètics agrícoles dirigits a entitats de conservació, en el marc del Pla Estratègic de la PAC 2023-2027 corresponents a 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció del dimensionament del cooperativisme agroalimentari a la Comunitat de Castella i Lleó per a l'any 2024. Mínimis General. Ordre de 01/08//2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoquen per a la campanya 2024 els ajuts de l'ACCION III.2 “SUPORT AL SECTOR BOVÍ”, SUBACCIÓ III.2.5 “AJUDA A LA REPOSICIÓ EN BOVÍ DE LLET AMB NOVILLAS"</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció del dimensionament del cooperativisme agroalimentari a la Comunitat de Castella i Lleó per a l'any 2024. Mínimis agrícola. Ordre d'1 d'agost del 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per al finançament de projectes en el marc de la Intervenció 7119 LEADER del Pla Estratègic Nacional de la Política Agrària Comuna (PEPAC) 2023-2027 d'Espanya, sobre la base de l'Estratègia de Desenvolupament del Grup AGALSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 per a Inversions en Indústries Agroalimentàries, segons Decret 87/2024, de 30 de juliol, pel qual s'estableixen les bases reguladores de concessió d'incentius agroindustrials a la Comunitat Autònoma d'Extremadura, per al suport a inversions destinades a la transformació i comercialització de productes agrícoles, i se n'aprova la única convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de juliol de 2024 per la qual s'estableixen les bases reguladores per a la concessió, en concurs no competitiu, de les subvencions del programa de comerç circular i es dóna curs a la convocatòria per a l'any 2024 (CO300D)</t>
+  </si>
+  <si>
+    <t>2024-08-14</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779958</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a explotacions agràries amb cultius farratgers plurianuals de regadiu de l'àmbit territorial de les comunitats d'usuaris d'aigua de la Plana Litoral de la Muga i del Baix Fluvià afectades per la sequera del 2023</t>
+  </si>
+  <si>
+    <t>2024-08-17</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780076</t>
+  </si>
+  <si>
+    <t>Ajuts a les explotacions agràries amb cultius herbacis i amb cultius hortícoles de l'àmbit territorial de les comunitats d'usuaris d'aigua de la Plana Litoral de la Muga i del Baix Fluvià afectades per la sequera del 2023.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780077</t>
+  </si>
+  <si>
+    <t>Subvencions per al foment de la innovació a través de programes d'incubació, acceleració o escalat de projectes innovadors (Universitats públiques)</t>
+  </si>
+  <si>
+    <t>2024-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780147</t>
+  </si>
+  <si>
+    <t>Subvencions per al foment de la innovació a través de programes d'incubació, acceleració o escalat de projectes innovadors (Fundacions)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780148</t>
+  </si>
+  <si>
+    <t>Subvencions per al foment de la innovació a través de programes d'incubació, acceleració o escalat de projectes innovadors (Agències estatals)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780149</t>
+  </si>
+  <si>
+    <t>Subvencions per al manteniment de l'activitat agrària i marítima dirigides a Cooperatives Agràries, Confraries de Pescadors i Consells Reguladors de Denominacions d'Origen Protegida de la Serra de Tramuntana per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Ordre de 13 d'agost 2024 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria per a l'any 2024 de les ajudes d'intervenció al sector apícola de la Comunitat Autònoma de la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>Ajuts públics per a expedients de la mesura 7119.3 LEADER del Pla Estratègic de la Política Agrària comuna 2023-2027 a Castella i Lleó, gestionades pel Grup d'Acció Local Segòvia Sud</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Ajuts públics per a expedients de la mesura 7119.4 LEADER del Pla Estratègic de la Política Agrària comuna 2023-2027 a Castella i Lleó, gestionades pel Grup d'Acció Local Segòvia Sud</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoquen per a la campanya 2024, els ajuts de l'Acció III.7 "Ajuda per a la producció de reproductors de porcí a les Canàries" del Programa Comunitari de Suport</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780872</t>
+  </si>
+  <si>
+    <t>Ordre de 18 d'abril del 2024, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 2- Ajuts per promoure i impulsar la fusió d'entitats associatives agroalimentàries d'Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Ordre de 15 de maig de 2024, per la qual es convoquen els ajuts als plans de producció i comercialització OPPcampanya 2024 - Entitats sense ànim de lucre</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Resolució de 6 de maig de 2024, Convocatòria 2024 de Subvencions en rég.de conc.no comp. organitzacions i entitats representatives dels sectors agrari i de desenvolupament rural d'Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>Ordre de 18 d'abril del 2024, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 1- Ajuts per a l'impuls i la promoció de la integració de les entitats associatives agroalimentàries.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE FOMENT D'OCUPACIÓ AGRARI 2024 PER A PROJECTES GENERADORS D'OCUPACIÓ ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
   </si>
   <si>
     <t>Resolució de 24 de maig de 2024, de la DG Treball, Seguretat i Salut Laboral per la qual es conv. per 2024 sub en reg. de conc.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
   </si>
   <si>
     <t>Resolució de 24 de maig de 2024, de la DG Treball, Seguretat i Salut Laboral per la qual es conv. per 2024 sub en rég.de conc.comp. a pime per a projectes de prevenció de riscos laborals, Línia 2: - minimi agrícola</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
   </si>
   <si>
     <t>Ordre de 27 de maig de 2024 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen, per a la campanya apícola de l'any 2024, els ajuts de la intervenció sectorial apícola en el marc del PEPAC 2023-2027 a Castella i Lleó.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
   </si>
   <si>
     <t>Ordre de 30 de maig de 2024 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
   </si>
@@ -1322,6612 +7355,693 @@
   <si>
     <t>RESOLUCIÓ de 27 de Maig de 2024 per la qual s'aprova la convocatòria de subvencions per a serveis d'assessoria a les petites i mitjanes explotacions agràries del Principat d'Astúries dedicades a la producció primària de productes agrícoles pres</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
   </si>
   <si>
     <t>CONVOCATÒRIA DE LA LÍNIA D'AJUDA CORRESPONENT ALS COMPROMISOS DE GESTIÓ MEDIAMBIENTALS I CLIMÀTICS DE LA INTERVENCIÓ FEADER PEPAC (2023-2027), 6503 (AGRICULTURA ECOLÒGICA), A LA REGIÓ DE MUR.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
   </si>
   <si>
     <t>Resolució de 24/05/2024 del President de l'Institut de Foment de la Regió de Múrcia, de convocatòria d'ajudes dirigides a l'entrada d'inversors privats a empreses innovadores de recent creació.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
   </si>
   <si>
     <t>Resolució de 24/05/2024, del President de l'Institut de Foment de la Regió de Múrcia, de convocatòria d'ajudes dirigides fomentar la innovació i l'emprenedoria.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
   </si>
   <si>
-    <t>Activitats addicionals per a l'associació europea per a una economia blava neutral, sostenible i productiva</t>
-[...44 lines deleted...]
-    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl6-2024-farm2fork-01-4</t>
+    <t>Aprovar les bases reguladores i la convocatòria d'ajudes per a la campanya 2024-2025 a la gestió sostenible de les pastures muntanyes a Navarra, incloses a la Intervenció 6881.1 Repoblació Forestal i Sistemes Agroforestals el PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Decret del 10 de setembre de 2024 de la Delegada de l'Àrea de Govern d'Economia, Innovació i Hisenda pel qual s'aprova la convocatòria pública per a la concessió de subvencions a persones afiliades al règim especial de treballadors per compte propi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Resolució 2 de setembre de 2024 del director de la (AVFGA), per la qual es convoquen els ajuts a les inversions en transformació, comercialització i/o desenvolupament de productes agroalimentaris en el marc del Pla Estratègic de la Política Agrària Comuna</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>Ordre MTD/879/2024, de 6 de setembre,que modifica Ordre MTD/683/2023 de 23 de maig, per la qual aproven bases reguladores i s'aprova segona convocatòria d'ajudes per a emissió bons digitals col·lectius vulnerables CyL finançat per UE(NextGen )MRR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Suport a la dinamització comercial (DIN)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN SUBVENCIONS DE SUPORT A AGRUPACIONS EMPRESARIALS INNOVADORES O CLÚSTERS PER A LA REALITZACIÓ D'ACTUACIONS D'INNOVACIÓ A CANÀRIES, PER A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
   </si>
   <si>
     <t>Bases reguladores de les subvencions per a projectes d'infraestructures d'emmagatzematge energètic que afavoreixin l'electrificació de la demanda d'energia, per a l'any 2024, cofinançades pel FEDER</t>
   </si>
   <si>
-    <t>2024-09-16</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
   </si>
   <si>
-    <t>ORDRE PER LA QUAL ES CONVOQUEN SUBVENCIONS DE SUPORT A AGRUPACIONS EMPRESARIALS INNOVADORES O CLÚSTERS PER A LA REALITZACIÓ D'ACTUACIONS D'INNOVACIÓ A CANÀRIES, PER A L'EXERCICI 2024</t>
-[...59 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+    <t>CONVENI DE COL·LABORACIÓ DE LA CONSELLERIA D'AGRICULTURA, AIGUA, RAMADERIA I PESCA AMB AINIA, PER A L'ESTUDI DE LA GESTIÓ DEL NITROGEN DE LES DEJECCIONS RAMADERES A TRAVÉS DE LA TECNOLOGIA DE DIGESTIÓ ANAEROBIA</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per al finançament de projectes en el marc de la Intervenció 7119 LEADER del Pla Estratègic Nacional de la Política Agrària Comuna (PEPAC) 2023-2027 d'Espanya, sobre la base de l'Estratègia de Desenvolupament del GAL Associació M</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XIV Convocatòria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/XIV Convocatòria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XXIII Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS DESTINADES A AGRUPACIONS DE DEFENSA SANITÀRIA RAMADERES DE LA REGIÓ DE MÚRCIA PER A L'EXERCICI 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de juny de 2024 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, convocant ajudes destinades als Consells Reguladors de les Denominacions d'Origen, Indicacions Geogràfiques Protegides i Consell Agricultura Ecològica. 2024</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Ajuts per a la modernització d'allotjaments turístics de la Regió de Múrcia i millora dels àmbits de la transició verda i sostenible, de l'eficiència energètica i la transició digital en el marc del PRTR finançat per la UE-NextG (MRR C14.I1.2 )</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Ordre de 20 d'agost de 2024, de la Conselleria de Cultura, Turisme i Esport, per la qual es convoquen subv. destinades a projectes deficiència energètica i economia circular dempreses turístiques, finançats per fons europeus next generation-eu MRR.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Decret 44/2024, de 27 d'agost, pel qual es regula la concessió directa de subvencions per a la contractació de persones joves en el marc del Programa La meva primera ocupació, cofinançades pel Fons Social Europeu Plus. REG (UE) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Ordre de 20 d'agost de 2024 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les ajudes destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
   </si>
   <si>
     <t>Ajudes 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
   </si>
   <si>
-    <t>2024-08-30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
   </si>
   <si>
-    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
-[...134 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 19 d'agost de 2024, de la Direcció General de la Producció Agrícola i Ramadera per la qual es convoquen per a l'exercici 2024, les ajudes per al foment de races autòctones amenaçades a la Comunitat Valenciana.</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Convocatòria el 2024 d'ajuts a projectes industrials al sector agroalimentari dins del Projecte Estratègic per a la Recuperació i Transformació Econòmica Agroalimentari, en el marc del Pla de Recuperació, Transformació i Resiliència.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>Subvenció AECP_Plan digitalització construcció 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓ AJUNTAMENT GARAFIA PLA INSULAR DE DINAMITZACIÓ COMERCIAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>AJUDES CONCURRÈNCIA COMPETITIVA LÍNIA A DESENVOLUPAMENT ACTIVITATS INTERÈS GENERAL CONSIDERADES INTERÈS SOCIAL, EN L'ÀMBIT DE LA INVESTIGACIÓ CIENTÍFICA I TÈCNICA I PROTECCIÓ MEDI AMBIENT EN MATÈRIES DE COMPETÈNCIA ESTATAL. ANUALITAT 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Resolució de 21/08/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2024 les subvencions al control del rendiment lleter a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Bases reguladores per a la concessió de les ajudes VInnovate Galicia per fomentar la cooperació transnacional dels agents del Sistema gallec de R+D a través de projectes de col·laboració amb altres agents europeus</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>Programa CREIXEMENT. Programa d'ajuts de suport al creixement de projectes empresarials innovadors de Sant Sebastià</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de setembre de 2024, conv.2024-25, d'ajudes dirigides a la transferència de coneixements i informació a agricultors i ramaders a través de la celebració de certàmens agroramaders i agrícoles relacionats amb l'oliverar</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Conveni Assessorament integral a les empreses Federació d'Empreses de La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>Ajuts per a les inversions per a les instal·lacions de transformació i infraestructures vitivinícoles i comercialització 2024-2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>ORDRE de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, que aprova BBRR d'ajudes per a projectes d'innovació, a través de la iniciativa Techfablab, en el marc de PRTR i la seva convocatòria 2024</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Ajuts per a la transformació del cooperativisme agroalimentari català i el foment de la competitivitat i la sostenibilitat ambiental, social i econòmica (IMPULS.COOP) corresponents a 2025, 2026 i 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Ordre de 24 de setembre de 2024, per la qual es conv. per a 2024-25 els ajuts dirigits a la transferència de coneixements i informació a agricultors i ramaders a través de la celebració de jornades tècniques d'amplia.difusió, PDRA 2014-22(Subm.1.2)</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 L'Acció III.1 Ajuda per al subministrament d'animals reproductors de races pures o races comercials originaris de la Comunitat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts dirigits a impulsar la innovació oberta a través de la iniciativa Activa Startups, en el marc del Pla de Recuperació, Transformació i Resiliència</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Resolució de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, per a l'any 2024, els ajuts a les agrupacions de defensa sanitària ramaderes (ADSG) a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
   </si>
   <si>
     <t>DECRETO LLEI 10/2024, de 24 de setembre, del Consell, pel qual s'adopten mesures urgents d'ajuda en matèria agrària en resposta a l'agreujament de les condicions del sector primari derivat del conflicte bèl·lic a Ucraïna i de les condicions cli</t>
   </si>
   <si>
-    <t>2024-09-26</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
   </si>
   <si>
-    <t>Resolució de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, per a l'any 2024, els ajuts a les agrupacions de defensa sanitària ramaderes (ADSG) a Castella-la Manxa</t>
-[...320 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+    <t>Ordre de la Conselleria d'agricultura, ramaderia, pesca i sobirania alimentària per la qual es convoquen per a la campanya 2025, els ajuts de la subacció III.2.4 "Ajudes a la importació de vedells destinats a l'engreix"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Cs reptes projectes de desenvolupament experimental i innovació</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
   </si>
   <si>
     <t>Acord del consell executiu en sessió de caràcter ordinari de 23.09.2024, relatiu a l'aprovació de les bases dels ajuts del consell insular de Menorca per a les Organitzacions Professionals Agràries (OPAS) i la convocatòria corresponent a 2024</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
   </si>
   <si>
-    <t>Cs reptes projectes de desenvolupament experimental i innovació</t>
-[...851 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+    <t>Instruments Financers-PRÉSTECS D'INVERSIONS VINCULADES A LA INTERVENCIÓ D'INVERSIONS EN TRANSFORMACIÓ I COMERCIALITZACIÓ DE PRODUCTES AGROALIMENTARIS - 3.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Resolució de 16 de desembre de 2025, del FEGA, per la qual es convoquen anticipadament les subvencions de serveis d'assessorament d'àmbit supraautonòmic en el marc del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026-2027 d'ajuts a la Cooperació per a la promoció dels productes agrícoles i alimentaris als règims de qualitat, en el marc del Pla Estratègic de la Política Agrària Comuna (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>COMPROMISOS DE GESTIÓ AGROAMBIENTALS EN AGRICULTURA ECOLÒGICA (6503) PREVISTA AL MARC PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Ajuts per a les inversions forestals productives destinades a aprofitaments forestals, treballs silvícoles, serveis forestals i primera transformació. (Intervenció 6883 del PEPAC) l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Ordre de 12-desembre-2025 de la Conselleria d'Economia i Hisenda per la qual s'efectua la convocatòria de l'any 2026 destinades a desenvolupar i millorar les capacitats de recerca i innovació del teixit empresarial a través de les AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ DG de Producció Agrícola i Ramadera, per la qual es convoquen de forma anticipada, per a l'exercici 2026, els ajuts previstos a l'Ordre 6/2024, per la qual s'aproven ajudes indemnitzatòries «Xylella fastidiosa»</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>AJUDA COMPLEMENTÀRIA ASSEGURANCES AGRARIS C.MADRID PÒLISES 01/01/26 al 31/12/26</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>Resolució d'11/12/2025, de la DG d'Agricultura i Ramaderia, per la qual es convoquen, el 2025, els ajuts de la Intervenció 6505.2 Activitats de conservació, ús i desenvolupament sostenible dels recursos genètics ramaders a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA D'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2026 L'ACCIÓ I.5 - AJUDA ALS PRODUCTORS TRADICIONALS DE TOMÀQUET D'HIVERN</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>AJUDES A L'ARTESANIA DE CANTÀBRIA PER A L'ANY 2026 (Producció primària de productes agrícoles)</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions forestals no productives en prevenció de danys forestals. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions forestals no productives en prevenció de danys forestals. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 13 de gener de 2026 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya, any 2026</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Instruments Financers-PRÉSTECS A CAPITAL CIRCULANT VINCULAT A LA INTERVENCIÓ DE JOVES AGRICULTORS - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Instruments Financers- PRÉSTECS D'INVERSIONS VINCULADES A LA INTERVENCIÓ DE JOVES AGRICULTORS - 1.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació d'assegurances agràries combinades a la Comunitat Autònoma de les Illes Balears corresponents al 47è Pla d'Assegurances Agraries Combinades</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa sanitària ramaderes per al desenvolupament dels programes sanitaris corresponents a l'any 2026 -RESTO ACTUACIONS-</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa sanitària ramaderes per al desenvolupament dels programes sanitaris corresponents a l'any 2026 - LLENGUA BLAVA-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar danys en infraestructura productiva en explotacions agràries afectades per la DANA. Relació C.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de desembre de 2025, per la qual es convoquen per a l'any 2026 els ajuts dirigits a l'execució, a través de les Agrupacions de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2025, de 17 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 DE , PER LA QUAL ES CONVOQUEN SUBVENCIONS A UNA PART DEL COST DE CONTRACTACIÓ DE LES ASSEGURANCES AGRARIS PER A L'EXERCICI 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Ajut destinat a la transferència del coneixement des de centres tecnològics, centres de recerca i universitats PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2026 L'ACCIÓ I.1. AJUDA A LA COMERCIALITZACIÓ DE FRUITES, HORTALISSES, ARRELS I TUBERCLES, FLORS I PLANTES VIVES RECOL·LECTADES A CANÀRIES I LA SUBACCIÓ I.4.2. AJUDA A LA COMERCIALITZACIÓ DE PAPA DE TAULA</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>Bases reguladores Galícia Exporta Organismes Intermedis 2026, cofinançades FEDER, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Ordre de 22/04/2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen subvencions a la transformació emparades a la Intervenció 6842.1 (objectius ambientals) del PEPAC cofinançades pel FEADER - Línia MA1</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025, a 22 d'octubre, per la qual es convoquen subvencions per a inversions en instal·lacions de transformació i en infraestructures vitivinícoles, estructures i instruments de comercialització, per a l'any 2026 (exercici financer 2027).</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>Resolució de 6 de novembre de 2025 de la Direcció General de Producció Agrícola i Ramadera, per la qual es convoquen de forma anticipada les ajudes a les Agrupacions de Defensa Sanitària Ramaderes per a l'exercici 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>resolució del 16 de desembre de 2025, de l'Institut Energètic de Galícia per la qual s'aproven les bases reguladores de les ajudes per a projectes d'estalvi i eficiència energètica a les empreses gallegues</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
   </si>
   <si>
     <t>Subvencions per a la promoció dels productes agrícoles i alimentaris en règim de qualitat 2026</t>
   </si>
   <si>
-    <t>2025-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-31</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
   </si>
   <si>
-    <t>Resolució de 15 de febrer de 2024 de la conselleria de transició ecològica, indústria i desenvolupament econòmic per la qual s'aprova convocatòria de subvencions per a la millora de la competitivitat, innovació i digitalització del petit i mitjà comerç</t>
-[...2849 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+    <t>Ajuts per a les inversions per a les instal·lacions de transformació i comercialització vitivinícoles 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
   </si>
   <si>
     <t>Resolució de l'ICCA, per la qual es convoquen per a la campanya 2025 les ajudes de les accions I.6 i I.7 del programa comunitari de suport a les produccions agràries de canàries (POSEI)</t>
   </si>
   <si>
-    <t>2026-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
-  </si>
-[...2221 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8234,25184 +8348,25598 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1001"/>
+  <dimension ref="A1:H1015"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1001"/>
+      <selection activeCell="A1" sqref="A1:H1015"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="498.878" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" s="1"/>
+      <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1"/>
+      <c r="D4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H49" s="1" t="s">
         <v>158</v>
-      </c>
-[...2 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G51" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H51" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="B55" s="1"/>
+        <v>170</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>171</v>
+      </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F55" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G55" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>62</v>
+        <v>174</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>122</v>
+        <v>180</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G60" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H60" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G61" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H61" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>101</v>
+        <v>186</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G62" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H62" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C63" s="1"/>
+        <v>195</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>196</v>
+      </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G63" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H63" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C64" s="1"/>
+        <v>200</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>201</v>
+      </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G64" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C65" s="1"/>
+        <v>205</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G65" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C66" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>210</v>
+      </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G66" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C67" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>210</v>
+      </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G67" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C68" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>215</v>
+      </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G68" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C69" s="1"/>
+        <v>218</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>219</v>
+      </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="C70" s="1"/>
+        <v>209</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G73" s="1"/>
       <c r="H73" s="1" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>247</v>
+        <v>262</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>250</v>
+        <v>265</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>256</v>
+        <v>235</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>223</v>
+        <v>272</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>154</v>
+        <v>261</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>276</v>
+        <v>57</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>276</v>
+        <v>85</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>281</v>
+        <v>238</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>284</v>
+        <v>238</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>198</v>
+        <v>298</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>198</v>
+        <v>301</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>198</v>
+        <v>304</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>198</v>
+        <v>307</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>198</v>
+        <v>310</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>149</v>
+        <v>318</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="C115" s="1"/>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G115" s="1"/>
       <c r="H115" s="1" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="C116" s="1"/>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>329</v>
+        <v>286</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="C117" s="1"/>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G117" s="1"/>
       <c r="H117" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="C118" s="1"/>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="C119" s="1"/>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="C120" s="1" t="s">
         <v>352</v>
       </c>
+      <c r="C120" s="1"/>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>358</v>
-[...4 lines deleted...]
-      <c r="C122" s="1" t="s">
         <v>360</v>
       </c>
+      <c r="B122" s="1"/>
+      <c r="C122" s="1"/>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="F122" s="1"/>
       <c r="G122" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H122" s="1" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="C123" s="1"/>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
         <v>369</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G125" s="1"/>
       <c r="H125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G126" s="1"/>
       <c r="H126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="C127" s="1"/>
+      <c r="C127" s="1" t="s">
+        <v>379</v>
+      </c>
       <c r="D127" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-      <c r="C128" s="1"/>
+        <v>381</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>200</v>
+      </c>
       <c r="D128" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G128" s="1"/>
       <c r="H128" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-      <c r="C129" s="1"/>
+        <v>384</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>385</v>
+      </c>
       <c r="D129" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="C130" s="1"/>
+        <v>388</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>389</v>
+      </c>
       <c r="D130" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G130" s="1"/>
       <c r="H130" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C131" s="1"/>
+        <v>388</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>392</v>
+      </c>
       <c r="D131" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="C132" s="1"/>
+        <v>395</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>396</v>
+      </c>
       <c r="D132" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-      <c r="C133" s="1"/>
+        <v>398</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>400</v>
+      </c>
       <c r="D133" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F133" s="1"/>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-      <c r="C134" s="1"/>
+        <v>402</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>404</v>
+      </c>
       <c r="D134" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F134" s="1"/>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="C135" s="1"/>
+        <v>406</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="D135" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F135" s="1"/>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-      <c r="C136" s="1"/>
+        <v>409</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>410</v>
+      </c>
       <c r="D136" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F136" s="1"/>
+      <c r="F136" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G136" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-      <c r="C137" s="1"/>
+        <v>412</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="D137" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F137" s="1"/>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-      <c r="C138" s="1"/>
+        <v>415</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>417</v>
+      </c>
       <c r="D138" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F138" s="1"/>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>402</v>
+        <v>418</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-      <c r="C139" s="1"/>
+        <v>419</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D139" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F139" s="1"/>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G139" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-      <c r="C140" s="1"/>
+        <v>422</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>9</v>
+      </c>
       <c r="D140" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F140" s="1"/>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>406</v>
+        <v>423</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-      <c r="C141" s="1"/>
+        <v>424</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>426</v>
+      </c>
       <c r="D141" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F141" s="1"/>
-      <c r="G141" s="1"/>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H141" s="1" t="s">
-        <v>408</v>
+        <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-      <c r="C142" s="1"/>
+        <v>424</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>426</v>
+      </c>
       <c r="D142" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F142" s="1"/>
-      <c r="G142" s="1"/>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H142" s="1" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-      <c r="C143" s="1"/>
+        <v>429</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="D143" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F143" s="1"/>
-      <c r="G143" s="1"/>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>412</v>
+        <v>432</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-      <c r="C144" s="1"/>
+        <v>433</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>434</v>
+      </c>
       <c r="D144" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F144" s="1"/>
-      <c r="G144" s="1"/>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H144" s="1" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-      <c r="C145" s="1"/>
+        <v>436</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>392</v>
+      </c>
       <c r="D145" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F145" s="1"/>
+      <c r="F145" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G145" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-      <c r="C146" s="1"/>
+        <v>436</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>392</v>
+      </c>
       <c r="D146" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F146" s="1"/>
+      <c r="F146" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G146" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>417</v>
+        <v>439</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-      <c r="C147" s="1"/>
+        <v>440</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>442</v>
+      </c>
       <c r="D147" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F147" s="1"/>
+      <c r="F147" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G147" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-      <c r="C148" s="1"/>
+        <v>444</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>410</v>
+      </c>
       <c r="D148" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F148" s="1"/>
+      <c r="F148" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G148" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-      <c r="C149" s="1"/>
+        <v>446</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="D149" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F149" s="1"/>
+      <c r="F149" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G149" s="1" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>423</v>
+        <v>449</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-      <c r="C150" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>451</v>
+      </c>
       <c r="D150" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F150" s="1"/>
+      <c r="F150" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G150" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>425</v>
+        <v>452</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-      <c r="C151" s="1"/>
+        <v>453</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>455</v>
+      </c>
       <c r="D151" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F151" s="1"/>
+      <c r="F151" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G151" s="1" t="s">
-        <v>227</v>
+        <v>16</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>427</v>
+        <v>456</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-      <c r="C152" s="1"/>
+        <v>457</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>442</v>
+      </c>
       <c r="D152" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F152" s="1"/>
+      <c r="F152" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G152" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>429</v>
+        <v>458</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-      <c r="C153" s="1"/>
+        <v>459</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>442</v>
+      </c>
       <c r="D153" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F153" s="1"/>
+      <c r="F153" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G153" s="1" t="s">
-        <v>361</v>
+        <v>202</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>431</v>
+        <v>460</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-      <c r="C154" s="1"/>
+        <v>461</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="D154" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F154" s="1"/>
+      <c r="F154" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G154" s="1" t="s">
-        <v>361</v>
+        <v>197</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>433</v>
+        <v>462</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-      <c r="C155" s="1"/>
+        <v>463</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>465</v>
+      </c>
       <c r="D155" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F155" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F155" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G155" s="1"/>
       <c r="H155" s="1" t="s">
-        <v>435</v>
+        <v>466</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>436</v>
+        <v>467</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>438</v>
+        <v>465</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>439</v>
+        <v>291</v>
       </c>
       <c r="G156" s="1"/>
       <c r="H156" s="1" t="s">
-        <v>440</v>
+        <v>468</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>442</v>
+        <v>470</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>439</v>
+        <v>291</v>
       </c>
       <c r="G157" s="1"/>
       <c r="H157" s="1" t="s">
-        <v>443</v>
+        <v>471</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>444</v>
+        <v>472</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>437</v>
+        <v>473</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>442</v>
+        <v>474</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G158" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>50</v>
+      </c>
       <c r="H158" s="1" t="s">
-        <v>445</v>
+        <v>475</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>446</v>
+        <v>476</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G160" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H160" s="1" t="s">
-        <v>449</v>
+        <v>479</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>450</v>
+        <v>480</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>437</v>
+        <v>174</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>442</v>
+        <v>400</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G161" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H161" s="1" t="s">
-        <v>451</v>
+        <v>481</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>452</v>
+        <v>482</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>453</v>
+        <v>483</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>454</v>
+        <v>395</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G162" s="1"/>
       <c r="H162" s="1" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>456</v>
+        <v>485</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>458</v>
+        <v>410</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>460</v>
+        <v>488</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>462</v>
+        <v>9</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F164" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G164" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H164" s="1" t="s">
-        <v>463</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>464</v>
+        <v>491</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>461</v>
+        <v>492</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>465</v>
+        <v>434</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>466</v>
+        <v>493</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>467</v>
+        <v>494</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>468</v>
+        <v>495</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>465</v>
+        <v>496</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>469</v>
+        <v>497</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>470</v>
+        <v>498</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>471</v>
+        <v>499</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>465</v>
+        <v>500</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>472</v>
+        <v>501</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>474</v>
+        <v>410</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>475</v>
+        <v>179</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G168" s="1"/>
       <c r="H168" s="1" t="s">
-        <v>476</v>
+        <v>503</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>477</v>
+        <v>504</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>478</v>
+        <v>505</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>475</v>
+        <v>404</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>320</v>
+        <v>151</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>479</v>
+        <v>506</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>480</v>
+        <v>507</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>478</v>
+        <v>505</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>475</v>
+        <v>200</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>481</v>
+        <v>508</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>482</v>
+        <v>509</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>478</v>
+        <v>174</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>475</v>
+        <v>510</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>483</v>
+        <v>511</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>484</v>
+        <v>512</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>478</v>
+        <v>417</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>475</v>
+        <v>379</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>485</v>
+        <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>486</v>
+        <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>478</v>
+        <v>417</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>475</v>
+        <v>515</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>488</v>
+        <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>478</v>
+        <v>410</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>475</v>
+        <v>396</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>489</v>
+        <v>518</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>490</v>
+        <v>519</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>478</v>
+        <v>520</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>475</v>
+        <v>521</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>492</v>
+        <v>523</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>478</v>
+        <v>524</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>475</v>
+        <v>396</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>493</v>
+        <v>525</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>494</v>
+        <v>526</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>497</v>
+        <v>527</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>499</v>
+        <v>529</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>501</v>
+        <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>502</v>
+        <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>461</v>
+        <v>534</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>503</v>
+        <v>535</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>471</v>
+        <v>537</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>505</v>
+        <v>538</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>506</v>
+        <v>539</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>508</v>
+        <v>257</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>500</v>
+        <v>541</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>509</v>
+        <v>542</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>508</v>
+        <v>544</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>511</v>
+        <v>545</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>512</v>
+        <v>546</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>513</v>
+        <v>547</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>453</v>
+        <v>57</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>514</v>
+        <v>545</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>515</v>
+        <v>548</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>516</v>
+        <v>549</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>514</v>
+        <v>551</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>517</v>
+        <v>552</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>453</v>
+        <v>554</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>514</v>
+        <v>545</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F185" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H185" s="1" t="s">
-        <v>519</v>
+        <v>555</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>520</v>
+        <v>556</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>508</v>
+        <v>557</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F186" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G186" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H186" s="1" t="s">
-        <v>521</v>
+        <v>559</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>522</v>
+        <v>560</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>523</v>
+        <v>561</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>524</v>
+        <v>562</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F187" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H187" s="1" t="s">
-        <v>525</v>
+        <v>563</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>526</v>
+        <v>564</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>527</v>
+        <v>565</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>528</v>
+        <v>566</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F188" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H188" s="1" t="s">
-        <v>529</v>
+        <v>567</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>530</v>
+        <v>568</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>475</v>
+        <v>565</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>531</v>
+        <v>569</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F189" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G189" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H189" s="1" t="s">
-        <v>532</v>
+        <v>570</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>533</v>
+        <v>571</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>457</v>
+        <v>572</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>531</v>
+        <v>573</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G190" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H190" s="1" t="s">
-        <v>534</v>
+        <v>574</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>535</v>
+        <v>575</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>536</v>
+        <v>576</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>537</v>
+        <v>569</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F191" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G191" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H191" s="1" t="s">
-        <v>538</v>
+        <v>577</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>539</v>
+        <v>578</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>540</v>
+        <v>579</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>541</v>
+        <v>580</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F192" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G192" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H192" s="1" t="s">
-        <v>542</v>
+        <v>581</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>543</v>
+        <v>582</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>527</v>
+        <v>583</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>544</v>
+        <v>584</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F193" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H193" s="1" t="s">
-        <v>545</v>
+        <v>585</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>546</v>
+        <v>586</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>547</v>
+        <v>587</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>548</v>
+        <v>588</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F194" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H194" s="1" t="s">
-        <v>549</v>
+        <v>589</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>550</v>
+        <v>590</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>527</v>
+        <v>25</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>551</v>
+        <v>591</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F195" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G195" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H195" s="1" t="s">
-        <v>552</v>
+        <v>592</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>553</v>
+        <v>593</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>90</v>
+        <v>594</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>554</v>
+        <v>595</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>555</v>
+        <v>596</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>556</v>
+        <v>597</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>500</v>
+        <v>594</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>557</v>
+        <v>595</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>558</v>
+        <v>598</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>559</v>
+        <v>599</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>560</v>
+        <v>600</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>562</v>
+        <v>601</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>563</v>
+        <v>602</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>500</v>
+        <v>603</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>564</v>
+        <v>604</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>565</v>
+        <v>605</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>478</v>
+        <v>606</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>566</v>
+        <v>595</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>567</v>
+        <v>607</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>568</v>
+        <v>608</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>478</v>
+        <v>606</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>569</v>
+        <v>609</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>570</v>
+        <v>610</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>571</v>
+        <v>611</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>90</v>
+        <v>561</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>572</v>
+        <v>612</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>573</v>
+        <v>613</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>574</v>
+        <v>614</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>575</v>
+        <v>615</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>576</v>
+        <v>616</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>577</v>
+        <v>617</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>578</v>
+        <v>618</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G204" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H204" s="1" t="s">
-        <v>579</v>
+        <v>619</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>580</v>
+        <v>620</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>581</v>
+        <v>621</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>582</v>
+        <v>562</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>583</v>
+        <v>622</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>584</v>
+        <v>623</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>478</v>
+        <v>624</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>475</v>
+        <v>588</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>585</v>
+        <v>625</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>586</v>
+        <v>626</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>587</v>
+        <v>627</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>329</v>
+        <v>32</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>588</v>
+        <v>628</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>589</v>
+        <v>629</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>590</v>
+        <v>53</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>591</v>
+        <v>630</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>592</v>
+        <v>631</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>593</v>
+        <v>632</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>561</v>
+        <v>53</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>454</v>
+        <v>566</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>594</v>
+        <v>633</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>595</v>
+        <v>634</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>597</v>
+        <v>635</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>598</v>
+        <v>636</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>557</v>
+        <v>637</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>599</v>
+        <v>638</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>600</v>
+        <v>639</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>601</v>
+        <v>640</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>602</v>
+        <v>587</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>603</v>
+        <v>641</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>604</v>
+        <v>642</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>544</v>
+        <v>643</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>605</v>
+        <v>630</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>606</v>
+        <v>644</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>607</v>
+        <v>645</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>608</v>
+        <v>57</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>609</v>
+        <v>580</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>329</v>
+        <v>646</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>610</v>
+        <v>647</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>462</v>
+        <v>57</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>612</v>
+        <v>580</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>329</v>
+        <v>646</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>613</v>
+        <v>649</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>614</v>
+        <v>650</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>462</v>
+        <v>651</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>454</v>
+        <v>652</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>615</v>
+        <v>653</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>616</v>
+        <v>654</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>578</v>
+        <v>655</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>617</v>
+        <v>630</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>618</v>
+        <v>656</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>619</v>
+        <v>657</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>605</v>
+        <v>659</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>621</v>
+        <v>660</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>622</v>
+        <v>661</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>548</v>
+        <v>658</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>623</v>
+        <v>659</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G219" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H219" s="1" t="s">
-        <v>624</v>
+        <v>662</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>625</v>
+        <v>663</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>626</v>
+        <v>658</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>551</v>
+        <v>630</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>627</v>
+        <v>664</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>628</v>
+        <v>665</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>548</v>
+        <v>135</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>631</v>
+        <v>668</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>602</v>
+        <v>670</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>633</v>
+        <v>671</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>634</v>
+        <v>672</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>635</v>
+        <v>669</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>636</v>
+        <v>588</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>637</v>
+        <v>673</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>638</v>
+        <v>674</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>632</v>
+        <v>675</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>590</v>
+        <v>676</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>639</v>
+        <v>677</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>640</v>
+        <v>678</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>582</v>
+        <v>679</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>541</v>
+        <v>680</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>641</v>
+        <v>681</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>642</v>
+        <v>682</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>457</v>
+        <v>683</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>537</v>
+        <v>591</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>643</v>
+        <v>684</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>644</v>
+        <v>685</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>645</v>
+        <v>57</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>646</v>
+        <v>580</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>647</v>
+        <v>686</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>648</v>
+        <v>687</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>649</v>
+        <v>688</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>457</v>
+        <v>689</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>650</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>651</v>
+        <v>691</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C229" s="1"/>
       <c r="D229" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>654</v>
+        <v>692</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>655</v>
+        <v>693</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>458</v>
+        <v>694</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>537</v>
+        <v>562</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>656</v>
+        <v>695</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>657</v>
+        <v>696</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>658</v>
+        <v>600</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>659</v>
+        <v>697</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>660</v>
+        <v>698</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>661</v>
+        <v>699</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>662</v>
+        <v>700</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>664</v>
+        <v>701</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>665</v>
+        <v>702</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>609</v>
+        <v>658</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>666</v>
+        <v>697</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>667</v>
+        <v>703</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>668</v>
+        <v>704</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>609</v>
+        <v>557</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>669</v>
+        <v>551</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>670</v>
+        <v>705</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>671</v>
+        <v>706</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>609</v>
+        <v>557</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>669</v>
+        <v>551</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>672</v>
+        <v>707</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>673</v>
+        <v>708</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>609</v>
+        <v>709</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>669</v>
+        <v>594</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>674</v>
+        <v>710</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>675</v>
+        <v>711</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>676</v>
+        <v>709</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>677</v>
+        <v>594</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>678</v>
+        <v>712</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>679</v>
+        <v>713</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>662</v>
+        <v>709</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>680</v>
+        <v>594</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>681</v>
+        <v>714</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>682</v>
+        <v>715</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>683</v>
+        <v>716</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>684</v>
+        <v>717</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>685</v>
+        <v>718</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>686</v>
+        <v>719</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>658</v>
+        <v>57</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>687</v>
+        <v>580</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>688</v>
+        <v>720</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>689</v>
+        <v>721</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>690</v>
+        <v>722</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>691</v>
+        <v>723</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>692</v>
+        <v>724</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>693</v>
+        <v>725</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>690</v>
+        <v>722</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>663</v>
+        <v>723</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>694</v>
+        <v>726</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>695</v>
+        <v>727</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>696</v>
+        <v>722</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>10</v>
+        <v>723</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>697</v>
+        <v>728</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>561</v>
+        <v>730</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>699</v>
+        <v>731</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>700</v>
+        <v>732</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>701</v>
+        <v>733</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>702</v>
+        <v>565</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>355</v>
+        <v>734</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>703</v>
+        <v>735</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>704</v>
+        <v>736</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>702</v>
+        <v>737</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>355</v>
+        <v>573</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>705</v>
+        <v>738</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>706</v>
+        <v>739</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>707</v>
+        <v>740</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>475</v>
+        <v>594</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>708</v>
+        <v>741</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>709</v>
+        <v>742</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>707</v>
+        <v>743</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>617</v>
+        <v>594</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>710</v>
+        <v>744</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>711</v>
+        <v>745</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>712</v>
+        <v>746</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>9</v>
+        <v>580</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G249" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H249" s="1" t="s">
-        <v>713</v>
+        <v>747</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>714</v>
+        <v>748</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>649</v>
+        <v>749</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>715</v>
+        <v>751</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>716</v>
+        <v>752</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>717</v>
+        <v>749</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>635</v>
+        <v>683</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>718</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>719</v>
+        <v>754</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>717</v>
+        <v>749</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>720</v>
+        <v>683</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>721</v>
+        <v>755</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>722</v>
+        <v>756</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>599</v>
+        <v>757</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>724</v>
+        <v>758</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>725</v>
+        <v>759</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>726</v>
+        <v>749</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>727</v>
+        <v>757</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>728</v>
+        <v>760</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>729</v>
+        <v>761</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>732</v>
+        <v>762</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>733</v>
+        <v>763</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>735</v>
+        <v>757</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>736</v>
+        <v>764</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>737</v>
+        <v>765</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>740</v>
+        <v>766</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>741</v>
+        <v>767</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>9</v>
+        <v>757</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>743</v>
+        <v>768</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>744</v>
+        <v>769</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>720</v>
+        <v>757</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>746</v>
+        <v>770</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>750</v>
+        <v>772</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>751</v>
+        <v>773</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>554</v>
+        <v>757</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>752</v>
+        <v>774</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>753</v>
+        <v>775</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>10</v>
+        <v>757</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>754</v>
+        <v>776</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>755</v>
+        <v>777</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>10</v>
+        <v>683</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>20</v>
+        <v>683</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>759</v>
+        <v>780</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>760</v>
+        <v>781</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>761</v>
+        <v>749</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>762</v>
+        <v>782</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>763</v>
+        <v>783</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>478</v>
+        <v>784</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>765</v>
+        <v>785</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>766</v>
+        <v>786</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>767</v>
+        <v>787</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>468</v>
+        <v>318</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>768</v>
+        <v>788</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>770</v>
+        <v>787</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>771</v>
+        <v>318</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>772</v>
+        <v>790</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>773</v>
+        <v>791</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>20</v>
+        <v>787</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>10</v>
+        <v>318</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>774</v>
+        <v>792</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>775</v>
+        <v>793</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>712</v>
+        <v>787</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>496</v>
+        <v>318</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>776</v>
+        <v>794</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>777</v>
+        <v>795</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>514</v>
+        <v>787</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>531</v>
+        <v>318</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>778</v>
+        <v>796</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>779</v>
+        <v>797</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>712</v>
+        <v>787</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>496</v>
+        <v>318</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>780</v>
+        <v>798</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>781</v>
+        <v>799</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>16</v>
+        <v>318</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>475</v>
+        <v>787</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>454</v>
+        <v>318</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G274" s="1"/>
       <c r="H274" s="1" t="s">
-        <v>785</v>
+        <v>802</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>786</v>
+        <v>803</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>787</v>
+        <v>43</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>474</v>
+        <v>804</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>788</v>
+        <v>805</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>474</v>
+        <v>808</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>770</v>
+        <v>811</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>581</v>
+        <v>812</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G277" s="1"/>
       <c r="H277" s="1" t="s">
-        <v>792</v>
+        <v>813</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>793</v>
+        <v>814</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>794</v>
+        <v>811</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>531</v>
+        <v>812</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G278" s="1"/>
       <c r="H278" s="1" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>796</v>
+        <v>816</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>749</v>
+        <v>811</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G279" s="1"/>
       <c r="H279" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>799</v>
+        <v>818</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>782</v>
+        <v>811</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>720</v>
+        <v>812</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G280" s="1"/>
       <c r="H280" s="1" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>734</v>
+        <v>811</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>782</v>
+        <v>812</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G281" s="1"/>
       <c r="H281" s="1" t="s">
-        <v>802</v>
+        <v>821</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>803</v>
+        <v>822</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>782</v>
+        <v>823</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>804</v>
+        <v>749</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G282" s="1"/>
       <c r="H282" s="1" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>782</v>
+        <v>123</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>475</v>
+        <v>533</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>808</v>
+        <v>827</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>734</v>
+        <v>123</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G284" s="1"/>
       <c r="H284" s="1" t="s">
-        <v>809</v>
+        <v>828</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>810</v>
+        <v>829</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>707</v>
+        <v>659</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>811</v>
+        <v>830</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G285" s="1"/>
       <c r="H285" s="1" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>814</v>
+        <v>749</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>815</v>
+        <v>683</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G286" s="1"/>
       <c r="H286" s="1" t="s">
-        <v>816</v>
+        <v>833</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>817</v>
+        <v>834</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>814</v>
+        <v>749</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>815</v>
+        <v>683</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G287" s="1"/>
       <c r="H287" s="1" t="s">
-        <v>818</v>
+        <v>835</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>819</v>
+        <v>836</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>821</v>
+        <v>683</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G288" s="1"/>
       <c r="H288" s="1" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>823</v>
+        <v>838</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>821</v>
+        <v>683</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G289" s="1"/>
       <c r="H289" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>826</v>
+        <v>749</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>827</v>
+        <v>683</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G290" s="1"/>
       <c r="H290" s="1" t="s">
-        <v>828</v>
+        <v>841</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>826</v>
+        <v>749</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>827</v>
+        <v>683</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G291" s="1"/>
       <c r="H291" s="1" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>831</v>
+        <v>749</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>832</v>
+        <v>683</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G292" s="1"/>
       <c r="H292" s="1" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>831</v>
+        <v>749</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>832</v>
+        <v>683</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G293" s="1"/>
       <c r="H293" s="1" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>837</v>
+        <v>749</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>838</v>
+        <v>683</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G294" s="1"/>
       <c r="H294" s="1" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>474</v>
+        <v>749</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G295" s="1"/>
       <c r="H295" s="1" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>843</v>
+        <v>683</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G296" s="1"/>
       <c r="H296" s="1" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>843</v>
+        <v>683</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G297" s="1"/>
       <c r="H297" s="1" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>848</v>
+        <v>749</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>848</v>
+        <v>683</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G298" s="1"/>
       <c r="H298" s="1" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>731</v>
+        <v>749</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>511</v>
+        <v>683</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G299" s="1"/>
       <c r="H299" s="1" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>853</v>
+        <v>749</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G300" s="1"/>
       <c r="H300" s="1" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>853</v>
+        <v>749</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>853</v>
+        <v>749</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G302" s="1"/>
       <c r="H302" s="1" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>860</v>
+        <v>749</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>511</v>
+        <v>757</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G303" s="1"/>
       <c r="H303" s="1" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>860</v>
+        <v>749</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>511</v>
+        <v>757</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G304" s="1"/>
       <c r="H304" s="1" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>726</v>
+        <v>749</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>591</v>
+        <v>784</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G305" s="1"/>
       <c r="H305" s="1" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>554</v>
+        <v>534</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>90</v>
+        <v>876</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>599</v>
+        <v>877</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>90</v>
+        <v>876</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>90</v>
+        <v>882</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>554</v>
+        <v>885</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>90</v>
+        <v>600</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>872</v>
+        <v>888</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>90</v>
+        <v>529</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>872</v>
+        <v>595</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>90</v>
+        <v>893</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>872</v>
+        <v>580</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>885</v>
+        <v>561</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>886</v>
+        <v>588</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>889</v>
+        <v>544</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>890</v>
+        <v>580</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>523</v>
+        <v>557</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>554</v>
+        <v>900</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>895</v>
+        <v>579</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>899</v>
+        <v>57</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>554</v>
+        <v>906</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>902</v>
+        <v>57</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="B320" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C320" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D320" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>453</v>
+        <v>580</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>912</v>
+        <v>57</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>896</v>
+        <v>580</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>915</v>
+        <v>57</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>680</v>
+        <v>906</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>457</v>
+        <v>57</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>918</v>
+        <v>630</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H324" s="1" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>457</v>
+        <v>808</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>918</v>
+        <v>580</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
         <v>922</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>676</v>
+        <v>923</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>927</v>
+        <v>396</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
         <v>929</v>
       </c>
       <c r="B328" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D328" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
         <v>932</v>
       </c>
       <c r="B329" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H329" s="1" t="s">
         <v>933</v>
-      </c>
-[...16 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C330" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B330" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D330" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E330" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H330" s="1" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H331" s="1" t="s">
         <v>938</v>
-      </c>
-[...19 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H332" s="1" t="s">
         <v>941</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E333" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H333" s="1" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
         <v>946</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>554</v>
+        <v>948</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>284</v>
+        <v>947</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H335" s="1" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
         <v>952</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H336" s="1" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
         <v>956</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>906</v>
+        <v>957</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>960</v>
+        <v>57</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>475</v>
+        <v>580</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>320</v>
+        <v>139</v>
       </c>
       <c r="H338" s="1" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
         <v>962</v>
       </c>
       <c r="B339" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H339" s="1" t="s">
         <v>963</v>
-      </c>
-[...16 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H340" s="1" t="s">
         <v>966</v>
-      </c>
-[...19 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H341" s="1" t="s">
         <v>968</v>
-      </c>
-[...19 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>658</v>
+        <v>430</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>554</v>
+        <v>430</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>980</v>
+        <v>430</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>982</v>
+        <v>969</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>983</v>
+        <v>970</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>980</v>
+        <v>430</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>985</v>
+        <v>969</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>826</v>
+        <v>970</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>838</v>
+        <v>430</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>986</v>
+        <v>975</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>987</v>
+        <v>969</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>738</v>
+        <v>430</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>990</v>
+        <v>969</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>991</v>
+        <v>970</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>745</v>
+        <v>430</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>992</v>
+        <v>977</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>993</v>
+        <v>978</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>994</v>
+        <v>483</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>995</v>
+        <v>407</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>997</v>
+        <v>980</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>994</v>
+        <v>483</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>995</v>
+        <v>396</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>320</v>
+        <v>197</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>995</v>
+        <v>524</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>1000</v>
+        <v>984</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>1001</v>
+        <v>985</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>90</v>
+        <v>983</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>554</v>
+        <v>442</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>1002</v>
+        <v>986</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>1003</v>
+        <v>987</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1005</v>
+        <v>989</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>1006</v>
+        <v>990</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>1007</v>
+        <v>991</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1008</v>
+        <v>992</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>980</v>
+        <v>395</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>1009</v>
+        <v>993</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>1010</v>
+        <v>994</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1008</v>
+        <v>995</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>980</v>
+        <v>996</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>1011</v>
+        <v>997</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>1012</v>
+        <v>998</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>320</v>
+        <v>286</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1013</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1014</v>
+        <v>1001</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>889</v>
+        <v>1002</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>827</v>
+        <v>206</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G357" s="1"/>
       <c r="H357" s="1" t="s">
-        <v>1015</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>889</v>
+        <v>992</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>827</v>
+        <v>430</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>320</v>
+        <v>197</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>837</v>
+        <v>999</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>957</v>
+        <v>430</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>320</v>
+        <v>261</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>983</v>
+        <v>1009</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>764</v>
+        <v>425</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>587</v>
+        <v>395</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1023</v>
+        <v>410</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G361" s="1"/>
       <c r="H361" s="1" t="s">
-        <v>1024</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>915</v>
+        <v>395</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>680</v>
+        <v>9</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1028</v>
+        <v>395</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>896</v>
+        <v>9</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1029</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>914</v>
+        <v>1017</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1030</v>
+        <v>395</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1031</v>
+        <v>9</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1032</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1033</v>
+        <v>1019</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>51</v>
+        <v>420</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1034</v>
+        <v>9</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1035</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1036</v>
+        <v>1021</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>51</v>
+        <v>420</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1034</v>
+        <v>9</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>227</v>
+        <v>100</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1037</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1038</v>
+        <v>1023</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>58</v>
+        <v>1024</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>554</v>
+        <v>958</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1039</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>62</v>
+        <v>651</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>10</v>
+        <v>877</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1042</v>
+        <v>1028</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>62</v>
+        <v>344</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>872</v>
+        <v>992</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1043</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1044</v>
+        <v>1030</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>62</v>
+        <v>1031</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1045</v>
+        <v>588</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1046</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1047</v>
+        <v>1033</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1048</v>
+        <v>529</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1049</v>
+        <v>595</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1050</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>437</v>
+        <v>1036</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1054</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C373" s="1"/>
       <c r="D373" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1056</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1057</v>
+        <v>1040</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>90</v>
+        <v>1041</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1058</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1057</v>
+        <v>1043</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="C375" s="1"/>
       <c r="D375" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1060</v>
+        <v>1046</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>523</v>
+        <v>808</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E376" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1061</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1063</v>
+        <v>1049</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1064</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1065</v>
+        <v>1051</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>820</v>
+        <v>1052</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>738</v>
+        <v>1053</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1066</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1067</v>
+        <v>1055</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1068</v>
+        <v>1056</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>944</v>
+        <v>1057</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>453</v>
+        <v>676</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>988</v>
+        <v>658</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1081</v>
+        <v>53</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1082</v>
+        <v>1070</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1083</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1084</v>
+        <v>1072</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>35</v>
+        <v>606</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1034</v>
+        <v>1073</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1087</v>
+        <v>529</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>890</v>
+        <v>594</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1088</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1089</v>
+        <v>1077</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1090</v>
+        <v>529</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1071</v>
+        <v>594</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>256</v>
+        <v>529</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>458</v>
+        <v>1080</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E387" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1095</v>
+        <v>375</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>820</v>
+        <v>1083</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1096</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1097</v>
+        <v>1085</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>953</v>
+        <v>344</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1071</v>
+        <v>958</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E389" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>227</v>
+        <v>286</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1098</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1099</v>
+        <v>1087</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1100</v>
+        <v>451</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>827</v>
+        <v>1088</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E390" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G390" s="1"/>
       <c r="H390" s="1" t="s">
-        <v>1101</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1102</v>
+        <v>1090</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>90</v>
+        <v>470</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>531</v>
+        <v>1091</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1105</v>
+        <v>174</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1106</v>
+        <v>364</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1107</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1108</v>
+        <v>1095</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>983</v>
+        <v>442</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>707</v>
+        <v>1096</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1109</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>62</v>
+        <v>344</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>749</v>
+        <v>958</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E394" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G394" s="1"/>
       <c r="H394" s="1" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1113</v>
+        <v>344</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1114</v>
+        <v>958</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G395" s="1"/>
       <c r="H395" s="1" t="s">
-        <v>1115</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1116</v>
+        <v>1102</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>149</v>
+        <v>1103</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1117</v>
+        <v>1104</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E396" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1118</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1119</v>
+        <v>1106</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1120</v>
+        <v>1107</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1121</v>
+        <v>1091</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1123</v>
+        <v>1109</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1124</v>
+        <v>524</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1125</v>
+        <v>183</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E398" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1126</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1127</v>
+        <v>1111</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1128</v>
+        <v>1107</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1121</v>
+        <v>1091</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1129</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1130</v>
+        <v>1113</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1132</v>
+        <v>1091</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E400" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1133</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1134</v>
+        <v>1115</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1135</v>
+        <v>1091</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1136</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1137</v>
+        <v>1117</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>316</v>
+        <v>455</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1138</v>
+        <v>1118</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E402" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1139</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1140</v>
+        <v>1120</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1141</v>
+        <v>1107</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>355</v>
+        <v>958</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E403" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F403" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G403" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H403" s="1" t="s">
-        <v>1142</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1143</v>
+        <v>1122</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1141</v>
+        <v>442</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1144</v>
+        <v>1096</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E404" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F404" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G404" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H404" s="1" t="s">
-        <v>1145</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1146</v>
+        <v>1124</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1147</v>
+        <v>524</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1148</v>
+        <v>1125</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>329</v>
+        <v>151</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1149</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1150</v>
+        <v>1127</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1151</v>
+        <v>442</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1152</v>
+        <v>1002</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F406" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G406" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G406" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H406" s="1" t="s">
-        <v>1153</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1154</v>
+        <v>1129</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1151</v>
+        <v>470</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1152</v>
+        <v>1096</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>227</v>
+        <v>202</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1155</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1156</v>
+        <v>1131</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1151</v>
+        <v>1103</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1152</v>
+        <v>1132</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1157</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>332</v>
+        <v>206</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>154</v>
+        <v>261</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1159</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1160</v>
+        <v>1137</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1151</v>
+        <v>1135</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1152</v>
+        <v>1053</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1161</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1162</v>
+        <v>1139</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1163</v>
+        <v>1135</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1164</v>
+        <v>1140</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>109</v>
+        <v>261</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1165</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1166</v>
+        <v>1142</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>166</v>
+        <v>996</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1045</v>
+        <v>1143</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G412" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H412" s="1" t="s">
-        <v>1167</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1168</v>
+        <v>1145</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>166</v>
+        <v>996</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1045</v>
+        <v>1143</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G413" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H413" s="1" t="s">
-        <v>1169</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>1170</v>
+        <v>661</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1171</v>
+        <v>996</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1173</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1174</v>
+        <v>1148</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>316</v>
+        <v>996</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>10</v>
+        <v>1143</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1175</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1176</v>
+        <v>1150</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1177</v>
+        <v>1151</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E416" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1178</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1179</v>
+        <v>1154</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>378</v>
+        <v>434</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1180</v>
+        <v>1155</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G417" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H417" s="1" t="s">
-        <v>1181</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1182</v>
+        <v>1157</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>166</v>
+        <v>1103</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1045</v>
+        <v>379</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E418" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1183</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1184</v>
+        <v>1159</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1177</v>
+        <v>434</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1172</v>
+        <v>1160</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1185</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1186</v>
+        <v>1162</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1187</v>
+        <v>1164</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E420" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>150</v>
+        <v>202</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1188</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1189</v>
+        <v>1166</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1120</v>
+        <v>1167</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1190</v>
+        <v>179</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E421" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1191</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1192</v>
+        <v>1169</v>
       </c>
       <c r="B422" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H422" s="1" t="s">
         <v>1171</v>
-      </c>
-[...16 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1194</v>
+        <v>1172</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1151</v>
+        <v>375</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1045</v>
+        <v>1173</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1195</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1196</v>
+        <v>1175</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1163</v>
+        <v>996</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1197</v>
+        <v>1143</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1198</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1199</v>
+        <v>1177</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1200</v>
+        <v>1167</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1148</v>
+        <v>1118</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1201</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1202</v>
+        <v>1179</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1203</v>
+        <v>1103</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1204</v>
+        <v>1180</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1205</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1206</v>
+        <v>1182</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>371</v>
+        <v>1183</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1207</v>
+        <v>1143</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1208</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1209</v>
+        <v>1185</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1203</v>
+        <v>1183</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1210</v>
+        <v>1143</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1211</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1212</v>
+        <v>1187</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1200</v>
+        <v>1164</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>319</v>
+        <v>473</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E429" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F429" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F429" s="1"/>
       <c r="G429" s="1" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1213</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1214</v>
+        <v>1189</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1215</v>
+        <v>1155</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1216</v>
+        <v>1190</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E430" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F430" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F430" s="1"/>
       <c r="G430" s="1" t="s">
-        <v>143</v>
+        <v>100</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1217</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1218</v>
+        <v>1192</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1219</v>
+        <v>1193</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1220</v>
+        <v>1194</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F431" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F431" s="1"/>
       <c r="G431" s="1" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1221</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1222</v>
+        <v>1196</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1163</v>
+        <v>179</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1135</v>
+        <v>1197</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F432" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F432" s="1"/>
       <c r="G432" s="1" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1223</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1224</v>
+        <v>1199</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1219</v>
+        <v>379</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1225</v>
+        <v>1190</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F433" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F433" s="1"/>
       <c r="G433" s="1" t="s">
-        <v>143</v>
+        <v>100</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1226</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1227</v>
+        <v>1201</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1228</v>
+        <v>379</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1229</v>
+        <v>1190</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F434" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F434" s="1"/>
       <c r="G434" s="1" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1230</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1231</v>
+        <v>1203</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1203</v>
+        <v>379</v>
       </c>
       <c r="C435" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F435" s="1"/>
+      <c r="G435" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H435" s="1" t="s">
         <v>1204</v>
-      </c>
-[...13 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1233</v>
+        <v>1205</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1203</v>
+        <v>179</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1204</v>
+        <v>225</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F436" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F436" s="1"/>
       <c r="G436" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1234</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1235</v>
+        <v>1207</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1203</v>
+        <v>379</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F437" s="1"/>
       <c r="G437" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1236</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1237</v>
+        <v>1210</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1203</v>
+        <v>379</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E438" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F438" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F438" s="1"/>
       <c r="G438" s="1" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1238</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1239</v>
+        <v>1213</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1240</v>
+        <v>1091</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1241</v>
+        <v>1190</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G439" s="1"/>
       <c r="H439" s="1" t="s">
-        <v>1242</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1243</v>
+        <v>1215</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1240</v>
+        <v>179</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1244</v>
+        <v>225</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E440" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F440" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F440" s="1"/>
       <c r="G440" s="1" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1245</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1240</v>
+        <v>379</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>352</v>
+        <v>200</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E441" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F441" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F441" s="1"/>
       <c r="G441" s="1" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1247</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1248</v>
+        <v>1219</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1163</v>
+        <v>179</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1249</v>
+        <v>200</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F442" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F442" s="1"/>
+      <c r="G442" s="1"/>
       <c r="H442" s="1" t="s">
-        <v>1250</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1251</v>
+        <v>1221</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1252</v>
+        <v>179</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1204</v>
+        <v>200</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F443" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F443" s="1"/>
       <c r="G443" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1253</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1254</v>
+        <v>1223</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1252</v>
+        <v>179</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1204</v>
+        <v>200</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E444" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F444" s="1"/>
       <c r="G444" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>1255</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1256</v>
+        <v>1225</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>591</v>
+        <v>179</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1257</v>
+        <v>200</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E445" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F445" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F445" s="1"/>
       <c r="G445" s="1" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1258</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1259</v>
+        <v>1227</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1260</v>
+        <v>1096</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1257</v>
+        <v>195</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E446" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F446" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F446" s="1"/>
+      <c r="G446" s="1"/>
       <c r="H446" s="1" t="s">
-        <v>1261</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1262</v>
+        <v>1229</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1263</v>
+        <v>396</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1264</v>
+        <v>186</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F447" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F447" s="1"/>
+      <c r="G447" s="1"/>
       <c r="H447" s="1" t="s">
-        <v>1265</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1266</v>
+        <v>1231</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1267</v>
+        <v>179</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>170</v>
+        <v>1197</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E448" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F448" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F448" s="1"/>
       <c r="G448" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1268</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1269</v>
+        <v>1233</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>203</v>
+        <v>1103</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1045</v>
+        <v>1104</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E449" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1270</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1271</v>
+        <v>1235</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1272</v>
+        <v>1183</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1273</v>
+        <v>1236</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1274</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1275</v>
+        <v>1238</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1276</v>
+        <v>996</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>663</v>
+        <v>190</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E451" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1277</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1278</v>
+        <v>1240</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1279</v>
+        <v>1091</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>663</v>
+        <v>206</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E452" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1280</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1281</v>
+        <v>1242</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1279</v>
+        <v>1143</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>663</v>
+        <v>1243</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1282</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1283</v>
+        <v>1245</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1279</v>
+        <v>1246</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>663</v>
+        <v>1247</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1284</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1285</v>
+        <v>1249</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1279</v>
+        <v>1118</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>663</v>
+        <v>1194</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E455" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>109</v>
+        <v>202</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1286</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1287</v>
+        <v>1251</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1279</v>
+        <v>1143</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>663</v>
+        <v>1252</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1288</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1289</v>
+        <v>1254</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1279</v>
+        <v>1183</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>663</v>
+        <v>1236</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E457" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1290</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1291</v>
+        <v>1256</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1279</v>
+        <v>1257</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>663</v>
+        <v>1258</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E458" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F458" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G458" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G458" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H458" s="1" t="s">
-        <v>1292</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1293</v>
+        <v>1260</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1279</v>
+        <v>1091</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>663</v>
+        <v>1261</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1294</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1295</v>
+        <v>1263</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>923</v>
+        <v>1104</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1296</v>
+        <v>1264</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>227</v>
+        <v>197</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1297</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1298</v>
+        <v>1266</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>170</v>
+        <v>225</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1299</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1300</v>
+        <v>1221</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1279</v>
+        <v>1267</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>663</v>
+        <v>1269</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F462" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F462" s="1"/>
       <c r="G462" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1301</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1302</v>
+        <v>1270</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1279</v>
+        <v>1197</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>663</v>
+        <v>1190</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1303</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1304</v>
+        <v>1272</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1279</v>
+        <v>1273</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>663</v>
+        <v>215</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1305</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1306</v>
+        <v>1275</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1307</v>
+        <v>520</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1308</v>
+        <v>521</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E465" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G465" s="1"/>
       <c r="H465" s="1" t="s">
-        <v>1309</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1310</v>
+        <v>1277</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1264</v>
+        <v>392</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1311</v>
+        <v>1278</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G466" s="1"/>
       <c r="H466" s="1" t="s">
-        <v>1312</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1313</v>
+        <v>1280</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1314</v>
+        <v>190</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>170</v>
+        <v>1261</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E467" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>1315</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>1316</v>
+        <v>415</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1314</v>
+        <v>1236</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1317</v>
+        <v>209</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1318</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1319</v>
+        <v>1283</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1320</v>
+        <v>205</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1321</v>
+        <v>1284</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E469" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1322</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1323</v>
+        <v>1286</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1324</v>
+        <v>1236</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1325</v>
+        <v>958</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1326</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1327</v>
+        <v>1288</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1328</v>
+        <v>186</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1329</v>
+        <v>1289</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E471" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1330</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1331</v>
+        <v>1291</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1106</v>
+        <v>186</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1332</v>
+        <v>200</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E472" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1333</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1334</v>
+        <v>1293</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>166</v>
+        <v>385</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>551</v>
+        <v>219</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E473" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G473" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H473" s="1" t="s">
-        <v>1335</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1336</v>
+        <v>1295</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1337</v>
+        <v>1296</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1121</v>
+        <v>1297</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E474" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G474" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H474" s="1" t="s">
-        <v>1338</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1339</v>
+        <v>1299</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>915</v>
+        <v>196</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1340</v>
+        <v>1170</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E475" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G475" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H475" s="1" t="s">
-        <v>1341</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1342</v>
+        <v>1301</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1106</v>
+        <v>385</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>663</v>
+        <v>219</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G476" s="1"/>
       <c r="H476" s="1" t="s">
-        <v>1343</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1344</v>
+        <v>1303</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1106</v>
+        <v>1304</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1345</v>
+        <v>1305</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>361</v>
+        <v>96</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1346</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1347</v>
+        <v>1307</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1348</v>
+        <v>1308</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1349</v>
+        <v>1305</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E478" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1350</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1351</v>
+        <v>1310</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1348</v>
+        <v>196</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1317</v>
+        <v>1311</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E479" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1352</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1353</v>
+        <v>1313</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1354</v>
+        <v>222</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>663</v>
+        <v>1314</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E480" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1355</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1356</v>
+        <v>1316</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1321</v>
+        <v>222</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1357</v>
+        <v>1317</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E481" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1358</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1359</v>
+        <v>1319</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1360</v>
+        <v>1269</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1361</v>
+        <v>1320</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E482" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F482" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G482" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G482" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H482" s="1" t="s">
-        <v>1362</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1363</v>
+        <v>1322</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1364</v>
+        <v>219</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1357</v>
+        <v>1173</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E483" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1365</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1366</v>
+        <v>1324</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1364</v>
+        <v>1325</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1357</v>
+        <v>1326</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E484" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1367</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1368</v>
+        <v>1328</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1364</v>
+        <v>210</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1369</v>
+        <v>1329</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E485" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G485" s="1"/>
       <c r="H485" s="1" t="s">
-        <v>1370</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1371</v>
+        <v>1331</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1364</v>
+        <v>1269</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1372</v>
+        <v>1320</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E486" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G486" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H486" s="1" t="s">
-        <v>1373</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1374</v>
+        <v>1333</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1375</v>
+        <v>1334</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1376</v>
+        <v>1208</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E487" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1377</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1378</v>
+        <v>1333</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1379</v>
+        <v>1334</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>198</v>
+        <v>1208</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G488" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H488" s="1" t="s">
-        <v>1380</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1381</v>
+        <v>1333</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1379</v>
+        <v>1334</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>198</v>
+        <v>1208</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G489" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H489" s="1" t="s">
-        <v>1382</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1383</v>
+        <v>1338</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1379</v>
+        <v>219</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>198</v>
+        <v>1339</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G490" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H490" s="1" t="s">
-        <v>1384</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1385</v>
+        <v>1341</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1379</v>
+        <v>451</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>198</v>
+        <v>958</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G491" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H491" s="1" t="s">
-        <v>1386</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1387</v>
+        <v>1343</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>437</v>
+        <v>1344</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1388</v>
+        <v>1345</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E492" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G492" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H492" s="1" t="s">
-        <v>1389</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1390</v>
+        <v>1347</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>437</v>
+        <v>201</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>442</v>
+        <v>1173</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G493" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H493" s="1" t="s">
-        <v>1391</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1392</v>
+        <v>1349</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>442</v>
+        <v>1350</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G494" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H494" s="1" t="s">
-        <v>1393</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1394</v>
+        <v>1352</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="C495" s="1"/>
       <c r="D495" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E495" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G495" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H495" s="1" t="s">
-        <v>1395</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1396</v>
+        <v>1354</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>437</v>
+        <v>1355</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>438</v>
+        <v>1356</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E496" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G496" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H496" s="1" t="s">
-        <v>1397</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1398</v>
+        <v>1358</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>437</v>
+        <v>1355</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>438</v>
+        <v>1359</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G497" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H497" s="1" t="s">
-        <v>1399</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1400</v>
+        <v>1361</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>437</v>
+        <v>1355</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>438</v>
+        <v>1211</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G498" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H498" s="1" t="s">
-        <v>1401</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1402</v>
+        <v>1363</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>437</v>
+        <v>1190</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>438</v>
+        <v>1356</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E499" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G499" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H499" s="1" t="s">
-        <v>1403</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1404</v>
+        <v>1365</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>437</v>
+        <v>1366</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>438</v>
+        <v>1367</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G500" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H500" s="1" t="s">
-        <v>1405</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1406</v>
+        <v>1369</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1407</v>
+        <v>1190</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1408</v>
+        <v>1211</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E501" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G501" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H501" s="1" t="s">
-        <v>1409</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1410</v>
+        <v>1371</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1411</v>
+        <v>1190</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>867</v>
+        <v>1211</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G502" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H502" s="1" t="s">
-        <v>1412</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1413</v>
+        <v>1373</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>267</v>
+        <v>1345</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1414</v>
+        <v>1350</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G503" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H503" s="1" t="s">
-        <v>1415</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1416</v>
+        <v>1375</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>198</v>
+        <v>1320</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E504" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G504" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H504" s="1" t="s">
-        <v>1417</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1418</v>
+        <v>1378</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>437</v>
+        <v>1376</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>442</v>
+        <v>1379</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E505" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G505" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H505" s="1" t="s">
-        <v>1419</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1420</v>
+        <v>1381</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>437</v>
+        <v>1382</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>442</v>
+        <v>1383</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G506" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H506" s="1" t="s">
-        <v>1421</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1422</v>
+        <v>1385</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>437</v>
+        <v>1386</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>442</v>
+        <v>206</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G507" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H507" s="1" t="s">
-        <v>1423</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1424</v>
+        <v>1388</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>437</v>
+        <v>1389</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>442</v>
+        <v>1390</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E508" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G508" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H508" s="1" t="s">
-        <v>1425</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1426</v>
+        <v>1392</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>437</v>
+        <v>1393</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>442</v>
+        <v>1394</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E509" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G509" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H509" s="1" t="s">
-        <v>1427</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1428</v>
+        <v>1396</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>437</v>
+        <v>1243</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>442</v>
+        <v>1397</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E510" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G510" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H510" s="1" t="s">
-        <v>1429</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1430</v>
+        <v>1399</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1431</v>
+        <v>1366</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>577</v>
+        <v>1379</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G511" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>261</v>
+      </c>
       <c r="H511" s="1" t="s">
-        <v>1432</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1433</v>
+        <v>1401</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>48</v>
+        <v>1402</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1434</v>
+        <v>1403</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G512" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H512" s="1" t="s">
-        <v>1435</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1436</v>
+        <v>1405</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>48</v>
+        <v>1389</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1434</v>
+        <v>1406</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G513" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H513" s="1" t="s">
-        <v>1437</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1438</v>
+        <v>1408</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1439</v>
+        <v>1359</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>437</v>
+        <v>1339</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E514" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G514" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H514" s="1" t="s">
-        <v>1440</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1441</v>
-[...6 lines deleted...]
-      </c>
+        <v>1410</v>
+      </c>
+      <c r="B515" s="1"/>
+      <c r="C515" s="1"/>
       <c r="D515" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E515" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G515" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H515" s="1" t="s">
-        <v>1442</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1443</v>
-[...6 lines deleted...]
-      </c>
+        <v>1412</v>
+      </c>
+      <c r="B516" s="1"/>
+      <c r="C516" s="1"/>
       <c r="D516" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G516" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H516" s="1" t="s">
-        <v>1444</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1445</v>
+        <v>1414</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E517" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G517" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H517" s="1" t="s">
-        <v>1446</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1447</v>
+        <v>1418</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E518" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G518" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H518" s="1" t="s">
-        <v>1448</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1449</v>
+        <v>1422</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>437</v>
+        <v>1423</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>442</v>
+        <v>1424</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E519" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G519" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H519" s="1" t="s">
-        <v>1450</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1451</v>
+        <v>1426</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>437</v>
+        <v>1427</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>442</v>
+        <v>1428</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G520" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H520" s="1" t="s">
-        <v>1452</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1453</v>
+        <v>1430</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>437</v>
+        <v>1431</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>442</v>
+        <v>1428</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G521" s="1"/>
       <c r="H521" s="1" t="s">
-        <v>1454</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1455</v>
+        <v>1433</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>437</v>
+        <v>1431</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>442</v>
+        <v>1434</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G522" s="1"/>
       <c r="H522" s="1" t="s">
-        <v>1456</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1457</v>
+        <v>1436</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>442</v>
+        <v>958</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E523" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G523" s="1"/>
       <c r="H523" s="1" t="s">
-        <v>1458</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1459</v>
+        <v>1438</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>437</v>
+        <v>1439</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>442</v>
+        <v>1440</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E524" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G524" s="1"/>
       <c r="H524" s="1" t="s">
-        <v>1460</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1461</v>
+        <v>1442</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>437</v>
+        <v>1439</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1388</v>
+        <v>1443</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E525" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G525" s="1"/>
       <c r="H525" s="1" t="s">
-        <v>1462</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1463</v>
+        <v>1445</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>437</v>
+        <v>1446</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>438</v>
+        <v>1447</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="G526" s="1"/>
       <c r="H526" s="1" t="s">
-        <v>1464</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1465</v>
+        <v>1449</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1466</v>
+        <v>1446</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>680</v>
+        <v>1447</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G527" s="1"/>
       <c r="H527" s="1" t="s">
-        <v>1467</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1468</v>
+        <v>1451</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>90</v>
+        <v>1452</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>355</v>
+        <v>1453</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G528" s="1"/>
       <c r="H528" s="1" t="s">
-        <v>1469</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1470</v>
+        <v>1455</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>889</v>
+        <v>1456</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>838</v>
+        <v>1457</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E529" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G529" s="1"/>
       <c r="H529" s="1" t="s">
-        <v>1471</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1472</v>
+        <v>1459</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1473</v>
+        <v>1456</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>957</v>
+        <v>1457</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G530" s="1"/>
       <c r="H530" s="1" t="s">
-        <v>1474</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1475</v>
+        <v>1461</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>988</v>
+        <v>1462</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>496</v>
+        <v>1463</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E531" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>1476</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1477</v>
+        <v>1465</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>906</v>
+        <v>1447</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>540</v>
+        <v>1466</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F532" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G532" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G532" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H532" s="1" t="s">
-        <v>1478</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1479</v>
+        <v>1468</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>820</v>
+        <v>1469</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>738</v>
+        <v>1180</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1480</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1481</v>
+        <v>1471</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1482</v>
+        <v>1469</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>16</v>
+        <v>1180</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E534" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G534" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H534" s="1" t="s">
-        <v>1483</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1484</v>
+        <v>1473</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1485</v>
+        <v>1474</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>478</v>
+        <v>1475</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1486</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1487</v>
+        <v>1477</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1488</v>
+        <v>1478</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1078</v>
+        <v>1479</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1489</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1490</v>
+        <v>1481</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1028</v>
+        <v>1478</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>561</v>
+        <v>1482</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E537" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G537" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H537" s="1" t="s">
-        <v>1491</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1492</v>
+        <v>1484</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>983</v>
+        <v>1474</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1005</v>
+        <v>1475</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E538" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G538" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H538" s="1" t="s">
-        <v>1493</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1494</v>
+        <v>1486</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>284</v>
+        <v>1487</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>896</v>
+        <v>1488</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E539" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G539" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H539" s="1" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>814</v>
+        <v>1447</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1497</v>
+        <v>906</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E540" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G540" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H540" s="1" t="s">
-        <v>1498</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1499</v>
+        <v>1492</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1500</v>
+        <v>1493</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>944</v>
+        <v>1463</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G541" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="H541" s="1" t="s">
-        <v>1501</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1503</v>
+        <v>1496</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>9</v>
+        <v>1497</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G542" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H542" s="1" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1503</v>
+        <v>659</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>9</v>
+        <v>830</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G543" s="1"/>
       <c r="H543" s="1" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>62</v>
+        <v>749</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1508</v>
+        <v>683</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E544" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G544" s="1"/>
       <c r="H544" s="1" t="s">
-        <v>1509</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1510</v>
+        <v>1503</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>62</v>
+        <v>749</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1508</v>
+        <v>683</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E545" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G545" s="1"/>
       <c r="H545" s="1" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1513</v>
+        <v>749</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>617</v>
+        <v>683</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G546" s="1"/>
       <c r="H546" s="1" t="s">
-        <v>1514</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1516</v>
+        <v>749</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1517</v>
+        <v>683</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G547" s="1"/>
       <c r="H547" s="1" t="s">
-        <v>1518</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1519</v>
+        <v>1509</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1434</v>
+        <v>749</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>821</v>
+        <v>683</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E548" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G548" s="1"/>
       <c r="H548" s="1" t="s">
-        <v>1520</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1521</v>
+        <v>1511</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>907</v>
+        <v>683</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E549" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G549" s="1"/>
       <c r="H549" s="1" t="s">
-        <v>1522</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1523</v>
+        <v>1513</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1524</v>
+        <v>749</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G550" s="1"/>
       <c r="H550" s="1" t="s">
-        <v>1525</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1526</v>
+        <v>1515</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1524</v>
+        <v>749</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G551" s="1"/>
       <c r="H551" s="1" t="s">
-        <v>1527</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1528</v>
+        <v>1517</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1529</v>
+        <v>749</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1530</v>
+        <v>683</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G552" s="1"/>
       <c r="H552" s="1" t="s">
-        <v>1531</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1532</v>
+        <v>1519</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1533</v>
+        <v>749</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G553" s="1"/>
       <c r="H553" s="1" t="s">
-        <v>1534</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1532</v>
+        <v>1521</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1533</v>
+        <v>749</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G554" s="1"/>
       <c r="H554" s="1" t="s">
-        <v>1535</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1536</v>
+        <v>1523</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>276</v>
+        <v>749</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>827</v>
+        <v>683</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G555" s="1"/>
       <c r="H555" s="1" t="s">
-        <v>1537</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1532</v>
+        <v>1525</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>220</v>
+        <v>749</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>9</v>
+        <v>683</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G556" s="1"/>
       <c r="H556" s="1" t="s">
-        <v>1538</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1539</v>
+        <v>1527</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>554</v>
+        <v>683</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G557" s="1"/>
       <c r="H557" s="1" t="s">
-        <v>1540</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1541</v>
+        <v>1529</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>90</v>
+        <v>749</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>355</v>
+        <v>683</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E558" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G558" s="1"/>
       <c r="H558" s="1" t="s">
-        <v>1542</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1543</v>
+        <v>1531</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1544</v>
+        <v>749</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1545</v>
+        <v>683</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E559" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G559" s="1"/>
       <c r="H559" s="1" t="s">
-        <v>1546</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1547</v>
+        <v>1533</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>587</v>
+        <v>749</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>560</v>
+        <v>683</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G560" s="1"/>
       <c r="H560" s="1" t="s">
-        <v>1548</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1549</v>
+        <v>1535</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>587</v>
+        <v>749</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1023</v>
+        <v>683</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G561" s="1"/>
       <c r="H561" s="1" t="s">
-        <v>1550</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1551</v>
+        <v>1537</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>587</v>
+        <v>749</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1023</v>
+        <v>683</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G562" s="1"/>
       <c r="H562" s="1" t="s">
-        <v>1552</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1553</v>
+        <v>1539</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1482</v>
+        <v>749</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>475</v>
+        <v>683</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G563" s="1"/>
       <c r="H563" s="1" t="s">
-        <v>1554</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1555</v>
+        <v>1541</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1482</v>
+        <v>749</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>560</v>
+        <v>683</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>158</v>
+        <v>750</v>
       </c>
       <c r="G564" s="1"/>
       <c r="H564" s="1" t="s">
-        <v>1556</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1557</v>
+        <v>1543</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1260</v>
+        <v>749</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1558</v>
+        <v>683</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E565" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G565" s="1"/>
       <c r="H565" s="1" t="s">
-        <v>1559</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1560</v>
+        <v>1545</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1561</v>
+        <v>749</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1207</v>
+        <v>683</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G566" s="1"/>
       <c r="H566" s="1" t="s">
-        <v>1562</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1563</v>
+        <v>1547</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1564</v>
+        <v>749</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1565</v>
+        <v>683</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G567" s="1"/>
       <c r="H567" s="1" t="s">
-        <v>1566</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1567</v>
+        <v>1549</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>591</v>
+        <v>749</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1568</v>
+        <v>683</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E568" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G568" s="1"/>
       <c r="H568" s="1" t="s">
-        <v>1569</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1570</v>
+        <v>1551</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1263</v>
+        <v>749</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1565</v>
+        <v>683</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E569" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G569" s="1"/>
       <c r="H569" s="1" t="s">
-        <v>1571</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1572</v>
+        <v>1553</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1564</v>
+        <v>749</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1573</v>
+        <v>683</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G570" s="1"/>
       <c r="H570" s="1" t="s">
-        <v>1574</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1575</v>
+        <v>1555</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1564</v>
+        <v>749</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1576</v>
+        <v>683</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G571" s="1"/>
       <c r="H571" s="1" t="s">
-        <v>1577</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1578</v>
+        <v>1557</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1579</v>
+        <v>749</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>872</v>
+        <v>683</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G572" s="1"/>
       <c r="H572" s="1" t="s">
-        <v>1580</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1581</v>
+        <v>1559</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1579</v>
+        <v>749</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>872</v>
+        <v>683</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E573" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="G573" s="1"/>
       <c r="H573" s="1" t="s">
-        <v>1582</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1583</v>
+        <v>1561</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G574" s="1"/>
       <c r="H574" s="1" t="s">
-        <v>1584</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1585</v>
+        <v>1563</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G575" s="1"/>
       <c r="H575" s="1" t="s">
-        <v>1586</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1587</v>
+        <v>1565</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G576" s="1"/>
       <c r="H576" s="1" t="s">
-        <v>1588</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1589</v>
+        <v>1567</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G577" s="1"/>
       <c r="H577" s="1" t="s">
-        <v>1590</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1591</v>
+        <v>1569</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G578" s="1"/>
       <c r="H578" s="1" t="s">
-        <v>1592</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1593</v>
+        <v>1571</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G579" s="1"/>
       <c r="H579" s="1" t="s">
-        <v>1594</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1595</v>
+        <v>1573</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1431</v>
+        <v>749</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>577</v>
+        <v>683</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G580" s="1"/>
       <c r="H580" s="1" t="s">
-        <v>1596</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1597</v>
+        <v>1575</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>442</v>
+        <v>683</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
       <c r="G581" s="1"/>
       <c r="H581" s="1" t="s">
-        <v>1598</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1599</v>
+        <v>1577</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>437</v>
+        <v>1578</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>442</v>
+        <v>1579</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G582" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H582" s="1" t="s">
-        <v>1600</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1601</v>
+        <v>1581</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>437</v>
+        <v>1582</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>442</v>
+        <v>1583</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G583" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H583" s="1" t="s">
-        <v>1602</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1603</v>
+        <v>1585</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>437</v>
+        <v>1586</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G584" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H584" s="1" t="s">
-        <v>1604</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1605</v>
+        <v>1588</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>437</v>
+        <v>544</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G585" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H585" s="1" t="s">
-        <v>1606</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1607</v>
+        <v>1590</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G586" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H586" s="1" t="s">
-        <v>1608</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1609</v>
+        <v>1590</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G587" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H587" s="1" t="s">
-        <v>1610</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1611</v>
+        <v>1593</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>437</v>
+        <v>1594</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>442</v>
+        <v>1595</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G588" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H588" s="1" t="s">
-        <v>1612</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1613</v>
+        <v>1597</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>437</v>
+        <v>749</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G589" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H589" s="1" t="s">
-        <v>1614</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1615</v>
+        <v>1599</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>437</v>
+        <v>1600</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>442</v>
+        <v>1601</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G590" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H590" s="1" t="s">
-        <v>1616</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1617</v>
+        <v>1603</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>437</v>
+        <v>85</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>442</v>
+        <v>958</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E591" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G591" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H591" s="1" t="s">
-        <v>1618</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1619</v>
+        <v>1605</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>437</v>
+        <v>85</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>442</v>
+        <v>906</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E592" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G592" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H592" s="1" t="s">
-        <v>1620</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1621</v>
+        <v>1607</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>437</v>
+        <v>85</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>442</v>
+        <v>364</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G593" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H593" s="1" t="s">
-        <v>1622</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1623</v>
+        <v>1609</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>437</v>
+        <v>92</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>442</v>
+        <v>580</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E594" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G594" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H594" s="1" t="s">
-        <v>1624</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1625</v>
+        <v>1611</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>437</v>
+        <v>120</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>442</v>
+        <v>1612</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G595" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H595" s="1" t="s">
-        <v>1626</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1627</v>
+        <v>1614</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>437</v>
+        <v>120</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>442</v>
+        <v>1612</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G596" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H596" s="1" t="s">
-        <v>1628</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>1629</v>
+        <v>952</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>442</v>
+        <v>676</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G597" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H597" s="1" t="s">
-        <v>1630</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>1631</v>
+        <v>1617</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>437</v>
+        <v>572</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>442</v>
+        <v>588</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E598" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G598" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H598" s="1" t="s">
-        <v>1632</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1633</v>
+        <v>1619</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>437</v>
+        <v>953</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>442</v>
+        <v>954</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E599" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G599" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H599" s="1" t="s">
-        <v>1634</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1635</v>
+        <v>1621</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>437</v>
+        <v>587</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>442</v>
+        <v>935</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E600" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G600" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H600" s="1" t="s">
-        <v>1636</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1637</v>
+        <v>1623</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>437</v>
+        <v>740</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>438</v>
+        <v>1073</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E601" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G601" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H601" s="1" t="s">
-        <v>1638</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1639</v>
+        <v>1625</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>437</v>
+        <v>740</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>438</v>
+        <v>1626</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E602" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G602" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H602" s="1" t="s">
-        <v>1640</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1641</v>
+        <v>1628</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>437</v>
+        <v>614</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>438</v>
+        <v>1629</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G603" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H603" s="1" t="s">
-        <v>1642</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1643</v>
+        <v>1631</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>438</v>
+        <v>558</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E604" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G604" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H604" s="1" t="s">
-        <v>1644</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>437</v>
+        <v>1634</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>438</v>
+        <v>551</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E605" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G605" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H605" s="1" t="s">
-        <v>1646</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1647</v>
+        <v>1636</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>437</v>
+        <v>700</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>442</v>
+        <v>666</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E606" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G606" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H606" s="1" t="s">
-        <v>1648</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1649</v>
+        <v>1638</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>437</v>
+        <v>1639</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>442</v>
+        <v>873</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E607" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G607" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H607" s="1" t="s">
-        <v>1650</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1651</v>
+        <v>1641</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>437</v>
+        <v>22</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>442</v>
+        <v>1642</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G608" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H608" s="1" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1653</v>
+        <v>1644</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>437</v>
+        <v>1645</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>442</v>
+        <v>666</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E609" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G609" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H609" s="1" t="s">
-        <v>1654</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1655</v>
+        <v>1647</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>437</v>
+        <v>675</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>442</v>
+        <v>900</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E610" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G610" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H610" s="1" t="s">
-        <v>1656</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1657</v>
+        <v>1649</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>437</v>
+        <v>135</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>442</v>
+        <v>1612</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E611" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G611" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H611" s="1" t="s">
-        <v>1658</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1659</v>
+        <v>1651</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>437</v>
+        <v>1652</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>442</v>
+        <v>1653</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E612" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G612" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H612" s="1" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1661</v>
+        <v>1655</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>437</v>
+        <v>565</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>442</v>
+        <v>1656</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E613" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G613" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H613" s="1" t="s">
-        <v>1662</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1663</v>
+        <v>1658</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>437</v>
+        <v>885</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>442</v>
+        <v>1659</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E614" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G614" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H614" s="1" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>437</v>
+        <v>666</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>442</v>
+        <v>1662</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E615" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G615" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H615" s="1" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>437</v>
+        <v>1665</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>442</v>
+        <v>638</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E616" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G616" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H616" s="1" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1669</v>
+        <v>1667</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>437</v>
+        <v>873</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>442</v>
+        <v>734</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E617" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G617" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H617" s="1" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>437</v>
+        <v>873</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>442</v>
+        <v>734</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E618" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G618" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H618" s="1" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E619" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H619" s="1" t="s">
         <v>1673</v>
-      </c>
-[...17 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C620" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="B620" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D620" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E620" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G620" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H620" s="1" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
         <v>1677</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>1379</v>
+        <v>655</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>198</v>
+        <v>697</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E621" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G621" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H621" s="1" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
         <v>1679</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>1379</v>
+        <v>557</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>198</v>
+        <v>573</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E622" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G622" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H622" s="1" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
         <v>1681</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>1379</v>
+        <v>57</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E623" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G623" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H623" s="1" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
         <v>1683</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>988</v>
+        <v>500</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1023</v>
+        <v>954</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E624" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H624" s="1" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
         <v>1685</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>820</v>
+        <v>1686</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>944</v>
+        <v>1687</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E625" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>831</v>
+        <v>85</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1688</v>
+        <v>545</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E626" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>1691</v>
+        <v>873</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1121</v>
+        <v>888</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E627" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>29</v>
+        <v>197</v>
       </c>
       <c r="H627" s="1" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
         <v>1693</v>
       </c>
       <c r="B628" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E628" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H628" s="1" t="s">
         <v>1694</v>
-      </c>
-[...16 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B629" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="B629" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C629" s="1" t="s">
-        <v>554</v>
+        <v>1697</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E629" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>902</v>
+        <v>1036</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>903</v>
+        <v>1700</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E630" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>528</v>
+        <v>85</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>896</v>
+        <v>1703</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E631" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1279</v>
+        <v>1703</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E632" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1500</v>
+        <v>1708</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>815</v>
+        <v>363</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E633" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G633" s="1"/>
       <c r="H633" s="1" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1045</v>
+        <v>363</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E634" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G634" s="1"/>
       <c r="H634" s="1" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1710</v>
+        <v>651</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1121</v>
+        <v>638</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E635" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G635" s="1"/>
       <c r="H635" s="1" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>1713</v>
+        <v>876</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>838</v>
+        <v>1715</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G636" s="1"/>
       <c r="H636" s="1" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E637" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G637" s="1"/>
       <c r="H637" s="1" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>1718</v>
+        <v>740</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1045</v>
+        <v>717</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E638" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G638" s="1"/>
       <c r="H638" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>1434</v>
+        <v>572</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>821</v>
+        <v>1722</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E639" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G639" s="1"/>
       <c r="H639" s="1" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>902</v>
+        <v>1725</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>635</v>
+        <v>1656</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E640" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H640" s="1" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>902</v>
+        <v>1728</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>771</v>
+        <v>1729</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E641" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>902</v>
+        <v>1732</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>980</v>
+        <v>367</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E642" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G642" s="1"/>
       <c r="H642" s="1" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>902</v>
+        <v>1732</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>980</v>
+        <v>1735</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E643" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G643" s="1"/>
       <c r="H643" s="1" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>947</v>
+        <v>1732</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>764</v>
+        <v>562</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G644" s="1"/>
       <c r="H644" s="1" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>284</v>
+        <v>587</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1345</v>
+        <v>935</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E645" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G645" s="1"/>
       <c r="H645" s="1" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1734</v>
+        <v>1741</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>837</v>
+        <v>587</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>742</v>
+        <v>935</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E646" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G646" s="1"/>
       <c r="H646" s="1" t="s">
-        <v>1735</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>1031</v>
+        <v>587</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E647" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G647" s="1"/>
       <c r="H647" s="1" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E648" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G648" s="1"/>
       <c r="H648" s="1" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>1744</v>
+        <v>57</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>536</v>
+        <v>200</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E649" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G649" s="1"/>
       <c r="H649" s="1" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>1747</v>
+        <v>57</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1244</v>
+        <v>580</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E650" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G650" s="1"/>
       <c r="H650" s="1" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>1750</v>
+        <v>154</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>554</v>
+        <v>363</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E651" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G651" s="1"/>
       <c r="H651" s="1" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>867</v>
+        <v>31</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E652" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G652" s="1"/>
       <c r="H652" s="1" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1754</v>
+        <v>1753</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>253</v>
+        <v>1757</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1755</v>
+        <v>363</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E653" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G653" s="1"/>
       <c r="H653" s="1" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B654" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="B654" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C654" s="1" t="s">
-        <v>896</v>
+        <v>363</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E654" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G654" s="1"/>
       <c r="H654" s="1" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E655" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G655" s="1"/>
       <c r="H655" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>885</v>
+        <v>1765</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E656" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G656" s="1"/>
       <c r="H656" s="1" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B657" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="B657" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="1" t="s">
-        <v>1767</v>
+        <v>580</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E657" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G657" s="1"/>
       <c r="H657" s="1" t="s">
         <v>1768</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
         <v>1769</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>1028</v>
+        <v>1765</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>838</v>
+        <v>580</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E658" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G658" s="1"/>
       <c r="H658" s="1" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>988</v>
+        <v>1765</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1767</v>
+        <v>580</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E659" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G659" s="1"/>
       <c r="H659" s="1" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
         <v>1773</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>988</v>
+        <v>1774</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E660" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G660" s="1"/>
       <c r="H660" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>895</v>
+        <v>1060</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>475</v>
+        <v>958</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E661" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G661" s="1"/>
       <c r="H661" s="1" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>889</v>
+        <v>43</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>531</v>
+        <v>588</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E662" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G662" s="1"/>
       <c r="H662" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>1780</v>
+        <v>43</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>749</v>
+        <v>588</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E663" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G663" s="1"/>
       <c r="H663" s="1" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
         <v>1782</v>
       </c>
       <c r="B664" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E664" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G664" s="1"/>
+      <c r="H664" s="1" t="s">
         <v>1783</v>
-      </c>
-[...16 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B665" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E665" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G665" s="1"/>
+      <c r="H665" s="1" t="s">
         <v>1785</v>
-      </c>
-[...19 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E666" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G666" s="1"/>
+      <c r="H666" s="1" t="s">
         <v>1787</v>
-      </c>
-[...19 lines deleted...]
-        <v>1788</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B667" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="B667" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C667" s="1" t="s">
-        <v>712</v>
+        <v>958</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E667" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G667" s="1"/>
       <c r="H667" s="1" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
         <v>1791</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>1792</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>645</v>
+        <v>580</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E668" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G668" s="1"/>
       <c r="H668" s="1" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
         <v>1794</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>284</v>
+        <v>1795</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>599</v>
+        <v>580</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E669" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G669" s="1"/>
       <c r="H669" s="1" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1797</v>
+        <v>1031</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>827</v>
+        <v>580</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E670" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H670" s="1" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
         <v>1799</v>
       </c>
       <c r="B671" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E671" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H671" s="1" t="s">
         <v>1800</v>
-      </c>
-[...16 lines deleted...]
-        <v>1801</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B672" s="1" t="s">
         <v>1802</v>
       </c>
-      <c r="B672" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C672" s="1" t="s">
-        <v>475</v>
+        <v>1376</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E672" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H672" s="1" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="B673" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E673" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H673" s="1" t="s">
         <v>1805</v>
-      </c>
-[...16 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B674" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C674" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E674" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F674" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H674" s="1" t="s">
         <v>1807</v>
-      </c>
-[...19 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B675" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="B675" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C675" s="1" t="s">
-        <v>749</v>
+        <v>1810</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E675" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>947</v>
+        <v>1809</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>649</v>
+        <v>944</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E676" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>947</v>
+        <v>924</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>903</v>
+        <v>1815</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E677" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C678" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="B678" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D678" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E678" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F678" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>906</v>
+        <v>344</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>531</v>
+        <v>1815</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E679" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>980</v>
+        <v>1822</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>903</v>
+        <v>1823</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E680" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B681" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="B681" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C681" s="1" t="s">
-        <v>903</v>
+        <v>1823</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E681" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>442</v>
+        <v>1822</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1755</v>
+        <v>1070</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E682" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>662</v>
+        <v>1831</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1087</v>
+        <v>1830</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1031</v>
+        <v>1831</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E684" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>59</v>
+        <v>202</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>831</v>
+        <v>948</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>896</v>
+        <v>1070</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E685" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F685" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>831</v>
+        <v>1700</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>832</v>
+        <v>1838</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E686" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>35</v>
+        <v>943</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1071</v>
+        <v>200</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E687" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>837</v>
+        <v>1843</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>599</v>
+        <v>396</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E688" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G688" s="1"/>
       <c r="H688" s="1" t="s">
-        <v>1838</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1233</v>
+        <v>1845</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>837</v>
+        <v>940</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>1431</v>
+        <v>580</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E689" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H689" s="1" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1840</v>
+        <v>1847</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>837</v>
+        <v>1848</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1431</v>
+        <v>1849</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E690" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1473</v>
+        <v>1700</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>599</v>
+        <v>333</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E691" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1500</v>
+        <v>1854</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>954</v>
+        <v>1855</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E692" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>90</v>
+        <v>1854</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>554</v>
+        <v>1855</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E693" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>936</v>
+        <v>139</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>352</v>
+        <v>1855</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E694" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1850</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1851</v>
+        <v>1860</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G695" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H695" s="1" t="s">
-        <v>1854</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C696" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="B696" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D696" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E696" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G696" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H696" s="1" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>378</v>
+        <v>1854</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1045</v>
+        <v>1855</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E697" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F697" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G697" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H697" s="1" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1861</v>
+        <v>1700</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1862</v>
+        <v>1831</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E698" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G698" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H698" s="1" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1861</v>
+        <v>1697</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E699" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F699" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G699" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="H699" s="1" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1869</v>
+        <v>1452</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E700" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G700" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>1873</v>
+      </c>
       <c r="H700" s="1" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1869</v>
+        <v>1452</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E701" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G701" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>1873</v>
+      </c>
       <c r="H701" s="1" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E702" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G702" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="B702" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G702" s="1"/>
       <c r="H702" s="1" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E703" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F703" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G703" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H703" s="1" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B704" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="B704" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C704" s="1" t="s">
-        <v>927</v>
+        <v>1884</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E704" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G704" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H704" s="1" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1877</v>
+        <v>1887</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1884</v>
+        <v>1855</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E705" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G705" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H705" s="1" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1877</v>
+        <v>924</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1884</v>
+        <v>1890</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E706" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G706" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H706" s="1" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1888</v>
+        <v>1892</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>1889</v>
+        <v>1880</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1890</v>
+        <v>1855</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E707" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>227</v>
+        <v>117</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1710</v>
+        <v>1895</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>9</v>
+        <v>1173</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E708" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G708" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H708" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>267</v>
+        <v>1898</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>896</v>
+        <v>1899</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G709" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H709" s="1" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>267</v>
+        <v>344</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>896</v>
+        <v>924</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E710" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G710" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H710" s="1" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>1740</v>
+        <v>1904</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1045</v>
+        <v>944</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E711" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G711" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H711" s="1" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>1901</v>
+        <v>344</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1045</v>
+        <v>1815</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E712" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G712" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H712" s="1" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1524</v>
+        <v>1909</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>554</v>
+        <v>1815</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E713" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G713" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H713" s="1" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1524</v>
+        <v>1909</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>554</v>
+        <v>1815</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E714" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G714" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H714" s="1" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>918</v>
+        <v>943</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1345</v>
+        <v>1815</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E715" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>699</v>
+        <v>943</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1910</v>
+        <v>1815</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E716" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>699</v>
+        <v>1895</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E717" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1345</v>
+        <v>1922</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E718" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1915</v>
+        <v>1925</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1918</v>
+        <v>1884</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E719" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>1915</v>
+        <v>333</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1918</v>
+        <v>1629</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E720" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1921</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1922</v>
+        <v>1929</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>166</v>
+        <v>1930</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>551</v>
+        <v>1931</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E721" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1923</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1924</v>
+        <v>1933</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>591</v>
+        <v>1810</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>551</v>
+        <v>1934</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E722" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G722" s="1"/>
       <c r="H722" s="1" t="s">
-        <v>1925</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>591</v>
+        <v>344</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>551</v>
+        <v>1937</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="H723" s="1" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1928</v>
+        <v>1939</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>605</v>
+        <v>344</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>923</v>
+        <v>958</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E724" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>605</v>
+        <v>344</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1931</v>
+        <v>958</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E725" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F725" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1933</v>
+        <v>1942</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>536</v>
+        <v>344</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>554</v>
+        <v>1943</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G726" s="1"/>
       <c r="H726" s="1" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>536</v>
+        <v>1921</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>554</v>
+        <v>1946</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E727" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G727" s="1"/>
       <c r="H727" s="1" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>684</v>
+        <v>1949</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1938</v>
+        <v>1950</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E728" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G728" s="1"/>
       <c r="H728" s="1" t="s">
-        <v>1939</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1940</v>
+        <v>1952</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>166</v>
+        <v>1953</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1045</v>
+        <v>1954</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E729" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H729" s="1" t="s">
-        <v>1941</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1942</v>
+        <v>1956</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>528</v>
+        <v>1957</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>554</v>
+        <v>1958</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E730" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1943</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1944</v>
+        <v>1960</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1945</v>
+        <v>1961</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>554</v>
+        <v>1962</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E731" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G731" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H731" s="1" t="s">
-        <v>1946</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1947</v>
+        <v>1964</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1948</v>
+        <v>1961</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>554</v>
+        <v>1962</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E732" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G732" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H732" s="1" t="s">
-        <v>1949</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1950</v>
+        <v>1966</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1951</v>
+        <v>1831</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1045</v>
+        <v>1967</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E733" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G733" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H733" s="1" t="s">
-        <v>1952</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1953</v>
+        <v>1969</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>62</v>
+        <v>943</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1045</v>
+        <v>1970</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E734" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G734" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H734" s="1" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>602</v>
+        <v>1957</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1874</v>
+        <v>1973</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E735" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1956</v>
+        <v>151</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>602</v>
+        <v>1880</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1874</v>
+        <v>1976</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E736" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F736" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G736" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H736" s="1" t="s">
-        <v>1959</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1960</v>
+        <v>1978</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>602</v>
+        <v>1979</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1874</v>
+        <v>1980</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E737" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G737" s="1"/>
       <c r="H737" s="1" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1962</v>
+        <v>1982</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1517</v>
+        <v>344</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1963</v>
+        <v>992</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E738" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>29</v>
+        <v>202</v>
       </c>
       <c r="H738" s="1" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1965</v>
+        <v>1984</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>617</v>
+        <v>1925</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1910</v>
+        <v>352</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E739" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>227</v>
+        <v>286</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1966</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1967</v>
+        <v>1986</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1565</v>
+        <v>1931</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E740" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F740" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G740" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H740" s="1" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1968</v>
+        <v>1990</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1565</v>
+        <v>352</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E741" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>329</v>
+        <v>197</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1971</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1968</v>
+        <v>1909</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1565</v>
+        <v>1993</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E742" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>329</v>
+        <v>226</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1973</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1974</v>
+        <v>1995</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1968</v>
+        <v>1909</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1565</v>
+        <v>1993</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E743" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1975</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>1976</v>
+        <v>1997</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1968</v>
+        <v>1909</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1565</v>
+        <v>1993</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E744" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>1977</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1968</v>
+        <v>1921</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1565</v>
+        <v>2000</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E745" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>1978</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>1979</v>
+        <v>2002</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>617</v>
+        <v>333</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>203</v>
+        <v>958</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E746" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>1980</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>1981</v>
+        <v>2004</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>691</v>
+        <v>1962</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1257</v>
+        <v>352</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E747" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>1982</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>1983</v>
+        <v>2006</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>930</v>
+        <v>1887</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>554</v>
+        <v>2007</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E748" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>1984</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>1985</v>
+        <v>2009</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>653</v>
+        <v>1898</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1121</v>
+        <v>1849</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E749" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G749" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H749" s="1" t="s">
-        <v>1986</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>676</v>
+        <v>924</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>355</v>
+        <v>1849</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E750" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>1988</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>1989</v>
+        <v>2013</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>617</v>
+        <v>2014</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>1990</v>
+        <v>906</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E751" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>1991</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>1314</v>
+        <v>906</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E752" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>1994</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>1995</v>
+        <v>2018</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>1993</v>
+        <v>992</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1314</v>
+        <v>395</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E753" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F753" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G753" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G753" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H753" s="1" t="s">
-        <v>1996</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1993</v>
+        <v>992</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1314</v>
+        <v>395</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E754" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F754" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>1998</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>1999</v>
+        <v>2022</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>2000</v>
+        <v>992</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>170</v>
+        <v>395</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E755" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>361</v>
+        <v>54</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2001</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2002</v>
+        <v>2024</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>669</v>
+        <v>1967</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2003</v>
+        <v>352</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E756" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>150</v>
+        <v>104</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2004</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2005</v>
+        <v>2026</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>2006</v>
+        <v>944</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>170</v>
+        <v>2027</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E757" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F757" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2007</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2008</v>
+        <v>2029</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>166</v>
+        <v>992</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1279</v>
+        <v>395</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E758" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2009</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2010</v>
+        <v>2031</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>2011</v>
+        <v>992</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>1348</v>
+        <v>395</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E759" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G759" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H759" s="1" t="s">
-        <v>2012</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2013</v>
+        <v>2033</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>1564</v>
+        <v>992</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>1317</v>
+        <v>395</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E760" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2014</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2015</v>
+        <v>2035</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>2016</v>
+        <v>992</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>1328</v>
+        <v>395</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E761" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F761" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2017</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2018</v>
+        <v>2037</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>676</v>
+        <v>992</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2019</v>
+        <v>395</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E762" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2020</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2021</v>
+        <v>2039</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>1910</v>
+        <v>992</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>1276</v>
+        <v>395</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E763" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2022</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2023</v>
+        <v>2041</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>2024</v>
+        <v>992</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1267</v>
+        <v>395</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E764" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2025</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2026</v>
+        <v>2043</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>2024</v>
+        <v>992</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1267</v>
+        <v>395</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E765" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F765" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2027</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2028</v>
+        <v>2045</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>2016</v>
+        <v>1967</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2029</v>
+        <v>395</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E766" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2030</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2031</v>
+        <v>2047</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>2032</v>
+        <v>1993</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2033</v>
+        <v>1976</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E767" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F767" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>329</v>
+        <v>286</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2034</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2035</v>
+        <v>2049</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>2036</v>
+        <v>1993</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2037</v>
+        <v>352</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E768" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F768" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G768" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H768" s="1" t="s">
-        <v>2038</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2039</v>
+        <v>2051</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1272</v>
+        <v>2007</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2040</v>
+        <v>1934</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E769" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F769" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G769" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H769" s="1" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>166</v>
+        <v>1922</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E770" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G770" s="1"/>
       <c r="H770" s="1" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>166</v>
+        <v>1973</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1045</v>
+        <v>995</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E771" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H771" s="1" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2045</v>
+        <v>2058</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>166</v>
+        <v>2059</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1045</v>
+        <v>2060</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E772" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F772" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2047</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2048</v>
+        <v>2062</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>166</v>
+        <v>2063</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2049</v>
+        <v>2064</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E773" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F773" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2050</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2051</v>
+        <v>2066</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>1931</v>
+        <v>2067</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>1311</v>
+        <v>395</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E774" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F774" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G774" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H774" s="1" t="s">
-        <v>2052</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2053</v>
+        <v>2069</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2054</v>
+        <v>1980</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2003</v>
+        <v>1976</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E775" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F775" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2055</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2056</v>
+        <v>2071</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>203</v>
+        <v>1980</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1106</v>
+        <v>2072</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E776" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2057</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2058</v>
+        <v>2074</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>2006</v>
+        <v>1629</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1573</v>
+        <v>1070</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E777" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2059</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2060</v>
+        <v>2076</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1272</v>
+        <v>1629</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1307</v>
+        <v>395</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E778" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2061</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2062</v>
+        <v>2078</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>1561</v>
+        <v>953</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2063</v>
+        <v>2079</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E779" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G779" s="1"/>
       <c r="H779" s="1" t="s">
-        <v>2064</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2065</v>
+        <v>2081</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>676</v>
+        <v>2082</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>551</v>
+        <v>396</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E780" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G780" s="1"/>
       <c r="H780" s="1" t="s">
-        <v>2066</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2067</v>
+        <v>2084</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>676</v>
+        <v>344</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>551</v>
+        <v>1815</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E781" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G781" s="1"/>
       <c r="H781" s="1" t="s">
-        <v>2068</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2069</v>
+        <v>2086</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>1993</v>
+        <v>1629</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>551</v>
+        <v>2087</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E782" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="H782" s="1" t="s">
-        <v>2070</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2071</v>
+        <v>2089</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>1993</v>
+        <v>2090</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>551</v>
+        <v>392</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E783" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2072</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2073</v>
+        <v>2092</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>166</v>
+        <v>2064</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>551</v>
+        <v>2093</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E784" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F784" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2074</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2075</v>
+        <v>2095</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>623</v>
+        <v>2096</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>923</v>
+        <v>2097</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E785" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2076</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2077</v>
+        <v>2099</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>166</v>
+        <v>2100</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>591</v>
+        <v>2101</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E786" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G786" s="1"/>
       <c r="H786" s="1" t="s">
-        <v>2078</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2079</v>
+        <v>2103</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2080</v>
+        <v>2104</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2081</v>
+        <v>989</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G787" s="1"/>
       <c r="H787" s="1" t="s">
-        <v>2082</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2083</v>
+        <v>2106</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2085</v>
+        <v>407</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E788" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="H788" s="1" t="s">
-        <v>2086</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2087</v>
+        <v>2108</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E789" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F789" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2089</v>
+        <v>2110</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2080</v>
+        <v>2104</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E790" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F790" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>109</v>
+        <v>226</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2091</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2092</v>
+        <v>2112</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2080</v>
+        <v>2087</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2090</v>
+        <v>2101</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E791" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2094</v>
+        <v>2114</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2080</v>
+        <v>2087</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2090</v>
+        <v>407</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E792" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F792" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2095</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>2080</v>
+        <v>1931</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2090</v>
+        <v>395</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E793" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2097</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2098</v>
+        <v>2118</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>2099</v>
+        <v>2119</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>1296</v>
+        <v>2120</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E794" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F794" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2100</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2101</v>
+        <v>2122</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2084</v>
+        <v>2119</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>1187</v>
+        <v>999</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E795" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G795" s="1"/>
       <c r="H795" s="1" t="s">
-        <v>2102</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2103</v>
+        <v>2124</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>2104</v>
+        <v>1070</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2105</v>
+        <v>995</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E796" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="H796" s="1" t="s">
-        <v>2106</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>1345</v>
+        <v>988</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1329</v>
+        <v>1305</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="H797" s="1" t="s">
-        <v>2108</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2109</v>
+        <v>2128</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>2080</v>
+        <v>2129</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2110</v>
+        <v>1002</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E798" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G798" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H798" s="1" t="s">
-        <v>2111</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2112</v>
+        <v>2131</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2080</v>
+        <v>2132</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2090</v>
+        <v>2027</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E799" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>320</v>
+        <v>104</v>
       </c>
       <c r="H799" s="1" t="s">
-        <v>2113</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2003</v>
+        <v>2119</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>663</v>
+        <v>2120</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E800" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H800" s="1" t="s">
-        <v>2115</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2116</v>
+        <v>2136</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>1332</v>
+        <v>2119</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1369</v>
+        <v>2120</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E801" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2117</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2118</v>
+        <v>2138</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>1332</v>
+        <v>2119</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E802" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2120</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2121</v>
+        <v>2140</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2122</v>
+        <v>2119</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E803" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G803" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H803" s="1" t="s">
-        <v>2123</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2126</v>
+        <v>2143</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E804" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2127</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2128</v>
+        <v>2145</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>2129</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1369</v>
+        <v>2143</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E805" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2131</v>
+        <v>2147</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>2132</v>
+        <v>2119</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E806" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2134</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2131</v>
+        <v>2150</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2132</v>
+        <v>2151</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2133</v>
+        <v>388</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E807" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2131</v>
+        <v>81</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2132</v>
+        <v>989</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2133</v>
+        <v>389</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E808" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F808" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2131</v>
+        <v>2154</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>2132</v>
+        <v>2101</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2133</v>
+        <v>430</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E809" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>36</v>
+        <v>226</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2137</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2131</v>
+        <v>2156</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>2132</v>
+        <v>483</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2133</v>
+        <v>9</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>36</v>
+        <v>197</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2138</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2131</v>
+        <v>2158</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>2132</v>
+        <v>2097</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2133</v>
+        <v>370</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E811" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2139</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2131</v>
+        <v>969</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>2132</v>
+        <v>970</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2133</v>
+        <v>430</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E812" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F812" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2140</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2141</v>
+        <v>2161</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>2129</v>
+        <v>989</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>663</v>
+        <v>441</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E813" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G813" s="1"/>
       <c r="H813" s="1" t="s">
-        <v>2142</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2143</v>
+        <v>2163</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>2119</v>
+        <v>2101</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E814" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F814" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G814" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G814" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H814" s="1" t="s">
-        <v>2144</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2145</v>
+        <v>2165</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>1372</v>
+        <v>530</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2146</v>
+        <v>2166</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E815" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F815" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G815" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H815" s="1" t="s">
-        <v>2147</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2131</v>
+        <v>2168</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2132</v>
+        <v>2169</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2133</v>
+        <v>1872</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E816" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>36</v>
+        <v>202</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2148</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2149</v>
+        <v>2171</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2126</v>
+        <v>2172</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>370</v>
+        <v>2173</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E817" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F817" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2150</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2151</v>
+        <v>2175</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2129</v>
+        <v>2176</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>149</v>
+        <v>1815</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E818" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>361</v>
+        <v>104</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2152</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2153</v>
+        <v>2178</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2119</v>
+        <v>2172</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2133</v>
+        <v>1904</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E819" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G819" s="1"/>
       <c r="H819" s="1" t="s">
-        <v>2154</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>68</v>
+        <v>2180</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>1372</v>
+        <v>2181</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2155</v>
+        <v>1809</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E820" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H820" s="1" t="s">
-        <v>2156</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2157</v>
+        <v>2183</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2104</v>
+        <v>2184</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1372</v>
+        <v>1700</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E821" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>25</v>
+        <v>286</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2158</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2159</v>
+        <v>2186</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2160</v>
+        <v>2187</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>1171</v>
+        <v>2188</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E822" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2161</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2162</v>
+        <v>2190</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2160</v>
+        <v>2187</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1120</v>
+        <v>1252</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E823" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2163</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2164</v>
+        <v>2192</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2129</v>
+        <v>2193</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1121</v>
+        <v>2194</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E824" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="H824" s="1" t="s">
-        <v>2165</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2166</v>
+        <v>2196</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>1187</v>
+        <v>2197</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>352</v>
+        <v>1809</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E825" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G825" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H825" s="1" t="s">
-        <v>2167</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2168</v>
+        <v>2199</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>2110</v>
+        <v>1872</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>149</v>
+        <v>924</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E826" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="H826" s="1" t="s">
-        <v>2169</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2170</v>
+        <v>2201</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>1329</v>
+        <v>2202</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1203</v>
+        <v>630</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E827" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H827" s="1" t="s">
-        <v>2171</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2172</v>
+        <v>2204</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>1279</v>
+        <v>2205</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>663</v>
+        <v>580</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E828" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="H828" s="1" t="s">
-        <v>2173</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2174</v>
+        <v>2207</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>2175</v>
+        <v>1722</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>149</v>
+        <v>2188</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E829" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="H829" s="1" t="s">
-        <v>2176</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2177</v>
+        <v>2209</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2175</v>
+        <v>2210</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>149</v>
+        <v>924</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E830" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2178</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2179</v>
+        <v>2212</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>2180</v>
+        <v>587</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>1131</v>
+        <v>580</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E831" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2181</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2182</v>
+        <v>2214</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>1030</v>
+        <v>2215</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>316</v>
+        <v>200</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E832" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="H832" s="1" t="s">
-        <v>2183</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2184</v>
+        <v>2217</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>1369</v>
+        <v>2215</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>1128</v>
+        <v>200</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E833" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F833" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2185</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1369</v>
+        <v>1722</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>316</v>
+        <v>1830</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E834" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F834" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G834" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G834" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H834" s="1" t="s">
-        <v>2187</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2188</v>
+        <v>2221</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2189</v>
+        <v>2222</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>1144</v>
+        <v>364</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2190</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2191</v>
+        <v>2224</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2192</v>
+        <v>2225</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2193</v>
+        <v>395</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E836" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2194</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2195</v>
+        <v>2227</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>663</v>
+        <v>2225</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1121</v>
+        <v>1848</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E837" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2196</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1376</v>
+        <v>1579</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>1361</v>
+        <v>2230</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E838" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2198</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2199</v>
+        <v>2232</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>1376</v>
+        <v>2233</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2155</v>
+        <v>1802</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E839" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G839" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H839" s="1" t="s">
-        <v>2200</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2201</v>
+        <v>2235</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>1279</v>
+        <v>680</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>927</v>
+        <v>954</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E840" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>329</v>
+        <v>104</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2202</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>2204</v>
+        <v>943</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>1878</v>
+        <v>2238</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E841" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2205</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2206</v>
+        <v>2240</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>370</v>
+        <v>2194</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2207</v>
+        <v>1987</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E842" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2208</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2209</v>
+        <v>2242</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2210</v>
+        <v>2194</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>355</v>
+        <v>1987</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E843" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G843" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H843" s="1" t="s">
-        <v>2211</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2212</v>
+        <v>2244</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2213</v>
+        <v>2194</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1135</v>
+        <v>1987</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E844" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2214</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2215</v>
+        <v>2246</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2175</v>
+        <v>2194</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>149</v>
+        <v>2247</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E845" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H845" s="1" t="s">
-        <v>2216</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2217</v>
+        <v>2249</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>2175</v>
+        <v>680</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>149</v>
+        <v>395</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E846" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2218</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2219</v>
+        <v>2251</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>663</v>
+        <v>1579</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>149</v>
+        <v>618</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E847" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F847" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2221</v>
+        <v>2253</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>663</v>
+        <v>1642</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>149</v>
+        <v>2254</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F848" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2222</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2223</v>
+        <v>2256</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>663</v>
+        <v>2257</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>149</v>
+        <v>1843</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E849" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="H849" s="1" t="s">
-        <v>2224</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2225</v>
+        <v>2259</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>663</v>
+        <v>609</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>1128</v>
+        <v>947</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E850" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G850" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H850" s="1" t="s">
-        <v>2226</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2227</v>
+        <v>2261</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>2204</v>
+        <v>538</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2228</v>
+        <v>2262</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E851" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2229</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>2110</v>
+        <v>1073</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2133</v>
+        <v>1729</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E852" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="H852" s="1" t="s">
-        <v>2231</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2232</v>
+        <v>2266</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>1279</v>
+        <v>2267</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2133</v>
+        <v>580</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E853" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>361</v>
+        <v>104</v>
       </c>
       <c r="H853" s="1" t="s">
-        <v>2233</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2234</v>
+        <v>2269</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2146</v>
+        <v>2270</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>316</v>
+        <v>357</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E854" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="H854" s="1" t="s">
-        <v>2235</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2236</v>
+        <v>2272</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2146</v>
+        <v>2273</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1171</v>
+        <v>364</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E855" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H855" s="1" t="s">
-        <v>2237</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2238</v>
+        <v>2275</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2146</v>
+        <v>2273</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>1171</v>
+        <v>364</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E856" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H856" s="1" t="s">
-        <v>2239</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2240</v>
+        <v>2277</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>2241</v>
+        <v>731</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>1147</v>
+        <v>580</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E857" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="H857" s="1" t="s">
-        <v>2242</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2243</v>
+        <v>2279</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2244</v>
+        <v>2280</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>378</v>
+        <v>545</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E858" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H858" s="1" t="s">
-        <v>2245</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2246</v>
+        <v>2282</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>2247</v>
+        <v>731</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2248</v>
+        <v>2283</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E859" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
       <c r="H859" s="1" t="s">
-        <v>2249</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2250</v>
+        <v>2285</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>2146</v>
+        <v>1067</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1128</v>
+        <v>363</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E860" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="H860" s="1" t="s">
-        <v>2251</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2252</v>
+        <v>2287</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>2146</v>
+        <v>734</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>1171</v>
+        <v>2288</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E861" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="H861" s="1" t="s">
-        <v>2253</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2254</v>
+        <v>2290</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2244</v>
+        <v>2291</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>1361</v>
+        <v>2292</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E862" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H862" s="1" t="s">
-        <v>2255</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2254</v>
+        <v>2294</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2244</v>
+        <v>2295</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>1361</v>
+        <v>2296</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E863" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="H863" s="1" t="s">
-        <v>2256</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2257</v>
+        <v>2298</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>2155</v>
+        <v>923</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>1219</v>
+        <v>2299</v>
       </c>
       <c r="D864" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E864" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="H864" s="1" t="s">
-        <v>2258</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2259</v>
+        <v>2301</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2133</v>
+        <v>2273</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>2260</v>
+        <v>630</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E865" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>59</v>
+        <v>151</v>
       </c>
       <c r="H865" s="1" t="s">
-        <v>2261</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2262</v>
+        <v>2303</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2228</v>
+        <v>2304</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2263</v>
+        <v>2283</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E866" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="H866" s="1" t="s">
-        <v>2264</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2262</v>
+        <v>2306</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2228</v>
+        <v>2304</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2263</v>
+        <v>530</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E867" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="H867" s="1" t="s">
-        <v>2265</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2266</v>
+        <v>2308</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>2267</v>
+        <v>609</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>1466</v>
+        <v>954</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E868" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2268</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2269</v>
+        <v>2310</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>2270</v>
+        <v>541</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2271</v>
+        <v>363</v>
       </c>
       <c r="D869" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E869" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2272</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2273</v>
+        <v>2312</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>2274</v>
+        <v>1626</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1219</v>
+        <v>1700</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E870" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>29</v>
+        <v>286</v>
       </c>
       <c r="H870" s="1" t="s">
-        <v>2275</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2276</v>
+        <v>2314</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>2277</v>
+        <v>1626</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>149</v>
+        <v>562</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E871" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>150</v>
+        <v>286</v>
       </c>
       <c r="H871" s="1" t="s">
-        <v>2278</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2279</v>
+        <v>2316</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>2280</v>
+        <v>1626</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>1128</v>
+        <v>2317</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E872" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="H872" s="1" t="s">
-        <v>2281</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2282</v>
+        <v>2319</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2129</v>
+        <v>2291</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>663</v>
+        <v>558</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E873" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G873" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H873" s="1" t="s">
-        <v>2283</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2284</v>
+        <v>2321</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>316</v>
+        <v>2322</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2193</v>
+        <v>562</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E874" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="H874" s="1" t="s">
-        <v>2285</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2286</v>
+        <v>2324</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2287</v>
+        <v>2322</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>375</v>
+        <v>2325</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E875" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="H875" s="1" t="s">
-        <v>2288</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2289</v>
+        <v>2327</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2133</v>
+        <v>2291</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>375</v>
+        <v>2322</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E876" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>59</v>
+        <v>286</v>
       </c>
       <c r="H876" s="1" t="s">
-        <v>2290</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2291</v>
+        <v>2329</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2292</v>
+        <v>2322</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2293</v>
+        <v>2283</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E877" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>55</v>
+        <v>139</v>
       </c>
       <c r="H877" s="1" t="s">
-        <v>2294</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2295</v>
+        <v>2331</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>2287</v>
+        <v>545</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>1177</v>
+        <v>2332</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E878" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G878" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H878" s="1" t="s">
-        <v>2296</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2297</v>
+        <v>2334</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2287</v>
+        <v>2335</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>1117</v>
+        <v>558</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E879" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G879" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H879" s="1" t="s">
-        <v>2298</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2299</v>
+        <v>2337</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2287</v>
+        <v>2338</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>1117</v>
+        <v>2339</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E880" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G880" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H880" s="1" t="s">
-        <v>2300</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2301</v>
+        <v>2341</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>1128</v>
+        <v>2342</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>319</v>
+        <v>2343</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E881" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G881" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H881" s="1" t="s">
-        <v>2302</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2303</v>
+        <v>2345</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>371</v>
+        <v>2342</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2304</v>
+        <v>2343</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E882" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>329</v>
+        <v>226</v>
       </c>
       <c r="H882" s="1" t="s">
-        <v>2305</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2306</v>
+        <v>2347</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>319</v>
+        <v>562</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2307</v>
+        <v>2188</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E883" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F883" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F883" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2308</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2309</v>
+        <v>2349</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>1121</v>
+        <v>2322</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>323</v>
+        <v>367</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E884" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F884" s="1"/>
-      <c r="G884" s="1"/>
+      <c r="F884" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H884" s="1" t="s">
-        <v>2310</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2311</v>
+        <v>2351</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>1172</v>
+        <v>541</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>359</v>
+        <v>1675</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E885" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F885" s="1"/>
-      <c r="G885" s="1"/>
+      <c r="F885" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H885" s="1" t="s">
-        <v>2312</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2313</v>
+        <v>2353</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>319</v>
+        <v>2354</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>355</v>
+        <v>558</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E886" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F886" s="1"/>
+      <c r="F886" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G886" s="1" t="s">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="H886" s="1" t="s">
-        <v>2314</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2315</v>
+        <v>2356</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>319</v>
+        <v>541</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>355</v>
+        <v>1675</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E887" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F887" s="1"/>
+      <c r="F887" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G887" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H887" s="1" t="s">
-        <v>2316</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2317</v>
+        <v>2358</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>319</v>
+        <v>357</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E888" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F888" s="1"/>
+      <c r="F888" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G888" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H888" s="1" t="s">
-        <v>2318</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2319</v>
+        <v>2360</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>319</v>
+        <v>2338</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>355</v>
+        <v>1080</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E889" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F889" s="1"/>
-      <c r="G889" s="1"/>
+      <c r="F889" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H889" s="1" t="s">
-        <v>2320</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2321</v>
+        <v>2362</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>1135</v>
+        <v>2363</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>355</v>
+        <v>2364</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E890" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F890" s="1"/>
+      <c r="F890" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G890" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H890" s="1" t="s">
-        <v>2322</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2323</v>
+        <v>2366</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>319</v>
+        <v>2367</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>364</v>
+        <v>2368</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E891" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F891" s="1"/>
+      <c r="F891" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G891" s="1" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="H891" s="1" t="s">
-        <v>2324</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2325</v>
+        <v>2370</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>1152</v>
+        <v>2367</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2326</v>
+        <v>2368</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E892" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G892" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H892" s="1" t="s">
-        <v>2327</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2328</v>
+        <v>2372</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>1135</v>
+        <v>2373</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2329</v>
+        <v>2339</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E893" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F893" s="1"/>
+      <c r="F893" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G893" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H893" s="1" t="s">
-        <v>2330</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2331</v>
+        <v>2375</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>1135</v>
+        <v>2373</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2332</v>
+        <v>2339</v>
       </c>
       <c r="D894" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E894" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F894" s="1"/>
+      <c r="F894" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G894" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H894" s="1" t="s">
-        <v>2333</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2334</v>
+        <v>2377</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>319</v>
+        <v>2373</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>364</v>
+        <v>2339</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E895" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F895" s="1"/>
+      <c r="F895" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G895" s="1" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="H895" s="1" t="s">
-        <v>2335</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2336</v>
+        <v>2379</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>1135</v>
+        <v>2296</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2326</v>
+        <v>2368</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E896" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F896" s="1"/>
+      <c r="F896" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G896" s="1" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="H896" s="1" t="s">
-        <v>2337</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2338</v>
+        <v>2381</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>1135</v>
+        <v>2382</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2326</v>
+        <v>2382</v>
       </c>
       <c r="D897" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E897" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F897" s="1"/>
+      <c r="F897" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G897" s="1" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H897" s="1" t="s">
-        <v>2339</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2340</v>
+        <v>2384</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>1135</v>
+        <v>57</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2326</v>
+        <v>2385</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E898" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F898" s="1"/>
+      <c r="F898" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G898" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H898" s="1" t="s">
-        <v>2341</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2342</v>
+        <v>2387</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>319</v>
+        <v>57</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2307</v>
+        <v>2385</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E899" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F899" s="1"/>
+      <c r="F899" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G899" s="1" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H899" s="1" t="s">
-        <v>2343</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2344</v>
+        <v>2389</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2346</v>
+        <v>363</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E900" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F900" s="1"/>
+      <c r="F900" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G900" s="1" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="H900" s="1" t="s">
-        <v>2347</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2348</v>
+        <v>2391</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>1225</v>
+        <v>658</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2326</v>
+        <v>573</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E901" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F901" s="1"/>
+      <c r="F901" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G901" s="1" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H901" s="1" t="s">
-        <v>2349</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2350</v>
+        <v>2393</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>1216</v>
+        <v>669</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2292</v>
+        <v>670</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E902" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F902" s="1"/>
+      <c r="F902" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G902" s="1" t="s">
-        <v>361</v>
+        <v>100</v>
       </c>
       <c r="H902" s="1" t="s">
-        <v>2351</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2352</v>
+        <v>2395</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>1252</v>
+        <v>669</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2353</v>
+        <v>670</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E903" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H903" s="1" t="s">
-        <v>2354</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2355</v>
+        <v>2397</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>1203</v>
+        <v>737</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>326</v>
+        <v>551</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E904" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H904" s="1" t="s">
-        <v>2356</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2357</v>
+        <v>2397</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>2358</v>
+        <v>737</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>364</v>
+        <v>551</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E905" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H905" s="1" t="s">
-        <v>2359</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2360</v>
+        <v>2400</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>1164</v>
+        <v>873</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2361</v>
+        <v>534</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E906" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>361</v>
+        <v>100</v>
       </c>
       <c r="H906" s="1" t="s">
-        <v>2362</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2363</v>
-[...6 lines deleted...]
-      </c>
+        <v>2402</v>
+      </c>
+      <c r="B907" s="1"/>
+      <c r="C907" s="1"/>
       <c r="D907" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E907" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F907" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F907" s="1"/>
       <c r="G907" s="1" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
       <c r="H907" s="1" t="s">
-        <v>2365</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2366</v>
-[...6 lines deleted...]
-      </c>
+        <v>2404</v>
+      </c>
+      <c r="B908" s="1"/>
+      <c r="C908" s="1"/>
       <c r="D908" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E908" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F908" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F908" s="1"/>
       <c r="G908" s="1" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H908" s="1" t="s">
-        <v>2369</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2370</v>
-[...6 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="B909" s="1"/>
+      <c r="C909" s="1"/>
       <c r="D909" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E909" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F909" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F909" s="1"/>
       <c r="G909" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H909" s="1" t="s">
-        <v>2371</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2372</v>
-[...6 lines deleted...]
-      </c>
+        <v>2408</v>
+      </c>
+      <c r="B910" s="1"/>
+      <c r="C910" s="1"/>
       <c r="D910" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E910" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F910" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F910" s="1"/>
       <c r="G910" s="1" t="s">
-        <v>329</v>
+        <v>32</v>
       </c>
       <c r="H910" s="1" t="s">
-        <v>2373</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2374</v>
-[...6 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="B911" s="1"/>
+      <c r="C911" s="1"/>
       <c r="D911" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E911" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F911" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F911" s="1"/>
       <c r="G911" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="H911" s="1" t="s">
-        <v>2375</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2376</v>
-[...6 lines deleted...]
-      </c>
+        <v>2412</v>
+      </c>
+      <c r="B912" s="1"/>
+      <c r="C912" s="1"/>
       <c r="D912" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E912" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F912" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F912" s="1"/>
       <c r="G912" s="1" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="H912" s="1" t="s">
-        <v>2379</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2380</v>
-[...6 lines deleted...]
-      </c>
+        <v>2414</v>
+      </c>
+      <c r="B913" s="1"/>
+      <c r="C913" s="1"/>
       <c r="D913" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E913" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F913" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F913" s="1"/>
       <c r="G913" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H913" s="1" t="s">
-        <v>2382</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2383</v>
-[...6 lines deleted...]
-      </c>
+        <v>2416</v>
+      </c>
+      <c r="B914" s="1"/>
+      <c r="C914" s="1"/>
       <c r="D914" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E914" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F914" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F914" s="1"/>
       <c r="G914" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H914" s="1" t="s">
-        <v>2384</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2317</v>
-[...6 lines deleted...]
-      </c>
+        <v>2418</v>
+      </c>
+      <c r="B915" s="1"/>
+      <c r="C915" s="1"/>
       <c r="D915" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E915" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F915" s="1"/>
-      <c r="G915" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2318</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2386</v>
-[...6 lines deleted...]
-      </c>
+        <v>2420</v>
+      </c>
+      <c r="B916" s="1"/>
+      <c r="C916" s="1"/>
       <c r="D916" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E916" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F916" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F916" s="1"/>
+      <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2387</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2388</v>
-[...6 lines deleted...]
-      </c>
+        <v>2422</v>
+      </c>
+      <c r="B917" s="1"/>
+      <c r="C917" s="1"/>
       <c r="D917" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E917" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F917" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F917" s="1"/>
+      <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2391</v>
-[...6 lines deleted...]
-      </c>
+        <v>2422</v>
+      </c>
+      <c r="B918" s="1"/>
+      <c r="C918" s="1"/>
       <c r="D918" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E918" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F918" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F918" s="1"/>
+      <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2392</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2393</v>
-[...6 lines deleted...]
-      </c>
+        <v>2425</v>
+      </c>
+      <c r="B919" s="1"/>
+      <c r="C919" s="1"/>
       <c r="D919" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E919" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F919" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F919" s="1"/>
       <c r="G919" s="1" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="H919" s="1" t="s">
-        <v>2395</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2179</v>
-[...6 lines deleted...]
-      </c>
+        <v>2427</v>
+      </c>
+      <c r="B920" s="1"/>
+      <c r="C920" s="1"/>
       <c r="D920" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E920" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F920" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F920" s="1"/>
       <c r="G920" s="1" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="H920" s="1" t="s">
-        <v>2396</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2397</v>
-[...6 lines deleted...]
-      </c>
+        <v>2429</v>
+      </c>
+      <c r="B921" s="1"/>
+      <c r="C921" s="1"/>
       <c r="D921" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E921" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F921" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F921" s="1"/>
       <c r="G921" s="1" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="H921" s="1" t="s">
-        <v>2398</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2399</v>
-[...6 lines deleted...]
-      </c>
+        <v>2431</v>
+      </c>
+      <c r="B922" s="1"/>
+      <c r="C922" s="1"/>
       <c r="D922" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E922" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F922" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G922" s="1"/>
+      <c r="F922" s="1"/>
+      <c r="G922" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H922" s="1" t="s">
-        <v>2401</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2402</v>
-[...6 lines deleted...]
-      </c>
+        <v>2433</v>
+      </c>
+      <c r="B923" s="1"/>
+      <c r="C923" s="1"/>
       <c r="D923" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E923" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F923" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G923" s="1"/>
+      <c r="F923" s="1"/>
+      <c r="G923" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H923" s="1" t="s">
-        <v>2403</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2404</v>
-[...6 lines deleted...]
-      </c>
+        <v>2435</v>
+      </c>
+      <c r="B924" s="1"/>
+      <c r="C924" s="1"/>
       <c r="D924" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E924" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F924" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F924" s="1"/>
       <c r="G924" s="1" t="s">
-        <v>361</v>
+        <v>139</v>
       </c>
       <c r="H924" s="1" t="s">
-        <v>2406</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2407</v>
-[...6 lines deleted...]
-      </c>
+        <v>2437</v>
+      </c>
+      <c r="B925" s="1"/>
+      <c r="C925" s="1"/>
       <c r="D925" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E925" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F925" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F925" s="1"/>
       <c r="G925" s="1" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="H925" s="1" t="s">
-        <v>2408</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2409</v>
-[...6 lines deleted...]
-      </c>
+        <v>2439</v>
+      </c>
+      <c r="B926" s="1"/>
+      <c r="C926" s="1"/>
       <c r="D926" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E926" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F926" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F926" s="1"/>
       <c r="G926" s="1" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="H926" s="1" t="s">
-        <v>2411</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2412</v>
-[...6 lines deleted...]
-      </c>
+        <v>2441</v>
+      </c>
+      <c r="B927" s="1"/>
+      <c r="C927" s="1"/>
       <c r="D927" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E927" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F927" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F927" s="1"/>
       <c r="G927" s="1" t="s">
-        <v>13</v>
+        <v>197</v>
       </c>
       <c r="H927" s="1" t="s">
-        <v>2414</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2415</v>
-[...6 lines deleted...]
-      </c>
+        <v>2443</v>
+      </c>
+      <c r="B928" s="1"/>
+      <c r="C928" s="1"/>
       <c r="D928" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E928" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F928" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F928" s="1"/>
       <c r="G928" s="1" t="s">
-        <v>98</v>
+        <v>197</v>
       </c>
       <c r="H928" s="1" t="s">
-        <v>2417</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2418</v>
-[...6 lines deleted...]
-      </c>
+        <v>2445</v>
+      </c>
+      <c r="B929" s="1"/>
+      <c r="C929" s="1"/>
       <c r="D929" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E929" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F929" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G929" s="1"/>
+      <c r="F929" s="1"/>
+      <c r="G929" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H929" s="1" t="s">
-        <v>2419</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2420</v>
+        <v>2447</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>2448</v>
+      </c>
+      <c r="C930" s="1"/>
       <c r="D930" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E930" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F930" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F930" s="1"/>
       <c r="G930" s="1" t="s">
-        <v>59</v>
+        <v>202</v>
       </c>
       <c r="H930" s="1" t="s">
-        <v>2421</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2422</v>
+        <v>2450</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2423</v>
+        <v>2343</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2424</v>
+        <v>562</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E931" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="H931" s="1" t="s">
-        <v>2425</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2426</v>
+        <v>2452</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2207</v>
+        <v>2453</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>340</v>
+        <v>2454</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E932" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="H932" s="1" t="s">
-        <v>2427</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2428</v>
+        <v>2456</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>336</v>
+        <v>2364</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2429</v>
+        <v>2454</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E933" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H933" s="1" t="s">
-        <v>2430</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2431</v>
+        <v>2458</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>336</v>
+        <v>2459</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2432</v>
+        <v>2454</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E934" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="H934" s="1" t="s">
-        <v>2433</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2434</v>
+        <v>2461</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>378</v>
+        <v>2459</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>1045</v>
+        <v>2187</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E935" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>29</v>
+        <v>286</v>
       </c>
       <c r="H935" s="1" t="s">
-        <v>2435</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2436</v>
+        <v>2463</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>340</v>
+        <v>947</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2437</v>
+        <v>1642</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E936" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H936" s="1" t="s">
-        <v>2438</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2439</v>
+        <v>2465</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>2440</v>
+        <v>885</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2332</v>
+        <v>2188</v>
       </c>
       <c r="D937" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E937" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="H937" s="1" t="s">
-        <v>2441</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2439</v>
+        <v>2467</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>2440</v>
+        <v>544</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2332</v>
+        <v>2468</v>
       </c>
       <c r="D938" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E938" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H938" s="1" t="s">
-        <v>2442</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2439</v>
+        <v>2470</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2440</v>
+        <v>2471</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2332</v>
+        <v>364</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E939" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H939" s="1" t="s">
-        <v>2443</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2444</v>
+        <v>2473</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>2385</v>
+        <v>885</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2445</v>
+        <v>2354</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E940" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="H940" s="1" t="s">
-        <v>2446</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2447</v>
+        <v>2475</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>346</v>
+        <v>885</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2448</v>
+        <v>2354</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E941" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G941" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="H941" s="1" t="s">
-        <v>2449</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2450</v>
+        <v>2477</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>2451</v>
+        <v>885</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2452</v>
+        <v>2354</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E942" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="H942" s="1" t="s">
-        <v>2453</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2454</v>
+        <v>2479</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>340</v>
+        <v>2471</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>1207</v>
+        <v>2368</v>
       </c>
       <c r="D943" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E943" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>154</v>
+        <v>197</v>
       </c>
       <c r="H943" s="1" t="s">
-        <v>2455</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2456</v>
+        <v>2481</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2385</v>
+        <v>2471</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2445</v>
+        <v>2482</v>
       </c>
       <c r="D944" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E944" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G944" s="1" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="H944" s="1" t="s">
-        <v>2457</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2458</v>
+        <v>2484</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2459</v>
+        <v>2453</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2329</v>
+        <v>2485</v>
       </c>
       <c r="D945" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E945" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="H945" s="1" t="s">
-        <v>2460</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2461</v>
+        <v>2487</v>
       </c>
       <c r="B946" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C946" s="1" t="s">
         <v>2459</v>
       </c>
-      <c r="C946" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D946" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E946" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H946" s="1" t="s">
-        <v>2463</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2464</v>
+        <v>2490</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2459</v>
+        <v>2491</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2465</v>
+        <v>2482</v>
       </c>
       <c r="D947" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E947" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F947" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G947" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G947" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H947" s="1" t="s">
-        <v>2466</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2467</v>
+        <v>2493</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>378</v>
+        <v>2488</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2468</v>
+        <v>1675</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E948" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F948" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2469</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2470</v>
+        <v>2495</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>356</v>
+        <v>1729</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>1207</v>
+        <v>562</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E949" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F949" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2471</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2472</v>
+        <v>2497</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>2473</v>
+        <v>1729</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2474</v>
+        <v>562</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E950" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F950" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2475</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2476</v>
+        <v>2499</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1938</v>
+        <v>1729</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2477</v>
+        <v>562</v>
       </c>
       <c r="D951" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E951" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F951" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2478</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2479</v>
+        <v>2501</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1938</v>
+        <v>1729</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2445</v>
+        <v>562</v>
       </c>
       <c r="D952" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F952" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2480</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2481</v>
+        <v>2503</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>2474</v>
+        <v>1729</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2468</v>
+        <v>562</v>
       </c>
       <c r="D953" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E953" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F953" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2482</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2483</v>
+        <v>2505</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>2326</v>
+        <v>1729</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2329</v>
+        <v>562</v>
       </c>
       <c r="D954" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E954" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F954" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2484</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2485</v>
+        <v>2507</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>2326</v>
+        <v>1729</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2329</v>
+        <v>562</v>
       </c>
       <c r="D955" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E955" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F955" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2486</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2487</v>
+        <v>2509</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>2488</v>
+        <v>1729</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2489</v>
+        <v>562</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E956" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F956" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2490</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2491</v>
+        <v>2511</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>2326</v>
+        <v>1729</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2465</v>
+        <v>562</v>
       </c>
       <c r="D957" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E957" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F957" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2492</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2493</v>
+        <v>2513</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2494</v>
+        <v>2339</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2495</v>
+        <v>2514</v>
       </c>
       <c r="D958" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E958" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F958" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2496</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2497</v>
+        <v>2516</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>2462</v>
+        <v>830</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2437</v>
+        <v>2184</v>
       </c>
       <c r="D959" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E959" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G959" s="1"/>
       <c r="H959" s="1" t="s">
-        <v>2498</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2499</v>
+        <v>2518</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2500</v>
+        <v>2519</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2501</v>
+        <v>580</v>
       </c>
       <c r="D960" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E960" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F960" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2502</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2503</v>
+        <v>2521</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>2504</v>
+        <v>57</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2505</v>
+        <v>580</v>
       </c>
       <c r="D961" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E961" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F961" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2506</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2507</v>
+        <v>2523</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>2488</v>
+        <v>1729</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2477</v>
+        <v>2524</v>
       </c>
       <c r="D962" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E962" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G962" s="1"/>
       <c r="H962" s="1" t="s">
-        <v>2508</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2509</v>
+        <v>2526</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>2381</v>
+        <v>1729</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2510</v>
+        <v>2527</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E963" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F963" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G963" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G963" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H963" s="1" t="s">
-        <v>2511</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2512</v>
+        <v>2529</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2513</v>
+        <v>2482</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2514</v>
+        <v>1722</v>
       </c>
       <c r="D964" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E964" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F964" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2515</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2516</v>
+        <v>2531</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>2500</v>
+        <v>1735</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2517</v>
+        <v>1722</v>
       </c>
       <c r="D965" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E965" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F965" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>361</v>
+        <v>261</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2518</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2519</v>
+        <v>2533</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2520</v>
+        <v>2482</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2521</v>
+        <v>2202</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E966" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F966" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G966" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H966" s="1" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>2524</v>
+        <v>57</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>1890</v>
+        <v>580</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E967" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F967" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G967" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H967" s="1" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2260</v>
+        <v>1815</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E968" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G968" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H968" s="1" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2531</v>
+        <v>2172</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E969" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2535</v>
+        <v>2197</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E970" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>150</v>
+        <v>187</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2536</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2537</v>
+        <v>2545</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>2538</v>
+        <v>1672</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>1878</v>
+        <v>2546</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E971" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2539</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2540</v>
+        <v>2548</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>2541</v>
+        <v>1057</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>1865</v>
+        <v>2254</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E972" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F972" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2542</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2543</v>
+        <v>2550</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>2544</v>
+        <v>947</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>1125</v>
+        <v>558</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E973" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G973" s="1"/>
       <c r="H973" s="1" t="s">
-        <v>2545</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>806</v>
+        <v>2552</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>1856</v>
+        <v>562</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2546</v>
+        <v>558</v>
       </c>
       <c r="D974" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E974" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F974" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G974" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G974" s="1"/>
       <c r="H974" s="1" t="s">
-        <v>2547</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2548</v>
+        <v>2554</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2549</v>
+        <v>2538</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2550</v>
+        <v>1031</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E975" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F975" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G975" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H975" s="1" t="s">
-        <v>2551</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2552</v>
+        <v>2556</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>2549</v>
+        <v>947</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2553</v>
+        <v>2254</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E976" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G976" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H976" s="1" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2555</v>
+        <v>2558</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2556</v>
+        <v>2514</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2557</v>
+        <v>2546</v>
       </c>
       <c r="D977" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E977" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G977" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>286</v>
+      </c>
       <c r="H977" s="1" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>1874</v>
+        <v>2169</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>1878</v>
+        <v>2210</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E978" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G978" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H978" s="1" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>1313</v>
+        <v>2562</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2332</v>
+        <v>2563</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2561</v>
+        <v>364</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G979" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H979" s="1" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>1878</v>
+        <v>2567</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G980" s="1"/>
       <c r="H980" s="1" t="s">
-        <v>2565</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2566</v>
+        <v>2569</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>1874</v>
+        <v>2570</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>1045</v>
+        <v>2571</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F981" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G981" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H981" s="1" t="s">
-        <v>2567</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2568</v>
+        <v>2573</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>2332</v>
+        <v>1493</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2569</v>
+        <v>1474</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E982" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F982" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G982" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H982" s="1" t="s">
-        <v>2570</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2571</v>
+        <v>2575</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>2549</v>
+        <v>1469</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F983" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G983" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="H983" s="1" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>2574</v>
+        <v>1251</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2576</v>
+        <v>906</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G984" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G984" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="H984" s="1" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>2579</v>
+        <v>1420</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>926</v>
+        <v>2581</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G985" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G985" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H985" s="1" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>2535</v>
+        <v>1397</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>1878</v>
+        <v>2584</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G986" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G986" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="H986" s="1" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2583</v>
+        <v>2586</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2585</v>
+        <v>906</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F987" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G987" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G987" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="H987" s="1" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2549</v>
+        <v>2590</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E988" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F988" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G988" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G988" s="1"/>
       <c r="H988" s="1" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" s="1" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2564</v>
+        <v>2595</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E989" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G989" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G989" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="H989" s="1" t="s">
-        <v>2592</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" s="1" t="s">
-        <v>1851</v>
+        <v>2597</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>2527</v>
+        <v>2598</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>1853</v>
+        <v>1943</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E990" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G990" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G990" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H990" s="1" t="s">
-        <v>2593</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" s="1" t="s">
-        <v>2594</v>
+        <v>2600</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>2595</v>
+        <v>2601</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2596</v>
+        <v>2602</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E991" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G991" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G991" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H991" s="1" t="s">
-        <v>2597</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" s="1" t="s">
-        <v>2598</v>
+        <v>2604</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>2599</v>
+        <v>2578</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2596</v>
+        <v>2605</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E992" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F992" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G992" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G992" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H992" s="1" t="s">
-        <v>2600</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" s="1" t="s">
-        <v>2601</v>
+        <v>2607</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>2524</v>
+        <v>1423</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2596</v>
+        <v>1424</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E993" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F993" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G993" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G993" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H993" s="1" t="s">
-        <v>2602</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" s="1" t="s">
-        <v>2603</v>
+        <v>2609</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>926</v>
+        <v>2578</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>1878</v>
+        <v>2605</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E994" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G994" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G994" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H994" s="1" t="s">
-        <v>2604</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" s="1" t="s">
-        <v>2605</v>
+        <v>2611</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>2606</v>
+        <v>1487</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2607</v>
+        <v>2612</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E995" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G995" s="1"/>
       <c r="H995" s="1" t="s">
-        <v>2608</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" s="1" t="s">
-        <v>2609</v>
+        <v>2614</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>2606</v>
+        <v>2563</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2607</v>
+        <v>364</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E996" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G996" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G996" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H996" s="1" t="s">
-        <v>2610</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" s="1" t="s">
-        <v>655</v>
+        <v>2616</v>
       </c>
       <c r="B997" s="1" t="s">
-        <v>2524</v>
+        <v>2563</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2611</v>
+        <v>364</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E997" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G997" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G997" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H997" s="1" t="s">
-        <v>2612</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" s="1" t="s">
-        <v>2613</v>
+        <v>2618</v>
       </c>
       <c r="B998" s="1" t="s">
-        <v>1874</v>
+        <v>2587</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2564</v>
+        <v>906</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E998" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G998" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G998" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H998" s="1" t="s">
-        <v>2614</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" s="1" t="s">
-        <v>2615</v>
+        <v>2620</v>
       </c>
       <c r="B999" s="1" t="s">
-        <v>2616</v>
+        <v>958</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2617</v>
+        <v>2621</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E999" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G999" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G999" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H999" s="1" t="s">
-        <v>2618</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" s="1" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="B1000" s="1" t="s">
-        <v>2527</v>
+        <v>958</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E1000" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G1000" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G1000" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="H1000" s="1" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" s="1" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="B1001" s="1" t="s">
-        <v>153</v>
+        <v>2143</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2596</v>
+        <v>486</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="E1001" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="G1001" s="1"/>
       <c r="H1001" s="1" t="s">
-        <v>2623</v>
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:8">
+      <c r="A1002" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B1002" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C1002" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1002" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1002" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1002" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H1002" s="1" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:8">
+      <c r="A1003" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B1003" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C1003" s="1"/>
+      <c r="D1003" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1003" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1003" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1003" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1003" s="1" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:8">
+      <c r="A1004" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B1004" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1004" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1004" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1004" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1004" s="1" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:8">
+      <c r="A1005" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B1005" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1005" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1005" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1005" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H1005" s="1" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:8">
+      <c r="A1006" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B1006" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C1006" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D1006" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1006" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1006" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H1006" s="1" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:8">
+      <c r="A1007" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B1007" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C1007" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D1007" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1007" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1007" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1007" s="1" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:8">
+      <c r="A1008" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B1008" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C1008" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1008" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1008" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1008" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1008" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1008" s="1" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:8">
+      <c r="A1009" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B1009" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1009" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1009" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1009" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1009" s="1" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:8">
+      <c r="A1010" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1010" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1010" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1010" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1010" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1010" s="1"/>
+      <c r="H1010" s="1" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:8">
+      <c r="A1011" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1011" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C1011" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D1011" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1011" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1011" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1011" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1011" s="1" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:8">
+      <c r="A1012" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B1012" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C1012" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D1012" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1012" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1012" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1012" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H1012" s="1" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:8">
+      <c r="A1013" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B1013" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C1013" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1013" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1013" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1013" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H1013" s="1" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:8">
+      <c r="A1014" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B1014" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D1014" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1014" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1014" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1014" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H1014" s="1" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:8">
+      <c r="A1015" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E1015" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F1015" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1015" s="1"/>
+      <c r="H1015" s="1" t="s">
+        <v>2661</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>