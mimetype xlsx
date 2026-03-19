--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,8036 +12,7913 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2621">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 1. NOU ESTABLIMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Ordre Disponibilitat de crèdit Comerç 2025 LÍNIA 2 MANT. ESTABLEIX.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes de digitalització de la pime madrilenya - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes de digitalització de la pime madrilenya - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Autoritzar una despesa pluriennal de 2.100.000,00 euros amb càrrec a la partida pressupostària 720007 72300 4400 412108' pdr feader 2014-2020. serveis d'assessorament a través d'intia', del pressupost de despeses de 2023 i 2024</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de l'ajut a inversions en explotacions agràries PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per a la millora de la competitivitat de les pimes de comerç minorista.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>Subvencions per a la integració ccoperativa a la cv</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Ajuts a les organitzacions professionals agràries</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de març de 2023, de la consellera d'adrecte per la qual publica la línia pressupostària i l'import màxim per a l'exercici 2023 de l'ordre 10/2011, de 24 de març, de la conselleria d'agricultura, pesca i alimentació</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 càtedra agroecologia i qualitat agroalimentària (upv) jl porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Utilització racional de l'aigua i la millora de l'eficiència energètica en regadius</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PER A LA INTEGRACIÓ COOPERATIVA AGROALIMENTÀRIA A LA CV</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la generalitat, a través de la presidència, i l'institut valencià d'investigacions econòmiques, sa, per a la investigació en matèria de serveis públics, la millora de la informació per a l'anàlisi sobre l'efi...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Resolució de la consellera d'agricultura, desenvolupament rural, emergència climàtica i transició ecològica, per la qual es concedeix una subvenció a favor de la universitat miguel hernández d'elx, per a la realització d'activitats d'estudi relatives al</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Conveni de suport a la fundació per al desenvolupament i la innovació per a la transformació modernitzadora del capital humà</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Col·laboració entre la generalitat i la federació valenciana de municipis i províncies. projectes en matèria de comerç i assistència tècnica 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS DESTINADADES A L'ADMINISTRACIÓ LOCAL DE LA COMUNITAT VALENCIANA PER POTENCIAR PROJECTES d'INNOVACIÓ DINS PLA IMPULS TERRITORIS INNOVADORS PER A 2023</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>FOMENT DE LA INVESTIGACIÓ CLIMÀTICA I LA REALITZACIÓ d'ACTIVITATS de FORMACIÓ I DE DIVULGACIÓ, DAVANT DE FENOMENS CLIMATOLÒGICS EXTREMS A LA COMUNITAT VALENCIANA PER A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>IMPULSAR L'ACCIÓ CLIMÀTICA LOCAL A TRAVÉS del PLA d'ACCIÓ PEL CLIMA I L'ENERGIA A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la generalitat, a través de la presidència, i la federació valenciana de municipis i províncies per al finançament d'un programa d'ajuda, col·laboració i assessorament en matèria de despoblament.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Acord de cooperació entre la generalitat i la universitat jaume i de castelló, per al foment destudis de recerca i innovació a través de la càtedra de sostenibilitat</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria de cultura, educ., fp i universitats i la conselleria d'econ., industr. i innovació dóna xunta de galicia ia comissió d'intercanvi cult., educ i cient entre espanya i eu per al programa de borses fulbright</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la secretaria xeral dóna emigració i l'associació d'immigrants i retornats rioplatencs per al desenvolupament d'accions d'informació i assessorament adreçades a persones emigrants retornades</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Resolució del conseller d'economia, hisenda i innovació per la qual s'aprova la convocatòria d'ajudes per als anys 2024 i 2025 als emprenedors ia les empreses amb activitat a les illes balears per cobrir les comissions d'obertura i estudi</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Subvenció a la cambra de comerç, indústria, navegació i serveis d'eivissa i formentera per finançar un servei d'assessorament a dones per crear empreses a les illes pitiüses</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Subvenció a la cambra de comerç, indústria, navegació i serveis d'eivissa i formentera per finançar un servei d'assessorament a dones per crear empreses a menorca</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Subvenció a la cambra de comerç, indústria, navegació i serveis de mallorca per finançar un servei d'assessorament a dones per crear empreses a l'illa de mallorca</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Assegurances agràries</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>Assegurances Agràries</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Subvenció a agrupacions i mancomunitats de municipis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>Pla complementari energia i hidrogen verd</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Subvenció per a Innovació en Economia Circular 2026 Línia 3</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882917</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. next</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Energies renovables tèrmiques en diferents sectors ( mrr )1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Autoconsum ia l'emmagatzematge, amb fonts d'energia renovable mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Autoconsum i emmagatzematge amb fonts d'energia renovables mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Autoconsum ia l'emmagatzematge, amb fonts d'energia renovable mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Rehabilitació energètica per a edificis existents</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Energies renovables tèrmiques en diferents sectors ( mrr )2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per al programa investigo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Projectes pilot innovadors per a la inclusió sociolaboral pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Projectes pilot innovadors per a inclusió sociolaboral pers.mvi-rgi- ii</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de juny de la conselleria de drets socials i benestar social, per la qual s'aproven les bases reguladores per a la participació en el projecte pilot “conectes: itineraris d'inclusió social digital al principat d'astúries”</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'autoritza subvencions a les organitzacions professionals agràries per contribuir a sufragar les despeses de funcionament 2023</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Resolució de 29 de desembre de 2023 per la qual s'aprova la convocatòria pluriennal de subvencions per a la línia de foment de contractació i regularització d'assegurances agràries combinades l'exercici 2024 sota la modatitat de despesa anticipada</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>EXTRACTE DE LA RESOLUCIÓ de 9/5/2024 de L'AGÈNCIA de CIÈNCIA COMPETITIVITAT EMPRESARIAL I INNOVACIÓ ASTURIANA QUE APROVA LA CONVOCATÒRIA d'AJUDES A EMPRESES del PRINCIPAT d'ASTÚRIES del PROGRAMA XECS d'INNOVACION Y2SA</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>A la cambra de comerç d'Oviedo, per implementar mesures adreçades al desenvolupament i promoció dels ods a través de formació i sensibilització d'entitats interessades</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 d'abril de 2024, de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes per al suport a les inversions no productives vinculades al compliment d'objectius agroambientals i climàtics</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Concessió de subvenció a favor de les cambres de comerç del principat d'astúries per a execució pla capacitació dins del programa integral de qualificació i ocupació</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de gener de 2024, per la qual es convoquen els ajuts a la subscripció d'assegurances agràries per a les línies quaranta-quatrè pla d'assegurances agràries combinades (pla 2023) incloses a l'annex i</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de febrer de 2025, per la qual es convoquen per a l'exercici 2025 les subvencions a la subscripció d'assegurances agràries en el marc del Pla d'Assegurances Agràries Combinades i s'estableixen les determinacions en relació amb aquestes subvencions</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Ordre del conseller d'agricultura, ramaderia i medi ambient per la qual es concedeix una subvenció al clúster espanyol de productors de bestiar porcí (i+porc) per impulsar la millora del sector porcí aragonès com a activitat econòmica estratègica.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Ordre del conseller dagricultura, ramaderia i medi ambient de concessió de subv. a ramadera unida comarcal, s.coop. per a projecte d'avaluació de característiques productives, índexs de prolificitat, mortalitat i conversió de llorigons de conill marró</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>Institut d'estudis i investigació dels monegres (la cartoixa dels monegres) escola d'educació infantil conveni col·laboració 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre l'institut aragonès d'ocupació i les cambres oficials de comerç, indústria i serveis d'osca, terol i saragossa per a la prestació de serveis en matèria de foment de l'ocupació autònoma</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a la subscripció d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Subvencions inversions explotacions agràries 2019</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Inversions explotacions agrícoles 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Subvencions inversions explotacions agràries 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Subvencions inversions explotacions agràries 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Subv Transformació, comercialització i desenvolupament de productes agroalimentaris .PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>ORDRE Conseller Trans Ecològica i Energia, que estableixen bases reguladores i convocatòria de subv règim concurrència no competitiva per a creació i funcionament de comunitats energètiques, marc E. Energia Sostenible Canàries P2-L2 Fons NG (C7, I2)</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
+  </si>
+  <si>
+    <t>Accions d'assessorament autoocupació i emprenedoria de la cartera comuna de serveis del sne - rd 7/2015</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>Millora Mercats Tradicionals Canàries i O.actuacions suport Comerç Rural</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Pla anual d'assegurances agràries 2023</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Subvencions directes manteniment activitat econòmica i ocupació en empreses i persones autònomes no dedicades a la producció primària i que comercialitzin productes procedents de la mateixa, per minimitzar impacte danys erupcions volcàniques La Palma</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>PLA ANUAL d'ASSEGURANCES AGRARIS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Ordre DES/37/2025, de 22 desembre de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de maig de 2023, de la conselleria d'agricultura, ramaderia i desenvolupament rural, per la qual es convoquen les subvencions a la subscripció de pòlisses d'assegurances agràries incloses en els plans anuals d'assegurances agràries combinades.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Acord de 15 de juny de la junta de castella i lleó, pel qual es declara a castilla i lleó la campanya agrícola 2022-2023 com a excepcional, i es declara la urgència en l'adopció de les mesures de suport al sector agrari.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Acord d'1 de juny de 2023, de la junta de castella i lleó, pel qual s'autoritza la concessió directa de subvencions a les agrupacions empresarials innovadores de castilla i lleó: aeice, cbecyl i cylsolar</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Acord de la junta de castella i lleó, pel qual s'autoritza la concessió directa d'una subvencion a la cambra oficial de comerç, indústria i serveis de valladolid.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Acord de la junta de castella i lleó pel qual s'autoritza la concessió d'una subvenció a l'agrupació empresarial innovadora per a la construcció eficient (AEIC)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de juny de 2023 del president de l'ice, per la qual s'aprova la convocatòria en concurrència no competitiva per a la concessió de subvencions destinades a fomentar la innovació de les pimes de castella i lleó, cofinançada amb el feder</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>CONVOCATÒRIA de SUBVENCIONS PER AL FINANÇAMENT de PROJECTES EN EL MARC DE LA INTERVENCIÓ 7119.2, LEADER, DEL PLA ESTRATÈGIC NACIONAL de la POLÍTICA AGRÀRIA COMÚ (PEPAC) 2023-2027 EN BASE A L'ESTRAÈGIA de DEDERROLL</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>2027-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
+  </si>
+  <si>
+    <t>Resolució, de 20/05/2025 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de benestar animal a Castella-la Manxa a través del Fons Europeu Agrícola de Desenvolupament Rural (Feaderrí), previstes en el Pla 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Decret 7/2024, de 27 de febrer, pel qual es regula la concessió directa d'una subvenció per a la construcció d'habitatges de lloguer social en edificis energèticament eficients del pla de recuperació, transformació i resilie</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Resolució de 9 d'abril de 2024, de la Direcció General de Turisme, Comerç i Artesania, per la qual es convoquen les ajudes del Programa MICE per a 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>Concessió directa de subvenció al consell de cambres oficials de comerç, indústria i serveis de clm per a la prestació integrada i conjunta de serveis a través dels centres de finestreta única empresarial de la comunitat autònoma.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
     <t>Resolució, de 26/05/2025, de la Viceconsejería de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció de conservació de races autòctones amenaçades d'erosió genètica a Castella-la (Feader), previstes al Pla Estratègic de la Política Agrícola Comuna per al període 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Pla anual d'assegurances agràries 2023</t>
-[...35 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+    <t>Resolució, de 27/05/2025, de la Viceconselleria de Política Agrària Comuna i Polítiques Agroambientals, per la qual es realitza la convocatòria en 2025, pel procediment de tramitació anticipada, per a la incorporació a les ajudes per a la intervenció d'Apicultura per a la biodiversitat a Castella-la Manxa a través del Fons Europeu Ag de la Política Agrícola Comuna per al període 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Resolució de 29/12/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes en règim de minimis per pal·liar els danys produïts a Castella-la Manchap</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolució de 29/12/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes en règim de minimis per pal·liar els danys relacionats amb atacs de loboi</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
   </si>
   <si>
     <t>Decret 51/2023 de 23 de maig, pel qual es regula la concessió directa d'una subvenció a l'institut de recerca i innovació en models d'inclusió, igualtat, empleabilitat i equitat</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
   </si>
   <si>
-    <t>Acord de 15 de juny de la junta de castella i lleó, pel qual es declara a castilla i lleó la campanya agrícola 2022-2023 com a excepcional, i es declara la urgència en l'adopció de les mesures de suport al sector agrari.</t>
-[...52 lines deleted...]
-  <si>
     <t>Convocatòria i bases reguladores per a la concessió de subvencions a les agències de viatge per incentivar l'arribada de turistes a la ciutat de ceuta mitjançant la comercialització de la 3a fase del talonari descompte "ceuta emociona".</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>Ceuta</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
   </si>
   <si>
-    <t>Convocatòria de subvencions per a la millora de la competitivitat de les pimes de comerç minorista.</t>
-[...377 lines deleted...]
-    <t>Ajuts 2025 excepcionals dirigits a explotacions agrícoles del sector de la cirera afectades per desastres naturals, segons Decret Llei 3/2025 de 27 de maig</t>
+    <t>Bons digitals per a col·lectius vulnerables mrr-c15.i3 (entitats col·lab.)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>Convocatòria xec innovació concessions 2023</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Ajuts a Projectes de Digitalització de la PIME Madrilenya - 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886784</t>
+  </si>
+  <si>
+    <t>Subvencion per a la Integracion Cooperativa a la CV</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890460</t>
+  </si>
+  <si>
+    <t>Conveni del mapa i cooperatives agroalimentàries d'espanya, de concessió d'una subvenció als pge de 2023, per a la competitivitat i modernització de les cooperatives agroalimentàries i la formació, igualtat i relleu generacional en consells rectors</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>AJUDES del CENTRE PER AL DESENVOLUPAMENT TECNOLÒGIC I LA INNOVACIÓ, EPE A LA INVERSIÓ PER A POTÈNCIA EL CREIXEMENT d'EMPRESES INNOVADORES (2024)</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària i Temporal per sufragar el preu del gasoil consumit pels productors agraris a la Comunitat autònoma de Canàries. 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>AJUDES del CENTRE PER AL DESENVOLUPAMENT TECNOLÒGIC I LA INNOVACIÓ, EPE PER AL FINANÇAMENT de PROJECTES de R+D (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>Ajuts del CENTRE PER AL DESENVOLUPAMENT TECNOLÒGIC I LA INNOVACIÓ, EPE per al finançament de Projectes d'Innovació Tecnològica (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar la pèrdua de renda a les explotacions agràries afectades per la DANA</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció a diverses entitats per al desenvolupament de projectes de ciència d'excel·lència, a favor de la fundació institució dels centres de recerca de catalunya (i-prop).</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 768/2022, a favor de l'entitat condicionament tarrasense, per al projecte de hub impressió 3d.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 732/2022, a favor de la fundació conjunt paleontològic de terol – dinòpolis.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix a favor de la fundació ibercivis, la subvenció prevista al reial decret 732/2022, el qual es regula la concessió directa de subvencions a diverses entitats</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 768/2022, a favor de la fundació institut de recerca contra la leucèmia josep carreres (ijc), per a la seva contribució al projecte proteoma del càncer.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 732/2022, a favor de l'escola politècnica superior de mondragon unibertsitatea.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Ordre del ministeri de ciència i innovació per la qual es concedeix la subvenció prevista al reial decret 732/2022 a favor de la universitat de navarresa per al museu de ciències.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Ajuts del centre per al desenvolupament tecnològic i la innovació, epe a la inversió per potenciar el creixement d'empreses innovadores.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Ajuts del centre per al desenvolupament tecnològic i la innovació, epe per al finançament de projectes d'R+D(2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>Ajuts del cdti per a projectes d'innovació al sector pesquer ia l'aqüicultura i projectes d'inversió en activitats de transformació i comercialització dels productes de la pesca i de l'aqüicultura</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Ordre de la ministra de ciència i innovació per la qual es concedeix a la societat botànica espanyola (sebot)</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>Ajuts del CDTI a projectes d'innovació tecnològica (LÍNIA DIRECTA d'INNOVACIÓ DANA)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>Ajuts del CDTI a projectes d'innovació tecnològica (LÍNIA DIRECTA d'EXPANSIÓ DANA)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>Ajuts del Centre per al Desenvolupament Tecnològica i la Innovació EPE per al finançament de projectes R+D (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Acord de 25 de juliol del 2023, del consell de ministres, pel qual s'autoritza la contribució voluntària a l'organització d'estats iberoamericans (oei), per a la xarxa iberoamericana d'innovació i investigació educativa.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Ajuts dirigits a impulsar la transformació digital a través de la iniciativa «activa indústria 4.0», en el marc del pla de recuperació, transformació i resiliència</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>AJUDES ORGANITZ. PROFES. AGRÀRIES I UNIÓ COOP. AGRÀRIES (OPES 2026)</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876980</t>
+  </si>
+  <si>
+    <t>AJUDES ORGANITZ. PROFES. AGRÀRIES I UNIÓ COOP. AGRÀRIES (OCES 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876985</t>
+  </si>
+  <si>
+    <t>AJUDES AGRUPACIONS de TRACTAMENT INTEGRAT EN AGRICULTURA (ATRIAS) 2026</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877386</t>
+  </si>
+  <si>
+    <t>AJUDES AGRUPACIONS de DEFENSA SANITÀRIA RAMADERA - LÍNIA A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877388</t>
+  </si>
+  <si>
+    <t>AJUDES AGRUPACIONS DEFENSA SANITÀRIA RAMADERA - LÍNIA B</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877389</t>
+  </si>
+  <si>
+    <t>Ajuda agricultors determinats cultius afrontin dificultats campanya 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882799</t>
+  </si>
+  <si>
+    <t>PROGRAMA EFICIÈNCIA ENERGÈTICA A PIME I GRAN EMPRESA SECTOR INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>2019-08-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763836</t>
+  </si>
+  <si>
+    <t>AJUDES A MUNICIPIS PROMOCIÓ COMERCIAL I FERIAL 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Bases reguladores 2025-2027 i convocatòria per als ajuts a la millora de la producció i comercialització dels productes de l'apicultura en el marc de la Intervenció Sectorial Apícola, recollida al PEPAC, per a la campanya de l'any 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS MODERNITZACIÓ I/O MILLORA EXPLOTACIONS AGRÀRIES CONV.24</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>AJUDES A EMPRESES SEC AGR.GUANYAT.FOREST I INDUST DESARR PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>AJUDES A EMPRESES SECT AGRI,GUANYAT,FOREST I INDUS DESARR PROY INV 2024</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de subvencions a la subscripció de les assegurances agràries incloses en el pla 2023 (44è pla)</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>Convocatòria i bases reguladores subvencions assegurances agràries pla 2024 (45ºplan))</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>Convocatòria per al 2024 d'Ajuts a les associacions d'empreses artesanals alimentàries per a l'impuls de l'artesania agroalimentària de Navarra</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Autorització d'una despesa de 153.334,00 euros per a subvenció a UAGN per a la defensa dels interessos de pagesos i ramaders, que a aquests efectes preveu els Pressupostos Generals de Navarra per al 2024.</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de l'ajut a inversions en explotacions agràries (Objectiu Mediambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Autorització d'una despesa de 225.000 euros per a "Subvenció a la Unió de Cooperatives Agràries de Navarra (UCAN) Foment del cooperativisme agrari" 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Ajuts a les Agrupacions de Defensa Sanitària Ramaderes, per a la realització de programes sanitaris de prevenció, control i eradicació de malalties dels animals, per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Autoritzar una despesa pluriennal de 2.100.000,00 euros amb càrrec a la partida pressupostària 720007 72300 4400 412108 'PDR FEADER 2014-2022. Serveis d'assessorament a través d'INTIA', del pressupost de despeses de 2024 i el seu equivalent el 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Autorització d'una despesa de 153.334,00 euros per a subvenció a EHNE per a la defensa dels interessos de pagesos i ramaders, que a aquests efectes preveu els Pressupostos Generals de Navarra per al 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>Conveni amb PLENA INCLUSIÓ per al projecte "Transformació digital per a la inclusió a Navarra"</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuda a l'establiment d'agricultors i pageses a temps parcial en el marc del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per al 2025 de l'ajut a inversions en explotacions agràries (Objectiu Mediambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Ajuts a les Agrupacions de Defensa Sanitària Ramaderes, per la realització de programes sanitaris de prevenció, control i eradicació de malalties dels animals, any 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Ajuts a la promoció de productes agrícoles mitjançant l'organització de certàmens ramaders per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a la participació a fires comercials acollides al règim de mínimis</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025. Ajuts a associacions de productors agroalimentaris que realitzin comercialització a canals curts, i associacions gestores d'espais TEST agraris</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 Ajuts per a activitats de control i certificació a les figures de qualitat agroalimentàries de Navarra, reconegudes com a DOP o IGP, acollides al règim de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025 d'ajuts a entitats locals per al foment dels canals curts de comercialització de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Ajuts per a les inversions forestals productives destinades a aprofitaments forestals, treballs silvícoles, serveis forestals i primera transformació. (Intervenció 6883 del PEPAC) l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026-2027 d'ajuts a la Cooperació per a la promoció dels productes agrícoles i alimentaris als règims de qualitat, en el marc del Pla Estratègic de la Política Agrària Comuna (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>Convocatòria per al 2026 de les ajudes a la primera instal·lació de joves agricultors i agricultores professionals en el marc del PEPAC</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878627</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026 d'ajuda a l'establiment de joves agricultors i agricultores a temps parcial</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878804</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026 d'ajuda a establir nous agricultors i agricultores</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879137</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026 d'ajuts a les entitats de gestió de les figures de qualitat agroalimentària</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria foment de la innovació i divulgació forestal, període 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Aprovar les bases reguladores i la convocatòria d'ajudes per a la campanya 2024-2025 a la gestió sostenible de les pastures muntanyes a Navarra, incloses a la Intervenció 6881.1 Repoblació Forestal i Sistemes Agroforestals el PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Convocatòria 2025-2026 ajuts a la Cooperació per a la promoció dels productes agrícoles i alimentaris en els règims de qualitat, en el marc del PEPAC, de la Comunitat Foral de Navarra</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ 51E/2024, de 30 d'abril, del Director General de Comerç i Consum, per la qual s'aprova la convocatòria de subvencions per a la promoció d'empreses artesanes de Navarra del 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Ajuts a la promoció de productes agrícoles mitjançant l'organització de certàmens ramaders per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>Convocatòria de la subvenció per al foment i gestió de col·lectius comercials minoristes de 2024</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Ajuts a Comunitats Energètiques per a la transició energètica 2024</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Subvencions a entitats locals per revitalitzar el comerç rural</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Ajuts a la inversió en indústries agroalimentàries. Convocatòria 2023</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Reglament 651/2014 de la Comissió</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Ajuts a explotacions agropecuàries per a la transició energètica 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Ajuts per realitzar projectes d'innovació a les pimes industrials. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Ajuts per a la creació i consolidació d'empreses innovadores de base tecnològica el 2025 en el marc del Pla de Recuperació, Transformació i Resiliència – Finançat per la Unió Europea – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Ajuts a la inversió en indústries agroalimentàries. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869026</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació de doctorands i doctorandes per empreses, centres de recerca i centres tecnològics: Doctorats industrials 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871426</t>
+  </si>
+  <si>
+    <t>Ajut destinat a la transferència del coneixement des de centres tecnològics, centres de recerca i universitats PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària preu gasoil agrícola real dl 20/2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Resolució 15 de febrer de 2024 del director de l'agència valenciana de foment i garantia agrària, per la qual es convoquen ajudes a la destil·lació de subproductes de vinificació campanya 2023/2024</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Subvenció per a l'aplicació de la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comú</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Resolució de 22 d'abril de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, pel qual es convoquen les ajudes d'intervenció en el sector apícola per a l'exercici 2024 a la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de juliol de 2024 del Director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen les ajudes al sector vitivinícola de la CV per a la promoció i la comunicació en mercats de tercers països recollides</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Resolució 2 de setembre de 2024 del director de la (AVFGA), per la qual es convoquen les ajudes a les inversions en transformació, comercialització i/o desenvolupament de productes agroalimentaris en el marc del Pla Estratègic de la Política Agrària Comuna</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>DECRETO LLEI 10/2024, de 24 de setembre, del Consell, pel qual s'adopten mesures urgents d'ajuda en matèria agrària en resposta a l'agreujament de les condicions del sector primari derivat del conflicte bèl·lic a Ucraïna i de les condicions cli</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2025 les ajudes a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolució de 28 de gener de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària mitjançant la qual s'estableix la convocatòria per a concessió i sol·licitud de pagament anual de les ajudes incloses a la sol·licitud única dins el marc del</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes per a inversions en modernització d'infraestructures i sistemes de reg en comunitats de regants i comuni</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolució de 5 de maig de 2025 del director de l'Agència Valenciana de Foment i Garantia Agrària (AVFGA), per la qual es convoquen les ajudes previstes en la intervenció 7119.02 LEADER del Pla Estratègic de la PAC 2023-2027 a la Comunitat Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de maig de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen per a l'exercici 2025 ajuts per a la cooperació en el marc de les intervencions per al desenvolupament rural del Pla Estratègic</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 23 de desembre 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen anticipadament per a l'exercici 2026 els ajuts a les activitats d'informació i promoció de règims de qualitat.</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2024, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen ajudes a Plans de reconversió i reestructuració col·lectius, en el marc del Programa de Desenvolupament Rural de la Comunitat Valenc</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Accions complementàries d'impuls i enfortiment de la innovació NO AJUDA ESTAT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>Valorització i transferència de resultats de recerca a les empreses. NO AJUDES DE L'ESTAT</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI)REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI) RÈGIM 651</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Impuls a la compra pública innovadora (CPI) L2 NO AJUDES DE L'ESTAT</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Accions complementàries d´impuls i enfortiment de la innovació. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilació de tecnologies avançades i la seua difusió al Sistema Valencià d'Innovació REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Resolució de la Conselleria d'Agricultura, Aigua, Ramaderia i Pesca, per la qual es convoquen per a l'exercici 2025, ajudes a la certificació de la producció ecològica a la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Bases de la convocatòria de projectes innovadors per al programa d'acceleració AGRO·LAB TONOWASTE promogut per VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la generalitat, a través de la presidència i la universitat d´alacant, per a col·laboració en el funcionament de la comissionada de la presidència de la generalitat, per a la digitalització i la ciberseguretat de la comunitat</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>CONVENI de COL·LABORACIÓ ENTRE LABORA-SERVICI VALENCIÀ d'OCUPACIÓ I FORMACIÓ I AIMPLES-ASSOCIACIÓ d'INVESTIGACIÓ de MATERIALS PLÀSTICS I CONNEXES PER A LA REALITZACIÓ d'ACCIONS FORMATIVES DIRIGIDES PREFERENTMENT A PERSONES DESEMPLEADES</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Resolució de 30 d'abril de 2024, de la presidenta de l'IVACE, de convocatòria d'ajudes en matèria d'energies renovables a càrrec del pressupost exercici 2024, amb cofinançament de la Unió Europea a través del Fons Europeu de Desenvolupament Regional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 2 de febrer de 2026, de la Presidència, per la qual es convoquen ajudes a la contractació de joves per a la internacionalització de les pimes de la Comunitat Valenciana, amb finançament del Programa Fons Social Europeu Plus, exercici 2026</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884886</t>
+  </si>
+  <si>
+    <t>Conveni Conselleria Salut i PS i FRS per elaborar un projecte d'innovaci</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 19 d'agost de 2024, de la Direcció General de la Producció Agrícola i Ramadera per la qual es convoquen per a l'exercici 2024, les ajudes per al foment de races autòctones amenaçades a la Comunitat Valenciana.</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>CONVENI de COL·LABORACIÓ de la CONSELLERIA d'AGRICULTURA, AIGUA, RAMADERIA I PESCA AMB AINIA, PER A L'ESTUDI DE LA GESTIÓ DEL NITROGEN DE LES DEJECCIONS RAMADERES A TRAVÉS de LA TECNOLOGIA DE DIGESTIÓ ANAEROBIA</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera, per la qual s'estableix la convocatòria anticipada, per al Pla 2025, de les ajudes de la Comunitat Valenciana destinades a la subscripció d'assegurances agràries incloses en els plans a</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓ PER A LA INTEGRACIÓ COOPERATIVA A LA CV</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Procediment per a la concessió directa d'un ajut addicional a titulars d'explotacions agrícoles d'herbacis, farratgeres i aromàtiques, hortícoles i vivers afectats per la catàstrofe natural PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Resolució de 17 d'abril de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen per a l'exercici 2025 els ajuts a la millora de la competitivitat i sostenibilitat de les explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolució DG de Producció Agrícola i Ramadera, per a l'exercici 2025 els ajuts previstos a l'Ordre 6/2024, per la qual s'aproven les bases reguladores de les ajudes indemnitzatòries per a l'eradicació i el control del bacteri Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>AJUDES PER AL FOMENT de LA INNOVACIÓ TECNOLÒGICA A TRAVÉS de FINQUES COL·LABORADORES</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>Resolució de 14 de novembre de 2025, de la Direcció General de Producció Agrícola i Ramadera per la qual es convoquen de forma anticipada per a l'exercici 2026 ajudes a la millora de la competitivitat i sostenibilitat explotacions ramaderes de la CV</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ DG de Producció Agrícola i Ramadera, per la qual es convoquen de forma anticipada, per a l'exercici 2026, els ajuts previstos a l'Ordre 6/2024, per la qual s'aproven ajudes indemnitzatòries «Xylella fastidiosa»</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de la Conselleria d'Agricultura, Aigua, Ramaderia i Pesca per la qual es convoquen de manera anticipada, per a l'exercici 2026, els ajuts per als Consells Reguladors o Òrgans de gestió de les figures de qualitat diferenciada agroalimentària d</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>INSTITUT VALENCIÀ de CONSERVACIÓ, RESTAURACIÓ I INVESTIGACIÓ, PER AL FINANÇAMENT d'INVERSIONS I OPERACIONS de CAPITAL de L'ENTITAT</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764650</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2024, de la presidenta de l'IVACE, per la qual es convoquen ajudes destinades al foment d'instal·lacions d'autoconsum d'energia elèctrica en règim de comunitats d'energies renovables, amb càrrec al pressupost de 2024</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Resolució per la qual s'efectua la convocatòria, per a l'exercici 2024, de les subvencions regulades als articles 16 i 17 de l'Ordre 2/2020, de 27 de febrer, de la Conselleria d'Economia Sostenible, Sectors Productius, Comerç i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Conveni entre la conselleria d'educació, universitats i ocupació i la universitat miguel hernández, per al suport el 2023-2024 a la construcció i actualització d'edificis i infraestructures d'R+D+I d'excel·lència;</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Resolució, de la directora general de Producció Agrícola i Ramadera, per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, els ajuts de mínimis destinats a la replantació de parcel·les fructícoles el cultiu de les quals sigui o hagi estat destruït</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolució de la directora general de Producció Agrícola i Ramadera per la qual s'efectua la convocatòria anticipada, per a l'exercici 2025, de les ajudes a les explotacions agrícoles de cirera a zones afectades per factors climàtics, ambientals i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Ajuts per als Consells Reguladors o òrgans de gestió de les figures de qualitat diferenciada agroalimentària de la Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>IMPULS DE L'ACCIÓ CLIMÀTICA LOCAL A TRAVÉS del PLA d'ACCIÓ PEL CLIMA I L'ENERGIA (PACTE d'ALCALDES/ES PEL CLIMA I L'ENERGIA) A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>CONVENI de COOPERACIÓ EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS de LA CONSELLERIA d'AGRICULTURA, RAMADERIA I PESCA I LA UNIVERSITAT CEU CARDENAL HERRERA, PER A LA REALITZACIÓ de PRÀCTIQUES FORMATIVES SUBVENCIONADES DURANT L'ANY 202</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>CONVENI de COOPERACIÓ EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS de LA CONSELLERIA d'AGRICULTURA, RAMADERIA I PESCA I LA UNIVERSITAT MIGUEL HERNÁNDEZ d'ELX, PER A LA REALITZACIÓ de PRÀCTIQUES FORMATIVES SUBVENCIONADES DURANT L'ANY2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763059</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 de desembre de 2025 per la qual s'aprova la convocatòria pluriennal de subvencions per a la línia de foment de contractació i regularització d'Assegurances Agràries Combinades a l'exercici 2026 sota la modatitat de despesa anticipada</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subvencions directes 2024 al foment de la contractació de pòlisses assegurances agràries combinades, segons decret 286/2023 de 19 de desembre</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDRE DE 14 de juliol de 2025, Ajudes contrat Assegurances Agraries Combin. 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>Convocatòria 2024 per a les ajudes a les Agrupacions de Defensa Sanitària Ramaderes i Agrupacions de Defensa Sanitària Apícoles</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 destinats a la concessió de subvencions a les inversions per a la comercialització en comú de bestiar s/ Decret 132/2024 de 22 d'octubre que les convoca</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 20 de desembre de 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subvencions 2025 per a finançament de préstecs a titulars d'explotacions agrícoles d'oliverar i vinya de secà radicades a Extremadura s/ Decret 35/2025 de 6 de maig que les convoca</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subv. 2025 titulars d'explotacions agràries per fomentar la participació en règims de qualitat dels aliments. s/ Resolució de 19 de juny de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 per a la prestació d'assessorament tècnic al sector agrícola en matèria de protecció dels vegetals Resolució 3 de desembre de 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolució 21 març 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió ajudes Participació Agrupada a Fira OVUM 2024-XXVIII Congrés Llatinoamericà d'Avicultura - Punta de l'Est (URUGUAY) - 12 a 15 novembre 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XXII Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ VIII Convocatòria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XXII Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XII Convocatòria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XIV Convocatòria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/XIV Convocatòria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XXIII Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ XXIV Convocatòria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ IX Convocatòria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícola. Ajuts Estat.(Interv, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVATGE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 per finançar mesures per a la lluita contra la despoblació als nuclis de població de zones rurals amb especials dificultats demogràfiques. Línia 4 consolidació de lactivitat agrària s/ disposició addicional del Decret 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, en Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ VIII Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763736</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader, NO ACOLLIDES a Règim MINIMIS, a inversions en transformació i comercialització de productes agrícoles (Submesura 19.2.2 PDR), s/ VIII Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763737</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ VIII Convocatòria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763739</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader per a suport a la innovació social, la governança multinivell i la dinamització social i econòmica (Submesura 19.2.7 PDR), s/ XIV Convocatòria (PDR 2014-2020) del GAL TENTUDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764490</t>
+  </si>
+  <si>
+    <t>Subvencions 2024 a empreses per a l'acceleració d'ecosistemes d'emprenedoria i innovació basats en bessons digitals (RETECH) s/ Decret 145/2024 de 19 de novembre de 2024 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Subvencions 2026 a empreses per finançar projectes que promoguin la implantació de solucions d'intel·ligència artificial de la Comunitat Autònoma d'Extremadura - s/ Decret 173/2025 que les convoca</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Actuacions de Dinamització i Promoció empresarial L1_Assessorament, segons Decret 65/2024 de 2 de juliol que les convoca.</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 a la implantació de sistemes de reg que promoguin l'ús eficient de l'aigua i l'energia a les explotacions agràries, segons el Decret 12/2025, d'11 de març, que les convoca</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 destinats a la Millora d'Eficiència energètica de regadius (programa II) els promotors dels quals són comunitats de regants, s/Resolució de la Secretaria General de data 18/12/2025 que aprova la convocatòria dels ajuts per a l'exercici 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Submesura 19.2.3 PDR), s/ XIII Convocatòria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>Ajudes 2024 per a Inversions en Indústries Agroalimentàries, segons Decret 87/2024, de 30 de juliol, pel qual s'estableixen les bases reguladores de concessió d'incentius agroindustrials a la Comunitat Autònoma d'Extremadura, per al suport a inversions destinades a la transformació i comercialització de productes agrícoles, i se n'aprova la única convocatòria</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 a l'establiment de persones joves agricultors a la Comunitat Autònoma d'Extremadura, primera convocatòria incorporada al Decret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Ajuts 2025-26 Inversions en Modernització i/o Millora Explotacions Agràries en què s'estableixen la persona jove agricultor, primera convocatòria incorporada al Decret 169/2024imera Convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuda Complementària a Joves Agricultors/Agricultores, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Agricultura Ecològica, segons Resolució de 27 de gener de 2025 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2025. Ajuts Associats a l'Agricultura, segons Resolució de 27 de gener de 2025 que els convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Ajuts 2025 per a inversions destinades a la transformació i comercialització de productes agrícoles, s/ Resolució de 29 d'octubre de 2025 que convoca</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Ajudes PEPAC 2026. Ajuda Complementària a Joves Agricultors/Agricultores, segons Resolució de 21 de gener de 2026 que les convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882885</t>
+  </si>
+  <si>
+    <t>Ajuts PEPAC 2026. Ajuts Associats a l'Agricultura, segons Resolució de 21 de gener de 2026 que les convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882886</t>
+  </si>
+  <si>
+    <t>Ajuts Extremadura Avante a empreses per a participació agrupada a la Fira Fruit Attraction 2025, segons l'Acord de 27 de març 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Ajudes 2025 a empreses per a participació agrupada a la Fira Food Ingredients 2025, segons l'Acord de 26 d'agost 2025 que les convoca.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Ajudes 2024 a Entitats públiques de recerca del SECTI per a projectes d'R+D sobre emmagatzematge energètic en règim de col·laboració publicoprivada, segons la Resolució de 5 de desembre de 2024</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>Ajudes 2024 a Empreses per a projectes d'R+D sobre emmagatzematge energètic en règim de col·laboració publicoprivada, segons Resolucion de 5 de desembre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 per a la internacionalització de l'empresa extremenya i la millora de les condicions de comercialització exterior, segons la resolució de 30 d'octubre del 2023, que les convoca</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a municipis i entitats locals menors per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 adreçada a associacions, federacions i confederacions del sector comerç per finançar projectes de dinamització comercial, segons Decret 130/2024, de 15 d'octubre del 2024 que convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ajuts 2025/2026 per a millora de les capacitats avançades de les pimes del sector del comerç al detall, segons convocatòria efectuada per Resolució de 21 de novembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvenció 2026, Sector Agrícola, per a incorporació social/laboral de menors/joves complint o complert mesures judicials, per Resolució de 14 de novembre de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empreses privades no agrícoles per a la contractació de persones participants en els projectes del programa escoles professionals duals d'ocupació (línia ii), segons la resolució de 9 d'agost de 2023 que les convoca</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empreses privades agrícoles per a la contractació de persones participants en els projectes del programa escoles professionals duals d'ocupació (línia ii), segons la resolució de 9 d'agost de 2023 que les convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subv 2023 a empreses privades agrícoles per a la contractació de persones participants als projectes del programa col·laboratiu rural (línia ii), segons resolució de 09 d'agost de 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subv. 2023 a empreses privades no agrícoles per a la contractació de persones participants als projectes del programa col·laboratiu rural (línia ii), segons resolució de 9 d'agost de 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>Conveni entre gain, conselleria d'educació, udc, usc, uvi i csic per fomentar l'activitat investigadora del personal investigador finalista a les convocatòries d'ajudes de l'erc en el marc del programa horizon europe</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Bases reguladores per a la concessió de les ajudes VInnovate Galicia per fomentar la cooperació transnacional dels agents del Sistema gallec de R+D a través de projectes de col·laboració amb altres agents europeus</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>Ajuts 2024 Millora Producció i Comercialització Productes Apicultura, segons Resolució de 6 de maig 2024 que les convoca</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de març de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat realitzades per grups de productors, en el marc del Pla estratègic de la PAC 2023-2027, i es convoca</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolució de 16 d'abril de 2025 per la qual s'estableixen les bases reguladores de les ajudes per a programes de qualitat desenvolupats per consells reguladors de denominacions de qualitat agroalimentàries i es convoquen per a 2025 (codi de procediment</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de juny de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les explotacions agrícoles pertanyents a la indicació geogràfica protegida Faba de Lourenzá i es convoquen per a l'any 2025 (codi de procediment MR302</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al suport a la cooperació en activitats d'informació i promoció dels productes agrícoles i alimentaris gallecs acollits a règims de qualitat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria de cultura, educació, formació professional i universitats i la universitat de santiago de compostel·la (usc) per completar les ajudes al personal investigador principal dos programes grants (erc) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Conveni implementació infraestructures de recerca universitària</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Conveni col·laboració entre la conselleria de cultura, educ., fp i univ. i l'agència estatal consell superior d'investigacions científiques per al desenvolupament d'activitats a l'institut d'estudis gallecs pare sarment</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Conveni cola udc-usc-uvigo per a reforç de personal de gestió de transferència ia innovació i consolidació d'estructures de recerca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de gener de 2025 per la qual s'estableixen les bases reguladores per a la concessió, en règim de concurrència no competitiva, de subvencions per a l'impuls de la innovació i sostenibilitat del comerç local i artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de novembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per pal·liar els danys produïts pel porc senglar als cultius agrícoles i es convoquen per a l'any 2026 (codi de procediment MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de desembre de 2023 per la qual s'estableixen les bases reguladores dels ajuts per pal·liar els danys produïts pel porc senglar als cultius agrícoles i es convoquen per a l'any 2024 (codi de procediment mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Conveni entre la conselleria de promoció de l'ocupació i la igualtat i la federació d'escoles familiars agràries de galicia per al desenvolupament d'un projecte pilot d'arrelament per a la formació</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria de promoció de l'empresa i igualtat de la federació galega de comerç per a la realització d'accions formatives de qualificació i requalificació de la població activa en sectors estratèxics i millora de les capac.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>ORde do 25 de juny de 2024 pola que s'estableixen a les bases reguladores per a la concessió, en rxime de concurrncia competitiva, d'ajudes per fomentar la innovació, la melora tecnoloxica i la competitivitat no sector de l'aqüicultura, cofinançades amb el fons</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>Orden de 15 de desembre de 2023 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació dues assegurances agràries a la comunitat autònoma de galicia i es convoquen per a l'any 2024 (codi de procediment mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Ordre de 15 d'octubre de 2024 per la qual s'estableixen les bases reguladores de les ajudes a les organitzacions professionals agràries i associacions agràries per a la realització. Activitats d'interès agrari i es convoquen per a l'any 2024 (Codi de</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Ajuts a les inversions per a l'elaboració i comercialització de productes vitícoles</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de desembre de 2024 per la qual estableixen les bases reguladores de les ajudes per al foment de la utilització de maquinària agrícola en règim associatiu a Galícia, finançades amb l'Instrument de Recuperació de la Unió Europea (EURI)</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>ORDRE de 26 de desembre de 2024 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2025 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDRE de l'11 de juny de 2025 per la qual s'estableixen les bases reguladores dels ajuts destinats a les persones agricultores joves, en el marc del Pla Estratègic de la Política Agrària Comuna d'Espanya 2023-2027, cofinançades pel Fons Europeu</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Ordre de 21 d'agost de 2025 per la qual s'estableixen les bases reguladores de les ajudes destinades al foment de la utilització d'instal·lacions i equipaments en comú en règim associatiu, en el marc del Pla Estratègic de la Política Agrària Com</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de setembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes a les organitzacions professionals agràries i associacions agràries per a la realització activitats d'interès agrari i les convoca per a l'any 2025 (codi de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Ordre de 12 de desembre de 2025, per la qual s'estableixen les bases reguladores de les ajudes a les entitats reconegudes com a agrupacions de defensa sanitària ramaderes (ADSG) de Galícia i es convoquen per a l'any 2026-2027 (Codi de procediment MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>ORDRE de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes per al foment de la contractació de dues assegurances agràries a la Comunitat Autònoma de Galícia i es convoquen per a l'any 2026 (Codi de procediment MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ajuts per a les inversions en transformació i comercialització de productes agraris cofinançats pel Fons Europeu Agrícola de Desenvolupament Rural (Feader)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>ORDRE de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes, en concurrència competitiva, per a inversions en reforestació amb espècies de frondoses i/o coníferes, cofinançades pel Fons Europeu Agrícola de Desenvolupament</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDRE de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores de les ajudes, en concurrència competitiva, per al foment i el suport a les agrupacions forestals de gestió conjunta de productors forestals, cofinançades pel Fons Eur</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Bases reguladores del procediment de concessió de les ajudes per a projectes de millora energètica, dirigides a autònoms i pimes,, dins del territori de la ccaa de galicia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria per a 2024 de subvencions per a projectes singulars de millora de la sostenibilitat energètica en empreses del sector industrial de la província de la Corunya,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>resolució de 18 de març de 2024 pola que s'estableixen a les bases reguladores de les ajudes a la nova participació d'agricultors en rèxims de qualitat, cofinançades amb el Fons Europeu Agrícola de Desenvolupament Rural (Feader) no marc del Programa de desenvolupament</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de subvencions per a projectes d'estalvi i eficiència energètica a les empreses gallegues per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>Bases reguladores de les subvencions per a projectes d'infraestructures d'emmagatzematge energètic que afavoreixin l'electrificació de la demanda d'energia, per a l'any 2024, cofinançades pel FEDER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
+  </si>
+  <si>
+    <t>resolució del 16 de desembre de 2025, de l'Institut Energètic de Galícia per la qual s'aproven les bases reguladores de les ajudes per a projectes d'estalvi i eficiència energètica a les empreses gallegues</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolució del 23 de desembre de 2026, de l'Institut Energètic de Galícia per la qual s'estableixen les bases reguladores de les ajudes per a projectes d'energia fotovoltaica</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881947</t>
+  </si>
+  <si>
+    <t>Ajuts per a la millora de la capacitat de la innovació i el desenvolupament tecnològic de les empreses a Galícia, programa “Ticket Innova” per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia, a través del finançament de les activitats integrades en plans de disseny i innovació (programa Igape Innova)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>convocatòria de subvencions, en règim de concurrència competitiva, per a projectes d'equips d'aprofitament d'energies renovables elèctriques i d'estalvi i eficiència energètica a les empreses de producció agrícola primària</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>CONVENI ENTRE L'INSTITUT GALERIA de PROMOCIÓ ECONÒMICA (IGAPE) I L'ASSOCIACIÓ PER A LA DIGITALITZACIÓ de la INDÚSTRIA de GALÍCIA (DIHGIGAL), PER DONAR CONTINUÏTAT AL FINANÇAMENT DELS COSTOS de GESTIÓ I COORDINACIÓ DE L'HUB d'INNOVACIÓ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Bases reguladores Galícia Exporta Organismes Intermedis 2026, cofinançades FEDER, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Bases reguladores Ticket Innova 2026, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per a les bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia 2026-2027 en règim de concurrència competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Bases reguladores Reacciona 2026, cofinançades FEDER, concurrència no competitiva, minimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la vicepresidència primeira i la conselleria de presidència, xustissa i esports i el concepte de no marc del disposat en disposició transitòria primeira del decret 168/2008, del 24 de juliol, pel que es regulen les agr.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la conselleria d'economia, indústria i innovació de la xunta de galicia ia cambra oficial de comerç, indústria, serveis i navegació de corunya per al desenvolupament d'un pla formatiu per al sector comercial</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>Orden de l'11 de juny de 2024 per la qual s'estableixen les bases reguladores per a la concessió, en rxim de concurrncia competitiva, de subvencions per a la transformació dixital, innovació i modernització del sector comercial i artesanal, i es procedeix a la seva</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Subvencions per al manteniment de l'activitat agrària i marítima dirigides a Cooperatives Agràries, Confraries de Pescadors i Consells Reguladors de Denominacions d'Origen Protegida de la Serra de Tramuntana per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu de 18.11.2024, relatiu a l'aprovació de les bases que regeixen la concessió d'ajuts per promoure pràctiques sostenibles a les explotacions agràries de Menorca (CARB) i la convocatòria corresponent per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu del Consell Insular de Menorca, de 21.10.2024, relatiu a l'aprovació del conveni de col·laboració amb la Cooperativa Insular Ramadera de Menorca (COINGA) per fer actuacions de promoció i comercialització - 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu de 17.11.2025, relatiu a les bases que regeixen la concessió d'ajuts per promoure pràctiques sostenibles a les explotacions agràries de Menorca (CARB) i la convocatòria corresponent per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a la recuperació, el manteniment i la consolidació de l'entorn agrari i l'agrodiversitat a l'illa d'Eivissa per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Acord del consell executiu en sessió de caràcter ordinari de 23.09.2024, relatiu a l'aprovació de les bases dels ajuts del consell insular de Menorca per a les Organitzacions Professionals Agràries (OPAS) i la convocatòria corresponent a 2024</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
+  </si>
+  <si>
+    <t>Acord del Consell Executiu, de 23 de setembre de 2024, relatiu a laprovació de les bases de les ajudes del Consell Insular de Menorca per a les Agrupacions de Defensa Sanitària de Menorca (ADS) i la convocatòria corresponent a lany 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>convocatòria dajuts per a la promoció de locupació i la millora de la competitivitat de cooperatives, microcooperatives i societats laborals de les Illes Balears per als anys 2025 i 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Foment d'instal·lacions d'energia solar fotovoltaica i microeòlica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Subvencions d'autoconsum i actuacions d'eficiència energètica a comunitats de propietaris</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Foment d'actuacions d'autoconsum amb energies renovables i eficiència energètica per a pimes</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Subvencions per al foment d'instal·lacions d'autoconsum amb fonts d'energia renovables/tèrmiques per a persones físiques</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Bases reguladores transformació digital pimes 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts dirigits al funcionament d'agrupacions empresarials innovadores de les illes balears 2023</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Convocatòria dajuts dirigits al funcionament dgrupacions empresarials innovadores de les Illes Balears 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural de convocatòria pública de subvenció per a activitats deducació ambiental a les Illes Balears a favor dentitats sense ànim de lucre per a lexercici 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural de convocatòria pública de subvenció per a activitats deducació ambiental a les Illes Balears a favor dentitats sense ànim de lucre per a lexercici 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763152</t>
+  </si>
+  <si>
+    <t>Ajuts per a investigadors predoctorls i postdoctorals per fer estades breus fora de les illes balears</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació d'assegurances agràries combinades a la Comunitat Autònoma de les Illes Balears corresponents al 46è Pla d'Assegurances Agràries Combinades.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Ajuts a Grups de Cooperació per a la innovació en matèria agrària, per a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Subvencions per a la creació d'empreses de joves agricultors i agricultores. convocatòria 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació d'assegurances agràries combinades a la comunitat autònoma de les illes balears corresponents al 45è pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en explotacions agràries, corresponents a l'any 2024. segona convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció dels productes agrícoles i alimentaris en règim de qualitat. convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció dels productes agrícoles i alimentaris en règim de qualitat. convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
+  </si>
+  <si>
+    <t>Resolució del conseller dAgricultura, Pesca i Medi Natural per la qual saprova la convocatòria pública de subvencions a centres educatius no universitaris de les Illes Balears per a activitats deducació ambiental per al curs escolar 2023-24</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Ajuts per a inversions no productives vinculades a la realització de compromisos d'agroambient i clima, corresponents a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Ajuts al sector agrari per alimentar el bestiar i garantir la continuïtat de les explotacions a les Illes Balears per fer front a la sequera de l'any 2024 - adquisició extraordinària d'aliments</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>Ajuts al sector agrari per alimentar el bestiar i garantir la continuïtat de les explotacions a les Illes Balears per fer front a la sequera de l'any 2024- sembra de determinats cultius</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Ajuts per a la millora de l'eficiència energètica en el disseny i el desenvolupament de processos i sistemes d'empaquetat, emmagatzematge, logística i distribució de productes agraris i agroalimentaris en l'accés al canal HORECA, l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aproven les Bases de la convocatòria d'ajuts per al desenvolupament rural de l'illa de Menorca per a l'any 2024, vinculades a projectes relacionats amb els àmbits agrari i/o ambiental i emmarcats a l'Estratègia de Desenvolupament Local Participatiu 2014-2020 de Menorca</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aproven les Bases de la convocatòria d'ajudes per al desenvolupament rural de l'illa de Menorca per a l'any 2024, vinculades a projectes relacionats amb els àmbits agrari i/o ambiental i emmarcats a l'Estratègia de Desenvolupament</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Ajuts per a fires agràries i concursos morfològics i ajuts de minimis per a concursos morfològics celebrats per organitzacions o associacions, per a l'any 2024 – CONCURSOS AJUNTAMENTS</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Ajuts per a fires agràries i concursos morfològics i ajuts de minimis per a concursos morfològics celebrats per organitzacions o associacions, per a l'any 2024 – CONCURSOS ORGANITZACIONS/ASSOCIACIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Ajuts per a fires agràries i concursos morfològics i ajuts de minimis per a concursos morfològics celebrats per organitzacions o associacions, per a l'any 2024 – FIRES AGRÀRIES d'INCA I de SINEU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa vegetal per prevenir les plagues dels vegetals per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al foment de l'agricultura ecològica per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Ajuts destinats al pagament dels compromisos agroambientals de cultius sostenibles per l‟ús d‟aigua regenerada, per al‟any 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 1.- FEDERACIONS I UNIONS COOPERATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 2.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2025.- 3.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Convocatòria dajuda per a empreses dinserció i centres especials de treball relacionats directament o indirectament amb els àmbits agrari i/o ambiental. Ajuts LEADER Eivissa i Formentera</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aprova convocatòria d'ajudes per a inversions a les explotacions agràries beneficiaries del projecte Disseny i implementació de Plans Estratègics de Gestió Empresarial de titulars d'explotacions agràries joves i de recent</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Ajuts de l'any 2025 per a la millora de la producció i comercialització dels productes de l'apicultura corresponents a la Intervenció Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Ajuts per fomentar la producció de productes agrícoles de qualitat per al període 2026-2027 - CONVOCATÒRIA 2026</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870822</t>
+  </si>
+  <si>
+    <t>Ajuts per fomentar la producció de productes agrícoles de qualitat per al període 2026-2027 - CONVOCATÒRIA 2027</t>
+  </si>
+  <si>
+    <t>2026-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870829</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa vegetal per prevenir les plagues dels vegetals per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions forestals no productives en prevenció de danys forestals. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions forestals no productives en prevenció de danys forestals. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en la transformació, comercialització i desenvolupament de productes agroalimentaris. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa sanitària ramaderes per al desenvolupament dels programes sanitaris corresponents a l'any 2026 - LLENGUA BLAVA-</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Ajuts per a les agrupacions de defensa sanitària ramaderes per al desenvolupament dels programes sanitaris corresponents a l'any 2026 -RESTO ACTUACIONS-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Ajuts per a la contractació d'assegurances agràries combinades a la Comunitat Autònoma de les Illes Balears corresponents al 47è Pla d'Assegurances Agraries Combinades</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Instruments Financers- PRÉSTECS d'INVERSIONS VINCULADES A LA INTERVENCIÓ de JOVES AGRICULTORS - 1.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Instruments Financers-PRÉSTECS A CAPITAL CIRCULANT VINCULAT A LA INTERVENCIÓ de JOVES AGRICULTORS - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Instruments Financers-PRÉSTECS D'INVERSIONS VINCULADES A LA INTERVENCIÓ D'INVERSIONS EN TRANSFORMACIÓ I COMERCIALITZACIÓ de PRODUCTES AGROALIMENTARIS - 3.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Instruments Financers-PRÉSTECS A CAPITAL CIRCULANT VINCULAT A LA INTERVENCIÓ d'INVERSIONS EN TRANSFORMACIÓ I COMERCIALITZACIÓ de PRODUCTES AGROALIMENTARIS - 3.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876529</t>
+  </si>
+  <si>
+    <t>AJUDES INTERVENCIONS EN FORMA de PAGAMENTS DIRECTES 2026 -3 -Ajuda complementària per a joves agricultors i agricultores</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883940</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2024.- 1.-UNIONS I FEDERACIONS COOPERATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763018</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2024.- 2.-ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763043</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'aproven les Bases de la convocatòria, per a l'any 2024, d'ajuts al desenvolupament rural de l'illa de Mallorca, vinculats a projectes relacionats amb els àmbits agrari i/o ambiental i emmarcats a l'Estratègia de Desenvolupament Loc</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>Resolució que aprova la convocatòria per concedir subvencions per a la realització de projectes d'assessorament a treballadors i empreses, en l'elaboració dels estudis de càrrega de treball i en l'elaboració de procediments de bones pràctiques</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>PROG. EST. COMERÇ EXTERIOR -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>PROG. ESTRATÈGIC COMERÇ EXTERIOR-MINIMIS-ACTUACIONS2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>CONSOLIDACIÓ DEL TREBALL AUTÒNOM (AUT) MÍNIMIS AGRO.FORESTAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Suport a la dinamització comercial (DIN)</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>Conveni Assessorament integral a les empreses Federació d'Empreses de La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular i Trans.Energètica (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>TI4 Digitalització i Indústria (Reg.Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGÈNCIA de DESENVOLUPAMENT ECONÒMIC de LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Bessons Digitals. Repte 1. Bessó de Reg</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>Ordre per compensar problemes comercialització</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Ajuts a establiment sector agrari</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Ajuts a inversions en explotacions agràries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870764</t>
+  </si>
+  <si>
+    <t>Conveni apidit per impulsar activitat empresarial innovadora - sector calçat</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>Associació cluster food+i", per impulsar la competitivitat i innovació</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>Cs reptes projectes de desenvolupament experimental i innovació</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
+  </si>
+  <si>
+    <t>Foment PIME agroalimentària (PAL) Reg.exención 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Ajuts règims de qualitat dels productes agrícoles i alimentaris, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Programa CREIXEMENT. Programa d'ajuts de suport al creixement de projectes empresarials innovadors de Sant Sebastià</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: BASES PER A LA PARTICIPACIÓ AL PROGRAMA d'IMPULS A LA CREACIÓ, CREIXEMENT I CONSOLIDACIÓ de NOVES INICIATIVES EMPRESARIALS INNOVADORES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN TALENT. PROGRAMA d'AJUDES PER IMPULSAR LA CONTRACTACIÓ de PERFILS AMB QUALIFICACIÓ PER DESENVOLUPAR PROJECTES INNOVADORS EN EMPRESES I ENTITATS de SANT SEBASTIAN</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>PROGRAMA BONS TECNOLÒGICS. PROGRAMA d'AJUDES PER A LA TRANSFERÈNCIA TECNOLÒGICA PER A L'IMPULS I LA MILLORA COMPETITIVA de PROJECTES EMPRESARIALS INNOVADORS de SANT SEBASTIÀ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>PROGRAMA ESTRATÈGIA. PROGRAMA d'AJUDES DE SUPORT PER AL CREIXEMENT de PROJECTES EMPRESARIALS INNOVADORS de SANT SEBASTIÀ.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>CONVOCATÒRIA CONTRACTACIÓ JOVES PROJECTES INVESTIGACIÓ-IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PER A LA INVERSIÓ EN INNOVACIÓ d'ENT. FORMACIÓ OCUPACIÓ 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova dirigit a estudiants de grau, màster i doctorat oficials de la UV del curs 2023-2024</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Resolució de 25/04/2024, de l'Agència de Ciència, competitivitat empresarial i innovació asturiana que aprova la convocatòria de subvencions programa d'ajut a la Transformació Digital, any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>Resolució de 7/4/2025, de l'Agència de Ciència, Competitivitat Empresarial i Innovació Asturiana, que aprova la convocatòria per a la concessió de subvencions per a l'execució de projectes d'R+D al Principat d'Astúries de l'exercici 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Convocatòria d'Ajuts de foment a l'emprenedoria innovadora (Cheque Emprendedor) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolució de 3 de maig de 2024 de la Conselleria de Medi Rural i Política Agrària per la qual es convoquen ajudes a les Agrupacions de Defensa Sanitària Ramadera (ADSG) reconegudes al Principat d'Astúries per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Acord pel qual s'autoritza subvencions a les Organitzacions Professionals Agràries per contribuir a sufragar les despeses de funcionament 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de juliol de 2024 de convocatòria de Subvencions a Entitats Locals de la Conselleria de Medi Rural i Política Agrària, corresponents a l'any 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Resolució de 10 de 12 de 2024 d'aprovació de convocatòria per despesa anticipada de concessió de subvencions per als serveis d'assessorament a les petites i mitjanes explotacions agràries del PA en el marc del PEPAC 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Subvenció 2025 Cooperació per a la successió d'explotacions agrícoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolució de 7 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aproven les Bases Reguladores i la Convocatòria de les Intervencions en forma de pagaments directes a l'agricultura ia la ramaderia i de les Intervencions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 21 d'abril de 2025, per la qual s'aprova la convocatòria de subvencions per a serveis d'assessoria a les petites i mitjanes explotacions agràries del Principat d'Astúries realitzades per ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolució de 21 d'abril de 2025, de la Conselleria de Medi Rural i Política Agrària, per la qual s'aprova la convocatòria de subvencions a les entitats sense ànim de lucre, amb destinació a la celebració de certàmens de productes agroalimentaris</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de desembre de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions no productives en explotacions agràries del Principat d'Astúries vinculades a la mitigació-adaptació al canvi climat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de des de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions en modernització i/o millora d'explotacions agràries en el marc del pla estratègic de la Política Agrícola Comuna des</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolució de 4 de desembre de 2025 de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen ajudes a inversions productives en explotacions agràries vinculades a contribuir a la mitigació-adaptació al canvi climàtic, ús eficient</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>AJUDES PER A LA PRESTACIÓ de SEVICIOS DE SUBSTITUCIÓ A PEUELES I MITJANES EXPLOTACINOES AGRÀRIES DEL PRINCIPAT d'ASTÚRIES 2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878436</t>
+  </si>
+  <si>
+    <t>Subvenció 2026 Cooperació per a la successió d'explotacions agrícoles (anticipat de despesa)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879098</t>
+  </si>
+  <si>
+    <t>Resolució per la qual s'aprova la convocatòria ajudes per a la prestació de serveis d'assessorament convocatòria 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 27 de Maig de 2024 per la qual s'aprova la convocatòria de subvencions per a serveis d'assessoria a les petites i mitjanes explotacions agràries del Principat d'Astúries dedicades a la producció primària de productes agrícoles pres</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
+  </si>
+  <si>
+    <t>Resolució de 15 de febrer de 2024 de la conselleria de transició ecològica, indústria i desenvolupament econòmic per la qual s'aprova convocatòria de subvencions per a la millora de la competitivitat, innovació i digitalització del petit i mitjà comerç</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Ordre de la conselleria d'aigua, agricultura, ramaderia i pesca per la qual s'aprova la convocatòria dels ajuts destinats a la inversió en explotacions agràries, en el marc del pla estratègic de la pac, període 2023-207, anualitat 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Resolució de 23 de març de 2024 de la per la qual s'autoritza la convocatòria de les subvencions per a la dinamització i incentivació del consum als comerços minoristes del Principat d'Astúries a través del Bo Comerç Astúries</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>ORDRE de 16 d'ABRIL de 2024 de LA CONSELLERIA d'AIGUA, AGRICULTURA, RAMADERIA I PESCA PER LA QUAL ES CONVOQUEN, PER A l'ANY 2024, LES AJUDES A INVERSIONS EN TRANSFORMACIÓ, COMERCIALITZACIÓ I/O DESENVOLUPAMENT de PROPACTES 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Ordre de 31 de juliol de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual es convoquen ajudes públiques per a projectes a l'empara de l'EDLP de Galpemur a la Regió de Múrcia a l'empara del FEMPA per a 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS DESTINADES A AGRUPACIONS de DEFENSA SANITÀRIA RAMADERES de LA REGIÓ de MÚRCIA PER A L'EXERCICI 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de juny de 2024 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, convocant ajudes destinades als Consells Reguladors de les Denominacions d'Origen, Indicacions Geogràfiques Protegides i Consell Agricultura Ecològica. 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Reial Decret 905/2022, de 25 d'octubre, pel qual es regula la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comuna.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Convocatòria ajudes per a l'intercanvi de coneixements i activitats d'informació, mitjançant activitats per a formació professional i adquisició de competències (7201), al sector agrari, agroalimentari, forestal i el medi rural, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de febrer de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts de reestructuració i reconversió de vinya de la Regió de Múrcia, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Ordre de 18 de març de 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts a la Collita en verd de la verema 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts dirigits a agricultors cultivadors d'arròs corresponents als compromisos de gestió mediambientals i climàtics de la intervenció de desenvolupament rural PEPAC 2023-2027. Protecció del vedat arrosser a la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Ordre de 16/04/2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, 1a Convocatòria ajudes per a la concessió de subvencions, intervenció 7161 "Coop.Grups Operatius de l'Associació Europea per a la innovació agrícola"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Ordre de 6 de maig de 2025, de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual es convoquen per a l'any 2025 subvencions per a les Organitzacions Professionals Agràries, per al foment d'activitats de servei al sector agrari</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Ordre de 13 d'agost 2024 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria per a l'any 2024 de les ajudes d'intervenció al sector apícola de la Comunitat Autònoma de la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>CONVOCATÒRIA de LA LÍNIA d'AJUDA CORRESPONENT ALS COMPROMISOS de GESTIÓ MEDIAMBIENTALS I CLIMÀTICS de la INTERVENCIÓ FEADER PEPAC (2023-2027), 6503 (AGRICULTURA ECOLÒGICA), A LA REGIÓ de MUR.</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajudes per a la realització d'estades externes d'investigadors predoctorals a centres estrangers</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Resolució de 20/12/2024 del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajudes per incentivar la innovació en els àmbits de Defensa, Seguretat i Reconstrucció i Desenvolupament, per empreses regionals.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Resolució de 29/12/2023 del president de l'institut de foment de la regió de múrcia de convocatòria d'ajudes per a actuacions d'eficiència energètica a pime i gran empresa del sector industrial.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Resolució de 01/04/2025 del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajudes a la participació en fires, esdeveniments i missions comercials. Fira Saudi Agriculture. Aràbia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolució de 08/04/2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria pluriennal d'ajudes per incentivar la contractació de serveis d'innovació i competitivitat. Xec Internacionalització.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de juny de 2025, del Director de l'Institut de Foment de la Regió de Múrcia, per delegació, de convocatòria d'ajuts dirigits a fomentar la innovació i l'emprenedoria. Incubadores.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolució de 24/05/2024 del President de l'Institut de Foment de la Regió de Múrcia, de convocatòria d'ajudes dirigides a l'entrada d'inversors privats a empreses innovadores de recent creació.</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
+  </si>
+  <si>
+    <t>Resolució de 24/05/2024, del President de l'Institut de Foment de la Regió de Múrcia, de convocatòria d'ajudes dirigides fomentar la innovació i l'emprenedoria.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
+  </si>
+  <si>
+    <t>Ajuts per a la modernització d'allotjaments turístics de la Regió de Múrcia i millora dels àmbits de la transició verda i sostenible, de l'eficiència energètica i la transició digital en el marc del PRTR finançat per la UE-NextG (MRR C14.I1.2)</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Convocatòria el 2024 d'ajuts a projectes industrials al sector agroalimentari dins del Projecte Estratègic per a la Recuperació i Transformació Econòmica Agroalimentari, en el marc del Pla de Recuperació, Transformació i Resiliència.</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>Subvenció excepcional 2023, landalús per a promoció en punts de venda de productes agroalimentaris andalusos a través de la marca de qualitat i promoció “gust del sud”.</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>Convocatòria Pime Innova 2025 - Cambra de Sevilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Ordre de 18 d'abril del 2024, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 1- Ajuts per a l'impuls i la promoció de la integració de les entitats associatives agroalimentàries.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>Ordre de 15 de maig de 2024, per la qual es convoquen els ajuts als plans de producció i comercialització OPPcampanya 2024 - Entitats sense ànim de lucre</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Ordre de 18 d'abril del 2024, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 2- Ajuts per promoure i impulsar la fusió d'entitats associatives agroalimentàries d'Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Reial Decret 905/2022, de 25 d'octubre, pel qual es regula la Intervenció Sectorial Vitivinícola en el marc del Pla Estratègic de la Política Agrícola Comú_Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Ordre de 17 de setembre de 2024, conv.2024-25, d'ajudes dirigides a la transferència de coneixements i informació a agricultors i ramaders a través de la celebració de certàmens agroramaders i agrícoles relacionats amb l'oliverar</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Ordre de 24 de setembre de 2024, per la qual es conv. per a 2024-25 els ajuts dirigits a la transferència de coneixements i informació a agricultors i ramaders a través de la celebració de jornades tècniques d'àmplia.difusió, PDRA 2014-22(Subm.1.2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>RESOLUCION de ** de ** de 2024 per la qual es convoquen per a l'exercici 2024 els ajuts dirigits a la cooperació per a la promoció dels productes agrícoles i alimentaris en règims de qualitat (Intervenció 7132)</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>ORDRE 10 de GENER 2025, de la Direcció General de la Producció Agricola i Ramadera per la qual es convoquen ajudes a l'execució de programes nacionals veterinaris per les Associacions de Defensa Sanitària Ramadera de concurrència no competitiva</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de subvencions corresponents a les operacions d'Agricultura Ecològica de Manteniment de Fruit Secà i Fruit Regadiu (6503.2), corresponents a les Intervenci</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de gener de 2025, per la qual s'efectua la convocatòria per a l'any 2025 de la subvenció a l'operació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Orde de 27 de març de 2025,convoc. 2025 d'ajuts dirigits a l'execució, a través de les Agrup. de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari en règim de concurrència competitiva</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 1- Ajuts per a l'impuls i la promoció de la integració de les entitats associatives agroalimentàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'abril del 2025, subvencions adreçades al foment de processos d'integració i fusió d'entitats associatives agroalimentàries. Línia 2- Ajuts per promoure i impulsar la fusió d'entitats associatives agroalimentàries d'Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolució de 8 de maig de 2025 per la qual es convoquen subvencions a organitzacions i entitats representatives del sector agrari i de desenvolupament rural a Andalusia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Ordre de 20 de maig de 2025, per la qual s'aproven les bases reguladores per a la concessió de subvencions, en Règim de c.competitiva, dirigides als titulars d'explotacions agrícoles i ramaderes a municipis afectats per danys DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de desembre de 2025, per la qual es convoquen per a l'any 2026 els ajuts dirigits a l'execució, a través de les Agrupacions de Defensa Sanitària Ramadera, de programes sanitaris que no compten amb finançament comunitari.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025, de la DG d'Indústries, Innov. i Cadena Agroal., per la qual es convoca per a l'exercici 2026 ajuts a inversions en transformació, comercialització i/o desenvolupament de productes agroalim. Intervenció 68422-01 PIMES</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolució de 19 de desembre de 2025, de la DG d'Indústries, Innov. i Cadena Agroal., per la qual es convoca per a l'exercici 2026 ajuts a inversions en transformació, comercialització i/o desenvolupament de productes agroalim. FRUITES I HORTAL. PIMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>ORDRE 21 de GENER de 2026 Ajudes contractació Assegurances Agraries Combin.DTO 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883398</t>
+  </si>
+  <si>
+    <t>Resolució de 6 de maig de 2024, Convocatòria 2024 de Subvencions en rég.de conc.no comp. organitzacions i entitats representatives dels sectors agrari i de desenvolupament rural d'Andalusia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 29 MAIG de 2025, LÍNIA 4.2 inclusió lab Empresa Ordinària. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de maig de 2024, de la DG Treball, Seguretat i Salut Laboral per la qual es conv. per 2024 sub en rég.de conc.comp. a pime per a projectes de prevenció de riscos laborals, Línia 1: - minimi agrícola</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
+  </si>
+  <si>
+    <t>Resolució de 24 de maig de 2024, de la DG Treball, Seguretat i Salut Laboral per la qual es conv. per 2024 sub en rég.de conc.comp. a pime per a projectes de prevenció de riscos laborals, Línia 2: - minimi agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
+  </si>
+  <si>
+    <t>Resolució de 2 de maig de 2025, de la SGIM, per la qual es convoquen els incentius de transició justa a la província d'Almeria per al projecte tractor «Innovació i sostenibilitat en la indústria auxiliar de l'agricultura almeriense</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolució de XX de XXX de 2025 per la qual es convoquen en concurrència competitiva subvencions per a projectes d'innovació desenvolupats per Centres Tecnològics. Línia 5 de l'Ordre de 10 de febrer de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, de XX de XXXX de 2025, de la Sr.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ, de XX de XXXX de 2025, de la Sr. LÍNIA 6</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Resolució de 6 de maig de 2024, de la DGComercio, Conv2024, Subv. en rég.conc.comp.destinades a impulsar l'associacion.comercial i artesà, a promocionar i dinamitzar el petit comerç urbà ia promocionar l'artesania a Andal. -Sector Comercial</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Conveni sati - pime amb la cambra de comerç, indústria i serveis de zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Conveni satipymes amb la cambra de comerç, indústria i serveis de huesca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Conveni satipymes amb la cambra de comerç, indústria i serveis de terol</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Resolució de 18 de març de 2024, Convocatòria de la XX edició dels Premis Blas Infante d'Estudi i Investigació sobre Administració i Gestió Pública.</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>ORDRE EEI/319/2024, de 27 de març, per la qual es convoquen ajudes amb destinació a la inversió i millora, així com a la digitalització del petit comerç.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>ORDRE EEI/ /2024, d'1 de juliol, per la qual es convoquen els ajuts corresponents al programa “TORNAREM” de foment del petit comerç minorista, per a la dinamització comercial al medi urbà i rural de la Comunitat Autònoma d'Aragó</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen subvencions destinades a establir joves agricultors i de modernització i/o millora d'explotacions agràries, en el marc del pla estratègic de la pac per al període 2023-2027, per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/1365/2024, de 14 de novembre, per la qual s'aproven les bases reguladores i la convocatòria d'ajudes sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials el 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2024, de 5 de desembre, per la qual es convoquen subvencions destinades a l'establiment de joves agricultors ia modernització i/o millora d'explotacions agràries, en el marc del Pla Estratègic de la PAC, per al període 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Ordre AGA/…/2024, de 19 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/268/2025, de 6 de març, per la qual es convoquen subvencions en matèria de cooperació per als grups operatius de l'Associació Europea per a la Innovació (AEI), en el marc del Pla Estratègic Nacional de la PAC 23-27, per a Aragó per a 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/685/2025, de 23 de juny, per la qual s'aproven les bases reguladores i la convocatòria d'ajuts sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Ordre AGA/XX/2025, de XX, per la qual es convoquen les subvencions a la contractació d'assegurances agràries a la comunitat autònoma d'Aragó, per a l'any 2025 per a les línies del quaranta-sisè pla d'assegurances agràries combinades (pla 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 de , PER LA QUAL ES CONVOQUEN SUBVENCIONS A UNA PART DEL COST de CONTRACTACIÓ DE LES ASSEGURANCES AGRARIS PER A l'EXERCICI 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2025, de 17 de desembre, per la qual es convoquen subvencions per a la prestació de serveis d'assessorament agrari, en el marc del Pla Estratègic Nacional de la PAC 2023-2027, per a Aragó, per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/…/2026, de 23 de gener, per la qual es convoquen subvencions destinades a l'establiment de joves agricultors ia la modernització i/o millora d'explotacions agràries, per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883040</t>
+  </si>
+  <si>
+    <t>Ordre aga/1611/2023, de 7 de novembre, que estableix les bbrr d'ajudes extraordinàries atorgades per a finançament d'explotacions agràries aragoneses per la sequera i els problemes conjunturals del sector, aprova la convocatòria oberta per al 2023-2024</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>ORDRE EEI/ /2024, de 21 de maig, per la qual es convoquen per a l'exercici 2024 ajudes per a la realització d'actuacions en matèria de comerç exterior a la Comunitat Autònoma d'Aragó, realitzades per PIMES aragoneses.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2024, a 7 d'octubre, per la qual es convoquen subvencions per a inversions en instal·lacions de transformació i en infraestructures vitivinícoles, estructures i instruments de comercialització, per a l'any 2025 (exercici financer 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Ordre de 13 de gener, que estableix les BBRR d'ajudes extraordinàries atorgades per a finançament de cooperatives agràries aragoneses amb dificultats econòmiques conseqüència de la sequera i els problemes conjunturals del sector, i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>ORDRE de 23 de gener de 2025, que estableix les BBRR d'ajudes extraordinàries atorgades per la Comunitat Autònoma per proporcionar suport financer a les cooperatives agràries aragoneses i aprova la convocatòria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Ordre AGA//2025, de 7 d'abril, per la qual s'aprova la convocatòria per complementar l'any 2025, amb càrrec al conveni FITE 2023, les subvencions concedides a l'empara de les Ordres indústries agroalimentàries 2022 i 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025 de 26 d'agost per la qual es convoquen subvencions per a inversions en transformació, comercialització i desenvolupament de productes agrícoles (indústries agroalimentàries), en el marc del PEPAC per al període 2023-2027 per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Convocatòria instrumental 2024. direcció general de ciència i investigació. dpt. educació, ciència i universitats. subvencions directes. text refós de la llei de subvencions d'aragó aprovat per decret legislatiu 2/2023 de 3 de maig.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Ordre AGA/…/2024, de 20 de maig, per la qual es convoquen subvencions per al foment i la promoció de la venda local de productes agroalimentaris a Aragó, per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2025, de 20 de gener, per a la presentació de la sol·licitud única d'ajudes de la Política Agrícola Comuna per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDRE/AGA/284/2025, de 10 de març, del Conseller d'Agricultura, Ramaderia i Alimentació, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/ /2026, de 16 de gener, per a la presentació de la sol·licitud única de la Política Agrícola Comuna per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882041</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/xxx/2024, de 22 d'abril, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre el govern d'aragó i la fundació ecologia i desenvolupament per a l'execució del projecte "assessoria energètica per a llars aragonesos. població general"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Conveni col·laboració entre govern d'aragó i consell aragonès de cambres oficials de comerç, indústria i serveis com a entitat col·laboradora, per a gestió ajudes per a la modernització d'empreses privades transport viatgers i mercaderies</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Contracte-programa general entre el govern d'aragó i la universitat de saragossa, per a l'assignació i el finançament de complements retributius addicionals lligats a mèrits individuals del personal docent i investigador de la universitat de zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració subscrit entre l'institut aragonès d'ocupació i les cambres oficials de comerç, indústria i serveis d'osca, terol i saragossa, per fer el programa 45+.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Ordre de la vicepresidenta segona i consellera d'economia, ocupació i indústria, per la qual es concedeix una subvenció a l'agrupació de persones sordes de saragossa i aragó (asza) per fer servei d'intermediació laboral per a persones sordes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Ordre de la Vicepresidenta i Consellera de Presidència, Economia i Justícia, per la qual es convoquen els ajuts a projectes d'inversió empresarial que fomentin la investigació i desenvolupament i innovació industrial a la província de Terol. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>CONVENI de COL·LABORACIÓ ENTRE EL GOVERN d'ARAGÓ I LES CÀMERES OFICIALS de COMERÇ, INDÚSTRIA I SERVEIS d'HUESCA, TEROL I SARAGOSSA, PER A l'EXECUCIÓ de les ACCIONS SOBRE LES PIME DERIVADES del PLA CAMERAL de COMPETITIVITAT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>ORDRE de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, que aprova BBRR d'ajudes per a projectes d'innovació, a través de la iniciativa Techfablab, en el marc de PRTR i la seva convocatòria 2024</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Ordre de 16 de maig del 2025, de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, per la qual es convoquen ajudes a petites i mitjanes empreses per a actuacions de digitalització.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>ORDRE de la Vicepresidenta i Consellera de Presidència, Economia i Justícia, de 4 de febrer de 2026, es convoquen ajudes a projectes d'inversió de pimes emmarcats dins del Fons de Transició Justa (FTJ) període 2021-2027 a la província de Terol</t>
+  </si>
+  <si>
+    <t>2027-08-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885046</t>
+  </si>
+  <si>
+    <t>Ordre de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, de 4 de febrer de 2026, per la qual es convoquen ajudes per a captació de noves empreses i creixement de les ja establertes a la província de Terol</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-05-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885270</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes d'inversió empresarial que fomentin la investigació i el desenvolupament i la innovació industrial a la província de Terol. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>ORDRE de LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA PER LA QUAL ES CONVOCA PER A la CAMPANYA 2026 LA SUBACCION I.4.1 “AJUDA PER SUPERFÍCIE”, de l'ACCIÓ I.4 “AJUDA Als PRODUCTORS de PA</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869169</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoca per a la campanya 2024 lacció i.1. “ajuda a la comercialització de fruites, hortalisses, arrels i Tubercles alimentaris, flors i plantes vives recol·lectades a les canàries”</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>CONVENI de COL·LABORACIÓ ENTRE EL DEPARTAMENT de BENESTAR SOCIAL I FAMÍLIA I LA UNIVERSITAT de SARAGOSSA, PER PORTAR A TERME UN PROJECTE d'INVESTIGACION QUE DESENVOLUPI UN SISTEMA de MEDICION DE LA INSERCION LABORAL de PERSONES AMB DISCAPACITAT 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoquen per a la campanya 2024 els ajuts de l'ACCION III.2 “SUPORT AL SECTOR BOVÍ”, SUBACCIÓ III.2.5 “AJUDA A LA REPOSICIÓ EN BOVÍ de LLET AMB NOVILLAS"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 L'Acció III.1 Ajuda per al subministrament d'animals reproductors de races pures o races comercials originaris de la Comunitat</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'agricultura, ramaderia, pesca i sobirania alimentària per la qual es convoquen per a la campanya 2025, els ajuts de la subacció III.2.4 "Ajudes a la importació de vedells destinats a l'engreix"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Ordre Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària que convoca per a la Campanya 2025 l'Acció I.5 “Ajuda els productors tradicionals de tomàquet d'hivern” del Programa Comunitari de Suport a les produccions agràries canàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoquen per a la campanya 2024, els ajuts de l'Acció III.11 “Ajuda a la producció local d'ous de gallina”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària que convoca per a la Campanya 2024, l'ajuda de l'Acció III.5 "Ajuda al consum humà de carn fresca de boví, porcí, conill, cabrum, oví i pollastre d'origen local"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca per a la campanya 2025 “l'ajuda per a la producció de mel de qualitat procedent de la raça autòctona d'abella negra”</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia, Pesca i Sobirania Alimentària per la qual es convoca, per a la campanya 2025, l'ajut per superfície als productors d'àloe vera i olivera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA, PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2025 L'AJUDA PER HECTÀREA PER AL MANTENIMENT DEL CULTIU de VIDES DESTINADES A LA PRODUCCIÓ de VINS AMB</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACTE DE L'ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN, PER A LA CAMPANYA 2025, LES AJUDES de l'ACCIÓ III.2, SUPORT AL SECTOR BOVÍ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES de l'ACCIÓ III.6 AJUDA A la PRODUCCIÓ LÀCTEA de CAPRÍ I OVÍ d'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2025, LES AJUDES de l'ACCIÓ III.4 AJUDA A la PRODUCCIÓ LÀCTEA de BOVÍ d'ORIGEN LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBERANIA ALIMENTÀRIA PER LA QUAL ES CONVOCA PER A la CAMPANYA 2026 L'AJUDA Als PRODUCTORS de DETERMINATS CULTIUS FARRATGERS, ACCIÓ III.12 DEL PROGRAMAY</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869139</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN PER A la CAMPANYA 2026, LES AJUDES de l'ACCIÓ III.1 AJUDA PER Al SUBMINISTRAMENT d'ANIMALS REPRODUCTORS de RACES PURES O RACES COMERCIALS ORIGINARIS DE LA COMUNITAT</t>
+  </si>
+  <si>
+    <t>2005-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869672</t>
+  </si>
+  <si>
+    <t>ORDRE de LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2026 L'AJUDA ALS PRODUCTORS de PLÀTAN IGP</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869845</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2026 L'ACCIÓ I.1. AJUDA A LA COMERCIALITZACIÓ de FRUITES, HORTALISSES, ARRELS I TUBERCLES, FLORS I PLANTES VIVES RECOL·LECTADES A CANÀRIES I LA SUBACCIÓ I.4.2. AJUDA A LA COMERCIALITZACIÓ de PAPA de TAULA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA, PESCA I SOBIRANIA ALIMENTÀRIA PER LA QUAL ES CONVOCA PER A LA CAMPANYA 2026 L'ACCIÓ I.5 - AJUDA ALS PRODUCTORS TRADICIONALS de TOMÀQUET d'HIVERN</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOCA, PER A la CAMPANYA 2024, L'AJUDA PER SUPERFÍCIE Als PRODUCTORS d'ALOE VERA I OLIVERA, PREVISTES EN L'ACCIÓ I.8 del PROGRAMA COMUNITARI de SUPORT A LES PRODUCCIONS AGRÀRIES de CANÀRIES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBV. RECONSTRUCCIÓ del POTENCIAL PRODUCCIÓ AGRÍCOLA, VOLCAN EL PALMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>3 Ordre Conselleria d'Agricultura concesion ajuda directa perdudes de renda per Volcan , Platanos i Alvocat</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>Subvencions a les Associacions Professionals Agràries de Canàries</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a compromisos agroambientals en superfícies agràries i compromisos i activitats de conservació de recursos genètics (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen per a 2025, subvencions destinades a donar suport a Associacions Professionals Agràries - Sense Ànim de Lucre</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatòria ajudes per a ejecucion del programa d'emissió de bons digitals per a col·lectius vulnerables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Ordre consejeria d'Agricultura, ramaderia , Pesca i Sobirania Alimentaria suscripcion Assegurances Agraries</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>PROJECTE MILLORA MERCATS TRADICIONALS de CANÀRIES I/O SUPORT COMERÇ RURAL</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Subv. proy. base aèria energèticament sostenible</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Subv. ayto. fuencaliente - projectes innovadors repte demogràfic</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Assistència i Tutorització transformació digital comerç de gran canària</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Programa suport a la digitalització i el coneixement del sector comercial</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Convocatòria subvencions per a la millora competències digitals població canària 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>Convocatòria subvencionis DIGINNOVA PER A LA INCORPORACIÓ de TALENT JOVE A LES EMPRESES I CENTRES d'INVESTIGACIÓ de CANÀRIES</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>Subvenció AECP_Plan digitalització construcció 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN SUBVENCIONS de SUPORT A AGRUPACIONS EMPRESARIALS INNOVADORES O CLÚSTERS PER A LA REALITZACIÓ d'ACTUACIONS d'INNOVACIÓ A CANÀRIES, PER A L'EXERCICI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
+  </si>
+  <si>
+    <t>Convocatòria per a la concessió de subvencions a projectes de digitalització a empreses</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Decret núm. 801/2024 de 17 de desembre de 2024 del Vicepresident pel qual es convoquen els Auxilis a Projectes d'Obres Hidràuliques d'Iniciativa Privada i de Reg Agrícola per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓ AJUNTAMENT GARAFIA PLA INSULAR de DINAMITZACIÓ COMERCIAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>Resolució de l'ICCA, per la qual es convoquen per a la campanya 2024 les ajudes de les Accions I.6 i I.7 del Programa comunitari de suport a les produccions agràries de canàries (POSEI)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>COMPROMISOS de GESTIÓ AGROAMBIENTALS EN AGRICULTURA ECOLÒGICA (6503) PREVISTA AL MARC PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria subv. dest. form. competències digitals mrr</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877067</t>
+  </si>
+  <si>
+    <t>Convocatòria PIME DIGITAL 2024 – Cambra de Comerç de Cantàbria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Ordre CTD/9/2024, de 25 de novembre, bases reguladores i convocatòria de subvencions destinades a Projectes d'Eficiència Energètica i Economia Circular d'Empreses Turístiques (C14.I4, línia d'actuació2), del PRTR subjectes al Reglament (UE) 2023/2831</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>Ordre CTD/9/2024, bases reguladores i convocatòria de subvencions destinades a Projectes d'Eficiència Energètica i Economia Circular d'Empreses Turístiques (C14.I4, línia d'actuació 2), del PRTR subjectes al Reglament (UE) Nº651/2014 Comision 17/6/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a la realització d'inversions productives vinculades a contribuir a la mitigació-adaptació al canvi climàtic, ús eficient dels recursos naturals ia la modernització i/o millora en explotacions agràries a Cantàbria.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Convocatòria de les primeres ajudes a projectes d'inversió en transformació i comercialització de productes agrícoles empresos per la indústria alimentària i incloses al pla estratègic de la política agrària comuna de Cantàbria 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>Resolució del conseller de Desenvolupament Rural, Ramaderia, Pesca i Alimentació, de 24 d'abril del 2024, per la qual es convoquen ajudes a la producció i comercialització de la mel, en el marc de la intervenció sectorial apícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>PLA ANUAL d'ASSEGURANCES AGRARIS 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts als municipis per a la realització d'obres noves i de millora de les infraestructures agràries 2024-2025, regulades per l'Ordre DES/25/2024, de 14 d'agost.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Ordre DES/07/2025, de 24 de febrer de 2025, per la qual es convoquen les ajudes finançades pel FEAGA (Fons Europeu Agrícola de Garantia) i FEADER (Fons Europeu Agrícola de Desenvolupament Rural) incloses a la sol·licitud única per a l'any 2025 i es recull</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a les agrupacions de defensa sanitària ramaderes reconegudes a Cantàbria per a l'any 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a la producció i comercialització de la mel, dins el marc de la intervenció sectorial apícola.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'any 2025 a les Organitzacions Professionals Agràries i Cooperatives Agràries de Cantàbria per col·laborar en l'emplenament de les sol·licituds de la convocatòria d'ajuts finançats pel FEAGA I FEADER</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
-[...2 lines deleted...]
-    <t>Ajuts destinats a les explotacions agràries afectades per la sequera i per altres adversitats climàtiques durant els anys 2023 i 2024</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a l'establiment de joves i nous agricultors i agricultores a Cantàbria l'any 2025</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Convocatòria ajudes per a la realització d'inversions productives vinculades a contribuir a la mitigació-adaptació al canvi climàtic, ús eficient dels recursos naturals ia la modernització i/o millora en explotacions agràries a Cantàbria 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871752</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre el govern de cantàbria, a través de la conselleria de foment, ordenació del territori i medi ambient i la universitat de cantàbria per al foment de la investigació en matèria de transports</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Conveni col·laboració entre el govern de cantàbria a través de la conselleria d'indústria, turisme, innovació, transport i comerç i la universitat de cantàbria per al foment de la investigació en matèria de consum</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Ordre per la qual es convoquen les ajudes a l'artesania a cantàbria 2024 (producció primària de productes agrícoles)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts a les entitats associatives agràries per a la col·laboració en la prestació de serveis d'assessorament que inclogui la gestió tecnicoeconòmica, a les explotacions agràries a la Comunitat Autònoma de Cantàbria per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>ORDRE IND/57/2024, de 4 de desembre, per la qual s'aporta la Convocatòria per a l'any 2025 de les ajudes a l'artesania a Cantàbria (Producció primària de productes agrícoles.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Ordre IND/39/2025, de 20 d'agost, per la qual s'aprova per a l'any 2025 la convocatòria de subvencions per a associacions de comerciants i les federacions i confederacions i cooperatives de detallistes. No subjecte a minimis</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>AJUDES A L'ARTESANIA de CANTÀBRIA PER A L'ANY 2026 (Producció primària de productes agrícoles)</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Ordre IND/19/2024, de 7 de maig, per la qual es convoca per a l'any 2024 la línia de subvencions INNOVA.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Resolució SOD/EMPLEA/23/24, de 26 d'abril de 2024, per la qual es convoca per a l'any 2024 la línia de subvencions del programa “EMPLEA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Resolució SOD/CERT/23/24, de 26 d'abril de 2024, que convoca per a l'any 2024 la línia de subvencions del programa de “CERTIFICACIONS PER A LA MILLORA COMPETITIVA I L'ENTRADA EN NOUS MERCATS”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ SOD/+TAL/23/24, de 20 de MARÇ de 2024, PER LA QUAL ES CONVOCA LA LÍNIA de SUBVENCIONS "+ TALENT. CONTRACTACIÓ de PERSONAL TÈCNIC COMERCIAL". REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Resolució SOD/TEC/23/24, de 20 de març de 2024, per la qual es convoca per a l'any 2024 la línia de subvencions del programa de “Personal Tècnic R+D”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Resolució SOD/FER/23/24, d'11 d'abril de 2024, per la qual es convoca per a l'any 2024 la línia de subvencions del programa de “ORGANITZACIÓ de FIRES I CONGRESSOS EMPRESARIALS A CANTÀBRIA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de desembre de 2025 de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions per a l'any 2026 dirigides a l'adquisició de maquinària industrials nova a empreses industrials de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Ordre de 22 de desembre de 2023, de la conselleria d'agricultura, ramaderia i desenvolupament rural, es convoquen subvencions a la transformació i comercialització de productes agraris, silvícoles i de l'alimentació, cofinançades per feader, línia j01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Resolució SOD/PLAN/24/24, de 16 de maig de 2024, per la qual es convoca per a l'any 2024 el programa de subvencions per a l'execució de plans de promoció comercial de les empreses de Cantàbria. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de juny de 2024 de la Conselleria d'Agricultura, G i DR per la qual es convoquen les ajudes per a la reposició de caps de bestiar com a conseqüència del seu sacrifici en aplicació de programes sanitaris oficials de malalties dels remugants.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció del dimensionament del cooperativisme agroalimentari a la Comunitat de Castella i Lleó per a l'any 2024. Mínimis General. Ordre de 01/08//2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Subvencions per a la promoció del dimensionament del cooperativisme agroalimentari a la Comunitat de Castella i Lleó per a l'any 2024. Mínimis agrícola. Ordre d'1 d'agost del 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Ordre de 20 d'agost de 2024 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les ajudes destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Ordre de 23 d'octubre de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen subvencions per a bonificació d'interessos en préstecs preferencials bonificats formalitzats per titulars d'explotacions a CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Ordre de 21 d'octubre del 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2024, els ajuts de la intervenció destinats a fomentar la cooperació per a la successió d'explotacions agràries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Ordre de 24 d'octubre de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2024, subvencions a les organitzacions professionals agràries més representatives a la Comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Ordre de 29 d'octubre de 2024 de la Conselleria d'Agricultura, per la qual es convoquen subvencions destinades a la construcció, ampliació o adaptació d'encebadors o centres de recria de races pures, de les espècies bovina, ovina o caprina.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, de 5 de novembre del 2024, per fomentar la modernització de la indústria agroalimentària i la transició justa, Programa del Fons de Transició Justa - Pimes</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, de 8/11/2024, per la qual es convoquen subvencions a les inversions en comercialització i Transformació dels productes de la pesca i l'aqüicultura - Programa FEMPA - Línia PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre del 2024, de la Conselleria d'Agricultura, Ramaderia i DR, per la qual es convoquen ajudes per a la realització d'accions de formació, informació i demostració en el marc del Pla Estratègic Nacional de la PAC d'Espanya.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de gener de 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les intervencions en forma de pagaments directes, intervencions de desenvolupament rural i l'establiment de requisits comuns.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament rural, per la qual es convoquen ajudes a vacunació davant de salmonel·la en avicultura de posada a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Ordre de 21 de març de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, els ajuts per a la reestructuració i reconversió de vinyes a la comunitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Ordre de 8 d'abril de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les ajudes a la collita en verd de vinyes a la Comunitat de Castella i Lleó per a la verema 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Ordre de 22/04/2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen subvencions a la transformació emparades a la Intervenció 6842.1 (objectius ambientals) del PEPAC cofinançades pel FEADER - Línia MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al control de rendiment lleter a les entitats oficialment reconegudes per a la realització del control lleter.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen les subvencions a la subscripció de pòlisses d'assegurances agràries incloses en els Plans Anuals d'Assegurances Agràries Combinades.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per la qual es convoquen, per a la campanya apícola de l'any 2025, els ajuts de la Intervenció Sectorial Apícola en el marc del PEPAC 2023-2027 a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Ordre de 12/08/2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2025 els ajuts per a la promoció del dimensionament del cooperativisme agroalimentari, a la comunitat autònoma de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre del 2025, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen ajudes per a la realització d'accions de formació, informació i demostració en el marc del PEPAC d'Espanya 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de maig de 2024 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen, per a la campanya apícola de l'any 2024, els ajuts de la intervenció sectorial apícola en el marc del PEPAC 2023-2027 a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de maig de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2024 les ajudes destinades a la realització d'inversions en equips col·lectius de protecció antigelades.</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764435</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de maig de 2024 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
+  </si>
+  <si>
+    <t>Ordre de 20 d'agost de 2024, de la Conselleria de Cultura, Turisme i Esport, per la qual es convoquen subv. destinades a projectes deficiència energètica i economia circular dempreses turístiques, finançats per fons europeus next generation-eu MRR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Ordre de 8 de maig de 2024, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoca la incorporació de titulars d'explotacions agràries a les intervencions de desenvolupament rural mediambientals i climàtiques</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Ordre de 12-desembre-2025 de la Conselleria d'Economia i Hisenda per la qual s'efectua la convocatòria de l'any 2026 destinades a desenvolupar i millorar les capacitats de recerca i innovació del teixit empresarial a través de les AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Ordre de 25 de gener del 2024, de la conselleria indústria, comerç i ocupació per la qual es convoquen subvencions destinades al finançament de costos salarials de treballadors amb discapacitat en centres especials d'ocupació per a l'any 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Ordre de 7 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la modernització, digitalització i millora de la gestió del comerç de Castella i Lleó</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Acord de 25 d'abril de 2024, de la Junta de Castella i Lleó, pel qual s'autoritza la concessió directa de subvencions a l'Agrupacions Empresarials Innovadores de Castella i Lleó VITARTIS i CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Ordre de 5 d'abril del 2024, de la Conselleria Indústria, Comerç i Ocupació, per la qual es convoquen per a l'any 2024 subvencions públiques dirigides a la realització d'accions que contribueixin al Benestar laboral en centres de treball de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Ordre de 3 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2024 del programa de suport a la creació ia l'ocupació en cooperatives i societats labor. PROGRAMA I.- INCORPORACIÓ de SOCIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Ordre de 6 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la modernització de les empreses artesanes de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Ordre d'11 de juliol de 2024, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions dirigides a l'organització de fires comercials a Castella i Lleó</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la reactivació del comerç minorista de proximitat de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Ordre de 23 de desembre de 2024, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions dirigides a la promoció del sector comercial de Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Ordre de 7 de maig de 2025, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2025 del programa de suport a la creació i ocupació a cooperatives i societats laborals. Programa II.- Inversions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions al foment del relleu en l'activitat per compte propi a Castella i Lleó (Relevacyl Autoempleo). Any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Ordre de 19 de juny de 2025, del C. d'Indústria, Comerç i Ocupació, per la qual es convoquen subvencions al foment de l'esperit emprenedor per garantir el relleu productiu a través de les org. representatives d'autònoms i de l'economia social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Ordre MAV/625/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a la digitalització d'empreses de primera transformació de fusta i altres productes fustables (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Ordre MAV/624/2025, de 12 de juny, per la qual s'aproven les bases reguladores i es convoquen subvencions per a projectes d'emprenedoria digital i startups forestals a Castella i Lleó (RETECHFOR, PRTR, fons Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de maig de 2023 de la conselleria de mobilitat i Transformació digital per la qual es convoquen ajudes destinades a la modernització d'empreses de transport de viatgers i de transport de mercaderies, en el marc del prtr – next generation eu.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>Ordre MTD/879/2024, de 6 de setembre,que modifica Ordre MTD/683/2023 de 23 de maig, per la qual aproven bases reguladores i s'aprova segona convocatòria d'ajudes per a emissió bons digitals col·lectius vulnerables CyL finançat per UE(NextGen)MRR</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Ordre de 3 de maig de 2024, de la Conselleria d'Indústria, Comerç i Ocupació, per la qual es convoquen les subvencions per a l'any 2024 del programa de suport a la creació i ocupació a cooperatives i societats laborals. PROGRAMA II.- INVERSIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Subvencions destinades a fomentar l'autoocupació a Terra de Campos. Mínimis agrícola. Reg.(UE)1408/2013. Resolució del 22/11/2024 del president de la Comissió Executiva d'Ancoratge de FAFECYL.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a projectes de caràcter PRODUCTIU de la mesura 7119.2 LEADER del PLA ESTRATÈGIC de la POLÍTICA AGRÀRIA COMUN 2023-2027 EN CYL a gestionar pel GAL ASSOCIACIÓ de DESENVOLUPAMENT RURAL INTEGRAL RIBERA DEL DUERO BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts per a projectes de caràcter NO PRODUCTIU de la mesura 7119.2 Leader del pla estratègic de la política agrària comuna 2023-2027 a CYL a gestionar pel GAL Associació per al desenvolupament rural i integral ribera del duero burgalesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per al finançament de projectes en el marc de la Intervenció 7119 LEADER del Pla Estratègic Nacional de la Política Agrària Comuna (PEPAC) 2023-2027 d'Espanya, sobre la base de l'Estratègia de Desenvolupament del Grup AGALSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Ajuts públics per a expedients de la mesura 7119.3 LEADER del Pla Estratègic de la Política Agrària comuna 2023-2027 a Castella i Lleó, gestionades pel Grup d'Acció Local Segòvia Sud</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Ajuts públics per a expedients de la mesura 7119.4 LEADER del Pla Estratègic de la Política Agrària comuna 2023-2027 a Castella i Lleó, gestionades pel Grup d'Acció Local Segòvia Sud</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per al finançament de projectes en el marc de la Intervenció 7119 LEADER del Pla Estratègic Nacional de la Política Agrària Comuna (PEPAC) 2023-2027 d'Espanya, sobre la base de l'Estratègia de Desenvolupament del GAL Associació M</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de setembre de 2023 del president del servei públic d'ocupació de castella i lleó per la qual es convoquen subvencions del programa de formació de treballadors ocupats a empreses de sectors estratègics agroalimentació 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Ajuts projectes de recerca científica i Transferència de tecnologia, cofinançats pel FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Subvencions dirigides a finançar el programa de formació a la carta en empreses amb caràcter dual per al 2024. Empreses agrícoles. Reg.(UE) 1408/2013. Resolució de 15/05/2024 del president de la Comissió Executiva de Formació per a l'Ocupació de FAFECYL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Resolució, de 10/05/2024, de la DG d'Agricultura i Ramaderia, per la qual es realitza la convocatòria dels ajuts millorar les condicions de producció i comercialització de la mel a Castella-la Manxa, per a la campanya apícola 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual s'estableixen disposicions d'aplicació de les intervencions en forma de pagaments directes finançades a càrrec del Fons Europeu Agrícola (FEAGA), la sol·licitud única i allò</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Resolució, de 08/04/2025, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria de les ajudes de la Intervenció Sectorial Apícola en el marc del Pla Estratègic de la Política Agrícola Comuna a Castella-la, per a lac</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolució d'11/12/2025, de la DG d'Agricultura i Ramaderia, per la qual es convoquen, el 2025, els ajuts de la Intervenció 6505.2 Activitats de conservació, ús i desenvolupament sostenible dels recursos genètics ramaders a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolució de 07/01/2026 de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria el 2026 dels ajuts a les sol·licituds de reestructuració i reconversió de vinya de Castella-la Manxa en el marc de la Intervenció S</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de gener, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual s'estableixen disposicions d'aplicació de les intervencions en forma de pagaments directes finançades a càrrec del Fons Europeu Agrícola (FEAGA), la sol·licitud</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884030</t>
+  </si>
+  <si>
+    <t>Ordre xx/2024 de 14 de febrer, de la conselleria d'agricultura, ramaderia i desenvolupament rural, per la qual es regula l'obligació de retirada dels subproductes de la vinificació, calen les bases reguladores dels ajuts a la destil·lació de subpr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Resolució de 21/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2025, les ajudes per a promoure</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolució de 22/11/2024, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, pel procediment de tramitació anticipada, per a l'any 2025, els ajuts a la cooperació per a la informació i promoció dels pr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Ordre de 24/02/2023, de la conselleria d'agricultura, aigua i desenvolupament rural, per la qual s'estableixen les bases reguladores per a la concessió d'ajudes per a la modernització i la transformació dels regadius en l'àmbit territorial de castilla-la taca</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Resolució, de 16/05/2024, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria pel procediment de tramitació anticipada, el 2024, de la pròrroga de compromisos de la incorporació el 2023 a l'ajuda inclosa</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Resolució de 12/03/2024, ajuts per millorar i/o modernitzar explotacions agrícoles i ramaderes en el marc de la intervenció 6841.2 per a joves que simultàniament sol·licitin ajuda a la intervenció 6961.1 del Pla Estratègic de la PAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>Resolució de 17/12/2024, de la Direcció General de Desenvolupament Rural, per la qual es convoquen, per a l'any 2025, pel procediment de tramitació anticipada, les ajudes a l'establiment de joves a l'agricultura ia les inversions per a la millora i</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Resolució, de 14/05/2024, de la Viceconselleria de la Política Agrària Comuna i Política Agroambiental, per la qual es convoquen el 2024, pel procediment de tramitació anticipada, ajudes per a la realització d'activitats de formació de les submesures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Ordre de bases de subvencions per a accions de formació en capacitats digitals, adreçada preferentment a dones de l'àmbit rural, Pla Nacion. Competències digitals, del PRTR, finançat per la UE –Next Generation EU–, i convocatòria 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA de DESENVOLUPAMENT SOSTENIBLE, PER LA QUAL S'ESTABLEIXEN LES BASES REGULADORES de les AJUDES PER AL FOMENT de la CREACIÓ d'AGRUPACIONS de PROPIETARIS FORESTALS PRIVATS PER A la GESTIÓ CONJUNTA EN EL MARC DEL PLA de</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Decret 44/2024, de 27 d'agost, pel qual es regula la concessió directa de subvencions per a la contractació de persones joves en el marc del Programa La meva primera ocupació, cofinançades pel Fons Social Europeu Plus. REG (UE) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2024 per la qual s'aprova la convocatòria de subvencions per a la realització de projectes de formació professional i ocupació al si de l'empresa (Línia 5 Sectorial), per a 2024. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Resolució de 05/03/2024, de la conselleria de foment, per la qual es convoquen ajudes per a actuacions de rehabilitació energètica en habitatges i en edificis d'habitatges existents, en execució del programa de rehabilitació energètica per a edificis i</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Resolució de 23/12/2025, de la Direcció General de Desenvolupament Rural, per la qual es convoquen per a l'any 2026 pel procediment de tramitació anticipada, els ajuts a l'establiment de joves a l'agricultura ia les inversions per a la millora i/o</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolució de 21/08/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2024 les subvencions al control del rendiment lleter a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Resolució de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, per a l'any 2024, els ajuts a les agrupacions de defensa sanitària ramaderes (ADSG) a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, pel procediment de tramitació anticipada, l'any 2025, les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolució de 18/12/2024, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2025 les subvencions al control del rendiment lleter a Castella-la Manxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>ORDRE DE LA CONSELLERIA d'AGRICULTURA, RAMADERIA I DESENVOLUPAMENT RURAL, PER LA QUAL S'ESTABLEIXEN LES BASES REGULADORES de l'AJUDA EXCEPCIONAL PER PALIAR LES REPERCUSSIONS EN LES EXPLOTACIONS RAMADERES AFECTADES PEL SEROTIPO LA</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Resolució de 27/05/2025, de la Direcció general d'Ordenació Agropecuària, per la qual s'estableix la convocatòria d'ajudes addicionals a la contractació d'assegurances agràries a Castella-la Manxa incloses en el quaranta-sisè Pla d'Assegurances Agràries Combinades (Pla 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolució de la Direcció general d'Ordenació Agropecuària, per la qual es convoquen per a l'any 2026 les subvencions al control del rendiment lleter a Castella-la Manxa.</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878072</t>
+  </si>
+  <si>
+    <t>Resolució de 30/05/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de minimis, ajudes en espècie per a la participació agrupada a l'estand que contractarà la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural per a l'assistència a la fira agroalimentària Fruit Attraction 20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolució, de 18/11/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, pel procediment de tramitació anticipada, per a l'any 2026, els ajuts per promoure lap</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolució de 16/12/2025, de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2026, els ajuts per a la informació i promoció dels productes agrícoles i aliment</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Ordre xx/2024, de 26 de març, de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, pel qual s'estableixen les bases reguladores per a la concessió directa d'ajudes addicionals a la contractació d'assegurances agràries a Castella-la Manxa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Resolució de 22/04/2025, de la Secretaria General, per la qual es realitza la convocatòria, en règim de concurrència competitiva, per a l'any 2025, d'ajuts a les organitzacions professionals agràries ia les entitats associatives sense ànim de lucre, pa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Convocatòria de 20 beques per a la matrícula del curs d'estiu 2025 del Vicerectorat de Cultura, Esport i Compromís Social de la UCLM “Emprenedoria al sector veterinari i agroramader: oportunitats i desafiaments” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolució de 04/08/2025, de la Viceconsejería de Política Agrària Comuna i Política Agroambiental, per la qual es convoquen ajudes, en règim de minimis, per la tinença i manteniment de gossos mastins per a la defensa i guarda de bestiar oví i caprinoe</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>CONVENI COL·LABORACIÓ COOPERATIVES AGRO-ALIMENTÀRIES de CASTELLA-LA MANXA I IPEX PER A LA SEVA INTERNACIONALITZACIÓ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>convocatòria dels ajuts per a projectes per a la promoció de limpacte social del coneixement de les universitats i la resta dels agents del sistema de recerca, desenvolupament i innovació de Catalunya.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Subvencions per a la investigació i recuperació de sòls de la seva propietat que es veuen afectats per indicis de contaminacions puntuals o per abocaments de residus industrials per causant desconegut.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Subvencions per a projectes d'innovació tecnològica Green 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Subvencions a cupons a la competitivitat empresarial: Innovació 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Resolució de la Viceconselleria de Medi Ambient per la qual es convoquen els ajuts en inversions en tecnologies forestals i en la transformació, mobilització i comercialització de productes forestals en el marc del Programa de Desenvolupament Rural de Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del pla d'assegurances agràries (agroassegurança)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>Ajuts directes a l'agricultura i la ramaderia i altres règims d'ajuda per a la campanya 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓper la qual s'obre la convocatòria per a la concessió de subvencions a l'àmbit del comerç i dels serveis per a l'any 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del Pla d'assegurances agràries (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a les explotacions agràries d'arròs que utilitzin llavor certificada per al 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis per a la promoció de les exportacions de les indústries agroalimentàries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Ajuts a la conservació dels recursos genètics agrícoles dirigits a entitats de conservació, en el marc del Pla Estratègic de la PAC 2023-2027 corresponents a 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Ajuts per a les inversions per a les instal·lacions de transformació i infraestructures vitivinícoles i comercialització 2024-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Ajuts per a la transformació del cooperativisme agroalimentari català i el foment de la competitivitat i la sostenibilitat ambiental, social i econòmica (IMPULS.COOP) corresponents a 2025, 2026 i 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrícola en matèria de sanitat vegetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Ajuts destinats a les explotacions agràries en resposta a l'agreujament de les condicions del sector primari derivat del conflicte bèl·lic a Ucraïna i de la sequera al 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Ajuts per incentivar la investigació aplicada en matèria de producció agroalimentària ecològica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>Ajuts a les Línies del Pla d'Assegurances Agraries (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Ajuts per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis al sector agrícola per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis del sector d'interès econòmic general per al foment de la transformació del sistema agroalimentari català alineat amb el Pla estratègic de l'alimentació de Catalunya 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis destinats a la promoció i la comercialització de la venda de proximitat a Catalunya</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Ajuts al desenvolupament i validació de tractaments innovadors en la gestió de dejeccions ramaderes corresponents a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Ajuts de minimis a la diversificació agrària associats al contracte global d'explotació en el marc de la PDR a Catalunya 2023-2027 per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Ajuts a la millora dels processos de transformació i comercialització dels productes agroalimentaris corresponents a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Ajuts per a les inversions per a les instal·lacions de transformació i comercialització vitivinícoles 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
+  </si>
+  <si>
+    <t>Ajuts per al foment de les actuacions de les agrupacions de defensa forestal (ADF) per a l'any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Ajuts a la conservació dels recursos genètics agrícoles dirigits a entitats de conservació, en el marc del Pla estratègic de la PAC 2023-2027 corresponents a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrícola en matèria de sanitat vegetal 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871077</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871093</t>
+  </si>
+  <si>
+    <t>Ajuts a les entitats locals per la redacció del pla de delimitació i/o del pla de prevenció d'incendis forestals</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871847</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872116</t>
+  </si>
+  <si>
+    <t>Ajuts a les línies del Pla d'assegurances agràries 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Ajuts a la línia de finançament per a actuacions de millora en l'estalvi energètic d'instal·lacions i equips i per al projecte d'economia circular dels establiments que presten serveis d'allotjament turístic de Catalunya</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Premi al/a la millor jove artesà/ana alimentari/ària innovador/a corresponent a l'any 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per a la programació despectacles darts en viu i activitats darts visuals de caràcter professional en esdeveniments dinterès agroturístic</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>Resolució EMT//2024, de, per la qual s'obre la convocatòria anticipada per a l'any 2025 per a la concessió de subvencions per al foment de la contractació amb formació en el marc de les campanyes agràries a Lleida (SOC - CAMPANYA AGRÀRIA A</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Ajuts a la contractació Programa PICE Cambra de Comerç de Ceuta 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>BASES REGULADORES PER A LA CONCESSIÓ de LES SUBVENCIONS DIRIGIDES A FINANÇAR PROJECTES d'EFICIÈNCIA ENERGÈTICA I ECONOMIA CIRCULAR EN EMPRESES TURÍSTIQUES A LA CIUTAT AUTÒNOMA de CEUTA, AL MARC DEL PLA DE RECUPERACIÓ, TRANS.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>II fase oficines comarcals transció energètica</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>CONVENI de COL·LABORACIÓ ENTRE LA CIUTAT de MELILLA I LA FUNDACIÓ INSTITUT CAMERAL PER A LA CREACIÓ I DESENVOLUPAMENT de l'EMPRESA (INCYDE), PER AL DESENVOLUPAMENT de TRES PROGRAMES de FORMACIÓ I ACOMPANYAMENT DINS DEL PROJECTE "EMPRENDE.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Decret del 10 de setembre de 2024 de la Delegada de l'Àrea de Govern d'Economia, Innovació i Hisenda pel qual s'aprova la convocatòria pública per a la concessió de subvencions a persones afiliades al règim especial de treballadors per compte propi</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Ajuda complementària renda per a joves agricultors i agricultores 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882796</t>
+  </si>
+  <si>
+    <t>Premis solució digital startup Comunitat de Madrid 2024</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Ajuts a municipis de la Comunitat de Madrid per al desenvolupament d'activitats de promoció comercial i firal 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Programa eficiència energètica a pime i gran empresa sector industrial</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Ajuda complementària assegurances agràries c.madrid pòlisses 01/01/24 al 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>CONVENI de COL·LABORACIÓ ENTRE LA CIUTAT de MELILLA I LA FUNDACIÓ INSTITUT CAMERAL PER A LA CREACIÓ I DESENVOLUPAMENT de l'EMPRESA (INCYDE), PER AL DESENVOLUPAMENT de TRES PROGRAMES de FORMACIÓ I ACOMPANYAMENT DINS DEL PROJECTE "REACTIVA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>AJUDA AL COMITÈ d'AGRICULTURA ECOLÒGICA 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS AMB OBJECTIUS AMBIENTALS INDÚSTRIA AGROALIMENTARIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Ajuts a la producció i comercialització de la mel any 2024 FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Ajuts per a inversions amb objectius ambientals a la indústria agroalimentària, cofinançades per FEADESR i AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>AJUDES AGRUPACIONS de TRACTAMENT INTEGRAT EN AGRICULTURA (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Ajuda complementària assegurances agràries C. Madrid Pòlisses 01/11/24 al 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Ajuda complementària assegurances agràries C. Madrid Pòlisses 01/01/25 AL 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Defensa Sanitària Ramadera - LÍNIA A</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Defensa Sanitària Ramadera - LÍNIA B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Ajuts Agrupacions de Tractament Integrat en Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Ajuda complementària renda per a joves agricultors i agricultores 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Ajuda agricultors determinats cultius afrontin dificultats campanya 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AJUDES ORGANITZ. PROFES. AGRÀRIES I UNIÓ COOP. AGRÀRIES (OPES 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AJUDES UNION COOP. AGRÀRIES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORM.PRODUC.AGRAR.RESTO INVERS.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORM.PRODUC.AGRAR.ENTITATS ASSOCIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS AMB OBJECTIUS AMBIENTALS INDÚSTRIA AGROALIMENT.MINIMIS</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORMAC.PRODUCTES AGRARIS. ENTITATS ASÒCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>Resolució Adreça de Fundació Biodiversitat que publica la convocatòria de subvencions per realitzar projectes que contribueixin a la millora ambiental en l'àmbit agropecuari i forestal, i contribució al desenvolupament territorial sostenible a Doñana.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Resolució de l'Adreça de la Fundació Biodiversitat, que aprova la publicació de convocatòria de subvencions, per a suport de projectes aprovats en el marc del programa LIFE en àmbit de la biodiversitat i foment de digitalització.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances agrícoles, ramaderes i forestals compreses al 47è Pla d'Assegurances Agràries Combinades</t>
+  </si>
+  <si>
+    <t>2027-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886334</t>
+  </si>
+  <si>
+    <t>Línia de Finançament “ico Creixement Exportadors” - Minimis Agricultura</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886390</t>
+  </si>
+  <si>
+    <t>Resolució de 5 de febrer de 2026, de la Presidència de l'IVACE, per la qual es convoca la concessió de subvencions a empreses per a projectes d'R+D per a l'exercici 2026, amb finançament de la UE a través del FEDER.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885694</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores del Programa Galícia Suma Talent: Empra't d'incentius a la contractació a l'empresa ordinària, i es procedeix a la convocatòria per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de desembre de 2025 per la qual s'estableixen les bases reguladores per a la concessió de subvencions públiques, destinades al finançament del Programa Investigo, de contractació de persones joves demandants d'ocupació</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Ordre de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores del Programa d'incentius a les empreses qualificades com a iniciatives d'ocupació de base tecnològica (IEBT), i es procedeix a convocar-lo per a l'any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885510</t>
+  </si>
+  <si>
+    <t>Convocatòria derivada de les bases reguladores de les ajudes per donar suport a l'activitat científica dels grups de recerca de Catalunya (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Resolució de 10/02/2026 de la Direcció General de Producció Agroalimentària i Cooperatives, per la qual es convoquen, els ajuts per a l'assistència a la fira agroalimentària World Olive Oil Exhibition (WOOE) per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886495</t>
+  </si>
+  <si>
+    <t>Ordre de 4 de febrer de 2026 de la CMAV i OT per la qual es convoca la prima compensatòria per a l'any 2026, cofinançada FEADER en marc PEPAC Espanya 2023-2027, d'expedients de repoblament de terres agrícoles (1993-1999, 2000-2006)</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887418</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual s'estableixen ajudes als investiments en tecnologies forestals, processament, mobilització i comercialització de productes forestals</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
+  </si>
+  <si>
+    <t>Pagaments directes a l'agricultura 2023/2027</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888025</t>
+  </si>
+  <si>
+    <t>Ajuda a ramaders d'oví i cabrum sense pastures</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888029</t>
+  </si>
+  <si>
+    <t>Ajuts per a ramaders extensius de vaques nodrisses</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888038</t>
+  </si>
+  <si>
+    <t>Ajuda per a ramaders d'oví i cabrum de carn</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888040</t>
+  </si>
+  <si>
+    <t>Ajuda per als ramaders de llet de vaca</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888045</t>
+  </si>
+  <si>
+    <t>Ajuda per a ramaders oví i cabrum de llet</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888058</t>
+  </si>
+  <si>
+    <t>ORDRE de 13 de febrer de 2026 per la qual es regula a aplicació dos pagaments directes a l'agricultura i la ramaderia i les ajudes al desenvolupament rural suxeites al sistema integrat de gestió i control (codis de procediment MR250A, MR239G, MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888126</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADISMONTA</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888167</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888474</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓ de 19 de febrer de 2026 del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual s'aprova la convocatòria d'ajuts a la reestructuració i reconversió de vinya de la Comunitat Valenciana per a operacions que finalitzi</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888572</t>
+  </si>
+  <si>
+    <t>Ajuda per sufragar el preu del gasoil consumit pels productors agraris arts 24 a 27 Reial Decret Llei 20/2022. Any 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual s'aprova la convocatòria dels ajuts de reestructuració i reconversió de vinya de la Regió de Múrcia, per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888969</t>
+  </si>
+  <si>
+    <t>Resolució de 20/02/2026 de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, pel procediment de tramitació anticipada, ajudes per a la prestació de serveis d'assessorament en gestió integrada de plagues per part de les Ag</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889012</t>
+  </si>
+  <si>
+    <t>Bases reguladores i convocatòria de subvencions a la subscripció de les assegurances agràries incloses en el Pla d'Assegurances Combinades de 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890287</t>
+  </si>
+  <si>
+    <t>REAFIANÇAMENT PROGRAMA D'AVALS PER A PIMES ANY 2026 MRR REG (UE) 2023/2831 de minimis, General</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890292</t>
+  </si>
+  <si>
+    <t>REAFIANÇAMENT PROGRAMA D'AVALS PER A PIMES ANY 2026 MRR Reglament (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890304</t>
+  </si>
+  <si>
+    <t>REAFIANÇAMENT PROGRAMA D'AVALS PER A PIMES ANY 2026 REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890274</t>
+  </si>
+  <si>
+    <t>REAFIANÇAMENT PROGRAMA D'AVALS PER A PIMES ANY 2026 REG (UE) 1408/2013 de minimis, Agrícola, Mecanisme de Recuperació i Resiliència (MRR)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890279</t>
+  </si>
+  <si>
+    <t>REAFIANÇAMENT PROGRAMA D'AVALS PER A PIMES ANY 2026 REG (UE) 2023/2831 de minimis, General</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890291</t>
+  </si>
+  <si>
+    <t>REAFIANÇAMENT PROGRAMA D'AVALS PER A PIMES ANY 2026 Reglament (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890300</t>
+  </si>
+  <si>
+    <t>Convocatòria de subvencions per a la millora de la competitivitat de les pimes de comerç de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890314</t>
+  </si>
+  <si>
+    <t>Ordre de la Vicepresidenta i Consellera de Presidència, Economia i Justícia del Govern d'Aragó, per la qual es convoquen ajudes a petites i mitjanes empreses per a actuacions de digitalització</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Subvencions a entitats associatives del sector agrari i alimentari, per a la realització d'activitats específiques d'especial interès per al sector agroalimentari espanyol, així com la seva integració a entitats d'àmbit europeu</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890368</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat.(Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891006</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891007</t>
+  </si>
+  <si>
+    <t>Ordre de 28 de febrer de 2026 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament rural, per la qual es convoquen ajudes a vacunació davant de salmonel·la en avicultura de posada a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890367</t>
+  </si>
+  <si>
+    <t>Ordre de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca per la qual S'aprova la Convocatòria de les Ajudes Destinades a l'Establecim. de Persones Joves Agricultores, al Marc del Pla Estratègic de la Política Agrària Comuna, Període 2023-2027</t>
+  </si>
+  <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891315</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. NO Ajudes Estat. (Interv, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889842</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en la creació i desenvolupament d'empreses i activitats no agrícoles a zones rurals (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889844</t>
+  </si>
+  <si>
+    <t>Resolució de la Direcció General d'Ordenació Agropecuària per la qual es convoquen, en règim de concurrència competitiva, per a l'any 2026, els ajuts per compensar el lucre cessant de les explotacions ramaderes en què s'hagi imposat un buidatge</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890551</t>
+  </si>
+  <si>
+    <t>Ordre IND/8/2026, de 25 de febrer, per la qual s'aprova la convocatòria de subvencions destinades al foment de l'ocupació i millora de la competitivitat a les cooperatives i societats laborals. Reglament (UE) 1408/2013 de Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de febrer de 2025, de la Conselleria d'Indústria, Comerç i Ocupació per la qual es convoquen subvencions per al finançament de les unitats de suport a l'activitat professional als centres especials d'ocupació per a l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>Ajuts 2026 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891005</t>
+  </si>
+  <si>
+    <t>Ajudes 2026 Enfocament Leader a inversions en transformació i comercialització de productes agrícoles. Ajudes Estat (Intervenció 7119 PEPAC), s/ I Convo (PEPAC 2023-2027)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889841</t>
+  </si>
+  <si>
+    <t>Ajuts a empreses de Navarra en el marc del programa Europa+prop l'any 2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889671</t>
+  </si>
+  <si>
+    <t>Ajuts a Sindicats de treballadors del sector agroalimentari per al desenvolupament de les seves activitats de col·laboració i representació davant de l'Administració General de l'Estat</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890371</t>
+  </si>
+  <si>
+    <t>Ajuts per a accions de foment del sector forestal privat</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890417</t>
+  </si>
+  <si>
+    <t>Ajuts per a la Millora Energètica d'Edificacions Destinades a Servei Públic Municipal a Zones Rurals per a l'ANY 2026</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890870</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes als ajuntaments per a la realització d'obres noves i de millora de les infraestructures agràries a l'any 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890665</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 27 de febrer de 2026 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya Millors Vins, any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890573</t>
+  </si>
+  <si>
+    <t>ORDRE AGA/XXX/2026, de XX de xxxx, del Conseller d'Agricultura, Ramaderia i Alimentació, per la qual es convoquen subvencions destinades a la millora de la producció i comercialització dels productes de l'apicultura, per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de febrer de 2026 per la qual s'estableixen les bases reguladores dels ajuts destinats a les persones agricultores joves, en el marc del Pla estratègic de la política agrària comuna d'Espanya 2023-2027, cofinançades pel Fons Europ</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891035</t>
+  </si>
+  <si>
+    <t>AJUDES CONCURRÈNCIA COMPETITIVA LÍNIA A DESENVOLUPAMENT ACTIVITATS INTERÈS GENERAL CONSIDERADES INTERÈS SOCIAL, EN L'ÀMBIT de LA INVESTIGACIÓ CIENTÍFICA i TÈCNICA I PROTECCIÓ MEDI AMBIENT EN MATÈRIES de COMPETÈNCIA ESTATAL. ANUALITAT 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Ordre de 27 d'abril de 2023, del mapa, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer. sector pesca.</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Ordre de 27 d'abril de 2023, del mapa, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer. sector indústria agroalimentària</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>Ordre de 27 d'abril de 2023, del mapa, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer. sector agrari.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances d'aqüicultura continental compreses al 44 pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances d'aqüicultura marina compreses al 44 pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Ordre de 15 de novembre de 2023, del mapa, per la qual es convoquen les subvencions del reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de saeca al sector agroalimentari i pesquer.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances agrícoles, ramaderes i forestals compreses en el 45è pla d'assegurances agràries combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>CONVENI de COOPERACIÓ EDUCATIVA ENTRE LA GENERALITAT, A TRAVÉS de LA CONSELLERIA d'AGRICULTURA, RAMADERIA I PESCA I LA UNIVERSITAT d'ALACANT, PER A LA REALITZACIÓ de PRÀCTIQUES FORMATIVES SUBVENCIONADES DURANT L'ANY 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Resolució de 14 de maig de 2024, del (FEGA), per la qual es convoquen anticipadament les subvencions de serveis d'assessorament d'àmbit supraautonòmic, destinades al sector agroalimentari i forestal, en el marc del PEPAC.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Ordre de 29 d'abril, per la qual es convoquen per a l'exercici 2024, les subvencions destinades al programa Cultiva, relatiu a estades formatives de joves agricultors en explotacions model</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Ordre de 30 d'octubre de 2024, del MAPA, per la qual es convoquen les subvencions del Reial decret 388/2021, d'1 de juny, destinades a l'obtenció d'avals de SAECA al sector agroalimentari i pesquer.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per a renovació de la maquinària agrícola, aprovada per l'article 26 del Reial decret llei 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Ordre de 26 de desembre de 2024, del MAPA, per la qual es convoquen les subvencions de l'article 6 del Reial decret llei 4/2022, de 15 de març, destinades la subvenció del principal de crèdits a titulars d'explotacions agràries (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 13 de març de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya Millors Vins, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 17 de març del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya a la Millor Beguda Espirituosa amb Indicació Geogràfica, any 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 7 d'abril del 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya als Millors Pernils, any 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2025 del Fons Espanyol de Garantia Agrària OA (FEGA), per la qual es convoquen ajudes a inversions materials o immaterials en transformació, comercialització o desenvolupament de productes agroalimentaris PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Ajuts per a la preparació i l'execució de projectes d'innovació d'interès general per grups operatius supraautonòmics de l'Associació Europea per a la Innovació en matèria de productivitat i sostenibilitat agrícoles (AEI-Agri), en el marc del Pla Estratègic de la PAC d'Espanya (PEPAC)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+  </si>
+  <si>
+    <t>Programes pluriregionals de formació 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Pla de renovació del Parc Nacional de Maquinària Agrària (PLA RENOVE) per a l'exercici 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...20 lines deleted...]
-    <t>Ordre de 21 de juliol 2025 de la Conselleria d'Aigua, Agricultura, Ramaderia i Pesca, per la qual s'aprova la convocatòria per a l'any 2025 de les ajudes d'intervenció al sector apícola de la Comunitat Autònoma de la Regió de Múrcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 3 de febrer de 2025 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya, any 2025</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolució de 27 de març, per la qual es convoquen per a l'exercici 2025, les subvencions destinades al programa Cultiva, relatiu a estades formatives de joves agricultors en explotacions model</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 13 de gener de 2026 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya, any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Resolució de 17 de novembre de 2025, del FEGA, per la qual es convoquen anticipadament subvencions per a la realització de projectes de recerca aplicada al sector apícola i els seus productes dins de la ISA, en el marc PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolució de 16 de desembre de 2025, del FEGA, per la qual es convoquen anticipadament les subvencions de serveis d'assessorament d'àmbit supraautonòmic en el marc del PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar danys en infraestructura productiva en explotacions agràries afectades per la DANA. Relació C.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>Ajuda extraordinària per compensar danys en infraestructura productiva en explotacions agràries afectades per la DANA. Relació A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Subvencions a les assegurances agrícoles, ramaderes i forestals compreses al 46è Pla d'Assegurances Agràries Combinades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Intervenció agricultura innovadora al desert per a mitjans de vida resilients (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>2023 Filipines. provisió energia elèctrica per fonts renovables a Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Suport a les polítiques públiques de creació de llocs de treball a través de l'emprenedoria, la investigació i la innovació. ser emprenedor creatiu fase ii</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Convocatòria instrumental subvenció al ministeri d'agricultura d'etiòpia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Resolució de 22 de maig de 2025 de la Presidència del Centre per al Desenvolupament Tecnològic i la Innovació EPE (CDTI), per la qual s'aprova la convocatòria per a l'any 2025 d'ajuts destinats a projectes de R+D Missions Ciència i Innovació.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Ordre de 24 de novembre de 2025 per la qual s'aprova la convocatòria de l'any 2025 d'ajuts a projectes de col·laboració publicoprivada (ajuts per a activitats no econòmiques d'organismes de recerca).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Línia ICO Avals Pla de Resposta Davant els Danys Causats per la Depressió Aïllada en Nivells Alts (DANA) - III -. Reglament (UE) 2022/2472 Agricultura Inversió</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>Línia ICO Avals Pla de Resposta Davant els Danys Causats per la Depressió Aïllada en Nivells Alts (DANA) – IV - Reglament (UE) 2022/2472 Agricultura Desastre</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>Línia ICO Avals Pla de Resposta Davant els Danys Causats per la Depressió Aïllada en Nivells Alts (DANA) - Reglament (UE) 1408/2013 – Minimis Sector Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>I Premis Nacionals a Experiències Educatives que fomenten la Competència Digital de l'alumnat</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>No esdevinc interessos de demora durant els 6 primers mesos en els ajornaments de l'ingrés del deute tributari de l'article 8.2 del RD.llei 6/2024. Agricultura. Any 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Ajuda per sufragar el preu del gasoil consumit pels productors agraris arts 24 a 27 Reial Decret Llei 20/2022. Any 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Reducció el 2024 del rendiment net calculat pel mètode d'estimació objectiva a l'impost sobre la renda de les persones físiques de l'article 11 del RD.llei 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Reducció el 2024 de la quota meritada per operacions corrents del règim simplificat de l'impost sobre el valor afegit de l'article 11 del RD.llei 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>Refiançament del programa d'avals per a pimes 2024 agricola mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>LÍNIA DIRECTA d'INNOVACIÓ VINCULADA ALS PERTS AEROESPACIAL I de SALUT de VANGUARDIA, AL MARC del PLA de RECUPERACIÓ, TRANSFORMACIÓ I RESILIÈNCIA, FINANÇAT PER LA UNIÓ EUROPEA “NEXT GENERATION EU”</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajuts dirigits a impulsar la innovació oberta a través de la iniciativa Activa Startups, en el marc del Pla de Recuperació, Transformació i Resiliència</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Convocatòria corresponent a 2025 de les ajudes de suport a agrupacions empresarials innovadores per tal de millorar-ne la competitivitat i la contribució a l'autonomia estratègica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agraria a Andalusia i Extremadura. Projectes de Generadors d'Ocupació Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS SEPE-CORPORACIONS LOCALS 2024 del PROGRAMA de FOMENT d'OCUPACIÓ AGRÀRIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2024 PER A PROJECTES de GARANTIA de RENDES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Resolució de 30 d'abril del 2024 de la Fundació EOI, FSP per la qual es convoquen ajudes per a impuls de l'ecosistema emprenedor innovador nacional dins del Programa Impuls de l'Ecosistema Emprenedor Innovador en el marc del PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2024 PER A PROJECTES GENERADORS d'OCUPACIÓ ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agraria. Projectes de Garantia de Rendes 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agrari a Andalusia i Extremadura 2024 (Cadis) - Projectes generadors d'ocupació estable</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>ESTAT - MINISTERI de TREBALL I ECONOMIA SOCIAL - ADREÇA PROVINCIAL DEL SEP de CASTELLÓ/CASTELLÓ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025. PROJECTES GARANTIA de RENDES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 PER A PROJECTES de GARANTIA de RENDES</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 PER A PROJECTES GENERADORS d'OCUPACIÓ ESTABLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 DP SEPE MÚRCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAMA FOMENT OCUPACIÓ AGRARI ZONES RURALS DEPRIMIDES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025 (Ocupació Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARIA 2025 (Garantia de Rendes)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agrari a Zones Rurals Deprimides 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI PER A ZONES RURALS DEPRIMIDES (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...626 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT DE L'OCUPACIÓ AGRARI JAÉN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764318</t>
+  </si>
+  <si>
+    <t>SUBVENCIONS PROGRAMA de FOMENT d'OCUPACIÓ AGRARI CCE 2024 DP SEPE MÚRCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763362</t>
+  </si>
+  <si>
+    <t>PROGRAMA de FOMENT d'OCUPACIÓ AGRARI 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764051</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764127</t>
+  </si>
+  <si>
+    <t>Adenda+resolució de 28 de setembre de 2023 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la fira iwf 2024 - atlanta (ee.uu) 6 al 9 d'agost 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Resolució de 23 de novembre de 2023 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la fira kind &amp; jugend 2024 - colònia (alemania) 3 al 5 de setembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la ideobain-interclima 2024 paris (francia) del 30 de setembre de 2024 al 3 d'octubre de 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex espanya exportació i inversions, epe per la qual es convoca concessió ajudes per a participació agrupada a la fira amb (international exhibition for metal working) stuttgart (alemania)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex españa exportació i inversions, epe per la qual es convoca concessió ajudes per a la participació agrupada a la fira imts (international manufacturing technology show) chicago ee. uu. 9 a 14 setembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Resolució de 25 de gener de 2024 d'icex espanya exportació i inversions, epe per la qual es convoca concessió d'ajudes per a la participació agrupada a la fira (international sheet metall working technology exhibition) hannover 22 a 25 octubre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Resolució de 21 de març de 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió d'ajudes per a la Participació Agrupada a la Fira AGRIEXPO - Lima (PERÚ) - 23 al 25 d'octubre 2024</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Resolució de 25 d'abril de 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió d'ajudes per a la Participació Agrupada a la Fira INTERSOLAR 2024 - Munic (ALEMANYA) - 19 al 21 de juny de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Resolució de 21 de març de 2024 d'ICEX Espanya Exportació i Inversions, EPE per la qual es convoca concessió d'ajudes per a la Participació Agrupada a la Fira SAUDI AGRICULTURE 2024 - Riad (ARABIA SAUDÍ) - 21 al 24 d'octubre de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Programa de Foment d'Ocupació Agraria. Projectes Generadors d'Ocupació Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Resolució d'epe red.es per la qual es convoquen ajudes destinades a digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida del segment i, ii, iii.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Resolució epe red.és de convocatòria d'ajudes per digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida. segment i, ii, iii. sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Resolució epe red.és de convocatòria d'ajudes per digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida. segment i, ii, iii. sector pesca.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Resolució epe red.és de convocatòria d'ajudes per digitalitzar comunitats de béns, societats civils amb objecte mercantil, societats civils professionals i explotacions agràries de titularitat compartida. segment i, ii, iii. sector seeg</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Convocatòria d'ajudes del Programa de bons de connectivitat «UNICO Demanda Bono PIME». Sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Resolució de l'EPE Red.es per la qual es convoquen ajudes destinades a digitalitzar empreses del segment IV (entre 50 i menys de 100 empleats) i el segment V (entre 100 i menys de 250 empleats). Programa Kit Digital. Sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Segona convocatòria del programa d'ajuts per a la digitalització del regadiu en el marc del PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la fundació biodiversitat i fundació azti-azti fundazioa, per a l'execució d'accions incloses en el projecte life15 ipe/es/012 “gestió integrada, innovadora i participativa de la xarxa natura 2000 al medi marí esp</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Conveni entre la conselleria d'agricultura, ramaderia, pesca i desenvolupament sostenible i la fundació biodiversitat, per a l'execució d'accions incloses al projecte life15 ipe/ca/012 “gestió integrada, innovadora i participativa de la xarxa natura 20</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Conveni de col·laboració entre la fundació biodiversitat i la conselleria d'agricultura, ramaderia, pesca i desenvolupament sostenible per a l'execució d'accions incloses al projecte life cerceta pardilla (life19 nat/ca/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Programa 1 Projectes innovadors d'instal·lacions agrivoltaiques amb emmagatzematge (ENERGIES RENOVABLES INNOVADORES) en el marc del Pla de Recuperació, Transformació i Resiliència, finançat per la Unió Europea-Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>ORDRE PER LA QUAL ES CONVOQUEN SUBVENCIONS PER AL FINANÇAMENT de PROJECTES INNOVADORS PER A LA TRANSFORMACIÓ TERRITORIAL I LA LLUITA CONTRA LA DESPOBLACIÓ, PROMOUTS PER ENTITATS SENSE ÀNIM de LUCRE, DURANT L'EXERCICI de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>AJUDES FOMENT INVERSIONS TRANSFORM.PRODUC.AGRAR.RESTO INVERS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS AMB OBJECTIUS AMBIENTALS INDÚSTRIA AGROALIMENT.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Ajuts per a la incorporació de nous agricultors. Convocatòria 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AJUDES INVERSIONS MODERNITZACIÓ I/O MILLORA EXPLOTACIONS AGRÀRIES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
   </si>
   <si>
     <t>AJUDES A LA PRODUCCIÓ I COMERCIALITZACIÓ DE LA MEL ANY 2025 FEAGA</t>
   </si>
   <si>
-    <t>2025-04-29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolució de 22/04/2025, de la Secretaria General, per la qual es realitza la convocatòria, en règim de concurrència competitiva, per a l'any 2025, d'ajuts a les organitzacions professionals agràries ia les entitats associatives sense ànim de lucre, pa</t>
-[...206 lines deleted...]
-    <t>AJUDES LA PROMOCIÓ, TRANSFORMACIÓ I COMERCIALITZACIÓ PRODUCTES DE PESCA</t>
+    <t>AJUDES LA PROMOCIÓ, TRANSFORMACIÓ I COMERCIALITZACIÓ PRODUCTES de PESCA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
   </si>
   <si>
-    <t>Resolució de 15 de maig de 2025, del director de l'Agència Valenciana de Foment i Garantia Agrària, per la qual es convoquen per a l'exercici 2025 ajuts per a la cooperació en el marc de les intervencions per al desenvolupament rural del Pla Estratègic</t>
-[...94 lines deleted...]
-  <si>
     <t>FEADER ajudes foment de repoblament terres agrícoles Com. Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AJUDES A EMPRESES SEC AGR.GUANY.FOREST I INDUST DESARR PROY INV 2025</t>
-[...1762 lines deleted...]
-  <si>
     <t>FEADER.AJUDA AGRIC I GUANY ECOLOGICA.PEPAC.PROG 2025-29 I ANUAL</t>
   </si>
   <si>
-    <t>2025-06-10</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Ordre de 23 de maig de 2025 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen els ajuts destinats al foment de la cria i inscripció d'exemplars de races pures de castilla i lleó als llibres genealògics.</t>
-[...325 lines deleted...]
-  <si>
     <t>FEADER AJUDES INCORPORACIÓ JOVES AGRICULTORS CONVOCATÒRIA 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDRE AGA/685/2025, de 23 de juny, per la qual s'aproven les bases reguladores i la convocatòria d'ajuts sobre els danys en produccions i infraestructures de les explotacions agràries com a conseqüència de les pluges torrencials 2025.</t>
-[...776 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+    <t>AJUDA COMPLEMENTÀRIA ASSEGURANCES AGRARIS C.MADRID PÒLISES 01/01/26 al 31/12/26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>Orden de 30 de desembre de 2025 per la qual s'estableixen les bases reguladores a la convocatòria per a l'any 2026 de les ajudes per a estudis i investiments vinculats a la conservació, la recuperació i la rehabilitació del patrimoni natural i cultural i la sensibilitat</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Reforestacions forestals, producció de tòfona i pinyó.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886505</t>
+  </si>
+  <si>
+    <t>Resolució de 10/02/2026, de la Direcció General d'Ordenació Agropecuària, per la qual es convoquen, per a l'any 2026, les subvencions destinades al foment de les races autòctones espanyoles.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886491</t>
+  </si>
+  <si>
+    <t>Resolució de 9 de febrer de 2026 per la qual es convoquen per a l'exercici 2026 els ajuts dirigits al suport a la prestació de serveis d'assessorament (Intervenció 7202.06. assessorament per a joves agricultors) previstes a l'Ordre de 8 d'abril</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886458</t>
+  </si>
+  <si>
+    <t>Convocatòria de les ajudes a la gestió forestal sostenible en finques de titularitat privada per a l'any 2026 corresponents a la restauració de danys forestals</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886517</t>
+  </si>
+  <si>
+    <t>Incentivar serveis ecosistèmics en la gestió forestal sostenible.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885626</t>
+  </si>
+  <si>
+    <t>Resolució, de 05/02/2026, de la Direcció General d'Agricultura i Ramaderia, per la qual es realitza la convocatòria dels ajuts de la Intervenció Sectorial Apícola en el marc del Pla Estratègic de la Política Agrícola Comuna (Pepac) a Castella-la M</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885714</t>
+  </si>
+  <si>
+    <t>Resolució de 30 de desembre de 2025 per la qual es convoquen els ajuts a la valorització, segona transformació i ecoinnovació de productes forestals ia la digitalització de segona transformació i ecoinnovació de pro</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolució de 31 de desembre de 2025, per la qual s'estableixen i es convoquen els ajuts per a l'organització d'activitats formatives no reglades i activitats de divulgació que impulsin el coneixement i la competitivitat de la indústria forestal</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>A propietaris bestiar realitzi desplaçaments a través de vies pecuàries esp.natur.</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885888</t>
+  </si>
+  <si>
+    <t>Ajuts a projectes de paisatges agroforestals resilients per als anys 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>Convocatòria del 2026, per a l'exercici 2025, per a la concessió de subvencions de la línia 2 a les empreses d'inserció per a la realització d'accions per a la millora de l'ocupació i la inserció laboral dels col·lectius en risc d'exclusió social</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Ordre de 29 de desembre de 2025, per la qual s'estableixen les bases reguladores del Programa d'ajudes per implantar la igualtat laboral, la conciliació i la responsabilitat social empresarial (RSE), i es procedeix a convocar-lo per a l'any 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
   </si>
   <si>
     <t>Resolució de 30 de desembre de 2025 per la qual aprova les bases reguladores per a la concessió de les ajudes IA360 orientades a potenciar la innovació empresarial en concurrència competitiva (IG408M)</t>
   </si>
   <si>
-    <t>2026-01-17</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-03-17</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
   </si>
   <si>
-    <t>Resolució de 30 de desembre de 2025 per a les bases reguladores de les ajudes per a la millora de la capacitat de la innovació de les empreses a Galícia 2026-2027 en règim de concurrència competitiva (IG408L)</t>
-[...3539 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+    <t>Resolucion 29 desembre 25 de l'Institut Gallec del Consum i de la Competència convocatòria ajudes associacions realitzar actuacions informacion mediacion assessorament i assistència durant any 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Ordre de 27 de febrer de 2026 de la Conselleria d'Agricultura, Ramaderia i Desenvolupament Rural, per la qual es convoquen per a l'any 2026 les ajudes a les activitats de control oficial de rendiment lleter a Castella i Lleó.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890132</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en explotacions agràries del sector dels fruits secs. Convocatòria 2027</t>
+  </si>
+  <si>
+    <t>2027-05-03</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892725</t>
+  </si>
+  <si>
+    <t>Resolució de 9de març de 2026, de la Conselleria de Medi Rural i Política Agrària, per la qual es convoquen les ajudes de les Intervencions en forma de pagaments directes a l'agricultura ia la ramaderia i de les Intervencions de Desenvolupament Rural dins</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2026.- ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Mallorca)</t>
+  </si>
+  <si>
+    <t>2026-05-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891942</t>
+  </si>
+  <si>
+    <t>Ajuts per al sector agrari professional de les Illes Balears 2026.- ORGANITZACIONS PROFESSIONALS AGRÀRIES (seu Menorca)</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891944</t>
+  </si>
+  <si>
+    <t>Extracte de l'Ordre de 9 de març del 2026 del Ministeri d'Agricultura, Pesca i Alimentació per la qual es convoca el Premi Aliments d'Espanya a la Millor Beguda Espirituosa amb Indicació Geogràfica, any 2026</t>
+  </si>
+  <si>
+    <t>2026-04-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892012</t>
+  </si>
+  <si>
+    <t>Resolució de 9 de març de 2026 de la Conselleria de Mitjà Rural i Política Agrària, per la qual es convoquen les ajudes de les Intervencions en forma de pagaments directes i de les Intervencions de Desenvolupament Rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Ajuts Foment Inversions TRANSFORM.PRODUC.AGRAR.RESTO INVERS.MINIMIS</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892711</t>
+  </si>
+  <si>
+    <t>Ajuts Foment Inversions TRANSFORM.PRODUC.AGRAR.ENTITATS ASSOCIA.MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892712</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en explotacions agràries del sector dels fruits secs. Convocatòria 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892719</t>
+  </si>
+  <si>
+    <t>Convocatòria Ajudes a la Producció i Comercialització de la Mel, al Marc de la Intervenció Sectorial Apícola per a l'ANY 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Convocatòria 2026 de la línia d'ajuda del Pla Estratègic de la Política Agrària Comuna per a Espanya (PEPAC) 2023-2027 denominada “6501.4 -Apicultura per a la biodiversitat a la Comunitat Autònoma a la Regió de Múrcia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892923</t>
+  </si>
+  <si>
+    <t>Resolcuió de 13 de març de 2026, Subv Ordre de 9 d'abril de 2025 Línia 4.2.Subvencions a empreses privades del mercat ordinari de treball per cada participant que contractin durant els tres mesos posteriors a la finali.itinerari.Minimis Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Subvencions per a inversions en actius físics en actuacions no productives a realitzar a les zones d'influència socioeconòmica dels espais naturals protegits d'Aragó, en el marc del Pla Estratègic de la Política Agrària Comuna, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893201</t>
+  </si>
+  <si>
+    <t>Ajuts Foment Inversions TRANSFORMAC.PRODUCTES Agraris. Entitats Associa</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893304</t>
+  </si>
+  <si>
+    <t>Ajuts Foment Inversions TRANSFORM.PRODUC.AGRAR.RESTO Invers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893306</t>
+  </si>
+  <si>
+    <t>Actuacions silvicoles, millora xarxa viària forestal i actuacions agroforestals.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8348,66 +8225,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1015"/>
+  <dimension ref="A1:H988"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1015"/>
+      <selection activeCell="A1" sqref="A1:H988"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="498.878" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -8421,25525 +8298,25181 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="C70" s="1"/>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>226</v>
+        <v>204</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G73" s="1"/>
+      <c r="G73" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C78" s="1"/>
+        <v>235</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>235</v>
+        <v>256</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="C91" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="D91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>261</v>
+        <v>31</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>57</v>
+        <v>282</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G93" s="1"/>
       <c r="H93" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>85</v>
+        <v>286</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G94" s="1"/>
       <c r="H94" s="1" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>333</v>
+        <v>159</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G114" s="1"/>
       <c r="H114" s="1" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="C115" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G115" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="C116" s="1"/>
+        <v>275</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>286</v>
+        <v>12</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C117" s="1"/>
+        <v>342</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>343</v>
+      </c>
       <c r="D117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G117" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H117" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C118" s="1"/>
+        <v>342</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>343</v>
+      </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C119" s="1"/>
+        <v>342</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>343</v>
+      </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="C120" s="1"/>
+        <v>213</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>214</v>
+      </c>
       <c r="D120" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-      <c r="C122" s="1"/>
+        <v>354</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>356</v>
+      </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F122" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G122" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="C124" s="1"/>
+        <v>363</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>364</v>
+      </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H125" s="1" t="s">
         <v>369</v>
-      </c>
-[...17 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G126" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H126" s="1" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>378</v>
+        <v>40</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>382</v>
+        <v>63</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>200</v>
+        <v>378</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G128" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H128" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H130" s="1" t="s">
         <v>387</v>
-      </c>
-[...17 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H131" s="1" t="s">
         <v>391</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>174</v>
+        <v>404</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B136" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C136" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D136" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H137" s="1" t="s">
         <v>412</v>
-      </c>
-[...19 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H138" s="1" t="s">
         <v>416</v>
-      </c>
-[...16 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C139" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H139" s="1" t="s">
         <v>420</v>
-      </c>
-[...16 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B140" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B140" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="1" t="s">
-        <v>9</v>
+        <v>423</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="1" t="s">
         <v>426</v>
-      </c>
-[...13 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>389</v>
+        <v>436</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>392</v>
+        <v>359</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>392</v>
+        <v>444</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>442</v>
+        <v>213</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C148" s="1"/>
       <c r="D148" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>261</v>
+        <v>24</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="C150" s="1"/>
       <c r="D150" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>441</v>
+        <v>460</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>442</v>
+        <v>461</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>441</v>
+        <v>464</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>442</v>
+        <v>464</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>441</v>
+        <v>467</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>174</v>
+        <v>468</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G156" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H156" s="1" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>464</v>
+        <v>479</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G157" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H157" s="1" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>430</v>
+        <v>143</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>371</v>
+        <v>487</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>464</v>
+        <v>490</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>371</v>
+        <v>491</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>174</v>
+        <v>410</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>400</v>
+        <v>494</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>395</v>
+        <v>498</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G162" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H162" s="1" t="s">
-        <v>484</v>
+        <v>499</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>485</v>
+        <v>500</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>410</v>
+        <v>502</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>488</v>
+        <v>504</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>9</v>
+        <v>505</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>490</v>
+        <v>506</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>491</v>
+        <v>507</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>492</v>
+        <v>99</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>434</v>
+        <v>508</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>493</v>
+        <v>509</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>494</v>
+        <v>510</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>495</v>
+        <v>457</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>499</v>
+        <v>457</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>500</v>
+        <v>214</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>410</v>
+        <v>275</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>179</v>
+        <v>516</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G168" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H168" s="1" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>404</v>
+        <v>520</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>507</v>
+        <v>522</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>505</v>
+        <v>523</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>200</v>
+        <v>524</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>508</v>
+        <v>525</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>526</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>174</v>
+        <v>479</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>512</v>
+        <v>529</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>417</v>
+        <v>530</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>379</v>
+        <v>531</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>514</v>
+        <v>533</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>417</v>
+        <v>534</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>517</v>
+        <v>537</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>410</v>
+        <v>538</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>396</v>
+        <v>539</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>518</v>
+        <v>540</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>519</v>
+        <v>541</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>520</v>
+        <v>542</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>521</v>
+        <v>543</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>522</v>
+        <v>544</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>523</v>
+        <v>545</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>524</v>
+        <v>546</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>396</v>
+        <v>547</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>525</v>
+        <v>548</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>526</v>
+        <v>549</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>9</v>
+        <v>508</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>465</v>
+        <v>550</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>527</v>
+        <v>551</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>528</v>
+        <v>552</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>529</v>
+        <v>553</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>530</v>
+        <v>554</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>531</v>
+        <v>555</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>532</v>
+        <v>556</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>533</v>
+        <v>557</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>534</v>
+        <v>214</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>535</v>
+        <v>558</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>536</v>
+        <v>559</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>537</v>
+        <v>239</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>538</v>
+        <v>415</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>540</v>
+        <v>561</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>541</v>
+        <v>562</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>542</v>
+        <v>563</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>543</v>
+        <v>564</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>544</v>
+        <v>565</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>545</v>
+        <v>566</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>546</v>
+        <v>567</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>547</v>
+        <v>568</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>57</v>
+        <v>565</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>545</v>
+        <v>566</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>550</v>
+        <v>571</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>551</v>
+        <v>572</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>552</v>
+        <v>573</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>553</v>
+        <v>574</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>545</v>
+        <v>572</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>557</v>
+        <v>440</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>558</v>
+        <v>577</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>578</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>579</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>564</v>
+        <v>582</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
         <v>568</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B190" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>569</v>
+        <v>589</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>577</v>
+        <v>590</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="C194" s="1"/>
       <c r="D194" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>25</v>
+        <v>601</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>594</v>
+        <v>143</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>595</v>
+        <v>385</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>594</v>
+        <v>607</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>595</v>
+        <v>608</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>558</v>
+        <v>400</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>566</v>
+        <v>615</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>595</v>
+        <v>619</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>607</v>
+        <v>620</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>608</v>
+        <v>621</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>606</v>
+        <v>99</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>609</v>
+        <v>259</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>561</v>
+        <v>99</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>545</v>
+        <v>259</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>614</v>
+        <v>625</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>580</v>
+        <v>626</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>615</v>
+        <v>627</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>616</v>
+        <v>36</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>618</v>
+        <v>629</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>619</v>
+        <v>630</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>588</v>
+        <v>239</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>551</v>
+        <v>432</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>629</v>
+        <v>587</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>53</v>
+        <v>588</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>630</v>
+        <v>589</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>53</v>
+        <v>557</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>566</v>
+        <v>641</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>606</v>
+        <v>644</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>580</v>
+        <v>645</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>635</v>
+        <v>646</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>637</v>
+        <v>648</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>638</v>
+        <v>607</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>587</v>
+        <v>443</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>588</v>
+        <v>562</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>643</v>
+        <v>63</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>630</v>
+        <v>653</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>187</v>
+        <v>31</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>57</v>
+        <v>601</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>580</v>
+        <v>656</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>646</v>
+        <v>31</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>580</v>
+        <v>653</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>646</v>
+        <v>31</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>655</v>
+        <v>410</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>630</v>
+        <v>665</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>658</v>
+        <v>410</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>630</v>
+        <v>49</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>135</v>
+        <v>471</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>666</v>
+        <v>49</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>669</v>
+        <v>48</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>670</v>
+        <v>49</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>588</v>
+        <v>276</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>675</v>
+        <v>63</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>676</v>
+        <v>653</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>54</v>
+        <v>683</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>680</v>
+        <v>189</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>54</v>
+        <v>683</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="B226" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="C226" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H226" s="1" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>57</v>
+        <v>693</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>580</v>
+        <v>694</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>54</v>
+        <v>683</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>54</v>
+        <v>683</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C229" s="1"/>
+        <v>359</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>360</v>
+      </c>
       <c r="D229" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>54</v>
+        <v>683</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>562</v>
+        <v>704</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>600</v>
+        <v>707</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>697</v>
+        <v>531</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>652</v>
+        <v>711</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>658</v>
+        <v>714</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>697</v>
+        <v>715</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>704</v>
+        <v>717</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>557</v>
+        <v>714</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>551</v>
+        <v>715</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>705</v>
+        <v>718</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>557</v>
+        <v>714</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>551</v>
+        <v>715</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>708</v>
+        <v>721</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>709</v>
+        <v>381</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>594</v>
+        <v>722</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>710</v>
+        <v>723</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>711</v>
+        <v>724</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>709</v>
+        <v>381</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>594</v>
+        <v>722</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>712</v>
+        <v>725</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>713</v>
+        <v>726</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>709</v>
+        <v>727</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>594</v>
+        <v>728</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>714</v>
+        <v>729</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>715</v>
+        <v>730</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>718</v>
+        <v>731</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>719</v>
+        <v>732</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>57</v>
+        <v>727</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>580</v>
+        <v>728</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>720</v>
+        <v>733</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B243" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="B243" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>565</v>
+        <v>727</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>96</v>
+        <v>683</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>737</v>
+        <v>727</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>573</v>
+        <v>728</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>96</v>
+        <v>683</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>740</v>
+        <v>483</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>594</v>
+        <v>747</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>96</v>
+        <v>683</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>743</v>
+        <v>483</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>594</v>
+        <v>747</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>96</v>
+        <v>683</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>746</v>
+        <v>483</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>580</v>
+        <v>747</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>96</v>
+        <v>683</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="C250" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="C251" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="C252" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G253" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H253" s="1" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>749</v>
+        <v>768</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G254" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H254" s="1" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>749</v>
+        <v>772</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>757</v>
+        <v>773</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G255" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H255" s="1" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>749</v>
+        <v>776</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>757</v>
+        <v>777</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G256" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H256" s="1" t="s">
-        <v>764</v>
+        <v>778</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>765</v>
+        <v>779</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>749</v>
+        <v>776</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>757</v>
+        <v>777</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G257" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H257" s="1" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>767</v>
+        <v>781</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>749</v>
+        <v>782</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>757</v>
+        <v>783</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G258" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H258" s="1" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>749</v>
+        <v>786</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>757</v>
+        <v>786</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G259" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H259" s="1" t="s">
-        <v>770</v>
+        <v>787</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>771</v>
+        <v>788</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>749</v>
+        <v>786</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>757</v>
+        <v>786</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G260" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H260" s="1" t="s">
-        <v>772</v>
+        <v>789</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>773</v>
+        <v>790</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>749</v>
+        <v>786</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>757</v>
+        <v>786</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G261" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H261" s="1" t="s">
-        <v>774</v>
+        <v>791</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>775</v>
+        <v>792</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>749</v>
+        <v>464</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>757</v>
+        <v>464</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G262" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H262" s="1" t="s">
-        <v>776</v>
+        <v>793</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>777</v>
+        <v>794</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>749</v>
+        <v>501</v>
       </c>
       <c r="C263" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>778</v>
+        <v>795</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>779</v>
+        <v>796</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>749</v>
+        <v>704</v>
       </c>
       <c r="C264" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>780</v>
+        <v>798</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>781</v>
+        <v>799</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>749</v>
+        <v>800</v>
       </c>
       <c r="C265" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>782</v>
+        <v>802</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>783</v>
+        <v>803</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>749</v>
+        <v>804</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G266" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H266" s="1" t="s">
-        <v>785</v>
+        <v>806</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>786</v>
+        <v>807</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>787</v>
+        <v>680</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>318</v>
+        <v>808</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G267" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H267" s="1" t="s">
-        <v>788</v>
+        <v>809</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>789</v>
+        <v>810</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>787</v>
+        <v>565</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>318</v>
+        <v>472</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G268" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H268" s="1" t="s">
-        <v>790</v>
+        <v>811</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>791</v>
+        <v>812</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>787</v>
+        <v>813</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>318</v>
+        <v>814</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G269" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H269" s="1" t="s">
-        <v>792</v>
+        <v>815</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>787</v>
+        <v>817</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>318</v>
+        <v>276</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G270" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H270" s="1" t="s">
-        <v>794</v>
+        <v>818</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>795</v>
+        <v>819</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>787</v>
+        <v>817</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>318</v>
+        <v>276</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G271" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H271" s="1" t="s">
-        <v>796</v>
+        <v>820</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>797</v>
+        <v>821</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>787</v>
+        <v>508</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>318</v>
+        <v>550</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G272" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H272" s="1" t="s">
-        <v>798</v>
+        <v>822</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>799</v>
+        <v>823</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>787</v>
+        <v>508</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>318</v>
+        <v>550</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G273" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H273" s="1" t="s">
-        <v>800</v>
+        <v>824</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>801</v>
+        <v>825</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>787</v>
+        <v>508</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>318</v>
+        <v>550</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>802</v>
+        <v>826</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>803</v>
+        <v>827</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>43</v>
+        <v>772</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>805</v>
+        <v>829</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>806</v>
+        <v>830</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>807</v>
+        <v>213</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>808</v>
+        <v>214</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>809</v>
+        <v>831</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>811</v>
+        <v>213</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>812</v>
+        <v>214</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G277" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H277" s="1" t="s">
-        <v>813</v>
+        <v>833</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>811</v>
+        <v>835</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>812</v>
+        <v>836</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G278" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H278" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>811</v>
+        <v>839</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>812</v>
+        <v>840</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G279" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H279" s="1" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>818</v>
+        <v>842</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>811</v>
+        <v>843</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>812</v>
+        <v>844</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G280" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H280" s="1" t="s">
-        <v>819</v>
+        <v>845</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>820</v>
+        <v>846</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>811</v>
+        <v>843</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>812</v>
+        <v>844</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G281" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H281" s="1" t="s">
-        <v>821</v>
+        <v>847</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>822</v>
+        <v>848</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>823</v>
+        <v>849</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>749</v>
+        <v>728</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>824</v>
+        <v>850</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>825</v>
+        <v>851</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>123</v>
+        <v>852</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>533</v>
+        <v>378</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>826</v>
+        <v>853</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>827</v>
+        <v>854</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>123</v>
+        <v>852</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>533</v>
+        <v>378</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G284" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H284" s="1" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>659</v>
+        <v>857</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>830</v>
+        <v>858</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G285" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>683</v>
+      </c>
       <c r="H285" s="1" t="s">
-        <v>831</v>
+        <v>859</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>832</v>
+        <v>860</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>749</v>
+        <v>861</v>
       </c>
       <c r="C286" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G286" s="1"/>
       <c r="H286" s="1" t="s">
-        <v>833</v>
+        <v>863</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>834</v>
+        <v>864</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>749</v>
+        <v>865</v>
       </c>
       <c r="C287" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G287" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G287" s="1"/>
       <c r="H287" s="1" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>836</v>
+        <v>868</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>749</v>
+        <v>865</v>
       </c>
       <c r="C288" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G288" s="1"/>
       <c r="H288" s="1" t="s">
-        <v>837</v>
+        <v>869</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>838</v>
+        <v>870</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>749</v>
+        <v>865</v>
       </c>
       <c r="C289" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G289" s="1"/>
       <c r="H289" s="1" t="s">
-        <v>839</v>
+        <v>871</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>840</v>
+        <v>872</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>749</v>
+        <v>873</v>
       </c>
       <c r="C290" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G290" s="1"/>
       <c r="H290" s="1" t="s">
-        <v>841</v>
+        <v>874</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>842</v>
+        <v>875</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>749</v>
+        <v>876</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>683</v>
+        <v>877</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G291" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H291" s="1" t="s">
-        <v>843</v>
+        <v>878</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>844</v>
+        <v>879</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>749</v>
+        <v>880</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>683</v>
+        <v>881</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>845</v>
+        <v>882</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>846</v>
+        <v>883</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>749</v>
+        <v>884</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>683</v>
+        <v>715</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>847</v>
+        <v>885</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>848</v>
+        <v>886</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>749</v>
+        <v>804</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>683</v>
+        <v>887</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G294" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H294" s="1" t="s">
-        <v>849</v>
+        <v>888</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>850</v>
+        <v>889</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>749</v>
+        <v>890</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>683</v>
+        <v>891</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G295" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H295" s="1" t="s">
-        <v>851</v>
+        <v>892</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>852</v>
+        <v>893</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>749</v>
+        <v>894</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>683</v>
+        <v>895</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G296" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H296" s="1" t="s">
-        <v>853</v>
+        <v>896</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>854</v>
+        <v>897</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>749</v>
+        <v>259</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>683</v>
+        <v>645</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G297" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H297" s="1" t="s">
-        <v>855</v>
+        <v>898</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>856</v>
+        <v>899</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>749</v>
+        <v>40</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>683</v>
+        <v>236</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G298" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>857</v>
+        <v>900</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>858</v>
+        <v>901</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>749</v>
+        <v>60</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>683</v>
+        <v>653</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G299" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H299" s="1" t="s">
-        <v>859</v>
+        <v>902</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>860</v>
+        <v>903</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>749</v>
+        <v>40</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>683</v>
+        <v>259</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G300" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H300" s="1" t="s">
-        <v>861</v>
+        <v>904</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>862</v>
+        <v>905</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>749</v>
+        <v>40</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>683</v>
+        <v>276</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G301" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H301" s="1" t="s">
-        <v>863</v>
+        <v>906</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>864</v>
+        <v>907</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>749</v>
+        <v>908</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>683</v>
+        <v>909</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>865</v>
+        <v>910</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>866</v>
+        <v>911</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>749</v>
+        <v>912</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>757</v>
+        <v>913</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G303" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>867</v>
+        <v>914</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>868</v>
+        <v>915</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>749</v>
+        <v>916</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>757</v>
+        <v>595</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>869</v>
+        <v>917</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>870</v>
+        <v>918</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>749</v>
+        <v>919</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>784</v>
+        <v>920</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G305" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>871</v>
+        <v>921</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>872</v>
+        <v>922</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>873</v>
+        <v>618</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>534</v>
+        <v>653</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>874</v>
+        <v>923</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>875</v>
+        <v>924</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>876</v>
+        <v>925</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>877</v>
+        <v>926</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>878</v>
+        <v>927</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>879</v>
+        <v>928</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>876</v>
+        <v>929</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>877</v>
+        <v>653</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>880</v>
+        <v>930</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>881</v>
+        <v>931</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>882</v>
+        <v>932</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>588</v>
+        <v>933</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>883</v>
+        <v>934</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>884</v>
+        <v>935</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>254</v>
+        <v>936</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>885</v>
+        <v>324</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>886</v>
+        <v>937</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>887</v>
+        <v>938</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>600</v>
+        <v>939</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>888</v>
+        <v>940</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>889</v>
+        <v>941</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>890</v>
+        <v>942</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>529</v>
+        <v>324</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>595</v>
+        <v>259</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>891</v>
+        <v>943</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>892</v>
+        <v>944</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>893</v>
+        <v>359</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>580</v>
+        <v>945</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>894</v>
+        <v>946</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>895</v>
+        <v>947</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>561</v>
+        <v>948</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>588</v>
+        <v>949</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>896</v>
+        <v>950</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>897</v>
+        <v>951</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>544</v>
+        <v>952</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>580</v>
+        <v>953</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>898</v>
+        <v>954</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>899</v>
+        <v>935</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>557</v>
+        <v>447</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>900</v>
+        <v>645</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>901</v>
+        <v>955</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>902</v>
+        <v>956</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>579</v>
+        <v>276</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>903</v>
+        <v>645</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>904</v>
+        <v>957</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>905</v>
+        <v>958</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>57</v>
+        <v>959</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>906</v>
+        <v>276</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>907</v>
+        <v>960</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>908</v>
+        <v>961</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>57</v>
+        <v>962</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>906</v>
+        <v>963</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>909</v>
+        <v>964</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>910</v>
+        <v>965</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>57</v>
+        <v>966</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>906</v>
+        <v>279</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>911</v>
+        <v>967</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>912</v>
+        <v>968</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>57</v>
+        <v>969</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>580</v>
+        <v>970</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>913</v>
+        <v>971</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>914</v>
+        <v>972</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>57</v>
+        <v>973</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>580</v>
+        <v>974</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>915</v>
+        <v>975</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>916</v>
+        <v>976</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>57</v>
+        <v>977</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>906</v>
+        <v>382</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>917</v>
+        <v>978</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>918</v>
+        <v>979</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>57</v>
+        <v>399</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>630</v>
+        <v>390</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>919</v>
+        <v>980</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
-        <v>920</v>
+        <v>981</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>808</v>
+        <v>982</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>580</v>
+        <v>235</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>921</v>
+        <v>983</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
-        <v>922</v>
+        <v>984</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>923</v>
+        <v>483</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>925</v>
+        <v>985</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>926</v>
+        <v>986</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>927</v>
+        <v>645</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>396</v>
+        <v>987</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>928</v>
+        <v>988</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
-        <v>929</v>
+        <v>989</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>669</v>
+        <v>990</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>930</v>
+        <v>991</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>931</v>
+        <v>992</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
-        <v>932</v>
+        <v>993</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>873</v>
+        <v>994</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>638</v>
+        <v>995</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>933</v>
+        <v>996</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
-        <v>934</v>
+        <v>997</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>565</v>
+        <v>998</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>935</v>
+        <v>999</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>936</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
-        <v>937</v>
+        <v>1001</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>637</v>
+        <v>363</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>588</v>
+        <v>715</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>938</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>940</v>
+        <v>239</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>588</v>
+        <v>236</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>941</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
-        <v>942</v>
+        <v>1005</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>943</v>
+        <v>990</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>944</v>
+        <v>1006</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>945</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
-        <v>946</v>
+        <v>1008</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>947</v>
+        <v>680</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>948</v>
+        <v>1006</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>949</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>950</v>
+        <v>1010</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>947</v>
+        <v>1011</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>948</v>
+        <v>1012</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>951</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
-        <v>952</v>
+        <v>1014</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>953</v>
+        <v>680</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>954</v>
+        <v>1006</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>955</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
-        <v>956</v>
+        <v>1016</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>957</v>
+        <v>63</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>958</v>
+        <v>653</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>959</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>960</v>
+        <v>1016</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>580</v>
+        <v>653</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>961</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
-        <v>962</v>
+        <v>1019</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>621</v>
+        <v>1020</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>573</v>
+        <v>653</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>963</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
-        <v>964</v>
+        <v>1022</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>965</v>
+        <v>1023</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>396</v>
+        <v>653</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>966</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
-        <v>967</v>
+        <v>1025</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>483</v>
+        <v>1026</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>395</v>
+        <v>1027</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>968</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>969</v>
+        <v>1029</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>970</v>
+        <v>1030</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>430</v>
+        <v>1031</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>971</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>969</v>
+        <v>1033</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>970</v>
+        <v>936</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>430</v>
+        <v>1034</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>972</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>969</v>
+        <v>1036</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>970</v>
+        <v>1037</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>430</v>
+        <v>653</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>973</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>969</v>
+        <v>1039</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>970</v>
+        <v>1040</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>430</v>
+        <v>645</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>974</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>969</v>
+        <v>1042</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>970</v>
+        <v>1043</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>430</v>
+        <v>378</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>975</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>969</v>
+        <v>1045</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>970</v>
+        <v>490</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>430</v>
+        <v>1046</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>976</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>969</v>
+        <v>1048</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>970</v>
+        <v>1049</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>430</v>
+        <v>653</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>977</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>978</v>
+        <v>1051</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>483</v>
+        <v>1052</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>407</v>
+        <v>1053</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>979</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>980</v>
+        <v>1055</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>483</v>
+        <v>1053</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>396</v>
+        <v>550</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>981</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>982</v>
+        <v>1057</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>983</v>
+        <v>1058</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>524</v>
+        <v>259</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>984</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>985</v>
+        <v>1060</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>983</v>
+        <v>1061</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>442</v>
+        <v>259</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>986</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>987</v>
+        <v>1063</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>988</v>
+        <v>1064</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>989</v>
+        <v>372</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>990</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>991</v>
+        <v>1066</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>992</v>
+        <v>1064</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>395</v>
+        <v>372</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>993</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>994</v>
+        <v>1068</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>995</v>
+        <v>1069</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>996</v>
+        <v>382</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>997</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>998</v>
+        <v>1071</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>999</v>
+        <v>99</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>9</v>
+        <v>1072</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>286</v>
+        <v>84</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1000</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1001</v>
+        <v>1063</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1002</v>
+        <v>635</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>206</v>
+        <v>527</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G357" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H357" s="1" t="s">
-        <v>1003</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1004</v>
+        <v>1075</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>992</v>
+        <v>1076</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>430</v>
+        <v>251</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>197</v>
+        <v>84</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1005</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1006</v>
+        <v>1078</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>999</v>
+        <v>48</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>430</v>
+        <v>49</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>261</v>
+        <v>84</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1007</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1008</v>
+        <v>1080</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1009</v>
+        <v>1081</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>425</v>
+        <v>1082</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1010</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1011</v>
+        <v>1084</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>395</v>
+        <v>99</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>410</v>
+        <v>665</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G361" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H361" s="1" t="s">
-        <v>1012</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1013</v>
+        <v>1086</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>395</v>
+        <v>1087</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>9</v>
+        <v>1088</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1014</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1015</v>
+        <v>1090</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>395</v>
+        <v>936</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>9</v>
+        <v>502</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1016</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>1017</v>
+        <v>1092</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>395</v>
+        <v>1093</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>9</v>
+        <v>1094</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1018</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1019</v>
+        <v>1096</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>420</v>
+        <v>63</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>9</v>
+        <v>653</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1020</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1021</v>
+        <v>1098</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>420</v>
+        <v>1093</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>9</v>
+        <v>1094</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1022</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1023</v>
+        <v>1100</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1024</v>
+        <v>410</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>958</v>
+        <v>547</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1025</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1026</v>
+        <v>1102</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>651</v>
+        <v>1040</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>877</v>
+        <v>1103</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1027</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1028</v>
+        <v>1105</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>344</v>
+        <v>1106</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>992</v>
+        <v>656</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1029</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1030</v>
+        <v>1108</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1031</v>
+        <v>149</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>588</v>
+        <v>487</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1032</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1033</v>
+        <v>1110</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>529</v>
+        <v>149</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>595</v>
+        <v>487</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1034</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1035</v>
+        <v>1112</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1036</v>
+        <v>707</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>580</v>
+        <v>385</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1037</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1038</v>
+        <v>1114</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C373" s="1"/>
+        <v>800</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>356</v>
+      </c>
       <c r="D373" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1039</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1040</v>
+        <v>1116</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1041</v>
+        <v>1117</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>580</v>
+        <v>1118</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1042</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1043</v>
+        <v>1120</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="C375" s="1"/>
+        <v>1121</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="D375" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1045</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1046</v>
+        <v>1123</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>808</v>
+        <v>1124</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>580</v>
+        <v>1125</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1047</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1048</v>
+        <v>1127</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1049</v>
+        <v>1124</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>580</v>
+        <v>1125</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1050</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1051</v>
+        <v>1129</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1052</v>
+        <v>1124</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1053</v>
+        <v>1125</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1054</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1055</v>
+        <v>1131</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1056</v>
+        <v>547</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1057</v>
+        <v>1132</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1058</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1059</v>
+        <v>1134</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1060</v>
+        <v>508</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1061</v>
+        <v>550</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1062</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1063</v>
+        <v>1136</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>676</v>
+        <v>1137</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1064</v>
+        <v>550</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1065</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1066</v>
+        <v>1139</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>658</v>
+        <v>550</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1067</v>
+        <v>251</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1068</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1069</v>
+        <v>1141</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>53</v>
+        <v>550</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1070</v>
+        <v>251</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1071</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1072</v>
+        <v>1143</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>606</v>
+        <v>550</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1073</v>
+        <v>251</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1074</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1075</v>
+        <v>1145</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>529</v>
+        <v>1146</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>594</v>
+        <v>1147</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1076</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1077</v>
+        <v>1149</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>529</v>
+        <v>1150</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>594</v>
+        <v>371</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1078</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1079</v>
+        <v>1152</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>529</v>
+        <v>1153</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1080</v>
+        <v>1154</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1081</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1082</v>
+        <v>1156</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>375</v>
+        <v>428</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1083</v>
+        <v>1154</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1084</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1085</v>
+        <v>1158</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>344</v>
+        <v>1153</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>958</v>
+        <v>1154</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>286</v>
+        <v>84</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1086</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1087</v>
+        <v>1160</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>451</v>
+        <v>1153</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1088</v>
+        <v>1154</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G390" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H390" s="1" t="s">
-        <v>1089</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1090</v>
+        <v>1162</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>470</v>
+        <v>1163</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1091</v>
+        <v>645</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1092</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1093</v>
+        <v>1165</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>174</v>
+        <v>1166</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>364</v>
+        <v>1027</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1094</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1095</v>
+        <v>1168</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>442</v>
+        <v>210</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1096</v>
+        <v>1169</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1097</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1098</v>
+        <v>1171</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>344</v>
+        <v>1172</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>958</v>
+        <v>769</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G394" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H394" s="1" t="s">
-        <v>1099</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1100</v>
+        <v>1174</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>344</v>
+        <v>1175</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>958</v>
+        <v>862</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G395" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H395" s="1" t="s">
-        <v>1101</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1102</v>
+        <v>1177</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1103</v>
+        <v>1172</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1104</v>
+        <v>769</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>226</v>
+        <v>84</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1105</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1106</v>
+        <v>1179</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1107</v>
+        <v>259</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1091</v>
+        <v>1180</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>1108</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1109</v>
+        <v>1182</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>524</v>
+        <v>259</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>183</v>
+        <v>1180</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1110</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1111</v>
+        <v>1184</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1107</v>
+        <v>275</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1091</v>
+        <v>276</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1112</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1107</v>
+        <v>1187</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1091</v>
+        <v>236</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1114</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1115</v>
+        <v>1189</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1107</v>
+        <v>1187</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1091</v>
+        <v>236</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1116</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1117</v>
+        <v>1191</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>455</v>
+        <v>1187</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1118</v>
+        <v>236</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>187</v>
+        <v>84</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1119</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1120</v>
+        <v>1193</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1107</v>
+        <v>1187</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>958</v>
+        <v>236</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1121</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1122</v>
+        <v>1195</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>442</v>
+        <v>213</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1096</v>
+        <v>214</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1123</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1124</v>
+        <v>1197</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>524</v>
+        <v>480</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1125</v>
+        <v>385</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1126</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1127</v>
+        <v>1199</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1002</v>
+        <v>385</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1128</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1129</v>
+        <v>1201</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>470</v>
+        <v>1202</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1096</v>
+        <v>1203</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>202</v>
+        <v>84</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1130</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1131</v>
+        <v>1205</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1103</v>
+        <v>1206</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1132</v>
+        <v>936</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1133</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1134</v>
+        <v>1208</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1135</v>
+        <v>364</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>206</v>
+        <v>936</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1136</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1137</v>
+        <v>1210</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1135</v>
+        <v>364</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1053</v>
+        <v>728</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1138</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1139</v>
+        <v>1212</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1135</v>
+        <v>534</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1140</v>
+        <v>1118</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1141</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1142</v>
+        <v>1214</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>996</v>
+        <v>1215</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1143</v>
+        <v>932</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>1144</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1145</v>
+        <v>1217</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>996</v>
+        <v>63</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1143</v>
+        <v>653</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>1146</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>661</v>
+        <v>1219</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>996</v>
+        <v>1220</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1143</v>
+        <v>936</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1147</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1148</v>
+        <v>1222</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>996</v>
+        <v>1223</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1143</v>
+        <v>9</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1149</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1150</v>
+        <v>1225</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1151</v>
+        <v>1226</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1152</v>
+        <v>251</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1153</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1154</v>
+        <v>1228</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>434</v>
+        <v>99</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1155</v>
+        <v>259</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>1156</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1157</v>
+        <v>1230</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1103</v>
+        <v>534</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>379</v>
+        <v>800</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1158</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1159</v>
+        <v>1232</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>434</v>
+        <v>844</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1160</v>
+        <v>762</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1161</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1162</v>
+        <v>1234</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1163</v>
+        <v>844</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1164</v>
+        <v>9</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1165</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1166</v>
+        <v>1234</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1167</v>
+        <v>768</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>179</v>
+        <v>1236</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1168</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1169</v>
+        <v>1238</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>996</v>
+        <v>40</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1170</v>
+        <v>1239</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>1171</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1172</v>
+        <v>1241</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>375</v>
+        <v>40</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1173</v>
+        <v>1239</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>261</v>
+        <v>96</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1174</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1175</v>
+        <v>1243</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>996</v>
+        <v>615</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1143</v>
+        <v>1244</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1176</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1177</v>
+        <v>1246</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1167</v>
+        <v>1247</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1118</v>
+        <v>1248</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1178</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1179</v>
+        <v>1250</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1103</v>
+        <v>1251</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1180</v>
+        <v>1252</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1181</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1182</v>
+        <v>1254</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1183</v>
+        <v>1226</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1143</v>
+        <v>557</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1184</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1185</v>
+        <v>1256</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1183</v>
+        <v>1257</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1143</v>
+        <v>881</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1186</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1187</v>
+        <v>1259</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1164</v>
+        <v>580</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>473</v>
+        <v>1260</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F429" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G429" s="1" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1188</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1189</v>
+        <v>1262</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1155</v>
+        <v>1263</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1190</v>
+        <v>1264</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F430" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G430" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1191</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1192</v>
+        <v>1266</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1193</v>
+        <v>1263</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1194</v>
+        <v>450</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F431" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G431" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1195</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1196</v>
+        <v>1268</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>179</v>
+        <v>1263</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1197</v>
+        <v>1269</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F432" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G432" s="1" t="s">
-        <v>180</v>
+        <v>105</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1198</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1199</v>
+        <v>1271</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>379</v>
+        <v>1272</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1190</v>
+        <v>995</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F433" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G433" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1200</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1201</v>
+        <v>1274</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>379</v>
+        <v>571</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1190</v>
+        <v>1275</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F434" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G434" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1202</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1203</v>
+        <v>1277</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>379</v>
+        <v>1278</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1190</v>
+        <v>656</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F435" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G435" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1204</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1205</v>
+        <v>1280</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>179</v>
+        <v>399</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>225</v>
+        <v>1203</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F436" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G436" s="1" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1206</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1207</v>
+        <v>1282</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>379</v>
+        <v>1283</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1208</v>
+        <v>1284</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F437" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G437" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1209</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1210</v>
+        <v>1286</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>379</v>
+        <v>1287</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1211</v>
+        <v>1288</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F438" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G438" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1212</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1213</v>
+        <v>1290</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1091</v>
+        <v>389</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1190</v>
+        <v>476</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G439" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H439" s="1" t="s">
-        <v>1214</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1215</v>
+        <v>1292</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>179</v>
+        <v>601</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>225</v>
+        <v>1293</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F440" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G440" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1216</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1217</v>
+        <v>1295</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>379</v>
+        <v>1296</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>200</v>
+        <v>1030</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F441" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G441" s="1" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1218</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1219</v>
+        <v>1298</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>179</v>
+        <v>467</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>200</v>
+        <v>1088</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="G442" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H442" s="1" t="s">
-        <v>1220</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1221</v>
+        <v>1300</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>179</v>
+        <v>1301</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>200</v>
+        <v>589</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F443" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G443" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1222</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1223</v>
+        <v>1303</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>179</v>
+        <v>1304</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>200</v>
+        <v>557</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F444" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G444" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>1224</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1225</v>
+        <v>1303</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>179</v>
+        <v>1304</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>200</v>
+        <v>557</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F445" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G445" s="1" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1226</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1227</v>
+        <v>1303</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1096</v>
+        <v>1304</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>195</v>
+        <v>557</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="G446" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H446" s="1" t="s">
-        <v>1228</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1229</v>
+        <v>1303</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>396</v>
+        <v>1304</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>186</v>
+        <v>557</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="G447" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="H447" s="1" t="s">
-        <v>1230</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1231</v>
+        <v>1303</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>179</v>
+        <v>1304</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1197</v>
+        <v>557</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F448" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G448" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1232</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1233</v>
+        <v>1303</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1103</v>
+        <v>1304</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1104</v>
+        <v>557</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1234</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1235</v>
+        <v>1303</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1183</v>
+        <v>1304</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1236</v>
+        <v>557</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1237</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1238</v>
+        <v>1303</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>996</v>
+        <v>1304</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>190</v>
+        <v>557</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1239</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1240</v>
+        <v>1313</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1091</v>
+        <v>1076</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>206</v>
+        <v>251</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1241</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1242</v>
+        <v>1315</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1143</v>
+        <v>626</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1243</v>
+        <v>589</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1244</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1245</v>
+        <v>1317</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1246</v>
+        <v>861</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1247</v>
+        <v>1169</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1248</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1249</v>
+        <v>1319</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1118</v>
+        <v>1320</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1194</v>
+        <v>1169</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>202</v>
+        <v>134</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1250</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1251</v>
+        <v>1322</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1143</v>
+        <v>1323</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1252</v>
+        <v>1169</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>187</v>
+        <v>134</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1253</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1254</v>
+        <v>1325</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1183</v>
+        <v>1326</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1236</v>
+        <v>1327</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1255</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1256</v>
+        <v>1329</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1257</v>
+        <v>1187</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1258</v>
+        <v>608</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1259</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1260</v>
+        <v>1331</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1091</v>
+        <v>969</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1261</v>
+        <v>704</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1262</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1263</v>
+        <v>1333</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1104</v>
+        <v>63</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1264</v>
+        <v>653</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>197</v>
+        <v>134</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1265</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1266</v>
+        <v>1335</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1267</v>
+        <v>1037</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>225</v>
+        <v>656</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1268</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1221</v>
+        <v>1337</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1267</v>
+        <v>1338</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1269</v>
+        <v>389</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F462" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G462" s="1" t="s">
-        <v>151</v>
+        <v>1339</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1222</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1270</v>
+        <v>1341</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1197</v>
+        <v>1342</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1190</v>
+        <v>1343</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>32</v>
+        <v>1339</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1271</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1272</v>
+        <v>1345</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1273</v>
+        <v>389</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>215</v>
+        <v>1346</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>197</v>
+        <v>1339</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1274</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1275</v>
+        <v>1348</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>520</v>
+        <v>813</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>521</v>
+        <v>614</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G465" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1339</v>
+      </c>
       <c r="H465" s="1" t="s">
-        <v>1276</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1277</v>
+        <v>1350</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>392</v>
+        <v>1351</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1278</v>
+        <v>1031</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G466" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1339</v>
+      </c>
       <c r="H466" s="1" t="s">
-        <v>1279</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1280</v>
+        <v>1353</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>190</v>
+        <v>1351</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1261</v>
+        <v>880</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>117</v>
+        <v>1339</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>1281</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>415</v>
+        <v>1355</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1236</v>
+        <v>1356</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>209</v>
+        <v>236</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>226</v>
+        <v>1339</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1282</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1283</v>
+        <v>1358</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>205</v>
+        <v>758</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1284</v>
+        <v>1088</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>96</v>
+        <v>1339</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1285</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>1286</v>
+        <v>1360</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1236</v>
+        <v>1361</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>958</v>
+        <v>1362</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>151</v>
+        <v>1339</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1287</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1288</v>
+        <v>1364</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>186</v>
+        <v>1365</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1289</v>
+        <v>1366</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>187</v>
+        <v>1339</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1290</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1291</v>
+        <v>1368</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>186</v>
+        <v>508</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>200</v>
+        <v>557</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>187</v>
+        <v>1339</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1292</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1293</v>
+        <v>1370</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>385</v>
+        <v>550</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>219</v>
+        <v>1082</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>16</v>
+        <v>1339</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>1294</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1295</v>
+        <v>1372</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1296</v>
+        <v>422</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1297</v>
+        <v>239</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>286</v>
+        <v>1339</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>1298</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1299</v>
+        <v>1374</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>196</v>
+        <v>1375</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1170</v>
+        <v>1375</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>54</v>
+        <v>1339</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>1300</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1301</v>
+        <v>1377</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>385</v>
+        <v>1202</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>219</v>
+        <v>1378</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G476" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1339</v>
+      </c>
       <c r="H476" s="1" t="s">
-        <v>1302</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1303</v>
+        <v>1380</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1304</v>
+        <v>243</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1305</v>
+        <v>1381</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>96</v>
+        <v>1339</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1306</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1307</v>
+        <v>1383</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1308</v>
+        <v>1384</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1305</v>
+        <v>9</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>32</v>
+        <v>1339</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1309</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1310</v>
+        <v>1386</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>196</v>
+        <v>1387</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1311</v>
+        <v>385</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>180</v>
+        <v>1339</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1312</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1313</v>
+        <v>1389</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>222</v>
+        <v>632</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1314</v>
+        <v>251</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>32</v>
+        <v>1339</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1315</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1316</v>
+        <v>1391</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>222</v>
+        <v>632</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1317</v>
+        <v>1082</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>16</v>
+        <v>1339</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1318</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1319</v>
+        <v>1393</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1269</v>
+        <v>437</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1320</v>
+        <v>1394</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>12</v>
+        <v>1339</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1321</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1322</v>
+        <v>1396</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>219</v>
+        <v>1397</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1173</v>
+        <v>1397</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>16</v>
+        <v>1339</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1323</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1324</v>
+        <v>1399</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1325</v>
+        <v>464</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1326</v>
+        <v>464</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>96</v>
+        <v>1339</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1327</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1328</v>
+        <v>1401</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>210</v>
+        <v>538</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1329</v>
+        <v>1402</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G485" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1339</v>
+      </c>
       <c r="H485" s="1" t="s">
-        <v>1330</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1331</v>
+        <v>1404</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1269</v>
+        <v>1405</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1320</v>
+        <v>1220</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G486" s="1"/>
       <c r="H486" s="1" t="s">
-        <v>1332</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1333</v>
+        <v>1407</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1334</v>
+        <v>1408</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1208</v>
+        <v>656</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1335</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1333</v>
+        <v>1410</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1334</v>
+        <v>1287</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1208</v>
+        <v>628</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1336</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1333</v>
+        <v>1412</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1334</v>
+        <v>977</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1208</v>
+        <v>722</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1337</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1338</v>
+        <v>1412</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>219</v>
+        <v>977</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1339</v>
+        <v>722</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>1340</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1341</v>
+        <v>1415</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>451</v>
+        <v>601</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>958</v>
+        <v>602</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1342</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1343</v>
+        <v>1417</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1344</v>
+        <v>565</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1345</v>
+        <v>382</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>286</v>
+        <v>156</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1346</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1347</v>
+        <v>1419</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>201</v>
+        <v>1420</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1173</v>
+        <v>1421</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1348</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1349</v>
+        <v>1423</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>451</v>
+        <v>880</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1350</v>
+        <v>1121</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>1351</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1352</v>
+        <v>1425</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="C495" s="1"/>
+        <v>404</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>1244</v>
+      </c>
       <c r="D495" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>1353</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1354</v>
+        <v>1427</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1355</v>
+        <v>467</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1356</v>
+        <v>1428</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>1357</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1358</v>
+        <v>1430</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1355</v>
+        <v>670</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1359</v>
+        <v>1431</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1360</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1361</v>
+        <v>1433</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1355</v>
+        <v>508</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1211</v>
+        <v>550</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1362</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1363</v>
+        <v>1435</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1190</v>
+        <v>505</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1356</v>
+        <v>550</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>1364</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1365</v>
+        <v>1437</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1366</v>
+        <v>1362</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1367</v>
+        <v>1438</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1368</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1369</v>
+        <v>1440</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1190</v>
+        <v>1076</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1211</v>
+        <v>251</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1370</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1371</v>
+        <v>1442</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1190</v>
+        <v>1076</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1211</v>
+        <v>251</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1372</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1373</v>
+        <v>1444</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1345</v>
+        <v>422</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1350</v>
+        <v>423</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>1374</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1375</v>
+        <v>1446</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1376</v>
+        <v>239</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1320</v>
+        <v>1447</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>1377</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1378</v>
+        <v>1449</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1376</v>
+        <v>443</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1379</v>
+        <v>1450</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1380</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1381</v>
+        <v>1452</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1382</v>
+        <v>1453</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1383</v>
+        <v>1454</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1384</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1385</v>
+        <v>1456</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1386</v>
+        <v>1453</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>206</v>
+        <v>1454</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1387</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1388</v>
+        <v>1458</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1389</v>
+        <v>275</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1390</v>
+        <v>276</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1391</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1392</v>
+        <v>1460</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1393</v>
+        <v>601</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1394</v>
+        <v>602</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>1395</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1396</v>
+        <v>1462</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1243</v>
+        <v>251</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1397</v>
+        <v>1463</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>1398</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1399</v>
+        <v>1465</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1366</v>
+        <v>472</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1379</v>
+        <v>1466</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>261</v>
+        <v>156</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1400</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1401</v>
+        <v>1468</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1402</v>
+        <v>472</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1403</v>
+        <v>1466</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>1404</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1405</v>
+        <v>1470</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1389</v>
+        <v>891</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1406</v>
+        <v>1471</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1407</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1408</v>
+        <v>1470</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1359</v>
+        <v>891</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1339</v>
+        <v>1471</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>1409</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-      <c r="C515" s="1"/>
+        <v>1474</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>1475</v>
+      </c>
       <c r="D515" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1411</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-      <c r="C516" s="1"/>
+        <v>1477</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1475</v>
+      </c>
       <c r="D516" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>1413</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1414</v>
+        <v>1477</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1415</v>
+        <v>461</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1416</v>
+        <v>1475</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1417</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1418</v>
+        <v>1480</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1419</v>
+        <v>461</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1420</v>
+        <v>1475</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>1421</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1422</v>
+        <v>1482</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1423</v>
+        <v>1483</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1424</v>
+        <v>727</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>1425</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1426</v>
+        <v>1485</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1427</v>
+        <v>63</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1428</v>
+        <v>276</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1429</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1430</v>
+        <v>1487</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1431</v>
+        <v>63</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1428</v>
+        <v>276</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G521" s="1"/>
+      <c r="G521" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H521" s="1" t="s">
-        <v>1432</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1433</v>
+        <v>1489</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1431</v>
+        <v>63</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1434</v>
+        <v>276</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G522" s="1"/>
+      <c r="G522" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H522" s="1" t="s">
-        <v>1435</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1436</v>
+        <v>1491</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>451</v>
+        <v>1492</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>958</v>
+        <v>656</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G523" s="1"/>
+      <c r="G523" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H523" s="1" t="s">
-        <v>1437</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1438</v>
+        <v>1494</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1439</v>
+        <v>23</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1440</v>
+        <v>483</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G524" s="1"/>
+      <c r="G524" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H524" s="1" t="s">
-        <v>1441</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1442</v>
+        <v>1496</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1439</v>
+        <v>1497</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1443</v>
+        <v>653</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G525" s="1"/>
+      <c r="G525" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H525" s="1" t="s">
-        <v>1444</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1445</v>
+        <v>1499</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1446</v>
+        <v>1500</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1447</v>
+        <v>1501</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G526" s="1"/>
+      <c r="G526" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H526" s="1" t="s">
-        <v>1448</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1449</v>
+        <v>1503</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1446</v>
+        <v>592</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1447</v>
+        <v>372</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G527" s="1"/>
+      <c r="G527" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H527" s="1" t="s">
-        <v>1450</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1451</v>
+        <v>1505</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1452</v>
+        <v>1506</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1453</v>
+        <v>1431</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G528" s="1"/>
+      <c r="G528" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H528" s="1" t="s">
-        <v>1454</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1455</v>
+        <v>1508</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1456</v>
+        <v>939</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1457</v>
+        <v>1509</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G529" s="1"/>
+      <c r="G529" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H529" s="1" t="s">
-        <v>1458</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1459</v>
+        <v>1511</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1456</v>
+        <v>1512</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1457</v>
+        <v>1513</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G530" s="1"/>
+      <c r="G530" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H530" s="1" t="s">
-        <v>1460</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1461</v>
+        <v>1515</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1462</v>
+        <v>461</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1463</v>
+        <v>378</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>1464</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1465</v>
+        <v>1517</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1447</v>
+        <v>1518</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1466</v>
+        <v>259</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>1467</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1468</v>
+        <v>1520</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1469</v>
+        <v>275</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1180</v>
+        <v>276</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1470</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1471</v>
+        <v>1522</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      </c>
+        <v>1236</v>
+      </c>
+      <c r="C534" s="1"/>
       <c r="D534" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>1472</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1473</v>
+        <v>1524</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1474</v>
+        <v>1327</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1475</v>
+        <v>773</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1476</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1477</v>
+        <v>1526</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1478</v>
+        <v>1527</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1479</v>
+        <v>653</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1480</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1481</v>
+        <v>1529</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1478</v>
+        <v>403</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1482</v>
+        <v>1346</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>1483</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1484</v>
+        <v>1531</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1474</v>
+        <v>1532</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1475</v>
+        <v>665</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>1485</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1486</v>
+        <v>1534</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1487</v>
+        <v>1535</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1488</v>
+        <v>9</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1489</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1490</v>
+        <v>1537</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1447</v>
+        <v>505</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>906</v>
+        <v>9</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1491</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1492</v>
+        <v>1539</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1493</v>
+        <v>1540</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1463</v>
+        <v>553</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>1494</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1495</v>
+        <v>1542</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1496</v>
+        <v>1543</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1497</v>
+        <v>768</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1498</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1499</v>
+        <v>1542</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>659</v>
+        <v>1543</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>830</v>
+        <v>768</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G543" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H543" s="1" t="s">
-        <v>1500</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1501</v>
+        <v>1542</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>749</v>
+        <v>1543</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>683</v>
+        <v>768</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G544" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H544" s="1" t="s">
-        <v>1502</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1503</v>
+        <v>1547</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>683</v>
+        <v>653</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G545" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H545" s="1" t="s">
-        <v>1504</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1505</v>
+        <v>1549</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>749</v>
+        <v>1550</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>683</v>
+        <v>1551</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G546" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H546" s="1" t="s">
-        <v>1506</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1507</v>
+        <v>1553</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>749</v>
+        <v>508</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>683</v>
+        <v>550</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G547" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H547" s="1" t="s">
-        <v>1508</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1509</v>
+        <v>1555</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>749</v>
+        <v>1556</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>683</v>
+        <v>1132</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G548" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H548" s="1" t="s">
-        <v>1510</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1511</v>
+        <v>1558</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>749</v>
+        <v>213</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>683</v>
+        <v>214</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G549" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H549" s="1" t="s">
-        <v>1512</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1513</v>
+        <v>1560</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>749</v>
+        <v>618</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>683</v>
+        <v>653</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G550" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H550" s="1" t="s">
-        <v>1514</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1515</v>
+        <v>1562</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>683</v>
+        <v>653</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G551" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H551" s="1" t="s">
-        <v>1516</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1517</v>
+        <v>1564</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>749</v>
+        <v>1565</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>683</v>
+        <v>1082</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G552" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H552" s="1" t="s">
-        <v>1518</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1519</v>
+        <v>1567</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>683</v>
+        <v>276</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G553" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H553" s="1" t="s">
-        <v>1520</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1521</v>
+        <v>1569</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>749</v>
+        <v>1420</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>683</v>
+        <v>670</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G554" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H554" s="1" t="s">
-        <v>1522</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1523</v>
+        <v>1571</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>749</v>
+        <v>63</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>683</v>
+        <v>49</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G555" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H555" s="1" t="s">
-        <v>1524</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1525</v>
+        <v>1573</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>749</v>
+        <v>1248</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>683</v>
+        <v>1574</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G556" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H556" s="1" t="s">
-        <v>1526</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1527</v>
+        <v>1576</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>749</v>
+        <v>381</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>683</v>
+        <v>480</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G557" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H557" s="1" t="s">
-        <v>1528</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1529</v>
+        <v>1578</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>749</v>
+        <v>1579</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>683</v>
+        <v>1580</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G558" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H558" s="1" t="s">
-        <v>1530</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1531</v>
+        <v>1582</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>749</v>
+        <v>1583</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>683</v>
+        <v>432</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G559" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H559" s="1" t="s">
-        <v>1532</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1533</v>
+        <v>1585</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>749</v>
+        <v>275</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>683</v>
+        <v>1586</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G560" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H560" s="1" t="s">
-        <v>1534</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1535</v>
+        <v>1588</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>749</v>
+        <v>1589</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>683</v>
+        <v>1590</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G561" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H561" s="1" t="s">
-        <v>1536</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1537</v>
+        <v>1592</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>749</v>
+        <v>1593</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>683</v>
+        <v>653</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G562" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H562" s="1" t="s">
-        <v>1538</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1539</v>
+        <v>1595</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>749</v>
+        <v>772</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>683</v>
+        <v>1596</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G563" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H563" s="1" t="s">
-        <v>1540</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1541</v>
+        <v>1598</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>1599</v>
+      </c>
+      <c r="C564" s="1"/>
       <c r="D564" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G564" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H564" s="1" t="s">
-        <v>1542</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1543</v>
+        <v>1601</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>749</v>
+        <v>1550</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>683</v>
+        <v>1551</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G565" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H565" s="1" t="s">
-        <v>1544</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1545</v>
+        <v>1603</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>683</v>
+        <v>1118</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G566" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H566" s="1" t="s">
-        <v>1546</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1547</v>
+        <v>1605</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>749</v>
+        <v>1606</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>683</v>
+        <v>1607</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G567" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H567" s="1" t="s">
-        <v>1548</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1549</v>
+        <v>1609</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>749</v>
+        <v>1093</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>683</v>
+        <v>1607</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G568" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H568" s="1" t="s">
-        <v>1550</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1551</v>
+        <v>1611</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>749</v>
+        <v>497</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>683</v>
+        <v>547</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G569" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H569" s="1" t="s">
-        <v>1552</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1553</v>
+        <v>1613</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>749</v>
+        <v>670</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>683</v>
+        <v>665</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G570" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H570" s="1" t="s">
-        <v>1554</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1555</v>
+        <v>1615</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>749</v>
+        <v>670</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>683</v>
+        <v>665</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G571" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H571" s="1" t="s">
-        <v>1556</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1557</v>
+        <v>1617</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>749</v>
+        <v>1618</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>683</v>
+        <v>1619</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G572" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H572" s="1" t="s">
-        <v>1558</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1559</v>
+        <v>1621</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>749</v>
+        <v>1043</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>683</v>
+        <v>419</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G573" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H573" s="1" t="s">
-        <v>1560</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1561</v>
+        <v>1623</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>749</v>
+        <v>1284</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>683</v>
+        <v>1624</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G574" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H574" s="1" t="s">
-        <v>1562</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1563</v>
+        <v>1626</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>749</v>
+        <v>1397</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>683</v>
+        <v>839</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G575" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H575" s="1" t="s">
-        <v>1564</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1565</v>
+        <v>1628</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>749</v>
+        <v>359</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>683</v>
+        <v>378</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G576" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H576" s="1" t="s">
-        <v>1566</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1567</v>
+        <v>1630</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>749</v>
+        <v>359</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>683</v>
+        <v>378</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G577" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H577" s="1" t="s">
-        <v>1568</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1569</v>
+        <v>1632</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>749</v>
+        <v>1633</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>683</v>
+        <v>1326</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G578" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H578" s="1" t="s">
-        <v>1570</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1571</v>
+        <v>1635</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>749</v>
+        <v>1636</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>683</v>
+        <v>1040</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G579" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H579" s="1" t="s">
-        <v>1572</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1573</v>
+        <v>1638</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>749</v>
+        <v>443</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>683</v>
+        <v>444</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G580" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H580" s="1" t="s">
-        <v>1574</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1575</v>
+        <v>1640</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>749</v>
+        <v>450</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>683</v>
+        <v>1327</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="G581" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="H581" s="1" t="s">
-        <v>1576</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1577</v>
+        <v>1642</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1578</v>
+        <v>108</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1579</v>
+        <v>1643</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>1580</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1581</v>
+        <v>1645</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1582</v>
+        <v>1206</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1583</v>
+        <v>653</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1584</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1585</v>
+        <v>1647</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1586</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C584" s="1"/>
       <c r="D584" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>1587</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1588</v>
+        <v>1649</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>544</v>
+        <v>1650</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>580</v>
+        <v>49</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>1589</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1590</v>
+        <v>1652</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>57</v>
+        <v>1653</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>580</v>
+        <v>497</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>1591</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1590</v>
+        <v>1655</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>57</v>
+        <v>1656</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>580</v>
+        <v>1438</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>1592</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1593</v>
+        <v>1658</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>1594</v>
+        <v>432</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1595</v>
+        <v>1659</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1596</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1597</v>
+        <v>1661</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>749</v>
+        <v>99</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>580</v>
+        <v>508</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>1598</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1599</v>
+        <v>1663</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1600</v>
+        <v>530</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>1601</v>
+        <v>1664</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>1602</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1603</v>
+        <v>1666</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>85</v>
+        <v>1361</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>958</v>
+        <v>1667</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>1604</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1605</v>
+        <v>1669</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>85</v>
+        <v>1670</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>906</v>
+        <v>1606</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>1606</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1607</v>
+        <v>1672</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>85</v>
+        <v>1673</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>364</v>
+        <v>653</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1608</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1609</v>
+        <v>1675</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>92</v>
+        <v>1527</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>580</v>
+        <v>653</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>1610</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1611</v>
+        <v>1677</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>120</v>
+        <v>1678</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>1612</v>
+        <v>653</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1613</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1614</v>
+        <v>1680</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>120</v>
+        <v>543</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1612</v>
+        <v>656</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>1615</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>952</v>
+        <v>1682</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>413</v>
+        <v>1683</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>676</v>
+        <v>1093</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>1616</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>1617</v>
+        <v>1685</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>572</v>
+        <v>1686</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>588</v>
+        <v>653</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1618</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1619</v>
+        <v>1688</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>953</v>
+        <v>1093</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>954</v>
+        <v>1381</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>1620</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1621</v>
+        <v>1690</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>935</v>
+        <v>461</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>1622</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1623</v>
+        <v>1692</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>740</v>
+        <v>1618</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1073</v>
+        <v>1656</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H601" s="1" t="s">
-        <v>1624</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1625</v>
+        <v>1694</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>740</v>
+        <v>63</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1626</v>
+        <v>653</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H602" s="1" t="s">
-        <v>1627</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1628</v>
+        <v>1696</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>614</v>
+        <v>99</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1629</v>
+        <v>665</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H603" s="1" t="s">
-        <v>1630</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1631</v>
+        <v>1698</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>57</v>
+        <v>969</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>558</v>
+        <v>680</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H604" s="1" t="s">
-        <v>1632</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1633</v>
+        <v>1700</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>1634</v>
+        <v>1701</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>551</v>
+        <v>450</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="H605" s="1" t="s">
-        <v>1635</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1636</v>
+        <v>1703</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>700</v>
+        <v>213</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>666</v>
+        <v>214</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="H606" s="1" t="s">
-        <v>1637</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1638</v>
+        <v>1705</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>1639</v>
+        <v>464</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>873</v>
+        <v>356</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H607" s="1" t="s">
-        <v>1640</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1641</v>
+        <v>1707</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>22</v>
+        <v>1708</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1642</v>
+        <v>1362</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H608" s="1" t="s">
-        <v>1643</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1644</v>
+        <v>1710</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>1645</v>
+        <v>1094</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>666</v>
+        <v>1362</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H609" s="1" t="s">
-        <v>1646</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1647</v>
+        <v>1712</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>675</v>
+        <v>30</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>900</v>
+        <v>1362</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H610" s="1" t="s">
-        <v>1648</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1649</v>
+        <v>1714</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>135</v>
+        <v>1715</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1612</v>
+        <v>1716</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H611" s="1" t="s">
-        <v>1650</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1651</v>
+        <v>1718</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>1652</v>
+        <v>1550</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1653</v>
+        <v>715</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H612" s="1" t="s">
-        <v>1654</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1655</v>
+        <v>1720</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>565</v>
+        <v>1550</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1656</v>
+        <v>715</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H613" s="1" t="s">
-        <v>1657</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1658</v>
+        <v>1722</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>885</v>
+        <v>1215</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1659</v>
+        <v>539</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H614" s="1" t="s">
-        <v>1660</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1661</v>
+        <v>1724</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>666</v>
+        <v>1725</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1662</v>
+        <v>1726</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H615" s="1" t="s">
-        <v>1663</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1664</v>
+        <v>1728</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>1665</v>
+        <v>1361</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>638</v>
+        <v>550</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H616" s="1" t="s">
-        <v>1666</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1667</v>
+        <v>1730</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>873</v>
+        <v>1731</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>734</v>
+        <v>1540</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H617" s="1" t="s">
-        <v>1668</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1669</v>
+        <v>1733</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>873</v>
+        <v>1734</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>734</v>
+        <v>1735</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H618" s="1" t="s">
-        <v>1670</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
-        <v>1671</v>
+        <v>1737</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>600</v>
+        <v>1284</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1672</v>
+        <v>1738</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H619" s="1" t="s">
-        <v>1673</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
-        <v>1674</v>
+        <v>1740</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>565</v>
+        <v>1741</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1675</v>
+        <v>1742</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H620" s="1" t="s">
-        <v>1676</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
-        <v>1677</v>
+        <v>1744</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>655</v>
+        <v>457</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>697</v>
+        <v>279</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H621" s="1" t="s">
-        <v>1678</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
-        <v>1679</v>
+        <v>1746</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>557</v>
+        <v>63</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>573</v>
+        <v>375</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H622" s="1" t="s">
-        <v>1680</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
-        <v>1681</v>
+        <v>1748</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>57</v>
+        <v>1749</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>200</v>
+        <v>722</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H623" s="1" t="s">
-        <v>1682</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1683</v>
+        <v>1751</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>500</v>
+        <v>618</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>954</v>
+        <v>375</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1684</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1685</v>
+        <v>1753</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>1686</v>
+        <v>565</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1687</v>
+        <v>982</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1688</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1689</v>
+        <v>1755</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>85</v>
+        <v>410</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>545</v>
+        <v>378</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1690</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1691</v>
+        <v>1757</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>873</v>
+        <v>1758</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>888</v>
+        <v>995</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H627" s="1" t="s">
-        <v>1692</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
-        <v>1693</v>
+        <v>1760</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>533</v>
+        <v>457</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>534</v>
+        <v>1761</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H628" s="1" t="s">
-        <v>1694</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
-        <v>1695</v>
+        <v>1763</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>1696</v>
+        <v>1764</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1697</v>
+        <v>925</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>1698</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
-        <v>1699</v>
+        <v>1766</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>1036</v>
+        <v>27</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1700</v>
+        <v>1767</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1701</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1702</v>
+        <v>1769</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>85</v>
+        <v>1342</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1703</v>
+        <v>1343</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1704</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1705</v>
+        <v>1771</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>85</v>
+        <v>1550</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1703</v>
+        <v>814</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>286</v>
+        <v>204</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1706</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1707</v>
+        <v>1773</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1708</v>
+        <v>1550</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>363</v>
+        <v>1725</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G633" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H633" s="1" t="s">
-        <v>1709</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1710</v>
+        <v>1775</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1708</v>
+        <v>527</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>363</v>
+        <v>1776</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G634" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H634" s="1" t="s">
-        <v>1711</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1712</v>
+        <v>1778</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>651</v>
+        <v>1779</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>638</v>
+        <v>1589</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G635" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H635" s="1" t="s">
-        <v>1713</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1714</v>
+        <v>1781</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>876</v>
+        <v>1069</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1715</v>
+        <v>728</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G636" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H636" s="1" t="s">
-        <v>1716</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1717</v>
+        <v>1783</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>53</v>
+        <v>1784</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>588</v>
+        <v>1785</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G637" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H637" s="1" t="s">
-        <v>1718</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1719</v>
+        <v>1787</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>740</v>
+        <v>1716</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G638" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H638" s="1" t="s">
-        <v>1720</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1721</v>
+        <v>1789</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>572</v>
+        <v>1767</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1722</v>
+        <v>407</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G639" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H639" s="1" t="s">
-        <v>1723</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1724</v>
+        <v>1791</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>1725</v>
+        <v>1767</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1656</v>
+        <v>407</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>54</v>
+        <v>218</v>
       </c>
       <c r="H640" s="1" t="s">
-        <v>1726</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1727</v>
+        <v>1793</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>1728</v>
+        <v>1794</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1729</v>
+        <v>407</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>100</v>
+        <v>218</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1730</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1731</v>
+        <v>1796</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>1732</v>
+        <v>1797</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>367</v>
+        <v>497</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G642" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H642" s="1" t="s">
-        <v>1733</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1734</v>
+        <v>1799</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>1732</v>
+        <v>491</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1735</v>
+        <v>670</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G643" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H643" s="1" t="s">
-        <v>1736</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1737</v>
+        <v>1801</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>1732</v>
+        <v>881</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>562</v>
+        <v>933</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G644" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H644" s="1" t="s">
-        <v>1738</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1739</v>
+        <v>1803</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>587</v>
+        <v>1046</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>935</v>
+        <v>670</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G645" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H645" s="1" t="s">
-        <v>1740</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1741</v>
+        <v>1805</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>587</v>
+        <v>1806</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>935</v>
+        <v>550</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G646" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H646" s="1" t="s">
-        <v>1742</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1743</v>
+        <v>1808</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1735</v>
+        <v>550</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G647" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H647" s="1" t="s">
-        <v>1744</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1745</v>
+        <v>1810</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>1746</v>
+        <v>99</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1747</v>
+        <v>670</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G648" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H648" s="1" t="s">
-        <v>1748</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1749</v>
+        <v>1812</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>57</v>
+        <v>508</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>200</v>
+        <v>550</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G649" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H649" s="1" t="s">
-        <v>1750</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1751</v>
+        <v>1814</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>57</v>
+        <v>1667</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>580</v>
+        <v>1815</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G650" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H650" s="1" t="s">
-        <v>1752</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1753</v>
+        <v>1817</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>154</v>
+        <v>1667</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>363</v>
+        <v>1366</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G651" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H651" s="1" t="s">
-        <v>1754</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1755</v>
+        <v>1819</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>31</v>
+        <v>632</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>551</v>
+        <v>1366</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G652" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H652" s="1" t="s">
-        <v>1756</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1753</v>
+        <v>1821</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>1757</v>
+        <v>890</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>363</v>
+        <v>645</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G653" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H653" s="1" t="s">
-        <v>1758</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1753</v>
+        <v>1823</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>1757</v>
+        <v>1824</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>363</v>
+        <v>1825</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G654" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H654" s="1" t="s">
-        <v>1759</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1760</v>
+        <v>1827</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>1761</v>
+        <v>1825</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1762</v>
+        <v>1082</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G655" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H655" s="1" t="s">
-        <v>1763</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
-        <v>1764</v>
+        <v>1829</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>1765</v>
+        <v>1830</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>580</v>
+        <v>858</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G656" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H656" s="1" t="s">
-        <v>1766</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1767</v>
+        <v>1832</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1765</v>
+        <v>1284</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>580</v>
+        <v>1082</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G657" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H657" s="1" t="s">
-        <v>1768</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
-        <v>1769</v>
+        <v>1834</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>1765</v>
+        <v>1153</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>580</v>
+        <v>1154</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G658" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H658" s="1" t="s">
-        <v>1770</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
-        <v>1771</v>
+        <v>1836</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>1765</v>
+        <v>1741</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>580</v>
+        <v>1837</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G659" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H659" s="1" t="s">
-        <v>1772</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
-        <v>1773</v>
+        <v>1839</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>1774</v>
+        <v>275</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>958</v>
+        <v>1840</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G660" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H660" s="1" t="s">
-        <v>1775</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1776</v>
+        <v>1842</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>1060</v>
+        <v>656</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>958</v>
+        <v>925</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G661" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H661" s="1" t="s">
-        <v>1777</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1778</v>
+        <v>1844</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>43</v>
+        <v>1845</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>588</v>
+        <v>464</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G662" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H662" s="1" t="s">
-        <v>1779</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1780</v>
+        <v>1847</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>43</v>
+        <v>1501</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>588</v>
+        <v>1848</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G663" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H663" s="1" t="s">
-        <v>1781</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
-        <v>1782</v>
+        <v>1850</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>965</v>
+        <v>1794</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>363</v>
+        <v>1215</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G664" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H664" s="1" t="s">
-        <v>1783</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
-        <v>1784</v>
+        <v>1852</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>85</v>
+        <v>1853</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>958</v>
+        <v>653</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G665" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H665" s="1" t="s">
-        <v>1785</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1786</v>
+        <v>1855</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>85</v>
+        <v>1856</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>958</v>
+        <v>1857</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G666" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H666" s="1" t="s">
-        <v>1787</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
-        <v>1788</v>
+        <v>1859</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>1789</v>
+        <v>1860</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>958</v>
+        <v>596</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G667" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H667" s="1" t="s">
-        <v>1790</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
-        <v>1791</v>
+        <v>1862</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>1792</v>
+        <v>1492</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>580</v>
+        <v>375</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G668" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H668" s="1" t="s">
-        <v>1793</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
-        <v>1794</v>
+        <v>1864</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>1795</v>
+        <v>1715</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>580</v>
+        <v>1551</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G669" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H669" s="1" t="s">
-        <v>1796</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1797</v>
+        <v>1866</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1031</v>
+        <v>1715</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>580</v>
+        <v>1683</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H670" s="1" t="s">
-        <v>1798</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1799</v>
+        <v>1868</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>344</v>
+        <v>715</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>958</v>
+        <v>1551</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>1800</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
-        <v>1801</v>
+        <v>1870</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>1802</v>
+        <v>715</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1376</v>
+        <v>1551</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="H672" s="1" t="s">
-        <v>1803</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
-        <v>1804</v>
+        <v>1872</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>1057</v>
+        <v>1873</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>580</v>
+        <v>375</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>1805</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1806</v>
+        <v>1875</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>1057</v>
+        <v>843</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>1807</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
-        <v>1808</v>
+        <v>1877</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>1809</v>
+        <v>843</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1810</v>
+        <v>665</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1811</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1812</v>
+        <v>1879</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>1809</v>
+        <v>588</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>944</v>
+        <v>1518</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1813</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1814</v>
+        <v>1881</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>924</v>
+        <v>461</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1815</v>
+        <v>768</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1816</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1817</v>
+        <v>1883</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>924</v>
+        <v>461</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1815</v>
+        <v>1884</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1818</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
-        <v>1819</v>
+        <v>1886</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>344</v>
+        <v>1887</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1815</v>
+        <v>572</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1820</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1821</v>
+        <v>1889</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>1822</v>
+        <v>1887</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1823</v>
+        <v>572</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1824</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
-        <v>1825</v>
+        <v>1891</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>1822</v>
+        <v>1892</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1823</v>
+        <v>722</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1826</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1827</v>
+        <v>1894</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>1822</v>
+        <v>1895</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1070</v>
+        <v>539</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1828</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1829</v>
+        <v>1897</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1830</v>
+        <v>403</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1831</v>
+        <v>1118</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1832</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1833</v>
+        <v>1899</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1830</v>
+        <v>755</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1831</v>
+        <v>1900</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1834</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1835</v>
+        <v>1902</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>948</v>
+        <v>1650</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1070</v>
+        <v>236</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1836</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1837</v>
+        <v>1904</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>1700</v>
+        <v>1650</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1838</v>
+        <v>236</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1839</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1840</v>
+        <v>1906</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>943</v>
+        <v>189</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>200</v>
+        <v>236</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1841</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1842</v>
+        <v>1908</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>1843</v>
+        <v>63</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>396</v>
+        <v>1909</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G688" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="H688" s="1" t="s">
-        <v>1844</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1845</v>
+        <v>1911</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>940</v>
+        <v>63</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>580</v>
+        <v>1909</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="H689" s="1" t="s">
-        <v>1846</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1847</v>
+        <v>1913</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>1848</v>
+        <v>1351</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1849</v>
+        <v>236</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1850</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1851</v>
+        <v>1915</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1700</v>
+        <v>1916</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>333</v>
+        <v>656</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1852</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1853</v>
+        <v>1918</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1854</v>
+        <v>881</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>1855</v>
+        <v>501</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1856</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1857</v>
+        <v>1920</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>1854</v>
+        <v>399</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1855</v>
+        <v>1785</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1858</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1853</v>
+        <v>1922</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1854</v>
+        <v>1202</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1855</v>
+        <v>656</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1859</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1860</v>
+        <v>1924</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1854</v>
+        <v>508</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1855</v>
+        <v>550</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H695" s="1" t="s">
-        <v>1861</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
-        <v>1862</v>
+        <v>1926</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1854</v>
+        <v>1815</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1855</v>
+        <v>553</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H696" s="1" t="s">
-        <v>1863</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1864</v>
+        <v>1928</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1854</v>
+        <v>1236</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1855</v>
+        <v>1929</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>1865</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1866</v>
+        <v>1931</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1700</v>
+        <v>959</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1831</v>
+        <v>1169</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H698" s="1" t="s">
-        <v>1867</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1868</v>
+        <v>1933</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1697</v>
+        <v>213</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1869</v>
+        <v>214</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H699" s="1" t="s">
-        <v>1870</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1872</v>
+        <v>248</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1452</v>
+        <v>524</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>1873</v>
+        <v>240</v>
       </c>
       <c r="H700" s="1" t="s">
-        <v>1874</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1875</v>
+        <v>1937</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1872</v>
+        <v>1606</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1452</v>
+        <v>653</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1873</v>
+        <v>240</v>
       </c>
       <c r="H701" s="1" t="s">
-        <v>1876</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
-        <v>1877</v>
+        <v>1939</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>1872</v>
+        <v>1606</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1452</v>
+        <v>653</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1873</v>
+        <v>240</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>1878</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1879</v>
+        <v>1941</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1880</v>
+        <v>1942</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1881</v>
+        <v>1943</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H703" s="1" t="s">
-        <v>1882</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
-        <v>1883</v>
+        <v>1945</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1880</v>
+        <v>1946</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1884</v>
+        <v>1378</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="H704" s="1" t="s">
-        <v>1885</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1886</v>
+        <v>1948</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1887</v>
+        <v>399</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1855</v>
+        <v>1378</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>197</v>
+        <v>240</v>
       </c>
       <c r="H705" s="1" t="s">
-        <v>1888</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1889</v>
+        <v>1950</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>924</v>
+        <v>1125</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1890</v>
+        <v>1053</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H706" s="1" t="s">
-        <v>1891</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1892</v>
+        <v>1952</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>1880</v>
+        <v>381</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1855</v>
+        <v>1118</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>117</v>
+        <v>240</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>1893</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1894</v>
+        <v>1954</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1895</v>
+        <v>467</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1173</v>
+        <v>762</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H708" s="1" t="s">
-        <v>1896</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1897</v>
+        <v>1956</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>1898</v>
+        <v>1758</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1899</v>
+        <v>1957</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H709" s="1" t="s">
-        <v>1900</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1901</v>
+        <v>1959</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>344</v>
+        <v>1960</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>924</v>
+        <v>880</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H710" s="1" t="s">
-        <v>1902</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1903</v>
+        <v>1962</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>1904</v>
+        <v>1492</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>944</v>
+        <v>728</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H711" s="1" t="s">
-        <v>1905</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1906</v>
+        <v>1964</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>344</v>
+        <v>1965</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1815</v>
+        <v>375</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H712" s="1" t="s">
-        <v>1907</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1908</v>
+        <v>1967</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1909</v>
+        <v>1968</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1815</v>
+        <v>1969</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H713" s="1" t="s">
-        <v>1910</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1911</v>
+        <v>1971</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1909</v>
+        <v>727</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1815</v>
+        <v>1972</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="H714" s="1" t="s">
-        <v>1912</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1913</v>
+        <v>1974</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>943</v>
+        <v>728</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1815</v>
+        <v>1118</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1914</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1915</v>
+        <v>1976</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>943</v>
+        <v>1977</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1815</v>
+        <v>1535</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1916</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1917</v>
+        <v>1979</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>1895</v>
+        <v>1977</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1918</v>
+        <v>1535</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1919</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1920</v>
+        <v>1981</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1921</v>
+        <v>1982</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1922</v>
+        <v>251</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1923</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1924</v>
+        <v>1984</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1925</v>
+        <v>1153</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1884</v>
+        <v>259</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1926</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1927</v>
+        <v>1986</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1629</v>
+        <v>1987</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1928</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1929</v>
+        <v>1989</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>1930</v>
+        <v>423</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>1931</v>
+        <v>429</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1932</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1933</v>
+        <v>1991</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>1810</v>
+        <v>1163</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1934</v>
+        <v>259</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G722" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H722" s="1" t="s">
-        <v>1935</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1936</v>
+        <v>1993</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>344</v>
+        <v>782</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1937</v>
+        <v>1994</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F723" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>139</v>
+        <v>240</v>
       </c>
       <c r="H723" s="1" t="s">
-        <v>1938</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1939</v>
+        <v>1996</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>344</v>
+        <v>1500</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>958</v>
+        <v>653</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1940</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1939</v>
+        <v>1998</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>344</v>
+        <v>1366</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>958</v>
+        <v>1825</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1941</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1942</v>
+        <v>2000</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>344</v>
+        <v>423</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1943</v>
+        <v>836</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G726" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H726" s="1" t="s">
-        <v>1944</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1945</v>
+        <v>2002</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>1921</v>
+        <v>839</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1946</v>
+        <v>840</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G727" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H727" s="1" t="s">
-        <v>1947</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1948</v>
+        <v>2004</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>1949</v>
+        <v>1106</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1950</v>
+        <v>382</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G728" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H728" s="1" t="s">
-        <v>1951</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1952</v>
+        <v>2006</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>1953</v>
+        <v>324</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1954</v>
+        <v>1361</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>187</v>
+        <v>2007</v>
       </c>
       <c r="H729" s="1" t="s">
-        <v>1955</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1956</v>
+        <v>2009</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>1957</v>
+        <v>595</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1958</v>
+        <v>2010</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>151</v>
+        <v>2007</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1959</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1960</v>
+        <v>2012</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1961</v>
+        <v>355</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1962</v>
+        <v>1725</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>12</v>
+        <v>2007</v>
       </c>
       <c r="H731" s="1" t="s">
-        <v>1963</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1964</v>
+        <v>2014</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1961</v>
+        <v>1272</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1962</v>
+        <v>2015</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>12</v>
+        <v>2007</v>
       </c>
       <c r="H732" s="1" t="s">
-        <v>1965</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1966</v>
+        <v>2017</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1831</v>
+        <v>1715</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1967</v>
+        <v>653</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>202</v>
+        <v>2007</v>
       </c>
       <c r="H733" s="1" t="s">
-        <v>1968</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1969</v>
+        <v>2019</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>943</v>
+        <v>2020</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1970</v>
+        <v>49</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>202</v>
+        <v>2007</v>
       </c>
       <c r="H734" s="1" t="s">
-        <v>1971</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1972</v>
+        <v>2022</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>1957</v>
+        <v>1202</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1973</v>
+        <v>656</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>151</v>
+        <v>2007</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1974</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1975</v>
+        <v>2024</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>1880</v>
+        <v>30</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1976</v>
+        <v>49</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>12</v>
+        <v>2007</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>1977</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1978</v>
+        <v>2026</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>1979</v>
+        <v>30</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1980</v>
+        <v>1785</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G737" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2007</v>
+      </c>
       <c r="H737" s="1" t="s">
-        <v>1981</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1982</v>
+        <v>2028</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>344</v>
+        <v>390</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>992</v>
+        <v>2029</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F738" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>202</v>
+        <v>2007</v>
       </c>
       <c r="H738" s="1" t="s">
-        <v>1983</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1984</v>
+        <v>2031</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>1925</v>
+        <v>800</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>352</v>
+        <v>728</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>286</v>
+        <v>2007</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1985</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1986</v>
+        <v>2033</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1987</v>
+        <v>800</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1931</v>
+        <v>193</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>12</v>
+        <v>2007</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>1988</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1989</v>
+        <v>2035</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1990</v>
+        <v>542</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>352</v>
+        <v>665</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>197</v>
+        <v>2007</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1991</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1992</v>
+        <v>2037</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1909</v>
+        <v>542</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1993</v>
+        <v>1797</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>226</v>
+        <v>2007</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1994</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1995</v>
+        <v>2039</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1909</v>
+        <v>2040</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1993</v>
+        <v>1124</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1996</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>1997</v>
+        <v>2042</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1909</v>
+        <v>1202</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1993</v>
+        <v>653</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>1998</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>1999</v>
+        <v>2044</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1921</v>
+        <v>1381</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2000</v>
+        <v>1607</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>96</v>
+        <v>2007</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>2001</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>2002</v>
+        <v>2046</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>333</v>
+        <v>464</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>958</v>
+        <v>2047</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>96</v>
+        <v>2007</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>2003</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>2004</v>
+        <v>2049</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>1962</v>
+        <v>1087</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>352</v>
+        <v>1088</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>104</v>
+        <v>2007</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>2005</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>2006</v>
+        <v>2049</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1887</v>
+        <v>1087</v>
       </c>
       <c r="C748" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E748" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G748" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="D748" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H748" s="1" t="s">
-        <v>2008</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>2009</v>
+        <v>2052</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>1898</v>
+        <v>1087</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1849</v>
+        <v>1088</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>187</v>
+        <v>2007</v>
       </c>
       <c r="H749" s="1" t="s">
-        <v>2010</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>2011</v>
+        <v>2054</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>924</v>
+        <v>1087</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>1849</v>
+        <v>1088</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>100</v>
+        <v>2007</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>2012</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>2013</v>
+        <v>2056</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>2014</v>
+        <v>1087</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>906</v>
+        <v>1088</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>2015</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>2016</v>
+        <v>2058</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2014</v>
+        <v>2059</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>906</v>
+        <v>2060</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>2017</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>2018</v>
+        <v>2062</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>992</v>
+        <v>1283</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>12</v>
+        <v>2007</v>
       </c>
       <c r="H753" s="1" t="s">
-        <v>2019</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>2020</v>
+        <v>2064</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>992</v>
+        <v>508</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>395</v>
+        <v>550</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>32</v>
+        <v>2007</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>2021</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>2022</v>
+        <v>2066</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>992</v>
+        <v>1438</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>395</v>
+        <v>571</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>54</v>
+        <v>2007</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2023</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2024</v>
+        <v>2068</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>1967</v>
+        <v>508</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>352</v>
+        <v>1103</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>104</v>
+        <v>2007</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2025</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>944</v>
+        <v>422</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2027</v>
+        <v>1825</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>139</v>
+        <v>2007</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2028</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2029</v>
+        <v>2072</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>992</v>
+        <v>1735</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>395</v>
+        <v>577</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2030</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2031</v>
+        <v>2074</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>992</v>
+        <v>772</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>395</v>
+        <v>1968</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H759" s="1" t="s">
-        <v>2032</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2033</v>
+        <v>2031</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>992</v>
+        <v>2076</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>395</v>
+        <v>2077</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>180</v>
+        <v>2007</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2034</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2035</v>
+        <v>2079</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>992</v>
+        <v>1163</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>395</v>
+        <v>1326</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>104</v>
+        <v>2007</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2036</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2037</v>
+        <v>2044</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>992</v>
+        <v>861</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>395</v>
+        <v>2081</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>226</v>
+        <v>2007</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2038</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2039</v>
+        <v>2083</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>992</v>
+        <v>1172</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>395</v>
+        <v>276</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>226</v>
+        <v>2007</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2040</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2041</v>
+        <v>2085</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>992</v>
+        <v>1806</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>395</v>
+        <v>1506</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>100</v>
+        <v>2007</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2042</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2043</v>
+        <v>2087</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>992</v>
+        <v>1278</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>395</v>
+        <v>476</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>139</v>
+        <v>2007</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2044</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2045</v>
+        <v>2089</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>1967</v>
+        <v>998</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>395</v>
+        <v>1431</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>100</v>
+        <v>2007</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2046</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2047</v>
+        <v>2091</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>1993</v>
+        <v>994</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>1976</v>
+        <v>2092</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>286</v>
+        <v>2007</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2048</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2049</v>
+        <v>2094</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>1993</v>
+        <v>464</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>352</v>
+        <v>653</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>286</v>
+        <v>266</v>
       </c>
       <c r="H768" s="1" t="s">
-        <v>2050</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2051</v>
+        <v>2096</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>2007</v>
+        <v>1394</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>1934</v>
+        <v>2097</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>180</v>
+        <v>266</v>
       </c>
       <c r="H769" s="1" t="s">
-        <v>2052</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2053</v>
+        <v>2099</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>1922</v>
+        <v>63</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2054</v>
+        <v>653</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G770" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2100</v>
+      </c>
       <c r="H770" s="1" t="s">
-        <v>2055</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2056</v>
+        <v>2102</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>1973</v>
+        <v>63</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>995</v>
+        <v>653</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>151</v>
+        <v>2100</v>
       </c>
       <c r="H771" s="1" t="s">
-        <v>2057</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2058</v>
+        <v>2104</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>2059</v>
+        <v>2105</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2060</v>
+        <v>728</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2061</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2062</v>
+        <v>2107</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>2063</v>
+        <v>213</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2064</v>
+        <v>214</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2065</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2066</v>
+        <v>2109</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>2067</v>
+        <v>1580</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>395</v>
+        <v>2110</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H774" s="1" t="s">
-        <v>2068</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2069</v>
+        <v>2112</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>1980</v>
+        <v>2113</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1976</v>
+        <v>1512</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2070</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2071</v>
+        <v>2115</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>1980</v>
+        <v>2116</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2072</v>
+        <v>722</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2073</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2074</v>
+        <v>2118</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>1629</v>
+        <v>63</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1070</v>
+        <v>1118</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2075</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2076</v>
+        <v>2120</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1629</v>
+        <v>1853</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>395</v>
+        <v>1361</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2077</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2078</v>
+        <v>2122</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>953</v>
+        <v>363</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2079</v>
+        <v>1716</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G779" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H779" s="1" t="s">
-        <v>2080</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2081</v>
+        <v>2124</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>2082</v>
+        <v>375</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>396</v>
+        <v>2125</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G780" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H780" s="1" t="s">
-        <v>2083</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2084</v>
+        <v>2127</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>344</v>
+        <v>2128</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>1815</v>
+        <v>2105</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G781" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H781" s="1" t="s">
-        <v>2085</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2086</v>
+        <v>2130</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>1629</v>
+        <v>2128</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2087</v>
+        <v>2105</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H782" s="1" t="s">
-        <v>2088</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2089</v>
+        <v>2132</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>2090</v>
+        <v>1124</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>392</v>
+        <v>2133</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2091</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2092</v>
+        <v>2135</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>2064</v>
+        <v>543</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2093</v>
+        <v>653</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2094</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2095</v>
+        <v>2137</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>2096</v>
+        <v>99</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2097</v>
+        <v>259</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2098</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2099</v>
+        <v>2139</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>2100</v>
+        <v>1708</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2101</v>
+        <v>2140</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G786" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H786" s="1" t="s">
-        <v>2102</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2103</v>
+        <v>2142</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2104</v>
+        <v>1708</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>989</v>
+        <v>2140</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G787" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H787" s="1" t="s">
-        <v>2105</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2106</v>
+        <v>2144</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2104</v>
+        <v>843</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>407</v>
+        <v>844</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F788" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="H788" s="1" t="s">
-        <v>2107</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2108</v>
+        <v>2146</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2104</v>
+        <v>508</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2093</v>
+        <v>550</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2109</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2110</v>
+        <v>2148</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2104</v>
+        <v>508</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2093</v>
+        <v>550</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2111</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2112</v>
+        <v>2150</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2087</v>
+        <v>1365</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2101</v>
+        <v>1513</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2113</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2114</v>
+        <v>2152</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2087</v>
+        <v>1365</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>407</v>
+        <v>1513</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2115</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2116</v>
+        <v>2154</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>1931</v>
+        <v>804</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>395</v>
+        <v>805</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2117</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2118</v>
+        <v>2156</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>2119</v>
+        <v>804</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2120</v>
+        <v>805</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2121</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2122</v>
+        <v>2158</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2119</v>
+        <v>835</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>999</v>
+        <v>2159</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G795" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H795" s="1" t="s">
-        <v>2123</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2124</v>
+        <v>2161</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>1070</v>
+        <v>804</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>995</v>
+        <v>805</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F796" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H796" s="1" t="s">
-        <v>2125</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2126</v>
+        <v>2163</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>988</v>
+        <v>1223</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1305</v>
+        <v>468</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G797" s="1"/>
       <c r="H797" s="1" t="s">
-        <v>2127</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2128</v>
+        <v>2165</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>2129</v>
+        <v>498</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1002</v>
+        <v>694</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G798" s="1"/>
       <c r="H798" s="1" t="s">
-        <v>2130</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2131</v>
+        <v>2167</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2132</v>
+        <v>275</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2027</v>
+        <v>2168</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G799" s="1"/>
       <c r="H799" s="1" t="s">
-        <v>2133</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2134</v>
+        <v>2170</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2119</v>
+        <v>2171</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2120</v>
+        <v>2172</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G800" s="1"/>
       <c r="H800" s="1" t="s">
-        <v>2135</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2136</v>
+        <v>2174</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>2119</v>
+        <v>1589</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2120</v>
+        <v>1239</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F801" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2137</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2138</v>
+        <v>2176</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>2119</v>
+        <v>1012</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2120</v>
+        <v>1006</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2139</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2140</v>
+        <v>2178</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2119</v>
+        <v>1012</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2120</v>
+        <v>279</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H803" s="1" t="s">
-        <v>2141</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2142</v>
+        <v>2180</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2129</v>
+        <v>1012</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2143</v>
+        <v>1006</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2144</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2145</v>
+        <v>1232</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>2129</v>
+        <v>562</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2143</v>
+        <v>1454</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>226</v>
+        <v>96</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2146</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2147</v>
+        <v>2183</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>2119</v>
+        <v>2184</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2148</v>
+        <v>279</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>96</v>
+        <v>2007</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2149</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2150</v>
+        <v>2186</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2151</v>
+        <v>2187</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>388</v>
+        <v>769</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2152</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>81</v>
+        <v>2189</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>989</v>
+        <v>2190</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>389</v>
+        <v>214</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>54</v>
+        <v>218</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2153</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>2154</v>
+        <v>2192</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>2101</v>
+        <v>2193</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>430</v>
+        <v>511</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2155</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2156</v>
+        <v>2195</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>483</v>
+        <v>213</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>9</v>
+        <v>214</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>197</v>
+        <v>96</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2157</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2158</v>
+        <v>2197</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>2097</v>
+        <v>213</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>370</v>
+        <v>214</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2159</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>969</v>
+        <v>2199</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>970</v>
+        <v>213</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>430</v>
+        <v>214</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2160</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2161</v>
+        <v>2201</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>989</v>
+        <v>213</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>441</v>
+        <v>214</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G813" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H813" s="1" t="s">
-        <v>2162</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2163</v>
+        <v>2203</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>2101</v>
+        <v>213</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>370</v>
+        <v>214</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F814" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="H814" s="1" t="s">
-        <v>2164</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2165</v>
+        <v>2205</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>530</v>
+        <v>213</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2166</v>
+        <v>214</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="H815" s="1" t="s">
-        <v>2167</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2168</v>
+        <v>2207</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2169</v>
+        <v>213</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1872</v>
+        <v>214</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>202</v>
+        <v>77</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2170</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2171</v>
+        <v>2209</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2172</v>
+        <v>963</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2173</v>
+        <v>2210</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>226</v>
+        <v>683</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2174</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2175</v>
+        <v>2212</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2176</v>
+        <v>2190</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1815</v>
+        <v>2213</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>104</v>
+        <v>683</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2177</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2178</v>
+        <v>2215</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2172</v>
+        <v>769</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>1904</v>
+        <v>2216</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G819" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="H819" s="1" t="s">
-        <v>2179</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2180</v>
+        <v>2218</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>2181</v>
+        <v>2219</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>1809</v>
+        <v>2220</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G820" s="1"/>
       <c r="H820" s="1" t="s">
-        <v>2182</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2183</v>
+        <v>2222</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2184</v>
+        <v>2223</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1700</v>
+        <v>1239</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F821" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>286</v>
+        <v>1339</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2185</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2186</v>
+        <v>2225</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2187</v>
+        <v>2223</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2188</v>
+        <v>2226</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2189</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2190</v>
+        <v>2228</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2187</v>
+        <v>275</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1252</v>
+        <v>2168</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2191</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2192</v>
+        <v>2230</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2193</v>
+        <v>275</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2194</v>
+        <v>276</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G824" s="1"/>
       <c r="H824" s="1" t="s">
-        <v>2195</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2196</v>
+        <v>2232</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>2197</v>
+        <v>275</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1809</v>
+        <v>276</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G825" s="1"/>
       <c r="H825" s="1" t="s">
-        <v>2198</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2199</v>
+        <v>2234</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>1872</v>
+        <v>275</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>924</v>
+        <v>276</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G826" s="1"/>
       <c r="H826" s="1" t="s">
-        <v>2200</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2201</v>
+        <v>2236</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>2202</v>
+        <v>275</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>630</v>
+        <v>276</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G827" s="1"/>
       <c r="H827" s="1" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2204</v>
+        <v>2238</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>2205</v>
+        <v>275</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>580</v>
+        <v>276</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G828" s="1"/>
       <c r="H828" s="1" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>1722</v>
+        <v>275</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2188</v>
+        <v>276</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G829" s="1"/>
       <c r="H829" s="1" t="s">
-        <v>2208</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2209</v>
+        <v>2242</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2210</v>
+        <v>769</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>924</v>
+        <v>511</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2211</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2212</v>
+        <v>2244</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>587</v>
+        <v>2245</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>580</v>
+        <v>2246</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2213</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2214</v>
+        <v>2248</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>2215</v>
+        <v>2249</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>200</v>
+        <v>2250</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G832" s="1"/>
       <c r="H832" s="1" t="s">
-        <v>2216</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2217</v>
+        <v>2252</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>2215</v>
+        <v>2249</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>200</v>
+        <v>2253</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>180</v>
+        <v>683</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2218</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2219</v>
+        <v>2255</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1722</v>
+        <v>2249</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>1830</v>
+        <v>2253</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>12</v>
+        <v>683</v>
       </c>
       <c r="H834" s="1" t="s">
-        <v>2220</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2221</v>
+        <v>2257</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2222</v>
+        <v>1969</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>364</v>
+        <v>2250</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2223</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2224</v>
+        <v>2259</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2225</v>
+        <v>1969</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>395</v>
+        <v>2260</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>32</v>
+        <v>1339</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2226</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2227</v>
+        <v>2262</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>2225</v>
+        <v>1454</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1848</v>
+        <v>2263</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>187</v>
+        <v>683</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2228</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2229</v>
+        <v>2265</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1579</v>
+        <v>1454</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2230</v>
+        <v>2263</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>187</v>
+        <v>683</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2231</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2232</v>
+        <v>2267</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>2233</v>
+        <v>991</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1802</v>
+        <v>214</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="H839" s="1" t="s">
-        <v>2234</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2235</v>
+        <v>2269</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>680</v>
+        <v>214</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>954</v>
+        <v>214</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>104</v>
+        <v>204</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2236</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2237</v>
+        <v>2271</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>943</v>
+        <v>2272</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2238</v>
+        <v>2273</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2239</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2240</v>
+        <v>2275</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2194</v>
+        <v>2249</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1987</v>
+        <v>2253</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F842" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>139</v>
+        <v>683</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2241</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2242</v>
+        <v>2277</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2194</v>
+        <v>2249</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1987</v>
+        <v>2253</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>139</v>
+        <v>683</v>
       </c>
       <c r="H843" s="1" t="s">
-        <v>2243</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2244</v>
+        <v>2279</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2194</v>
+        <v>2280</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1987</v>
+        <v>2281</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2245</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2246</v>
+        <v>2283</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2194</v>
+        <v>279</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2247</v>
+        <v>2284</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G845" s="1"/>
       <c r="H845" s="1" t="s">
-        <v>2248</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2249</v>
+        <v>2286</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>680</v>
+        <v>279</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>395</v>
+        <v>777</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F846" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2250</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2251</v>
+        <v>2288</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>1579</v>
+        <v>2249</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>618</v>
+        <v>2289</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>54</v>
+        <v>204</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2252</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2253</v>
+        <v>2291</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>1642</v>
+        <v>2245</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2254</v>
+        <v>2246</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2255</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2256</v>
+        <v>2293</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>2257</v>
+        <v>2249</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1843</v>
+        <v>2250</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G849" s="1"/>
       <c r="H849" s="1" t="s">
-        <v>2258</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2259</v>
+        <v>2295</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>609</v>
+        <v>2245</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>947</v>
+        <v>2246</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F850" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="H850" s="1" t="s">
-        <v>2260</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2261</v>
+        <v>2297</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>538</v>
+        <v>2249</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2262</v>
+        <v>2289</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F851" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2263</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2264</v>
+        <v>2299</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>1073</v>
+        <v>727</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1729</v>
+        <v>2300</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G852" s="1"/>
       <c r="H852" s="1" t="s">
-        <v>2265</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2266</v>
+        <v>2302</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>2267</v>
+        <v>2303</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>580</v>
+        <v>235</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G853" s="1"/>
       <c r="H853" s="1" t="s">
-        <v>2268</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2269</v>
+        <v>2305</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2270</v>
+        <v>2303</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G854" s="1"/>
       <c r="H854" s="1" t="s">
-        <v>2271</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2272</v>
+        <v>2307</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2273</v>
+        <v>1081</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>364</v>
+        <v>235</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G855" s="1"/>
       <c r="H855" s="1" t="s">
-        <v>2274</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2275</v>
+        <v>2309</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2273</v>
+        <v>217</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>364</v>
+        <v>656</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G856" s="1"/>
       <c r="H856" s="1" t="s">
-        <v>2276</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2277</v>
+        <v>2311</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>731</v>
+        <v>217</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>580</v>
+        <v>656</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G857" s="1"/>
       <c r="H857" s="1" t="s">
-        <v>2278</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2279</v>
+        <v>2313</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2280</v>
+        <v>186</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>545</v>
+        <v>235</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G858" s="1"/>
       <c r="H858" s="1" t="s">
-        <v>2281</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2282</v>
+        <v>2313</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>731</v>
+        <v>2315</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2283</v>
+        <v>235</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G859" s="1"/>
       <c r="H859" s="1" t="s">
-        <v>2284</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2285</v>
+        <v>2313</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>1067</v>
+        <v>2315</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>363</v>
+        <v>235</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G860" s="1"/>
       <c r="H860" s="1" t="s">
-        <v>2286</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2287</v>
+        <v>2318</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>734</v>
+        <v>63</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2288</v>
+        <v>378</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G861" s="1"/>
       <c r="H861" s="1" t="s">
-        <v>2289</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2290</v>
+        <v>2320</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2291</v>
+        <v>30</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2292</v>
+        <v>656</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G862" s="1"/>
       <c r="H862" s="1" t="s">
-        <v>2293</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2294</v>
+        <v>2322</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2295</v>
+        <v>2323</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2296</v>
+        <v>2324</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G863" s="1"/>
       <c r="H863" s="1" t="s">
-        <v>2297</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2298</v>
+        <v>2326</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>923</v>
+        <v>530</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2299</v>
+        <v>476</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G864" s="1"/>
       <c r="H864" s="1" t="s">
-        <v>2300</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2301</v>
+        <v>2328</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2273</v>
+        <v>1767</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>630</v>
+        <v>235</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G865" s="1"/>
       <c r="H865" s="1" t="s">
-        <v>2302</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2303</v>
+        <v>2330</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2304</v>
+        <v>2331</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2283</v>
+        <v>2332</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G866" s="1"/>
       <c r="H866" s="1" t="s">
-        <v>2305</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2306</v>
+        <v>2334</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2304</v>
+        <v>2335</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>530</v>
+        <v>761</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G867" s="1"/>
       <c r="H867" s="1" t="s">
-        <v>2307</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2308</v>
+        <v>2337</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>609</v>
+        <v>939</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>954</v>
+        <v>2338</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2309</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2310</v>
+        <v>2340</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>541</v>
+        <v>2341</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>363</v>
+        <v>1815</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2311</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2312</v>
+        <v>2343</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>1626</v>
+        <v>1365</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1700</v>
+        <v>628</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G870" s="1"/>
       <c r="H870" s="1" t="s">
-        <v>2313</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2314</v>
+        <v>2345</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>1626</v>
+        <v>628</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>562</v>
+        <v>422</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G871" s="1"/>
       <c r="H871" s="1" t="s">
-        <v>2315</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2316</v>
+        <v>2347</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>1626</v>
+        <v>550</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2317</v>
+        <v>1825</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G872" s="1"/>
       <c r="H872" s="1" t="s">
-        <v>2318</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2319</v>
+        <v>2349</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2291</v>
+        <v>553</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>558</v>
+        <v>641</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G873" s="1"/>
       <c r="H873" s="1" t="s">
-        <v>2320</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2321</v>
+        <v>2351</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>2322</v>
+        <v>553</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>562</v>
+        <v>1272</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G874" s="1"/>
       <c r="H874" s="1" t="s">
-        <v>2323</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2324</v>
+        <v>2353</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2322</v>
+        <v>1154</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2325</v>
+        <v>1475</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G875" s="1"/>
       <c r="H875" s="1" t="s">
-        <v>2326</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2327</v>
+        <v>2248</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2291</v>
+        <v>1082</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2322</v>
+        <v>2355</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G876" s="1"/>
       <c r="H876" s="1" t="s">
-        <v>2328</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2329</v>
+        <v>2357</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2322</v>
+        <v>1509</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2283</v>
+        <v>2358</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G877" s="1"/>
       <c r="H877" s="1" t="s">
-        <v>2330</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2331</v>
+        <v>2360</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>545</v>
+        <v>804</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2332</v>
+        <v>1226</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G878" s="1"/>
       <c r="H878" s="1" t="s">
-        <v>2333</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2334</v>
+        <v>2362</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2335</v>
+        <v>1840</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>558</v>
+        <v>2245</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G879" s="1"/>
       <c r="H879" s="1" t="s">
-        <v>2336</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2337</v>
+        <v>2364</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2338</v>
+        <v>2365</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2339</v>
+        <v>1172</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G880" s="1"/>
       <c r="H880" s="1" t="s">
-        <v>2340</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2341</v>
+        <v>2367</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>2342</v>
+        <v>2368</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2343</v>
+        <v>2369</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G881" s="1"/>
       <c r="H881" s="1" t="s">
-        <v>2344</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2345</v>
+        <v>2371</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>2342</v>
+        <v>2159</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2343</v>
+        <v>1824</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G882" s="1"/>
       <c r="H882" s="1" t="s">
-        <v>2346</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2347</v>
+        <v>2373</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>562</v>
+        <v>2159</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2188</v>
+        <v>1824</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2348</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2349</v>
+        <v>2375</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>2322</v>
+        <v>99</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>367</v>
+        <v>1761</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G884" s="1"/>
       <c r="H884" s="1" t="s">
-        <v>2350</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2351</v>
+        <v>2377</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>541</v>
+        <v>2323</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1675</v>
+        <v>259</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G885" s="1"/>
       <c r="H885" s="1" t="s">
-        <v>2352</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2353</v>
+        <v>2379</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>2354</v>
+        <v>40</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>558</v>
+        <v>259</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G886" s="1"/>
       <c r="H886" s="1" t="s">
-        <v>2355</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2356</v>
+        <v>2381</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>541</v>
+        <v>2382</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>1675</v>
+        <v>259</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G887" s="1"/>
       <c r="H887" s="1" t="s">
-        <v>2357</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2358</v>
+        <v>2384</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>357</v>
+        <v>40</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>364</v>
+        <v>259</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G888" s="1"/>
       <c r="H888" s="1" t="s">
-        <v>2359</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2360</v>
+        <v>2386</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>2338</v>
+        <v>1825</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1080</v>
+        <v>359</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G889" s="1"/>
       <c r="H889" s="1" t="s">
-        <v>2361</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2362</v>
+        <v>2388</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>2363</v>
+        <v>1326</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2364</v>
+        <v>645</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G890" s="1"/>
       <c r="H890" s="1" t="s">
-        <v>2365</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2366</v>
+        <v>2390</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>2367</v>
+        <v>491</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2368</v>
+        <v>1163</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F891" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G891" s="1"/>
       <c r="H891" s="1" t="s">
-        <v>2369</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2370</v>
+        <v>2392</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>2367</v>
+        <v>491</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2368</v>
+        <v>1163</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G892" s="1"/>
       <c r="H892" s="1" t="s">
-        <v>2371</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2372</v>
+        <v>2394</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>2373</v>
+        <v>491</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2339</v>
+        <v>1163</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G893" s="1"/>
       <c r="H893" s="1" t="s">
-        <v>2374</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2375</v>
+        <v>2396</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>2373</v>
+        <v>1518</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2339</v>
+        <v>2397</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G894" s="1"/>
       <c r="H894" s="1" t="s">
-        <v>2376</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2377</v>
+        <v>2399</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>2373</v>
+        <v>2400</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2339</v>
+        <v>378</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G895" s="1"/>
       <c r="H895" s="1" t="s">
-        <v>2378</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2379</v>
+        <v>2402</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>2296</v>
+        <v>1064</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2368</v>
+        <v>2403</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F896" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G896" s="1"/>
       <c r="H896" s="1" t="s">
-        <v>2380</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2381</v>
+        <v>2405</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>2382</v>
+        <v>2219</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2382</v>
+        <v>1082</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G897" s="1"/>
       <c r="H897" s="1" t="s">
-        <v>2383</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2384</v>
+        <v>2407</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2385</v>
+        <v>665</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G898" s="1"/>
       <c r="H898" s="1" t="s">
-        <v>2386</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2387</v>
+        <v>2409</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2385</v>
+        <v>653</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G899" s="1"/>
       <c r="H899" s="1" t="s">
-        <v>2388</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2389</v>
+        <v>2411</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2343</v>
+        <v>2412</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>363</v>
+        <v>2413</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G900" s="1"/>
       <c r="H900" s="1" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>658</v>
+        <v>1093</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>573</v>
+        <v>1118</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G901" s="1"/>
       <c r="H901" s="1" t="s">
-        <v>2392</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2393</v>
+        <v>2417</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>669</v>
+        <v>2418</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>670</v>
+        <v>2419</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G902" s="1"/>
       <c r="H902" s="1" t="s">
-        <v>2394</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2395</v>
+        <v>2421</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>669</v>
+        <v>1106</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>670</v>
+        <v>881</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G903" s="1"/>
       <c r="H903" s="1" t="s">
-        <v>2396</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2397</v>
+        <v>2423</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>737</v>
+        <v>2412</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>551</v>
+        <v>1664</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G904" s="1"/>
       <c r="H904" s="1" t="s">
-        <v>2398</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2397</v>
+        <v>2425</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>737</v>
+        <v>2412</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>551</v>
+        <v>1664</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G905" s="1"/>
       <c r="H905" s="1" t="s">
-        <v>2399</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2400</v>
+        <v>2427</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>873</v>
+        <v>403</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>534</v>
+        <v>472</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G906" s="1"/>
       <c r="H906" s="1" t="s">
-        <v>2401</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2402</v>
-[...2 lines deleted...]
-      <c r="C907" s="1"/>
+        <v>2429</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>1343</v>
+      </c>
       <c r="D907" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G907" s="1"/>
       <c r="H907" s="1" t="s">
-        <v>2403</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2404</v>
-[...2 lines deleted...]
-      <c r="C908" s="1"/>
+        <v>2431</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C908" s="1" t="s">
+        <v>1343</v>
+      </c>
       <c r="D908" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G908" s="1"/>
       <c r="H908" s="1" t="s">
-        <v>2405</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2406</v>
-[...2 lines deleted...]
-      <c r="C909" s="1"/>
+        <v>2433</v>
+      </c>
+      <c r="B909" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C909" s="1" t="s">
+        <v>2434</v>
+      </c>
       <c r="D909" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F909" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G909" s="1"/>
       <c r="H909" s="1" t="s">
-        <v>2407</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2408</v>
-[...2 lines deleted...]
-      <c r="C910" s="1"/>
+        <v>2436</v>
+      </c>
+      <c r="B910" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="C910" s="1" t="s">
+        <v>1264</v>
+      </c>
       <c r="D910" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F910" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G910" s="1"/>
       <c r="H910" s="1" t="s">
-        <v>2409</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2410</v>
-[...2 lines deleted...]
-      <c r="C911" s="1"/>
+        <v>2438</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C911" s="1" t="s">
+        <v>629</v>
+      </c>
       <c r="D911" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F911" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G911" s="1"/>
       <c r="H911" s="1" t="s">
-        <v>2411</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2412</v>
-[...2 lines deleted...]
-      <c r="C912" s="1"/>
+        <v>2440</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>1463</v>
+      </c>
       <c r="D912" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F912" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G912" s="1"/>
       <c r="H912" s="1" t="s">
-        <v>2413</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2414</v>
-[...2 lines deleted...]
-      <c r="C913" s="1"/>
+        <v>2443</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>1463</v>
+      </c>
       <c r="D913" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F913" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G913" s="1"/>
       <c r="H913" s="1" t="s">
-        <v>2415</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2416</v>
-[...2 lines deleted...]
-      <c r="C914" s="1"/>
+        <v>2445</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>428</v>
+      </c>
       <c r="D914" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F914" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G914" s="1"/>
       <c r="H914" s="1" t="s">
-        <v>2417</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2418</v>
-[...2 lines deleted...]
-      <c r="C915" s="1"/>
+        <v>2447</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>550</v>
+      </c>
       <c r="D915" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F915" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F915" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2419</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2420</v>
-[...2 lines deleted...]
-      <c r="C916" s="1"/>
+        <v>2449</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="D916" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F916" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F916" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2421</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-      <c r="C917" s="1"/>
+        <v>2451</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>259</v>
+      </c>
       <c r="D917" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F917" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F917" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2423</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-      <c r="C918" s="1"/>
+        <v>2453</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C918" s="1" t="s">
+        <v>378</v>
+      </c>
       <c r="D918" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="F918" s="1"/>
+        <v>337</v>
+      </c>
+      <c r="F918" s="1" t="s">
+        <v>283</v>
+      </c>
       <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2424</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2425</v>
-[...2 lines deleted...]
-      <c r="C919" s="1"/>
+        <v>2455</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C919" s="1" t="s">
+        <v>2456</v>
+      </c>
       <c r="D919" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F919" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G919" s="1"/>
       <c r="H919" s="1" t="s">
-        <v>2426</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2427</v>
-[...2 lines deleted...]
-      <c r="C920" s="1"/>
+        <v>2458</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C920" s="1" t="s">
+        <v>429</v>
+      </c>
       <c r="D920" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F920" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G920" s="1"/>
       <c r="H920" s="1" t="s">
-        <v>2428</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2429</v>
-[...2 lines deleted...]
-      <c r="C921" s="1"/>
+        <v>2460</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C921" s="1" t="s">
+        <v>653</v>
+      </c>
       <c r="D921" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G921" s="1"/>
       <c r="H921" s="1" t="s">
-        <v>2430</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2431</v>
-[...2 lines deleted...]
-      <c r="C922" s="1"/>
+        <v>2462</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C922" s="1" t="s">
+        <v>1664</v>
+      </c>
       <c r="D922" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F922" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G922" s="1"/>
       <c r="H922" s="1" t="s">
-        <v>2432</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2433</v>
-[...2 lines deleted...]
-      <c r="C923" s="1"/>
+        <v>2464</v>
+      </c>
+      <c r="B923" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C923" s="1" t="s">
+        <v>1466</v>
+      </c>
       <c r="D923" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F923" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G923" s="1"/>
       <c r="H923" s="1" t="s">
-        <v>2434</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-      <c r="C924" s="1"/>
+        <v>2464</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C924" s="1" t="s">
+        <v>653</v>
+      </c>
       <c r="D924" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G924" s="1"/>
       <c r="H924" s="1" t="s">
-        <v>2436</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2437</v>
-[...2 lines deleted...]
-      <c r="C925" s="1"/>
+        <v>2467</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>2469</v>
+      </c>
       <c r="D925" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F925" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G925" s="1"/>
       <c r="H925" s="1" t="s">
-        <v>2438</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2439</v>
-[...2 lines deleted...]
-      <c r="C926" s="1"/>
+        <v>2471</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>722</v>
+      </c>
       <c r="D926" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G926" s="1"/>
       <c r="H926" s="1" t="s">
-        <v>2440</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2441</v>
-[...2 lines deleted...]
-      <c r="C927" s="1"/>
+        <v>2473</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C927" s="1" t="s">
+        <v>2475</v>
+      </c>
       <c r="D927" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G927" s="1"/>
       <c r="H927" s="1" t="s">
-        <v>2442</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2443</v>
-[...2 lines deleted...]
-      <c r="C928" s="1"/>
+        <v>2477</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C928" s="1" t="s">
+        <v>1203</v>
+      </c>
       <c r="D928" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F928" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G928" s="1"/>
       <c r="H928" s="1" t="s">
-        <v>2444</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2445</v>
-[...2 lines deleted...]
-      <c r="C929" s="1"/>
+        <v>2479</v>
+      </c>
+      <c r="B929" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C929" s="1" t="s">
+        <v>1203</v>
+      </c>
       <c r="D929" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G929" s="1"/>
       <c r="H929" s="1" t="s">
-        <v>2446</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2447</v>
+        <v>2481</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>2448</v>
-[...1 lines deleted...]
-      <c r="C930" s="1"/>
+        <v>1202</v>
+      </c>
+      <c r="C930" s="1" t="s">
+        <v>1257</v>
+      </c>
       <c r="D930" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F930" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G930" s="1"/>
       <c r="H930" s="1" t="s">
-        <v>2449</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2450</v>
+        <v>2483</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2343</v>
+        <v>2484</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>562</v>
+        <v>1257</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G931" s="1"/>
       <c r="H931" s="1" t="s">
-        <v>2451</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2452</v>
+        <v>2486</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2453</v>
+        <v>2484</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2454</v>
+        <v>193</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G932" s="1"/>
       <c r="H932" s="1" t="s">
-        <v>2455</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2456</v>
+        <v>2488</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>2364</v>
+        <v>2484</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2454</v>
+        <v>728</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G933" s="1"/>
       <c r="H933" s="1" t="s">
-        <v>2457</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2458</v>
+        <v>2490</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>2459</v>
+        <v>363</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2454</v>
+        <v>711</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G934" s="1"/>
       <c r="H934" s="1" t="s">
-        <v>2460</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2461</v>
+        <v>2492</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>2459</v>
+        <v>2493</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2187</v>
+        <v>653</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G935" s="1"/>
       <c r="H935" s="1" t="s">
-        <v>2462</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2463</v>
+        <v>2495</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>947</v>
+        <v>2493</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>1642</v>
+        <v>653</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G936" s="1"/>
       <c r="H936" s="1" t="s">
-        <v>2464</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2465</v>
+        <v>2497</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>885</v>
+        <v>2493</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2188</v>
+        <v>653</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G937" s="1"/>
       <c r="H937" s="1" t="s">
-        <v>2466</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2467</v>
+        <v>2499</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>544</v>
+        <v>2493</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2468</v>
+        <v>653</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G938" s="1"/>
       <c r="H938" s="1" t="s">
-        <v>2469</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2470</v>
+        <v>2501</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2471</v>
+        <v>1683</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G939" s="1"/>
       <c r="H939" s="1" t="s">
-        <v>2472</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2473</v>
+        <v>2503</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>885</v>
+        <v>690</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2354</v>
+        <v>1082</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G940" s="1"/>
       <c r="H940" s="1" t="s">
-        <v>2474</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2475</v>
+        <v>2505</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>885</v>
+        <v>1580</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2354</v>
+        <v>546</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G941" s="1"/>
       <c r="H941" s="1" t="s">
-        <v>2476</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2477</v>
+        <v>2507</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>885</v>
+        <v>2508</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2354</v>
+        <v>653</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G942" s="1"/>
       <c r="H942" s="1" t="s">
-        <v>2478</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2479</v>
+        <v>2510</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>2471</v>
+        <v>2511</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2368</v>
+        <v>653</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G943" s="1"/>
       <c r="H943" s="1" t="s">
-        <v>2480</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2481</v>
+        <v>2513</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2471</v>
+        <v>2514</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2482</v>
+        <v>259</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G944" s="1"/>
       <c r="H944" s="1" t="s">
-        <v>2483</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2484</v>
+        <v>2516</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2453</v>
+        <v>728</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2485</v>
+        <v>933</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G945" s="1"/>
       <c r="H945" s="1" t="s">
-        <v>2486</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2487</v>
+        <v>2518</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2488</v>
+        <v>2519</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2459</v>
+        <v>966</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G946" s="1"/>
       <c r="H946" s="1" t="s">
-        <v>2489</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2490</v>
+        <v>2521</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2491</v>
+        <v>804</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2482</v>
+        <v>805</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F947" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G947" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H947" s="1" t="s">
-        <v>2492</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2493</v>
+        <v>2523</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>2488</v>
+        <v>835</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>1675</v>
+        <v>2159</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2494</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2495</v>
+        <v>2525</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>1729</v>
+        <v>1815</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2497</v>
+        <v>2527</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>1729</v>
+        <v>2528</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>562</v>
+        <v>367</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2498</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2499</v>
+        <v>2530</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1729</v>
+        <v>1366</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>562</v>
+        <v>239</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2500</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2501</v>
+        <v>2532</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1729</v>
+        <v>2441</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>562</v>
+        <v>641</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2502</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2503</v>
+        <v>2534</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>1729</v>
+        <v>367</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>562</v>
+        <v>461</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2504</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2505</v>
+        <v>2536</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>1729</v>
+        <v>580</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>562</v>
+        <v>2537</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2506</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2507</v>
+        <v>2539</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>1729</v>
+        <v>359</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>562</v>
+        <v>945</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F955" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2508</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2509</v>
+        <v>2541</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>1729</v>
+        <v>275</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>562</v>
+        <v>276</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2510</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2511</v>
+        <v>2543</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>1729</v>
+        <v>1589</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>562</v>
+        <v>2544</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>180</v>
+        <v>77</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2512</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2513</v>
+        <v>2546</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2339</v>
+        <v>2187</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2514</v>
+        <v>2544</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>54</v>
+        <v>2007</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2515</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2516</v>
+        <v>2548</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>830</v>
+        <v>2187</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2184</v>
+        <v>2544</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G959" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H959" s="1" t="s">
-        <v>2517</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2518</v>
+        <v>2550</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2519</v>
+        <v>2187</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>580</v>
+        <v>2544</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F960" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2520</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2521</v>
+        <v>2552</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>57</v>
+        <v>1169</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>580</v>
+        <v>2553</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F961" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>151</v>
+        <v>2007</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2522</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2523</v>
+        <v>2555</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>1729</v>
+        <v>1589</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2524</v>
+        <v>2553</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G962" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>2007</v>
+      </c>
       <c r="H962" s="1" t="s">
-        <v>2525</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2526</v>
+        <v>2557</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>1729</v>
+        <v>1589</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2527</v>
+        <v>2553</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F963" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="H963" s="1" t="s">
-        <v>2528</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2482</v>
+        <v>2097</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>1722</v>
+        <v>2560</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F964" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2530</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2531</v>
+        <v>2562</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>1735</v>
+        <v>2097</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>1722</v>
+        <v>2560</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F965" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>261</v>
+        <v>77</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2532</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2533</v>
+        <v>2564</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2482</v>
+        <v>2097</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2202</v>
+        <v>2565</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F966" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H966" s="1" t="s">
-        <v>2534</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2535</v>
+        <v>2567</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>57</v>
+        <v>1840</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>580</v>
+        <v>2568</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F967" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>286</v>
+        <v>2007</v>
       </c>
       <c r="H967" s="1" t="s">
-        <v>2536</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2537</v>
+        <v>2570</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2538</v>
+        <v>279</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>1815</v>
+        <v>2568</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F968" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>187</v>
+        <v>2007</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2539</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2540</v>
+        <v>2572</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2541</v>
+        <v>2190</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2172</v>
+        <v>2573</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F969" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2542</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2543</v>
+        <v>2575</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2538</v>
+        <v>1011</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2197</v>
+        <v>2576</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F970" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>187</v>
+        <v>77</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2544</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2545</v>
+        <v>2578</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>1672</v>
+        <v>1012</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2546</v>
+        <v>2576</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F971" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2547</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2548</v>
+        <v>2580</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>1057</v>
+        <v>2249</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2254</v>
+        <v>2576</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F972" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2549</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2550</v>
+        <v>2582</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>947</v>
+        <v>2583</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>558</v>
+        <v>2584</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G973" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H973" s="1" t="s">
-        <v>2551</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2552</v>
+        <v>2586</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>562</v>
-[...3 lines deleted...]
-      </c>
+        <v>2573</v>
+      </c>
+      <c r="C974" s="1"/>
       <c r="D974" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F974" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>12</v>
+        <v>134</v>
       </c>
       <c r="H974" s="1" t="s">
-        <v>2553</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2554</v>
+        <v>2588</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2538</v>
+        <v>2553</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>1031</v>
+        <v>2589</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F975" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H975" s="1" t="s">
-        <v>2555</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2556</v>
+        <v>2591</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>947</v>
+        <v>2560</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2254</v>
+        <v>2592</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H976" s="1" t="s">
-        <v>2557</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2558</v>
+        <v>2594</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2514</v>
+        <v>2553</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2546</v>
+        <v>2595</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G977" s="1"/>
       <c r="H977" s="1" t="s">
-        <v>2559</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
-        <v>2560</v>
+        <v>2597</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>2169</v>
+        <v>2576</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2210</v>
+        <v>214</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F978" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H978" s="1" t="s">
-        <v>2561</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>2562</v>
+        <v>2599</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2563</v>
+        <v>2573</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>364</v>
+        <v>2600</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H979" s="1" t="s">
-        <v>2564</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2565</v>
+        <v>2602</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2566</v>
+        <v>2573</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2567</v>
+        <v>2600</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G980" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H980" s="1" t="s">
-        <v>2568</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2569</v>
+        <v>2604</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>2570</v>
+        <v>2576</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2571</v>
+        <v>2589</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F981" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>202</v>
+        <v>84</v>
       </c>
       <c r="H981" s="1" t="s">
-        <v>2572</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B982" s="1" t="s">
         <v>2573</v>
       </c>
-      <c r="B982" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C982" s="1" t="s">
-        <v>1474</v>
+        <v>2600</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F982" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>151</v>
+        <v>204</v>
       </c>
       <c r="H982" s="1" t="s">
-        <v>2574</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2575</v>
+        <v>2608</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>1469</v>
+        <v>213</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2576</v>
+        <v>214</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>202</v>
+        <v>1339</v>
       </c>
       <c r="H983" s="1" t="s">
-        <v>2577</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>1251</v>
+        <v>2610</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2578</v>
+        <v>2573</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>906</v>
+        <v>2600</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F984" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="H984" s="1" t="s">
-        <v>2579</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2580</v>
+        <v>2612</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>1420</v>
+        <v>2573</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2581</v>
+        <v>2613</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="H985" s="1" t="s">
-        <v>2582</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2583</v>
+        <v>2615</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>1397</v>
+        <v>2573</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2584</v>
+        <v>2600</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H986" s="1" t="s">
-        <v>2585</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2586</v>
+        <v>2617</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2587</v>
+        <v>2573</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>906</v>
+        <v>2600</v>
       </c>
       <c r="D987" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H987" s="1" t="s">
-        <v>2588</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2589</v>
+        <v>2619</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2590</v>
+        <v>2573</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>12</v>
+        <v>2007</v>
       </c>
       <c r="H988" s="1" t="s">
-        <v>2592</v>
-[...261 lines deleted...]
-      <c r="A999" s="1" t="s">
         <v>2620</v>
-      </c>
-[...427 lines deleted...]
-        <v>2661</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>