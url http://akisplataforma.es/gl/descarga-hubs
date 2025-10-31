--- v0 (2025-10-30)
+++ v1 (2025-10-31)
@@ -206,329 +206,329 @@
   <si>
     <t>Barrax - Centro de Innovación Rural</t>
   </si>
   <si>
     <t>Un centro que promove obradoiros de investigación, reunións de negocios, creación de redes profesionais, financiamento europeo, información e experimentación.</t>
   </si>
   <si>
     <t>Centro de Innovación e Tecnoloxía da UPC (CIT UPC)</t>
   </si>
   <si>
     <t>Centro de Investigación, Formación e Transferencia de Coñecemento</t>
   </si>
   <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>Un ecosistema completo para startups no sector AgriFoodTech e un escaparate de tecnoloxías que acelera a transformación dixital do sector agroalimentario, as súas pemes e os traballadores autónomos.</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (Xestión Agroecolóxica Integrada de Sistemas Alimentarios Territorializados) é un grupo de traballo que leva traballando conxuntamente desde 2019. Actualmente somos un consorcio de cinco entidades vinculadas ao sector agroecolóxico. O noso fío condutor común é que, desde diferentes perspectivas e localizacións, estamos a promover, facilitar e/ou apoiar algúns destes procesos nos nosos territorios.</t>
   </si>
   <si>
+    <t>Parque Científico e Tecnolóxico de Poznan da Fundación Universitaria Adam Mickiewicz</t>
+  </si>
+  <si>
+    <t>O Parque Científico e Tecnolóxico de Poznan (PSTP) é o primeiro parque tecnolóxico de Polonia (1995). Está xestionado (como departamento principal) pola Fundación Universitaria Adam Mickiewicz, unha organización sen ánimo de lucro coa misión de estimular a colaboración entre a ciencia e a industria para promover o desenvolvemento rexional a través da innovación, a transferencia de tecnoloxía e a cooperación internacional.</t>
+  </si>
+  <si>
+    <t>Instituto de Investigación TIC RISE de Suecia</t>
+  </si>
+  <si>
+    <t>Rise Research Institutes of Sweden é o instituto de investigación e socio de innovación de Suecia. Mediante a colaboración internacional coa industria, o mundo académico e o sector público, garantimos a competitividade empresarial e contribuímos a unha sociedade sostible.</t>
+  </si>
+  <si>
+    <t>SmartAgricultura</t>
+  </si>
+  <si>
+    <t>Smartagri é un esforzo conxunto de Agroväst, os Institutos de Investigación de Suecia (Rise) e o Parque Científico Skövde, co obxectivo de acelerar a dixitalización do sector agrícola no oeste de Suecia.</t>
+  </si>
+  <si>
+    <t>Espazo53</t>
+  </si>
+  <si>
+    <t>Space53 reúne gobernos, institucións de coñecemento, traballadores humanitarios e empresas nun Clúster de Innovación de Drons e fortalece o ecosistema creando as condicións previas para o desenvolvemento e a aplicación exitosos de sistemas non tripulados.</t>
+  </si>
+  <si>
     <t>Clúster de Edificación Sostible de Andalucía</t>
   </si>
   <si>
     <t>Un proxecto asociativo e de reconstrución sectorial que permite a identificación e posta en marcha continua de novas oportunidades e o aloxamento de empresas sostibles.</t>
   </si>
   <si>
-    <t>Parque Científico e Tecnolóxico de Poznan da Fundación Universitaria Adam Mickiewicz</t>
-[...20 lines deleted...]
-    <t>Space53 reúne gobernos, institucións de coñecemento, traballadores humanitarios e empresas nun Clúster de Innovación de Drons e fortalece o ecosistema creando as condicións previas para o desenvolvemento e a aplicación exitosos de sistemas non tripulados.</t>
+    <t>Agroalimentaria Croacia</t>
+  </si>
+  <si>
+    <t>Agrifood Croatia é un centro de innovación que reúne a investigadores, empresas e actores públicos en Croacia para levar a cabo conxuntamente transformacións dixitais nos sectores da acuicultura, a agricultura e a alimentación.</t>
+  </si>
+  <si>
+    <t>VP Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg é un centro europeo de innovación dixital para a Rexión Centro-Sur, aprobado no marco do Programa Europa Dixital co Proxecto Agrodigirise. O proxecto comezou o 1 de novembro de 2022 e está previsto que dure tres anos. Está implementado por un consorcio con diversos perfís e experiencia: organizacións sectoriais, unidades científicas e de investigación, institucións de formación, empresas tecnolóxicas, importadores de maquinaria agrícola, etc., en colaboración co Concello de Plovdiv.</t>
+  </si>
+  <si>
+    <t>Laboratorios de drons árticos</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs é un innovador centro de investigación en mobilidade aérea situado en Finlandia. Estamos á vangarda da recopilación e aproveitamento de coñecementos, ferramentas de vangarda e innovacións revolucionarias para impulsar o crecemento da industria dos sistemas aéreos non tripulados (UAS). A nosa misión abrangue o fomento do desenvolvemento empresarial, o avance das iniciativas de investigación e a potenciación da educación neste campo transformador.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (anteriormente Aster) opera como un centro de innovación dixital na rexión de Emilia-Romaña, e a súa proposta de valor é a conexión das partes interesadas e a integración de iniciativas, servizos e oportunidades para aproveitar a infraestrutura, o coñecemento e a experiencia tanto das empresas como dos provedores (de instalacións, servizos, formación, etc.).</t>
+  </si>
+  <si>
+    <t>Investigación de Wageningen</t>
+  </si>
+  <si>
+    <t>A forza da Universidade e Investigación de Wageningen reside na súa capacidade para combinar os puntos fortes dos institutos de investigación especializados e da universidade. Tamén reside nos esforzos conxuntos de diversos campos das ciencias naturais e sociais.</t>
   </si>
   <si>
     <t>Centro de Innovación en Ciberseguridade</t>
   </si>
   <si>
-    <t>Agroalimentaria Croacia</t>
-[...28 lines deleted...]
-  <si>
     <t>ahedd - Centro de Ática para a Economía dos Datos e os Dispositivos</t>
   </si>
   <si>
     <t>O Centro Nacional de Investigación Científica (NCSR) Demokritos é o maior centro de investigación multidisciplinar de Grecia, con aproximadamente 1.000 empregados e máis de 50 anos de logros científicos innovadores e contribucións á economía e á sociedade gregas. Foi un socio clave en varias iniciativas tecnolóxicas nacionais, como a adquisición e operación de instalacións de computación de alto rendemento e o establecemento de redes de computación de alta velocidade no país, e actualmente é líder ou membro de múltiples proxectos de infraestruturas nacionais e europeos.</t>
   </si>
   <si>
+    <t>Centro de Agricultura Dixital</t>
+  </si>
+  <si>
+    <t>Centro de servizos de apoio que axuda ás empresas agrícolas a ser máis competitivas mellorando os seus procesos empresariais/produtivos, así como os seus produtos e servizos a través da tecnoloxía dixital.</t>
+  </si>
+  <si>
+    <t>Instituto Tecnolóxico Danés, Tecnoloxía Robótica</t>
+  </si>
+  <si>
+    <t>O Instituto Tecnolóxico Danés é unha empresa líder en investigación e tecnoloxía. Axudan aos seus clientes a traducir o coñecemento e a tecnoloxía máis recentes en valor. Somos expertos en produción, materiais, tecnoloxía ambiental, negocios, enerxía, agrotecnoloxía, investigación cárnica e moito máis.</t>
+  </si>
+  <si>
+    <t>DIH PANNONIA</t>
+  </si>
+  <si>
+    <t>A Axencia de Desenvolvemento do Condado de Vukovar-Srijem prepara o Plan de Desenvolvemento do Condado de Vukovar-Srijem e outros documentos estratéxicos e de desenvolvemento. Ofrece asistencia especializada na preparación e implementación de programas e proxectos de desenvolvemento para organismos de dereito público e institucións públicas na área do condado que son relevantes para o desenvolvemento do condado, así como proxectos conxuntos relevantes para o desenvolvemento de varios condados.</t>
+  </si>
+  <si>
+    <t>Clúster de transaccións seguras electrónicas - TES</t>
+  </si>
+  <si>
+    <t>O Clúster TES, o Clúster de Competitividade Dixital de Normandía, representa un ecosistema de 150 membros, composto por grandes empresas, pemes, autoridades locais, institucións de investigación e formación e outras organizacións. Cos seus membros e socios, o Clúster TES imaxina e codeseña os usos do mañá grazas ás novas tecnoloxías relacionadas coa tríada "seguridade/interoperabilidade/fiabilidade". Estas accións xeran progreso, creación de emprego e valorización territorial.</t>
+  </si>
+  <si>
+    <t>Laboratorio de Deseño e Aplicación de Sistemas Integrados DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH coordina unha ampla rede de DIHS en todo o sur e o leste de Europa, ofrecendo oportunidades de financiamento e apoiando a cooperación multilateral entre organizacións con experiencia complementaria. Tamén ofrece servizos innovadores a empresas, especialmente pemes (incluídas as startups) e empresas lixeiramente máis grandes, para apoiar a súa transformación dixital.</t>
+  </si>
+  <si>
+    <t>Parlamento dos Agricultores Centro de Innovación Dixital de Letonia - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro é un sitio web de innovación e tecnoloxía agrícola. O obxectivo principal de Smartagro é informar e animar aos agricultores e outras partes interesadas a usar novas tecnoloxías, servizos, produtos e sistemas para un futuro sostible nas zonas rurais. Ao centrarse en clústeres rexionais, centros de innovación dixital, laboratorios vivos e solucións tecnolóxicas dentro dos proxectos do Programa de Investigación e Innovación Horizonte 2020 da UE, o sitio web proporcionará ideas e solucións de vangarda para facilitar as innovacións nas zonas rurais. Smartagro está mantido polo Parlamento de Agricultores (FP), unha organización non gobernamental.</t>
+  </si>
+  <si>
     <t>Centro de impulsos dixitais</t>
   </si>
   <si>
     <t>Centro que ofrece consultoría, ecosistema e creación de redes, formación e financiamento</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital Andalucía Agrotech</t>
   </si>
   <si>
     <t>Centro para a difusión de tecnoloxía e innovación, servizos de consultoría, I+D aplicada, tecnoloxía, formación, aceleración e emprendemento. Obxectivo:</t>
   </si>
   <si>
-    <t>Centro de Agricultura Dixital</t>
-[...32 lines deleted...]
-    <t>Smartagro é un sitio web de innovación e tecnoloxía agrícola. O obxectivo principal de Smartagro é informar e animar aos agricultores e outras partes interesadas a usar novas tecnoloxías, servizos, produtos e sistemas para un futuro sostible nas zonas rurais. Ao centrarse en clústeres rexionais, centros de innovación dixital, laboratorios vivos e solucións tecnolóxicas dentro dos proxectos do Programa de Investigación e Innovación Horizonte 2020 da UE, o sitio web proporcionará ideas e solucións de vangarda para facilitar as innovacións nas zonas rurais. Smartagro está mantido polo Parlamento de Agricultores (FP), unha organización non gobernamental.</t>
+    <t>FIWARE Innova iHub</t>
+  </si>
+  <si>
+    <t>Fiware Innova é unha asociación sen ánimo de lucro que promueve a elnovación tecnolóxica en Italia, Atrtaverso La Formazione, La Consulenza e il. A Nostra Associazione ten a Sfida di contribuye a facilitar a potenciación das tecnoloxías all'avantgarde, a estratexia impertitoriali deste, novos modelos de empresas e o desenvolvemento sostible de solucións e infraestruturas nas zonas rurais despois de conformala en "solucións e infraestruturas intelixentes en áreas e zonas rurales despois de conformala en" solucións e infraestruturas intelixentes nas zonas rurais para acadar unha mellor calidade de vida.</t>
+  </si>
+  <si>
+    <t>COMIDA DE FLANDRES, FF</t>
+  </si>
+  <si>
+    <t>A comida de Flandres é Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. A comida de Flanders Werd en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) en Een 20-Tal Stichtende Leden. ¿Queres facer? Door Samenwerking, coñeceu a Elkaar en Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer e Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven as social benefit organizations. Dit sobre o sector Van de Grenzen no Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie é van Harte Welkom.</t>
+  </si>
+  <si>
+    <t>DIH da cadea de subministración verde</t>
+  </si>
+  <si>
+    <t>A estratexia "da granxa á mesa" é o núcleo do Pacto Verde Europeo, que ten como obxectivo que os sistemas alimentarios sexan xustos, sans e respectuosos co medio ambiente. Necesitamos redeseñar os nosos sistemas alimentarios para facelos máis sostibles e aumentar a súa resiliencia. As novas tecnoloxías e os descubrimentos científicos, combinados cun aumento da concienciación pública e da demanda de alimentos sostibles, beneficiarán a todas as partes interesadas. A revolución dixital ofrece oportunidades, pero moitas empresas aínda teñen dificultades para saber en que tecnoloxías investir e como obter financiamento. Máis do 90 % das pemes están atrasadas na innovación dixital e necesitan apoio para a súa transformación dixital.</t>
+  </si>
+  <si>
+    <t>Centro de experiencias de innovación (InnexHUB)</t>
+  </si>
+  <si>
+    <t>Indexhub é unha asociación sen ánimo de lucro co obxectivo de: a. Reforzar o nivel de coñecemento e concienciación das empresas sobre as oportunidades que ofrece a transformación dixital, tamén no contexto do Plan Nacional Empresa 4.0, a estratexia europea para a dixitalización da industria ("Dixitalización da Industria Europea - DEI") e o Programa de Innovación TICHE para Pequenas e Medianas Empresas Manufactureras ("programa de Innovación TIC para as PEME Manufactureras - I4MS"); b. Ser a porta de entrada ao ecosistema de innovación para apoiar a transformación dixital do sistema produtivo; c. Estimular a demanda de innovación das empresas; d. Crear unha ponte entre as empresas e o mundo da investigación.</t>
+  </si>
+  <si>
+    <t>Instituto de Elevación - Idele</t>
+  </si>
+  <si>
+    <t>A misión do Institut de L'Elevage é mellorar a competitividade das explotacións de herbívoros e os seus sectores nun contexto en constante cambio. O seu traballo proporciona solucións técnicas innovadoras aos agricultores e ás partes interesadas dos sectores bovino, ovino, caprino e equino. Ofrecen respostas aos problemas sociais e ambientais actuais, servindo ás partes interesadas do sector gandeiro e aos seus sectores.</t>
   </si>
   <si>
     <t>DIH-BAITUR: Centro de Innovación Dixital das Illas Baleares para a Intelixencia Artificial e o Turismo</t>
   </si>
   <si>
     <t>Centro centrado na intelixencia artificial como tecnoloxía disruptiva que axudará na transformación dixital das empresas das Illas Baleares</t>
   </si>
   <si>
-    <t>FIWARE Innova iHub</t>
-[...26 lines deleted...]
-    <t>A misión do Institut de L'Elevage é mellorar a competitividade das explotacións de herbívoros e os seus sectores nun contexto en constante cambio. O seu traballo proporciona solucións técnicas innovadoras aos agricultores e ás partes interesadas dos sectores bovino, ovino, caprino e equino. Ofrecen respostas aos problemas sociais e ambientais actuais, servindo ás partes interesadas do sector gandeiro e aos seus sectores.</t>
+    <t>Le Pool French Tech Rennes Saint-Malo</t>
+  </si>
+  <si>
+    <t>O ecosistema tecnolóxico francés está composto principalmente por emprendedores, pero tamén por todos aqueles comprometidos co crecemento das empresas emerxentes e a súa influencia internacional. A empresa tecnolóxica francesa Rennes Saint-Malo (FTRSM) ocupa un posto destacado nas clasificacións nacionais en telecomunicacións, agroindustria e ciberseguridade. A saúde electrónica, a nova mobilidade e as industrias creativas tamén teñen fortes fortalezas locais.</t>
+  </si>
+  <si>
+    <t>Laboratorio de Nanotecnoloxía LTFN (Laboratorio de Películas Finas - Nanobiomateriais - Nanosistemas - Nanometroloxía)</t>
+  </si>
+  <si>
+    <t>O Laboratorio de Nanotecnoloxía LTFN, establecido en 1991, está situado no Departamento de Física da Universidade Aristóteles de Tesalónica (AUTH) e nas instalacións Cope-H preto de Thermi e do aeroporto de Tesalónica. Ten máis de 25 anos de experiencia en tecnoloxía de películas finas, nanomateriais avanzados e fabricación de nanopartículas, desenvolvendo/implementando técnicas de metroloxía óptica in situ e en tempo real, modelado computacional e ferramentas de nanometroloxía. A misión de LTFN é promover a investigación de clase mundial e as mellores prácticas en nanotecnoloxía, electrónica orgánica, nanomedicina e nanometroloxía para abordar os desafíos globais na fabricación, enerxía, iluminación, electrónica, fotónica, IoT, transporte, atención sanitaria e calidade de vida, agricultura, etc.</t>
+  </si>
+  <si>
+    <t>Fotónica Bretaña</t>
+  </si>
+  <si>
+    <t>A plataforma tecnolóxica de Photonics Bretagne ten unha ampla experiencia en biofotónica.</t>
+  </si>
+  <si>
+    <t>ROBOCOAST</t>
+  </si>
+  <si>
+    <t>A misión de Robocoast é apoiar a transformación dixital con habilidades clave en ciberseguridade, robótica, tecnoloxía enerxética, intelixencia artificial, análise de datos, 5G e Internet das Cousas. Ofrecemos servizos á industria de exportación e a outras industrias, así como a empresas emerxentes e de alta tecnoloxía. Os produtos e servizos desenvolvidos polos membros céntranse na industria de exportación e as súas cadeas de subcontratación, a fabricación avanzada, a tecnoloxía da información e as comunicacións e o sector enerxético. Tamén ofrecemos cooperación multidisciplinar en áreas como a agricultura e a tecnoloxía sanitaria.</t>
+  </si>
+  <si>
+    <t>DIH da Industria Rural</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub tradúcese oficialmente ao finés como Digital Innovation Hub. É unha ferramenta desenvolvida e coordinada pola Comisión Europea para acelerar as solucións dixitais para as empresas europeas. O DIH está principalmente orientado á rexión, cun foco principal nas pemes.</t>
   </si>
   <si>
     <t>DIHBU Industria 4.0</t>
   </si>
   <si>
     <t>Centro para impulsar a innovación e a intelixencia competitiva para fomentar a cocreación de novos produtos e a prestación de servizos complementarios non tecnolóxicos ás empresas.</t>
   </si>
   <si>
     <t>DIH-LEAF</t>
   </si>
   <si>
     <t>Centro de redes para crecemento e financiamento, acceso a información, formación, auditoría e consultoría</t>
   </si>
   <si>
     <t>Dinápsis DIH</t>
   </si>
   <si>
     <t>Centro centrado en lograr o desenvolvemento sostible, incorporar a transformación dixital na xestión ambiental e abordar os desafíos do cambio climático</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes Saint-Malo</t>
-[...28 lines deleted...]
-  <si>
     <t>SMILE-DIH (Centro de Innovación en Fabricación Intelixente para a Excelencia Lean - Centro de Innovación Dixital)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) é un Centro de Innovación Dixital (DIH) acreditado e operativo a nivel europeo, fundado en Parma en 2018, como unha asociación sen ánimo de lucro legalmente recoñecida, pola Unione Parmense Degli Industriali e a Universidade de Parma. Smile-DIH forma parte de I4MS (European DiH Network) e da rede italiana confindustria DIH e ten a capacidade de apoiar a transferencia de tecnoloxía entre centros de investigación (universidades, centros de competencia, institutos e organismos privados) e industrias manufactureiras (en particular pemes e empresas de mediana capitalización), así como administracións públicas, co fin de transformar os seus modelos de negocio a través de: a dixitalización dos procesos operativos para facelos máis eficientes e funcionais; a implementación de metodoloxías innovadoras e Lean, apoiadas en tecnoloxías intelixentes como os sistemas ciberfísicos (CPS), a Internet das Cousas (IoT e IIoT), a intelixencia artificial (IA), a robótica (autónoma e colaborativa), a ciberseguridade e a computación de alto rendemento (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promover a investigación aplicada, dirixir a investigación que responda a unha necesidade.</t>
   </si>
   <si>
     <t>Instituto Nacional Tyndall, Tyndall</t>
   </si>
   <si>
     <t>O Instituto Nacional Tyndall é un centro europeo líder en investigación tecnolóxica profunda para hardware e sistemas TIC (tecnoloxías da información e as comunicacións) integrados. Especializados tanto en electrónica como en fotónica (materiais, dispositivos, circuítos e sistemas), somos líderes mundiais nas nosas principais áreas de investigación: fabricación de obleas de semicondutores; materiais, dispositivos e plataformas de enxeñaría cuántica; integración e empaquetado microelectrónico e fotónico; sistemas enerxéticos integrados e mitigación do cambio climático; biofotónica, bioelectrónica, dispositivos e sistemas biomédicos; sensores e sistemas intelixentes; sistemas centrados no ser humano para o traballo e a vida; sistemas de comunicación óptica; sistemas de comunicación sen fíos; deseño de circuítos analóxicos e de sinal mixto.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Os Centros de Innovación Dixital (CDI) son "puntos únicos" aprobados pola Comisión Europea que axudan ás empresas a ser máis competitivas con respecto aos seus procesos comerciais/de produción, produtos ou servizos mediante tecnoloxías dixitais. Como primeiro punto de contacto rexional e porta de entrada a un ecosistema de innovación multilateral, proporcionan ás pemes e outras empresas: acceso aos coñecementos, a experiencia e a tecnoloxía máis recentes para apoiar aos seus clientes con proxectos piloto, probas e experimentos con innovacións dixitais; e apoio comercial e financeiro para implementar estas innovacións.</t>
   </si>
   <si>
     <t>Laboratorio CP Newcastle</t>
   </si>
   <si>
     <t>A calidade da vida urbana no futuro dependerá cada vez máis da complexa relación entre os sistemas informáticos, a enxeñaría, a física e o comportamento humano. Esta relación entre as persoas e a tecnoloxía que empregamos afectará cada vez máis a todos os aspectos da nosa vida cotiá, desde como abastecemos os nosos fogares e empresas ata como producimos os nosos alimentos. As empresas, o goberno e a industria dependerán dunha tecnoloxía integrada que podería ofrecer grandes melloras ás nosas vidas, pero que tamén é vulnerable aos ciberataques e aos fallos do software. A necesidade de comprender e unir estes diferentes elementos para que funcionen de forma eficiente será de vital importancia para que a sociedade prospere. O Laboratorio Cibernético Físico da Universidade de Newcastle forma parte do Centro de Innovación Dixital (DIH) no moderno sitio Newcastle Helix, implementando a visión rexional para unha economía dixital próspera no nordeste de Inglaterra. Ademais da Universidade de Newcastle, o DIH ofrece servizos a través do Centro Nacional de Innovación para Datos (NICD), proporcionando habilidades prácticas de datos ás organizacións. O Instituto de Codificación, Bridging the Digital Skills Gap e o Programa Arrow, aliñando as necesidades das pemes rexionais coa Universidade de Newcastle.</t>
   </si>
   <si>
     <t>Instituto BioSense - Instituto para a investigación e o desenvolvemento de tecnoloxías da información en biosistemas</t>
   </si>
   <si>
     <t>Antares esfórzase por impulsar a excelencia na investigación no Instituto Biosense, ofrecer solucións dixitais disruptivas ao sector agrícola europeo, estimular o emprendemento e o emprego rexionais e garantir alimentos suficientes e seguros para a crecente poboación mundial.</t>
   </si>
   <si>
+    <t>IPC</t>
+  </si>
+  <si>
+    <t>O IPC actúa como catalizador, reunindo o mundo académico, as empresas, o goberno e os investidores para trasladar ideas e investigacións brillantes ao mercado. Facémolo proporcionando aos nosos clientes acceso aos expertos, equipos, redes, financiamento e moito máis axeitados, conectando os puntos para unha innovación eficaz. Somos un centro de innovación tecnolóxica independente líder e membro fundador da High Value Manufacturing Catapult do goberno do Reino Unido. Fundada en 2004, os nosos equipos aplican incansablemente os seus moitos anos de experiencia para garantir que cada gran invención teña a mellor oportunidade de converterse nun produto ou proceso comercializado con éxito. Traballamos cos nosos socios en diversos mercados do Reino Unido e de todo o mundo, impulsando as súas innovacións e axudándoos a reducir o risco e o custo asociados ao desenvolvemento de produtos.</t>
+  </si>
+  <si>
+    <t>MicroHub.Swiss - O DIH suízo de microtecnoloxía e microfabricación</t>
+  </si>
+  <si>
+    <t>Microhub.Swiss é un centro de innovación dixital (DIH) centrado na microtecnoloxía e a microfabricación. Como organización sen ánimo de lucro, a nosa misión é ser un orquestrador e acelerador da innovación dixital suíza. O noso obxectivo é apoiar a empresas emerxentes, pequenas empresas (PEME) e o sector público centrados na dixitalización das microtecnoloxías e a fabricación de precisión. O noso obxectivo é axudar a estas organizacións na súa viaxe de transformación dixital, grazas á nosa carteira ben desenvolvida de tecnoloxías dixitais, ecosistemas de industrialización establecidos e experiencia en xestión da innovación. O noso obxectivo é axudar ás empresas suízas e europeas coa súa folla de ruta de innovación, actuando como unha ventanilla única rexional para a xestión da innovación dixital: xestión de I+D e innovación, formación, probas, creación de prototipos, acceso a financiamento, produción de primeira serie e conexión do ecosistema.</t>
+  </si>
+  <si>
+    <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
+  </si>
+  <si>
+    <t>Raishub. Os principais impulsores son a monitorización en tempo real, o control de calidade en liña, o mantemento preditivo e a trazabilidade ata as pezas individuais. Os nosos obxectivos son axudar ás empresas emerxentes e ás pemes a afrontar o desafío do IIoT baseándose en plataformas tecnolóxicas e no ecosistema esencial para a industrialización e a xestión da innovación.</t>
+  </si>
+  <si>
+    <t>SINTEF</t>
+  </si>
+  <si>
+    <t>SINTEF é unha das maiores organizacións de investigación independentes de Europa. Cada ano, levamos a cabo varios miles de proxectos para clientes grandes e pequenos.</t>
+  </si>
+  <si>
     <t>Espazo FIWARE</t>
   </si>
   <si>
     <t>Centra a súa actividade na formación, o traballo en rede, a difusión de eventos, avances e proxectos realizados para o desenvolvemento tecnolóxico de Badaxoz</t>
   </si>
   <si>
     <t>Grupo de alimentos +i</t>
   </si>
   <si>
     <t>Proxecto para difundir actividades, proxectos, redes, propostas de valor e innovación levadas a cabo polo clúster food+i.</t>
   </si>
   <si>
     <t>Fábrica Galega do Futuro HUB</t>
   </si>
   <si>
     <t>Un entorno para impulsar proxectos cooperativos de alto impacto para mellorar a competitividade das empresas da industria da automoción e a mobilidade de Galicia.</t>
   </si>
   <si>
-    <t>IPC</t>
-[...22 lines deleted...]
-  <si>
     <t>Praza da Tecnoloxía e da Biotecnoloxía de Granada</t>
   </si>
   <si>
     <t>Centro onde se desenvolven actividades, proxectos, redes, normativas e propostas de valor e innovación no sector tecnolóxico e biotecnolóxico.</t>
   </si>
   <si>
     <t>Nube HPC e sistemas cognitivos para procesos de fabricación intelixentes, robótica e loxística</t>
   </si>
   <si>
     <t>Un centro que desenvolve actividades de divulgación, proxectos, redes e propostas de valor e innovación no sector tecnolóxico aragonés.</t>
   </si>
   <si>
     <t>Hub 4.0 dos Sectores Manufactureiros na Comunidade Valenciana</t>
   </si>
   <si>
     <t>Avanzar na transformación dixital dos procesos de produción: simulación/HPC, fabricación aditiva, IoT, robótica</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Centro de traballo en rede entre España e Portugal para o crecemento e o financiamento, o acceso á información, a formación e o asesoramento para o sector agroalimentario</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovación para a competitividade e a fabricación avanzada)</t>
@@ -575,86 +575,86 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Centro para startups, pemes e empresas emerxentes que traballan no campo da tecnoloxía</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Unha iniciativa da Comunidade de Madrid que busca converter Madrid nunha cidade líder en robótica e automatización.</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital en Robótica</t>
   </si>
   <si>
     <t>Centro de innovación dixital que ofrece servizos de asesoramento, formación e financiamento para empresas de robótica</t>
   </si>
   <si>
     <t>Parque Científico e Tecnolóxico de Almería, PITA SA</t>
   </si>
   <si>
     <t>Ofrece infraestruturas e servizos de apoio a empresas tecnolóxicas e innovadoras</t>
   </si>
   <si>
+    <t>4PDIH - Centro de Innovación Dixital de Asociación Público-Privada entre Persoas</t>
+  </si>
+  <si>
+    <t>Ofrecemos oportunidades para participar en proxectos europeos, onde podes cocrear políticas de dixitalización, aprender exemplos de boas prácticas e participar en concursos e licitacións para financiar diversos procesos e áreas de dixitalización.</t>
+  </si>
+  <si>
+    <t>Laboratorio de campo 5G 5Groningen</t>
+  </si>
+  <si>
+    <t>5Groningen é o programa HET para 5G-Internet. Ondernemers en non-profiosatizations Werken Samen coñeceu aos expertos om toepassingen van 5g te testen. Descárgate os datos en tempo real para obter un drone sobre os datos en tempo real. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnose te stellen, doordat de arts en het ziekenhuis met een snelle verbbinding mee kan kijken in the ambulance. 5Groningen Test Toepassingen con 5 g. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
+  </si>
+  <si>
+    <t>DIH de Agroalimentaria de Lituania</t>
+  </si>
+  <si>
+    <t>AgriFood Lithuania é un centro e clúster de innovación dixital que reúne a investigadores, empresas e actores públicos líderes en Lituania para a procura conxunta de transformacións dixitais nos sectores agrícola, alimentario e relacionados.</t>
+  </si>
+  <si>
     <t>DIH do Parque Científico da Universidade de Valencia</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital en Valencia Obxectivo: Promover a colaboración entre universidades e empresas tecnolóxicas para fomentar a innovación e o desenvolvemento</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital de Cataluña</t>
   </si>
   <si>
     <t>Centro formado polos principais axentes que apoian a dixitalización de Cataluña</t>
   </si>
   <si>
     <t>DIHGIGAL. Polo de Innovación Dixital da Industria Galega</t>
   </si>
   <si>
     <t>Centro que promove o desenvolvemento de proxectos de I+D+i aliñados coas necesidades e os retos aos que se enfronta o sector industrial</t>
   </si>
   <si>
-    <t>4PDIH - Centro de Innovación Dixital de Asociación Público-Privada entre Persoas</t>
-[...16 lines deleted...]
-  <si>
     <t>Espazo Agro DIH</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital Agro Space de Lituania é unha rede sen ánimo de lucro e centrada na rexión que reúne institucións lituanas de investigación, educación, empresas e goberno para fomentar a innovación tecnolóxica dixital intersectorial. AGRO Space DIH Vision converterase no provedor de solucións "de referencia" para o desenvolvemento, a transferencia de tecnoloxía dixital e a difusión da innovación en sectores clave: agricultura, espazo, manufactura (Industria 4.0) e innovación de servizos. A prioridade é avanzar nas capacidades de colaboración das empresas de tecnoloxía agrícola e espacial mediante a amplificación da plataforma de rede dentro de Lituania e internacionalmente.</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital das Azores</t>
   </si>
   <si>
     <t>O Parque Científico e Tecnolóxico de Nonagon promove a transformación dixital e a dixitalización da economía azoriana a través da coordinación do Centro de Innovación Dixital das Azores.</t>
   </si>
   <si>
     <t>Clúster de TI de Cluj</t>
   </si>
   <si>
     <t>CLUJ IT é unha organización baseada en clústeres composta por organizacións activas no campo das tecnoloxías da información: provedores de servizos e solucións de software, universidades e institutos de investigación, organismos públicos e outras organizacións catalizadoras.</t>
   </si>
   <si>
     <t>Centro de innovación dixital de Eslovenia</t>
   </si>
   <si>
     <t>DIH Slovenia permite a transformación dixital baseándose nunha ventanilla única, tanto en Eslovenia como fóra dela. Sensibiliza e ofrece servizos para desenvolver competencias dixitais, compartir experiencias dixitais e exemplos de boas prácticas a nivel local, rexional e internacional; e proporciona apoio gobernamental e acceso a datos para promover o emprendemento.</t>
   </si>
   <si>
     <t>DIH AGRIFOOD - Centro de innovación dixital para a agricultura e a produción alimentaria</t>
@@ -677,114 +677,114 @@
   <si>
     <t>Centro de innovación dixital verde</t>
   </si>
   <si>
     <t>Apoiar as comunidades e redes agrícolas alimentarias en See mediante o desenvolvemento de servizos sobre calidade dixital dos alimentos e trazabilidade mediante blockchain</t>
   </si>
   <si>
     <t>Academia Jheronimus de Ciencia de Datos</t>
   </si>
   <si>
     <t>Jads é unha colaboración única entre a provincia de Brabante Setentrional, o concello de S-Hertogenbosch, a Universidade de Tilburg e a Universidade Tecnolóxica de Eindhoven (TU/E). Ofrecemos varios programas de ciencia de datos, desde programas de licenciatura e máster ata Educación e Formación Profesional (ENGD) (anteriormente PDENG). Tamén axudamos ás organizacións a dar forma ao seu futuro baseado en datos.</t>
   </si>
   <si>
     <t>Centro de innovación en IA de LTU</t>
   </si>
   <si>
     <t>A Universidade Tecnolóxica de Luleå ten moitos anos de experiencia en intelixencia artificial aplicada. O noso ecosistema de investigación relacionado coa IA conéctase directamente con aplicacións do mundo real nos negocios e na industria. Contribuímos a innovacións en IA seguras e medibles que marcan a diferenza na vida cotiá e benefician á sociedade en xeral.</t>
   </si>
   <si>
     <t>Instituto de Ciencia e Tecnoloxía de Luxemburgo (LIST)</t>
   </si>
   <si>
     <t>O Instituto de Ciencia e Tecnoloxía de Luxemburgo (LIST) é unha organización de investigación e tecnoloxía (RTO) con misións que desenvolve prototipos de produtos e servizos competitivos e orientados ao mercado para partes interesadas públicas e privadas.</t>
   </si>
   <si>
+    <t>Centro de innovación dixital de Innoskart</t>
+  </si>
+  <si>
+    <t>O Grupo transcendeu os seus límites orixinais tanto xeograficamente como en termos do seu alcance de actividades. Hoxe, Innoskart converteuse nun grupo nacional de provedores de servizos de TI (hardware e software), así como en membros do sector da fabricación e investigación de alimentos, pero acadou logros excepcionais en moitos outros campos (comercio de vehículos, produtos farmacéuticos, maquinaria e comercio, metalurxia, pintura, consultoría, etc.). As organizacións de Innoskart abarcan desde empresas individuais ata grandes corporacións cunha ampla gama de capacidades. Ademais das corporacións, centros de investigación, universidades e concellos tamén son membros do Clúster.</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital da NTUA (DIH-NTUA)</t>
+  </si>
+  <si>
+    <t>En Grecia, implementáronse unha estratexia rexional e 13 nacionais de investigación e innovación para a especialización intelixente. A estratexia nacional promove oito sectores nos que a investigación e a innovación poderían contribuír a desenvolver unha vantaxe competitiva significativa, tendo en conta a masa crítica e a excelencia do respectivo potencial de investigación.</t>
+  </si>
+  <si>
+    <t>Plataforma Rexional Industria 4.0 da Rexión Toscana (Plataforma Toscana Industria 4.0)</t>
+  </si>
+  <si>
+    <t>A ferramenta operativa da Plataforma Rexional Empresa 4.0: un punto de acceso doado para as empresas que desexen innovar e seguir sendo competitivas nos mercados. A plataforma é un novo ecosistema creado para promover e fomentar os procesos de dixitalización do sistema comercial e forma parte da rede de centros de innovación dixital acreditados pola Comisión Europea. A súa tarefa é apoiar ás empresas, en particular ás pemes, no proceso de dixitalización europea e establecer contactos cos distintos actores do ecosistema de innovación dixital presentes na rexión.</t>
+  </si>
+  <si>
     <t>Centro de Innovación da Auga Dixital (Auga Dixital)</t>
   </si>
   <si>
     <t>Centro para a difusión da tecnoloxía e a innovación, servizos de consultoría, I+D aplicada, tecnoloxía e formación Obxectivo: Dotar a Cataluña de tecnoloxía industrial, consultoría, formación, desenvolvemento de produtos e servizos innovadores e promoción e difusión da innovación tecnolóxica</t>
   </si>
   <si>
-    <t>Centro de innovación dixital de Innoskart</t>
-[...14 lines deleted...]
-    <t>A ferramenta operativa da Plataforma Rexional Empresa 4.0: un punto de acceso doado para as empresas que desexen innovar e seguir sendo competitivas nos mercados. A plataforma é un novo ecosistema creado para promover e fomentar os procesos de dixitalización do sistema comercial e forma parte da rede de centros de innovación dixital acreditados pola Comisión Europea. A súa tarefa é apoiar ás empresas, en particular ás pemes, no proceso de dixitalización europea e establecer contactos cos distintos actores do ecosistema de innovación dixital presentes na rexión.</t>
+    <t>Destino intelixente do Algarve, Centro de innovación dixital</t>
+  </si>
+  <si>
+    <t>O Centro de Innovación Dixital (DIH) é unha rede informal de institucións privadas e públicas centrada na dixitalización da economía no territorio, principalmente no sector turístico, liderada pola Asociación de Colaboración do Sistema e a Tecnoloxía do Algarve (Algarve STP), unha asociación sen ánimo de lucro que incorpora a Universidade do Algarve, a Asociación Nacional de Mozos Emprendedores (ANJE) e tres concellos da rexión do Algarve, concretamente Loulé, Faro, Olhão e unha asociación privada de empresas de TI, Algarve Evolution.</t>
+  </si>
+  <si>
+    <t>Centro PIAP</t>
+  </si>
+  <si>
+    <t>Rede Valor, liderada por PIAP en cooperación estratéxica con gobernos nacionais e rexionais, organizacións sectoriais e provedores de tecnoloxía líderes dedicados á implementación da automatización e a robótica en procesos tecnolóxicos para a especialización intelixente nacional. Facilita a adopción temperá de avances tecnolóxicos por parte de industrias de alto crecemento, incluíndo a fabricación áxil, a inspección e o mantemento de infraestruturas, así como a agroalimentación e a saúde.</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital para o Sector Agroalimentario Galego (Parte do Centro de Bioeconomía)</t>
   </si>
   <si>
     <t>Centro que pon as últimas tecnoloxías dixitais e creativas á disposición dos sectores da administración local, a formación, a internacionalización, o comercio, os servizos e a industria. Obxectivo:</t>
   </si>
   <si>
-    <t>Destino intelixente do Algarve, Centro de innovación dixital</t>
-[...8 lines deleted...]
-    <t>Rede Valor, liderada por PIAP en cooperación estratéxica con gobernos nacionais e rexionais, organizacións sectoriais e provedores de tecnoloxía líderes dedicados á implementación da automatización e a robótica en procesos tecnolóxicos para a especialización intelixente nacional. Facilita a adopción temperá de avances tecnolóxicos por parte de industrias de alto crecemento, incluíndo a fabricación áxil, a inspección e o mantemento de infraestruturas, así como a agroalimentación e a saúde.</t>
+    <t>Plan4all</t>
+  </si>
+  <si>
+    <t>A ambición xeral é deseñar, desenvolver e introducir unha plataforma que conecte as persoas coa información. En primeiro lugar, integrando principios de redes sociais como un blog, un foro e unha tenda de ciencia do deseño, que permitan aos usuarios conectarse con desenvolvedores e investigadores. En segundo lugar, integrando diferentes tipos de aplicacións de demostración, onde os desenvolvedores e investigadores terán a oportunidade de colaborar, probar diferentes API para novas solucións e tamén realizar experimentos conxuntos.</t>
   </si>
   <si>
     <t>Ciencia de Datos e Intelixencia Artificial (DASAI)</t>
   </si>
   <si>
     <t>Un espazo dedicado á investigación, o desenvolvemento de proxectos, a formación, a difusión e a transferencia de coñecemento relacionados coa Intelixencia Artificial.</t>
   </si>
   <si>
-    <t>Plan4all</t>
-[...2 lines deleted...]
-    <t>A ambición xeral é deseñar, desenvolver e introducir unha plataforma que conecte as persoas coa información. En primeiro lugar, integrando principios de redes sociais como un blog, un foro e unha tenda de ciencia do deseño, que permitan aos usuarios conectarse con desenvolvedores e investigadores. En segundo lugar, integrando diferentes tipos de aplicacións de demostración, onde os desenvolvedores e investigadores terán a oportunidade de colaborar, probar diferentes API para novas solucións e tamén realizar experimentos conxuntos.</t>
+    <t>BEIA DIH</t>
+  </si>
+  <si>
+    <t>O Beia Grid Institute é unha ONG innovadora que participa activamente en proxectos de investigación multidisciplinares a nivel nacional e internacional.</t>
   </si>
   <si>
     <t>Distrito Dixital da Comunidade Valenciana</t>
   </si>
   <si>
     <t>Un entorno para acoller empresas tecnolóxicas e talento para a transformación tecnolóxica e a economía dixital no Mediterráneo, destacando tres verticais: cambio climático, saúde e turismo.</t>
-  </si>
-[...4 lines deleted...]
-    <t>O Beia Grid Institute é unha ONG innovadora que participa activamente en proxectos de investigación multidisciplinares a nivel nacional e internacional.</t>
   </si>
   <si>
     <t>Centro de innovación aberta Converge</t>
   </si>
   <si>
     <t>Converge é unha ferramenta para facilitar a transferencia eficaz de coñecemento á sociedade mediante a creación de confianza entre o CSIC e as partes interesadas no ecosistema da innovación. O obxectivo de Converge é converter o CSIC nunha autoridade líder en innovación científica, tecnolóxica e social e contribuír a fortalecer o ecosistema da innovación de España. A misión de Converge articúlase a través de catro programas: CSIC Open Lab; CSIC Emprende; CSIC Living Lab; e Cátedras de Empresa do CSIC. VÍDEO</t>
   </si>
   <si>
     <t>INNOVASTURIAS</t>
   </si>
   <si>
     <t>INNOVASTURIAS é unha asociación de empresas e institucións asturianas que buscan mellorar a súa competitividade e a calidade dos seus servizos promovendo unha cultura innovadora e colaborando e buscando sinerxías no ámbito internacional dos sectores agroalimentario e ambiental , comercio e hostalería, administración, industria, enerxía e investigación, e educación, cultura e saúde.</t>
   </si>
   <si>
     <t>Instituto BioSense</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital BioSense (DIH) é pioneiro na transformación dixital para a agricultura sostible mediante a introdución de innovacións dixitais que vinculan a investigación, o emprendemento, a ciencia e as solucións listas para o mercado.</t>
   </si>
   <si>
     <t>AHEDD - Centro Attica para a Economía dos Datos e os Dispositivos</t>
   </si>
 </sst>
 </file>
 
@@ -1529,106 +1529,106 @@
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="45" spans="1:3">