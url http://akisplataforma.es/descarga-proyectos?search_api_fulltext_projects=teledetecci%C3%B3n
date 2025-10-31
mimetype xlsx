--- v0 (2025-10-30)
+++ v1 (2025-10-31)
@@ -737,87 +737,87 @@
   <si>
     <t>Nombre coordinador/entidad: Víctor Rodríguez Galiano (Universidad de Sevilla)Dirección postal: C/Doña María de Padilla, s/nEmail coordinador/entidad: vrodriguez8@us.esTeléfono: 636501129</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>https://monicaiot.eu/actualidad/|https://monicaiot.eu/wp-content/uploads/2023/06/Folleto-MoniCa_.pdf|https://monicaiot.eu/wp-content/uploads/2023/06/Presentacion-MoniCa.pdf|https://youtu.be/N_nuZPGxmsU|https://youtu.be/OhGCKaYD5o4|https://twitter.com/monicaioteu|https://www.linkedin.com/company/monicaioteu/</t>
   </si>
   <si>
     <t>Grupo Operativo AGRODRON</t>
   </si>
   <si>
     <t>Grupo Operativo para la digitalización, teledetección, sensorización, analísis multivariable, estudio pormenorizado, modelación matemática, procesado computacional e interpretación agronómica de los resultados en cultivos herbáceos (cespitosos y forrajeros) de fincas de ensayos y productivas, en diferentes zonas agrícolas de España (Levante, Meseta, Cordillera).</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Elena Calvo-Sotelo SánchezEmail coordinador/entidad: valladolidhemav@gmail.com</t>
   </si>
   <si>
     <t>Comunitat Valenciana|Madrid, Comunidad de</t>
   </si>
   <si>
+    <t>Grupo Operativo: Nuevos modelos de teledetección en el olivar para la mejora de la productividad y el medioambiente</t>
+  </si>
+  <si>
+    <t>Lo modelo de predección de la productividad y estados del cultivo permitirán ajustar las necesidades de agua, abonado, y tratamientos fitosanitarios y coordinar estas labores para los 110 socios de DCOOP, reduciendo así costes e insumos y por lo tanto la contaminación ambiental asociada a fertilizantes y fitosanitarios y permitirá ajustar costes a los rendimientos predichos. La divulgación llegará a las 75.000 familias que forman DCOOP, IFAPA llevará a cabo la divulgación en el ámbito académico y Cooperativas Agro-alimentarias de Andalucía a través de las redes de contactos del ámbito agrario que agrupa a la práctica totalidad de las cooperativas agroindustriales.</t>
+  </si>
+  <si>
+    <t>DCOOP S.C.A</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: DCOOP S.C.AEmail coordinador/entidad: silvia.lopez@dcoop.es</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Energía, clima, servicios ambientales y medio ambiente|Digitalización e innovación|Formación, demostración y asesoramiento</t>
+  </si>
+  <si>
+    <t>https://www.mercacei.com/mvc/amp/noticia/48587/noticia/48587/ultima-hora/dcoop-coordina-un-grupo-operativo-que-trabajara-en-la-productividad-y-sostenibilidad-del-olivar.html</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Mejora del color de la manzana bicolor</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/5202516/Redacci%C3%B3+GO_2016_003_FRUILAR.pdf/90590fe9-14f7-4f3f-b67f-f6b13f0ff742</t>
   </si>
   <si>
     <t>El Grupo Operativo persigue el desarrollo de un proyecto cuyo objetivo principal es mejorar la coloración de la manzana bicolor, en particular de los cultivares Gala y Pink Lady. La mejora de la coloración de las manzanas bicolor es clave en la rentabilidad de la plantación, ya que el precio recibido por los agricultores se define por el porcentaje de color y calibre de la fruta. En Cataluña, las pérdidas anuales por falta de coloración se estiman alrededor de 3,25-3,9 millones de euros. En la actualidad, existen nuevas herramientas que permiten una nueva forma de abordar la mejora de la coloración. Una de ellas es el uso de la teledetección para categorizar el vigor ideal que confiere una mayor calidad en los frutos en las distintas plantaciones, y en base a esta categorización se puede realizar una implementación de medidas correctoras como: reducción de N y ajuste de riego, defoliación, aplicación combinada de fitorreguladores y poda en verde, aplicación de bioestimulantes y colocación de mallas reflectantes.</t>
   </si>
   <si>
     <t>Fruilar SAT 197</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Fruilar SAT 197Email coordinador/entidad: qualitat@fruilar.com</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Gestión de explotaciones</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.mercacei.com/mvc/amp/noticia/48587/noticia/48587/ultima-hora/dcoop-coordina-un-grupo-operativo-que-trabajara-en-la-productividad-y-sostenibilidad-del-olivar.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2625,161 +2625,161 @@
       <c r="U21" s="1" t="s">
         <v>240</v>
       </c>
       <c r="V21" s="1" t="s">
         <v>43</v>
       </c>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1" t="s">
         <v>141</v>
       </c>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
       <c r="AC21" s="1"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="F22" s="1"/>
       <c r="G22" s="1">
-        <v>9520</v>
+        <v>5000</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="R22" s="1"/>
       <c r="S22" s="1" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="T22" s="1" t="s">
         <v>234</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="V22" s="1" t="s">
         <v>43</v>
       </c>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
       <c r="Z22" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="AA22" s="1"/>
       <c r="AB22" s="1"/>
       <c r="AC22" s="1"/>
-      <c r="AD22" s="1"/>
+      <c r="AD22" s="1" t="s">
+        <v>246</v>
+      </c>
       <c r="AE22" s="1"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>248</v>
+      </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="F23" s="1"/>
+        <v>2018</v>
+      </c>
+      <c r="F23" s="1">
+        <v>2018</v>
+      </c>
       <c r="G23" s="1">
-        <v>5000</v>
+        <v>9520</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1" t="s">
         <v>249</v>
       </c>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1" t="s">
         <v>250</v>
       </c>
       <c r="R23" s="1"/>
       <c r="S23" s="1" t="s">
         <v>251</v>
       </c>
       <c r="T23" s="1" t="s">
         <v>234</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="V23" s="1" t="s">
         <v>43</v>
       </c>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
       <c r="Z23" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
-      <c r="AD23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AD23" s="1"/>
       <c r="AE23" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>