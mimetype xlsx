--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -6032,50 +6032,149 @@
   <si>
     <t>https://evega.xunta.gal/sites/default/files/actualidade/dipticos/gesvina-diptico.pdf</t>
   </si>
   <si>
     <t>Grupo Operativo APITOX: Implementar mejoras técnicas-innovadoras en el sector apícola para aumentar la rentabilidad del sector</t>
   </si>
   <si>
     <t>Nuestro Grupo Operativo estudia la optimización de los diferentes mé todos de extracción del veneno de abeja. En su ámbito de trabajo también se estudia y se optimiza los diferentes métodos de conserva ción del veneno de abeja. Para salvaguardar y proteger sus propiedades y así obtener un producto de alta calidad. Se analizan los costes de este tipo de procesos y sus diferentes variaciones técnico-económica, dependiendo de las técnicas y procesos a seguir. La recogida y gestión del veneno de abeja para su posterior uso en dife rentes industrias (farmacéutica, cosmética, médica), puede ser una fuente de ingresos adicionales en las explotaciones apícolas españolas aumentan do la rentabilidad de las mismas y diversificando el negocio apícola.Este Grupo Operativo busca implementar mejoras técnicas e innovadoras en el subsector apícola para aumentar la rentabilidad de las explotaciones. Se busca mejorar en la obtención y conservación de veneno de abeja con la implantación de las mejores técnicas disponibles y combinación de estas con otras aplicaciones del ámbito de trabajo práctico.</t>
   </si>
   <si>
     <t>Nuestro Grupo Operativo quiere abordar los siguientes problemas técni co-económicos del sector apícola:a) Aumentar la rentabilidad de las explotaciones apícolas. b) Optimizar la obtención del veneno de abeja. c)Perfeccionar la conservación y comercialización del veneno de abeja</t>
   </si>
   <si>
     <t>ASAJA</t>
   </si>
   <si>
     <t>ENBA-Vizcaya|MQB!</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asoc agraria jóvenes agricultoresEmail coordinador/entidad: pablo@asaja.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Biodiversidad, naturaleza, paisaje y gestión de tierras|Competitividad y nuevos modelos de negocio|Economía, gestión financiera y fiscal|Digitalización e innovación</t>
   </si>
   <si>
+    <t>Grupo Operativo: Plataforma de transferencia de conocimientos e innovación en riego 2.0</t>
+  </si>
+  <si>
+    <t>La capacitación de personal agrícola y la introducción de nuevas técnicas, tecnologías y cultivos en las explotaciones agrarias son necesarias para enfrentarse a los continuos cambios del sector. Por ello, este Grupo Operativo, pretende mejorar la capacitación del agricultor y de esta forma, se mejorará la competitividad de los cultivos, y en particular, de la agricultura de regadíos en España. Este Grupo Operativo realiza acciones innovadoras de transferencia dentro del marco de la plataforma digital para la transferencia de conocimientos e innovación en el medio rural en materia de riego sostenible, dirigidas a la capacitación del agricultor para la mejora de la competitividad de los cultivos y explotaciones agrarias. La transferencia de conocimiento se realizará a través de la plataforma digital denominada Universidad del riego.</t>
+  </si>
+  <si>
+    <t>Involucrar en la transferencia a la comunidad científica innovadora.Disponer de una plataforma digital que permita la formación online bonificada y subvencionada para los agricultores, profesionales y empresas del sector.Definir nuevas actividades de transferencia tanto en la plataforma como presenciales en todo el territorio nacional.</t>
+  </si>
+  <si>
+    <t>Audit  Irrigation Sociedad Limitada</t>
+  </si>
+  <si>
+    <t>ASAJA|IFAPA|FENACORE|IRIAF|Instituto de Agricultura Sostenible|Rivulis Eurodrip</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Audit Irrigation Sociedad LimitadaEmail coordinador/entidad: helena.cuartero@universidadderiego.com</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Reducción del coste de riego mediante eficiencia energética y reducción del consumo de agua garantizando la competitividad de la remolacha azucarera en España</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo busca impulsar entre los agricultores la adopción de medidas innovadoras que hagan posible disminuir el coste de la factura energética del riego y optimizar el consumo de agua, con el fin de garantizar la competitividad y sostenibilidad del sector remolachero-azucarero tras la desaparición del sistema de cuotas en Europa en 2017 y el fin del actual periodo PAC en 2020.</t>
+  </si>
+  <si>
+    <t>Sondeos que podrán reducir su coste energético en el riego entre un 60 y un 75%, pero puede ser extrapolable a otros cultivos de regadío donde el coste del riego suponga un porcentaje elevado del coste de producción.</t>
+  </si>
+  <si>
+    <t>AIMCRA</t>
+  </si>
+  <si>
+    <t>iNEA (Escuela Universitaria de Ingeniería Agrícola de la Compañía de Jesús en Valladolid)|Moval Agroingenieria|Universidad Internacional del Riego|Sociedad Cooperativa Estrella de San Juan|Recursos naturales de Castilla y León|Encore Lab</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: AIMCRAEmail coordinador/entidad: e.rosique@aimcra.es</t>
+  </si>
+  <si>
+    <t>Castilla y León|Castilla - La Mancha|País Vasco|Rioja, La</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Simulación de la sostenibilidad de explotaciones agrícolas</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo tiene por objetivo la implantación de las nuevas tecnologías en el medio agrario pone a disposición de los agricultores una gran cantidad de información difícil de gestionar por los responsables de las explotaciones. Este proyecto pretende desarrollar e implementar modelos predictivos de integración que permitan la toma de decisiones y avanzar hacia la sostenibilidad.</t>
+  </si>
+  <si>
+    <t>Ideya red profesional S.L L</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Ideya red profesional S.L LEmail coordinador/entidad: jruiz@ideyared.es</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Biodiversidad, naturaleza, paisaje y gestión de tierras|Energía, clima, servicios ambientales y medio ambiente|Formación, demostración y asesoramiento</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Reestructuración de la explotación de madera de calidad, y su proceso de clasificación para diversificar su producción y mejorar su implementación en los mercados locales</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo se crea para encontrar una acción demostrativa que permita promocionar las especies de frondosas secundarias de alto valor ecológico dentro el espacio ES5110011 de la Red Natura 2000. Se pretende mejorar de la rentabilidad de los aprovechamientos madereros a partir de la diversificación de los productos obtenidos, ya que en la actualidad, los aprovechamientos de frondosas prácticamente se limitan a la obtención de productos de bajo o nulo valor añadido como la leña o los biocombustibles en general. Esta es la razón por la que la rentabilidad de los aprovechamientos queda muy comprometida.</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Associació de propietaris forestals del Montnegre i El CorredorEmail coordinador/entidad: mrosell@montnegrecorredor.org</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Sostenibilidad y productividad de la hortifructicultura ecológica de montaña: aplicaciones potenciales de los impulsos eléctricos de alta intensidad y del magnetismo en las aguas de riego</t>
+  </si>
+  <si>
+    <t>Se ha constituido un Grupo Operativo que persigue impulsar un Proyecto Innovador que pretende reinvertir la tendencia de la producción de alimentos con una disminución de la variable mineral de la densidad nutricional constatada en diferentes estudios científicos. Y a la vez reinvertir también la tendencia al abandono y la baja competitividad de las explotaciones de montaña a través de la gestión colaborativa y la implementación de procesos y productos innovadores en sus sistemas de producción.  </t>
+  </si>
+  <si>
+    <t>El objetivo de dicho proyecto es recuperar la calidad de los suelos agrarios y la obtención de unos cultivos y unos alimentos con unas densidades nutricionales minerales muy distintas a las que poseen los alimentos actualmente disponibles en el mercado.</t>
+  </si>
+  <si>
+    <t>Smart Rural Lab S.L</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Smart Rural Lab S.LEmail coordinador/entidad: angel.illa@srural.com</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Regadío|Bioeconomía, economía circular, valorización y gestión de subproductos</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Producción sostenible en cultivos de huerta basada en la promoción de macro y micro organismos</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/8596243/grups_operatius_es_110/58c3cafd-464a-435a-924d-44decb756b92</t>
+  </si>
+  <si>
+    <t>Se ha constituido un Grupo Operativo que pretende impulsar un proyecto piloto de base tecnológica en cultivos de sandía, col y lechuga para incrementar su sostenibilidad y que permita obtener productos con un alto valor añadido mejorando: La biodiversidad con la utilización de enemigos naturales de las plagas, polinizadores y micorrizas.El control biológico por conservación con plantas insectario y la polinización con plantas melíferas.La gestión de los fertilizantes y la reducción de plaguicidas, racionalizando el aporte de abono e implementando un manejo integrado de plagas y enfermedades.</t>
+  </si>
+  <si>
+    <t>El objetivo principal de la propuesta es implementar medidas de producción sostenible en cultivos de huerta centrándose en:El Control Biológico por Conservación mediante el uso de plantas insectario.La conservación de abejas melíferas en entornos hortícolas La optimización de la gestión del riego en combinación con hongos formadores de micorrizas para controlar la aparición de enfermedadesde raíz. El proyecto se centra en tres cultivos de importancia económica: la sandía, la col y la lechuga.</t>
+  </si>
+  <si>
+    <t>VERDCAMP FRUITS SAT 1132 CAT</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Verdcamp Fruits SAT 1132 CATEmail coordinador/entidad: annabp@verdcampfruits.com</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Red de artesanos transformadores y vendedores de leche de pastos</t>
   </si>
   <si>
     <t>Grupo Operativo que pretende crear una red de artesanos transformadores y vendedores de leche de pastos. Para lo cual, se realizará un marcado de umbrales para identificar la leche con las cualidades saludables descritas, en función de uno o varios parámetros. Se realizará la descripción de la materia prima diferenciada en función tanto de dicha cuantificación como del manejo necesario del ganado para su obtención. Se trabajará en consenso con los productores, elaboradores y consumidores en la elaboración del pliego de condiciones para la obtención de la lecha diferenciada.Se indicará la analítica necesaria y el laboratorio para llevar a cabo la determinación y se alaborará un informe sobre la forma de indicar en el etiquetado la diferenciación de la materia prima en colaboración con la ODECA.</t>
   </si>
   <si>
     <t>Unión de Ganaderos y Agricultores Montañeses (UGAM)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Unión de Ganaderos y Agricultores Montañeses (UGAM)Email coordinador/entidad: info@ugamcoag.org</t>
   </si>
   <si>
     <t>Grupo Operativo: Praderas de Cantabria y alimentos saludables con beneficio ambiental</t>
   </si>
   <si>
     <t>Grupo Operativo creado para realizar un diseño de producciones y/o de alimentos de calidad a través de técnicas de manejo. Resultados de analíticas sobre el perfil de ácidos grasos, de análisis de huella de carbono e hídrica y rentabilidad: Tareas I. Trabajos de campo: Toma de muestras para análisis y recogida de encuestas. Procesamiento y puesta a punto de datos. Aplicación práctica del conocimiento.Tareas II. Cálculo de indicadores y generación de propuestas individualizadas.Tareas III. Difusión y comunicación. Tareas IV. Coordinación del proyecto.</t>
   </si>
   <si>
     <t>CONSEJERÍA DE MEDIO RURAL, PESCA Y ALIMENTACIÓN|UNION DE GANADEROS Y AGRICULTORES MONTAÑESES (UGAM)</t>
   </si>
   <si>
     <t>Ana Maria Urtiaga Mendia|Maria Margallo Blanco|Nazely Diban-Ibrahim Gomez|Marta Romay Romero</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Suelo|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación|Retos rurales</t>
@@ -6092,441 +6191,342 @@
   <si>
     <t>ACOAN: Asociación de Criadores de Ovino Ansotano|  ATURA: Asociación de Criadores de Ganado Ovino de Raza Churra Tensina |ARACOXI: Asociación Aragonesa de Criadores de Ganado Ovino de Raza Xisqueta</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociacion Criadores Ovino AnsotanoEmail coordinador/entidad: j.boscolo@colvet.es | acoan@colvet.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Retos rurales</t>
   </si>
   <si>
     <t>Grupo Operativo: Prados de montaña</t>
   </si>
   <si>
     <t>El Grupo Operativo nace con la intención de definir parcelas tipo representativas para su análisis y estudio en 4 valles pirenaicos (Hecho, Aisa, Gistaín y Benasque). Entre las actividades a realizar destacan la de establecer calendarios de manejo y la evaluación del efecto de la fecha de siega en la calidad y producción. Se pretenden desarrollar recomendaciones de fertilización y su fraccionamiento, y diseñar un plan conjunto de aprovechamiento de cultivos forrajeros, con el objetivo de lograr repercusión medioambiental de la gestión pascícola.</t>
   </si>
   <si>
     <t>Unión de Agricultores y Ganaderos de Aragon | Ramón Reiné Viñales</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Unión de Agricultores y Ganaderos de Aragon | Ramón Reiné ViñalesEmail coordinador/entidad: efernandez@uaga-aragon.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Agricultura ecológica y agroecología|Retos rurales</t>
   </si>
   <si>
-    <t>Grupo Operativo: Reestructuración de la explotación de madera de calidad, y su proceso de clasificación para diversificar su producción y mejorar su implementación en los mercados locales</t>
-[...97 lines deleted...]
-  <si>
     <t>Grupo Operativo: Leche 4.0. Hacia una aceleración de la adopción digital en toda la cadena láctea gallega</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende conseguir: extraer valor en tiempo real de los datos de funcionamiento de las explotaciones y ponerlo a disposición del personal adecuado a lo largo de la cadena de producción para permitir la toma de decisiones prácticas; obtener por parte del gestor una visibilidad en tiempo real de lo que sucede en cada etapa de la cadena productiva; eliminación de los silos de información: muchos de los sistemas que trabajan en paralelo en la cadena de producción lechera están aislados. Esta situación complica el aprovechamiento de los datos para hacer una optimización global de la producción; simplificación de la incorporación de nuevas tecnologías, dado que habitualmente resulta muy complejo incorporar dispositivos y plataformas de aprovechamiento de los datos en las explotaciones. Por todo esto, el objetivo general de la propuesta es el de hacer uso de las tic para sentar las bases de modernización del sector lácteo gallego, buscando la creación de un sistema de gestión de la información que permita dar la solución a las necesidades mencionadas, teniendo una visión a largo plazo de la sostenibilidad y capacidad de adaptación a las nuevas necesidades.</t>
   </si>
   <si>
     <t>Cooperativas Lácteas Unidas S.C.G</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Cooperativas Lácteas Unidas S.C.GEmail coordinador/entidad: ismael.martinez@feiraco.es</t>
   </si>
   <si>
+    <t>Grupo Operativo: Nuevos modelos de resiliencia en explotaciones de vacuno de leche</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo pretende encontrar un patrón de éxito para las explotaciones de vacuno de leche, que ofrezca alternativas en el modelo de producción actual de la cornisa cantábrica, que en la actualidad cuenta con una importante presencia en el uso de concentrados. Se persigue una mayor utilización de productos propios como punto de partida que permitirá al ganadero reducir costes y mejorar los ingresos por venta de leche que estará adaptada a la empresa de transformación más próxima.</t>
+  </si>
+  <si>
+    <t>Unions agrarias-upa</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Unions agrarias-upaEmail coordinador/entidad: unionsagrarias_upagalicia@upa.es</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Biodiversidad, naturaleza, paisaje y gestión de tierras|Diversificación agraria (agroturismo, etc)</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Innovaciones en manejo de pequeños rumiantes de montaña en Cantabria</t>
+  </si>
+  <si>
+    <t>Con la creación de este Grupo Operativo, se pretende recopilar información, diagnosticar la situación de partida e iniciar los posibles informes técnicos. Determinar un plan y llevar a cabo las labores de difusión y divulgación. Realizar informes de propuestas de selección y mejora de la raza carranzana en función de factores como rusticidad, adaptación al medio, capacidad de pastoreo, calidad de producción y otros. Realizar informe de propuestas de selección y mejora de perros pastores (Border Collie). Realizar labores de selección y mejora de la línea genealógica en relación con los objetivos del proyecto. Realizar informes sobre la situación del lobo. </t>
+  </si>
+  <si>
+    <t>El objetivo es adaptar un modelo de manejo e implantación de tecnología que reduzca el impacto de los ataques de lobo en al menos dos ganaderías piloto de pequeños rumiantes, que reduzca las horas de trabajo dedicadas al control y protección de los rebaños ante la presencia del lobo y realizar una correcta divulgación que alcance al menos a 1.400 ganaderos susceptibles de tener rebaños de pequeños rumiantes y problemas con el lobo.</t>
+  </si>
+  <si>
+    <t>UGAM-COAG</t>
+  </si>
+  <si>
+    <t>Asociación Vaca Pasiega|Asociación de Perros Pastores</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Fernando GómezEmail coordinador/entidad: Fernando_nansa@hotmail.com</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Mejora genética de la vaca de raza frisona en las ganaderías de Cadí SCCL</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/8589140/CAST_REDACCI%C3%93_2019_007_FED+FRISONA.pdf/a7494468-3c4e-401e-b06e-1edc8d9350d5</t>
+  </si>
+  <si>
+    <t>En el presente proyecto hay implicado un actor de la industria alimentaria del sector lácteo (Cadí SCCL), una asociación de ganaderos de vacuno de leche de ámbito local (Asociación Frisona del Alt Urgell y Cerdanya AFAUC) que a la hora forma parte de una federación de ámbito catalán (Federación de Frisona de Cataluña FEFRIC) que trabaja temas técnicos de mejora genética en la raza Frisona de la vaca de leche. Los diferentes actores disponen de áreas de conocimiento propios los que se coordinan para alcanzar objetivos comunes. Se ponen las bases para trabajar en la misma línea seleccionando los animales en las primeras edades para optimizar la eficiencia del proceso de producción total y adaptar la producción del tipo de leche a la demanda de la industria. Este planteamiento se hace posible gracias al uso de nuevas técnicas de conocimiento como son la genómica la que nos ayuda a elegir los genes más interesantes de la población de las hembras de la raza frisona y adaptar la composición de la leche, grasa y tipos de proteína, según la demanda de la industria alimentaria. Este hecho también incide en el censo total de los animales en las granjas mejorando la calidad de la recría y permitir una mejor gestión de cada plaza de la granja e incrementar la sostenibilidad y viabilidad de las ganaderías.</t>
+  </si>
+  <si>
+    <t>La descripción de los objetivos más específicos para trabajar con las entidades participantes són las siguientes:Mantener el volumen de leche actual subministrado por los ganaderos de de la zona (Alt Urgell i Cerdanya) a la cooperativa Cadí SCCL, para poder mantener la DOP (Denominació d’Origen Protegida) y el proceso productivo actual. Mejorar el valor porcentual de grasa, importante para el buen rendimiento en la elaboración de la mantequilla elaborada por la cooperativa. Mejorar el valor porcentual de proteínas y trabajar en la parte de les caseínas totales para mejorar el rendimiento quesero. Trabajar en la calidad de las proteínas sobre todo la en la qualitat de les proteïnes, sobretot la KappaCaseïna B por su importancia en el rendimiento quesero.</t>
+  </si>
+  <si>
+    <t>FEDERACIÓ FRISONA DE CATALUNYA</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Federació frisona de CatalunyaEmail coordinador/entidad: ritacasals@fefric.com</t>
+  </si>
+  <si>
+    <t>Mejora genética</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Mejora de la valorización y dinamización de la producción de piña y piñón de pino piñonero mediante la agrupación de la cadena productora y la mecanización del aprovechamiento</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/8594506/2015_GO_redaccio_es_089/62a0b008-e8da-4691-a5dd-2c637f01eca1</t>
+  </si>
+  <si>
+    <t>Con este proyecto se ha hecho una valoración del producto y estudio del mercado del piñón mediante la recogida de publicaciones y estadísticas oficiales y ha sido complementada y contrastada con consulta directa mediante entrevistas y encuestas a los diferentes expertos y actores del sector.También se ha hecho una valoración del recurso y del potencial productivo del pino piñonero en Cataluña mediante la creación de un grupo de expertos y la definición de los escenarios productivos y de aprovechamiento basados en la superficie, la calidad de estación y el potencial productivo del pino piñonero y en el planteamiento de diferentes sistemas de aprovechamiento mecanizado en función de la pendiente del terreno y del potencial productivo del mismo.</t>
+  </si>
+  <si>
+    <t>El objetivo del proyecto es establecer un Grupo Operativo para el fomento de la producción y comercialización de piñón en Cataluña, para incrementar el interés económico de las masas y plantaciones de pino piñonero y posibilitar su gestión forestal económicamente sostenible. Con este objetivo trabajan de forma conjunta propietarios forestales y sus asociaciones, centros de investigación y empresas del subsector y se crea un grupo de trabajo entre los actores del conjunto de la cadena. Por lo tanto el proyecto se ha desarrollado desde un punto de vista multidisciplinar que incluye la ingeniería forestal y la socioeconomía.</t>
+  </si>
+  <si>
+    <t>Consorci forestal de Catalunya</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Consorci forestal de CatalunyaEmail coordinador/entidad: josep.tusell@forestal.cat</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Innovación y sostenibilidad del ovino de carne aragonés</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo pretende aplicar innovaciones para mejorar la sostenibilidad del ovino de carne desde el punto de vista económico, social y medioambiental.</t>
+  </si>
+  <si>
+    <t>Oviaragón S.C.L</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Oviaragón S.C.LEmail coordinador/entidad: direccion@oviaragon.com</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Interacción de la variabilidad intraparcelaria de suelo y la fertilización nitrogenada, sobre los parámetros de calidad de la cebada destinada a la elaboración de malta</t>
   </si>
   <si>
     <t>Este Grupo Operativo nace con la intención de poner a la agricultura de precisión al servicio de la cebada maltera, determinando la interacción entre los suelos con diferente potencial productivo dentro de una misma parcela y la fertilización nitrogenada a dosis variable, en los parámetros de calidad del cultivo de cebada para la producción de malta. También realiza un estudio de la idoneidad y aplicaciones de la malta obtenida en la producción de cerveza y en panificación. El proyecto de ejecución se iniciará con el diseño de una serie de ensayos de campo. Para la ubicación de los ensayos, y en aras de realizar las experimentaciones en zonas con diferencias entre sí respecto al clima y al suelo, se han seleccionado diferentes zonas de las provincias de La Rioja y Palencia. Se seleccionarán cuatro parcelas de secano en la zona de Rioja Alta y cuatro parcelas de regadío en la región del Cerrato Palentino.</t>
   </si>
   <si>
     <t>Evaluar la interacción entre la variabilidad espacial de los suelos a nivel intraparcelario, y la fertilización nitrogenada aplicada a dosis variable, en los parámetros de calidad del cultivo de cebada maltera.Estudio de la idoneidad y aplicaciones de la malta obtenida en la producción de cerveza y en panificación.</t>
   </si>
   <si>
     <t>Centro Tecnológico Agrario y Agroalimentario (ITAGRA.CT)</t>
   </si>
   <si>
     <t>Asociación Riojana de Agricultores y Ganaderos (Arag-ASAJA)|Centro Tecnológico de Cereales (CETECE)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación ItagraEmail coordinador/entidad: info@itagra.com</t>
   </si>
   <si>
     <t>Castilla y León|Rioja, La</t>
   </si>
   <si>
     <t>Fertilizantes|Gestión de explotaciones|Maquinaria|Sanidad vegetal y fitosanitarios|Biodiversidad, naturaleza, paisaje y gestión de tierras|Digitalización e innovación</t>
   </si>
   <si>
-    <t>Grupo Operativo: Innovaciones en manejo de pequeños rumiantes de montaña en Cantabria</t>
-[...82 lines deleted...]
-  <si>
     <t>Grupo Operativo: Estrategias para la mejora de las explotaciones avícolas artesanales y la comercialización de sus productos en circuitos de proximidad</t>
   </si>
   <si>
     <t>Los objetivos de este Grupo Operativo son:  Mejorar la productividad y la rentabilidad en las explotaciones avícolas artesanales así como mejorar la calidad de sus productos, a través de prácticas y tecnologías más eficientes en la explotación.Impulsar la comercialización de los productos derivados de las explotaciones avícolas artesanales mediante estrategias para reducir los costos de producción, comprobando las mejores alimentaciones y prácticas e a través de diferentes estrategias de marketing de comercialización para estas producciones alternativas.Fortalecer las economías locales mediante el fortalecimiento del turismo agroalimentario a través de diferentes estrategias para la comercialización en los canales cortos de comercialización de este tipo de productos. </t>
   </si>
   <si>
     <t>Gestión de explotaciones|Regadío|Agricultura ecológica y agroecología|Bioeconomía, economía circular, valorización y gestión de subproductos</t>
   </si>
   <si>
+    <t>Grupo Operativo: Herramientas TIC para el etiquetado inteligente de la producción sostenible hortofrutícola</t>
+  </si>
+  <si>
+    <t>https://pitalmeria.es/innovacion/proyectos/etic4food/</t>
+  </si>
+  <si>
+    <t>En la actualidad, los procesos de innovación en la producción hortofrutícola y su distribución son cada vez más seguros, de mayor calidad y perfectamente trazables, con ciclos de vida más optimizados, menor producción de residuos y más eficientes energéticamente. Estos procesos, realizados a nivel interno en las empresas productoras requieren de accesibilidad al consumidor final dado que a este solamente le llega información, en el mejor de los casos, sobre las zonas de producción y los valores nutricionales del producto sin considerar los procesos de innovación involucrados y los compromisos de seguridad y sostenibilidad alimentaria.Se pondrán en marcha acciones específicas dirigidas a la trazabilidad y la transparencia que permitirán aumentar la valoración positiva de los consumidores hacia los métodos de producción agrícolas sostenibles con el medio ambiente, favoreciendo a su vez la diferenciación y la calidad agroalimentaria, trabajándose en un marco de cooperación completamente sinérgica que integrará a todos los agentes clave en la cadena de valor</t>
+  </si>
+  <si>
+    <t>Diseñar y testear una herramienta para el etiquetado inteligente de los productos hortofrutícolas mediante el uso de TIC accesibles para el consumidor donde se ofrecerían datos de los protocolos agrícolas aplicados: localización del cultivo, productos fitosanitarios empleados, huella hídrica y medioambiental, etc. </t>
+  </si>
+  <si>
+    <t>Fundación para las tecnologías auxiliares de la agricultura (Fundación Tecnova)</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Fundación para las tecnologías auxiliares de la agricultura (Fundación Tecnova)Email coordinador/entidad: mcgalera@fundaciontecnova.com</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/live/XlkMICW57pw?feature=shared|https://youtu.be/D-SOOIh6SDY?feature=shared|https://youtu.be/nzwg-LfZMdQ?feature=shared</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Identificación de nuevos cultivos de alto valor añadido y con elevada carga de trabajo manual adaptadas a la agroecología social</t>
+  </si>
+  <si>
+    <t>El objetivo de la creación de este Grupo Operativo es llevar a cabo las propuestas que resultan del proyecto que pretende ser un punto de partida para la mejora de la productividad y sostenibilidad de un grupo de empresas dedicadas a la agricultura social a través de la incorporación de nuevos cultivos.A partir del estudio de cada una de las empresas, tanto a nivel agronómico como económico, se definen las condiciones de cultivo, las características agronómicas de las explotaciones, así como las capacidades de comercialización. Con esta información se elabora un listado potencial de nuevos cultivos que puedan encajar en las condiciones específicas de cada empresa. A partir del listado inicial de cultivos se realiza un filtrado de cada uno, determinando qué cultivos se descartan y cuales pueden incorporarse de manera inmediata, a medio o largo plazo. Finalmente se elabora un plan de actuación que permita la implementación de los nuevos cultivos en cada una de las explotaciones.</t>
+  </si>
+  <si>
+    <t>Centre de jardineria L'Heura S.L.L</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Centre de jardineria L'Heura S.L.LEmail coordinador/entidad: heura@heura-cet.cat</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Ganadería extensiva en el Pirineo</t>
   </si>
   <si>
     <t>Generación de un vallado virtual para la gestión de rebaños de ganadería extensiva mediante uso de collar electrónico.</t>
   </si>
   <si>
     <t>El Grupo Operativo persigue la generación de un vallado virtual para la gestión de rebaños de ganadería extensiva mediante el uso de collar electrónico. Para ello se pretenden diseñar y ensayar con los dispositivos electrónicos necesarios para poner en marcha un vallado virtual: incluyendo software para tablet y móvil, y collar para animal. Asimismo, se realiza el análisis de los estímulos como señal negativa, y se establecen pautas de aprendizaje para ganado y ganaderos.</t>
   </si>
   <si>
     <t>Asociación Aragonesa De Criadores De Equino Hispano Breton (Arahisbre)| Asociación Ganaderos Sierra Y Cañones De Guara| Asociación Ganaderos Valle De Broto| Asociación Monte De Estós| Escuela De Negocios Del Pirineo (Esnepi)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Consorcio de la Reserva de la Biosfera Ordesa ViñamalaEmail coordinador/entidad: rbiosordesavinamala@aragon.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Agricultura ecológica y agroecología|Biodiversidad, naturaleza, paisaje y gestión de tierras|Energía, clima, servicios ambientales y medio ambiente</t>
   </si>
   <si>
-    <t>Grupo Operativo: Herramientas TIC para el etiquetado inteligente de la producción sostenible hortofrutícola</t>
-[...34 lines deleted...]
-  <si>
     <t>Grupo Operativo: Eficencia agrogandera</t>
   </si>
   <si>
     <t>Este Grupo Operativo busca el desarrollo e implementación de un programa sostenible para mejorar la competitividad de las explotaciones agroganaderas, actuando sobre la gestión agronómica, zootécnica y de los efluentes como fertilizantes. Se busca la valoración de su eficiencia con tratamiento de datos objetivos, medibles y comparables. Se busca dar soporte a diversas necesidades que se plantean en la actualidad en las agroganaderías para lograr la competitividad y sostenibilidad requeridas para lograr su permanencia y estabilidad. Así, por un lado debe asegurarse el uso de sistemas uniformes de medida, basados en criterios objetivos y comparables para poder actuar en las variables pertinentes, y por otro, hay que mejorar la autonomía alimentaria de las explotaciones agroganaderas, afrontando esta cuestión desde diversas perspectivas.</t>
   </si>
   <si>
     <t>Grupo Operativo: Desarrollo sostenible y la economía circular en el sector vitivinícola</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/5202516/Redacci%C3%B3+GO_2016_007_ASSOCIACIO+AEI+INNOVI.pdf/3e78e9cc-08cf-4991-ab2a-d7ba9db38fb6</t>
   </si>
   <si>
     <t>Creación de un Grupo Operativo para plantear un Proyecto de Innovación que contempla la creación de un sistema de indicadores para la sostenibilidad y el desarrollo de diferentes modelos de economía circular en el sector vitivinícola. Consiste en el desarrollo de un sistema de indicadores a partir de la metodología DPSIR, que tendrá en cuenta los 5 vectores ambientales fundamentales inicialmente previstos (energía, agua, residuos, compra verde y aspectos sociales), permitiendo definir acciones concretas de mejora a las empresas que se materializarán en diferentes modelos de negocio de economía circular de acuerdo con sus necesidades. La metodología DPSIR (Driving-Forces-Pressures-State-Impacts-Respond), trata del desarrollo de un marco conceptual para formular y comunicar políticas y/o respuestas ambientales que puedan implementarlas para paliar diferentes problemas ambientales teniendo en cuenta a su vez, aspectos sociales. El DPSIR puede, ayudar a estructurar la información ambiental relativa a los problemas ambientales específicos del sector vitivinícola analizando las causas, las consecuencias y las posibles respuestas que se puedan dar.</t>
   </si>
   <si>
     <t>Además de lo descrito, se han alcanzado los siguientes objetivos técnicos específicos:La Creación del Grupo Operativo y la definición del potencial consorcio de investigación. Además de la puesta en marcha del grupo operativo por sus integrantes (INNOVI y EURECAT-CTM), también se han identificado los actores de relevancia dentro de las actuaciones y proyectos innovadores que se están trabajando actualmente dentro del sector vitivinícola. Esto ha permitido contactarlos y dar pie a que puedan formar parte del futuro proyecto de innovación, por el cual ya han mostrado interés. En este sentido, el consorcio del proyecto de innovación estará formado por instituciones de investigación en el ámbito de la sostenibilidad en el sector agrícola y procesos industriales agroalimentarios, consultorías ambientales y empresas de elaboración de vinos y proveedores de la industria, para poder trabajar toda la cadena de valor. Este consorcio representará las necesidades y las problemáticas del sector y poder así desarrollar un proyecto innovador y competitivo en el sector. La identificación y evaluación de forma detallada de las experiencias llevadas a cabo en el sector (Huella de carbono, hídrica, y sistemas de indicadores energéticos, económicos, sociales y proyectos relacionados con la sostenibilidad) para poder pre-evaluar cuáles serían las líneas de trabajo sobre las que se tendría que hacer énfasis a la hora de determinar este conjunto de indicadores. La determinación y análisis de cuáles son los mecanismos que utilizan las empresas para reportar su logro sostenible, con tal de pre determinar cuáles tendrían que ser las mejores herramientas para reportar su compromiso con la sostenibilidad en base a este sistema de indicadores. La redacción del proyecto de innovación. En función de las conclusiones obtenidas en las fases previas, se definieron las acciones innovadoras necesarias para determinar el alcance del proyecto y poder especificar los objetivos técnicos.  La opción predominante ha sido la de definir un proyecto entre los miembros del Grupo Operativo en función de las necesidades identificadas de forma colaborativa y participativa con las empresas del sector. No obstante, se definirán los perfiles de las empresas, entidades públicas o centros de investigación complementarios que haría falta incorporar en el proyecto de innovación con tal de conseguir los objetivos planteados, las implicaciones, requerimientos y plazos de las diferentes convocatorias identificadas para presentar el proyecto.</t>
   </si>
   <si>
     <t>Associació AEI Innovi</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Associació AEI InnoviEmail coordinador/entidad: csantamaria@innovi.cat</t>
   </si>
   <si>
     <t>Grupo Operativo: Creación de una planta de biogas utilizando residuos de un matadero de porcino y estrategias innovadoras para la posterior utilización de los gases generados</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/8590643/2018_011_MAFRICA.PDF/87305d4e-7832-4591-bf46-0f7f86d1fde7</t>
   </si>
   <si>
     <t>Mediante el presente Grupo Operativo de la Asociación Europea para la Innovación en materia de productividad y sostenibilidad agrícolas se plantea el proyecto que lleva por título Estudio técnico y económico para la creación de una planta de biogás utilizando residuos de un matadero porcino y estrategias innovadoras para la posterior utilización de los gases generados.</t>
   </si>
   <si>
     <t>El presente proyecto tiene como finalidad el estudio de viabilidad técnica y económica de una futura planta de biogás que emplee como materia prima parte de los residuos y subproductos generados en un matadero. Con el biogás generado se pretende contribuir al autoconsumo térmico de la instalación. Adicionalmente se plantea como estrategia innovadora una posible recuperación de CO2 contenido en el biogás para reutilizarlo en el proceso productivo. Para la consecución de estos objetivos se plantea la colaboración con un centro de investigación, encargado del estudio del potencial de biogás de los residuos de Mafrica, y una empresa energética, encargada de materializar el proyecto. </t>
   </si>
   <si>
     <t>Matadero frigorífico del Cardoner SA</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Matadero frigorífico del Cardoner SAEmail coordinador/entidad: info@mafrica.es</t>
   </si>
   <si>
     <t>https://www.linkedin.com/company/matadero-frigorifico-del-cardoner-sa/</t>
   </si>
   <si>
+    <t>Grupo Operativo: Alternativas tecnológicas para reducir HAPs en productos cárnicos ahumados</t>
+  </si>
+  <si>
+    <t>Coordinar actuaciones que se llevarán a cabo en los ahumaderos tradicionales de la industria cárnica para controlar la generación de los compuestos que se producen en la combustión. Proyecto financiado a través de la convocatoria de subvenciones para la creación de grupos operativos supraautonómicos en relación con la asociación europea para la innovación en materia de productividad y sostenibilidad agrícola cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (FEADER), dentro de la sub-medida 16.1 del Programa Nacional de Desarrollo Rural y por el Ministerio de Agricultura, pesca, alimentación y Medio Ambiente.</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo se ha creado con el objetivo de profundizar y priorizar las acciones a llevar a cabo para el desarrollo de protocolos y medidas de control en ahumaderos tradicionales que permitan al producto cumplir con los requisitos legales manteniendo las propiedades sensoriales tan apreciadas por el consumidor. La generación de PAHs en el humo y la transferencia al producto dependen de muchos factores que actualmente no se controlan en los ahumaderos tradicionales. Por ello es necesario el desarrollo de protocolos en los ahumaderos que controlen los HAPs transferidos al producto, manteniendo las características organolépticas y la vida útil del mismo. Para ello se recopilan datos y resultados de los niveles de contaminantes y se elaboran planes de acción para su desarrollo en las empresas.</t>
+  </si>
+  <si>
+    <t>ASINCAR</t>
+  </si>
+  <si>
+    <t>ANICE, Asociación Nacional de Industrias de la Carne de España|Consejo regulador de la IGP del Chosco de Tineo|Consejo regulador de la IGP del Botillo del Bierzo|Arango e Hijos S.L.|Hermanos Bernal Hernández, S. L.|Noval Junquera e Hijos S.L.|El Hórreo Healthy Food S.L.|Embutidos Santa Cruz de Montes S.A.</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Clustes agroalimentarioEmail coordinador/entidad: informacion@asincar.com</t>
+  </si>
+  <si>
+    <t>Balears, Illes|Galicia</t>
+  </si>
+  <si>
+    <t>Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Abastecimiento de la demanda de trigo duro mediante producción de proximidad con bajo impacto ambiental, cadenas cortas de distribución y total trazabilidad</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/5394834/INICIAL+PILOT+GO+2017_006_GALLO_CAST.pdf/680912d3-afb0-4a45-84f4-1faaf099f208</t>
+  </si>
+  <si>
+    <t>Creación del Grupo Operativo y redacción de un proyecto piloto dirigido a los siguientes aspectos: Identificación de las mejores zonas y variedades para la producción de trigo duro de calidad.Incorporación de herramientas para implementar la agricultura de precisión con el objetivo de incrementar la eficiencia en el uso de los recursos.Implementación de un modelo de cadena corta de distribución y 4) evaluación de su impacto ambiental y económico. Se pretende ofrecer una nueva alternativa de valor añadido al sector cerealista para incrementar su competitividad y sostenibilidad a través de la introducción del cultivo de trigo duro en Cataluña, la implementación de un modelo productivo orientado a la calidad y una cadena corta de distribución que refuerce la conexión entre los sistemas de producción y los consumidores, al tiempo que se da respuesta a la demanda de trigo duro de la industria catalana de la pasta.</t>
+  </si>
+  <si>
+    <t>El objetivo general del proyecto DURCAT fue contribuir a la introducción del trigo duro en Cataluña como nueva alternativa de valor añadido para el sector cerealista a través de la implementación de un modelo productivo orientado a la calidad y una cadena corta de distribución, dando al mismo tiempo respuesta a la demanda de trigo duro de la industria de la pasta en Cataluña. Con esta finalidad se plantearon los siguientes objetivos específicos:Establecer el potencial productivo y cualitativo del trigo duro en Cataluña identificando las variedades mejor adaptadas a cada zona productiva. Aplicar herramientas innovadoras para apoyar la toma de decisiones, basadas en la teledetección y sensorización, para la producción de grano de calidad de manera respetuosa con el medio ambiente y de forma económicamente sostenible. Crear un modelo integrador de cadena corta de distribución del campo hacia la industria. Evaluar el impacto medioambiental y económico del modelo de producción propuesto.</t>
+  </si>
+  <si>
+    <t>PRODUCTOS ALIMENTICIOS GALLO, S.L.</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Productos alimenticios Gallo S.LEmail coordinador/entidad: jmas@pastasgallo.es</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Regadío|Canales cortos o alternativos de comercialización</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Contrato Agrario de COLLSEROLA</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/8589140/CAST_REDACCI%C3%93_2019_011_L%27OLIVERA+%281%29.pdf/89bb8cda-59e1-4665-b48b-76c466231e78</t>
   </si>
   <si>
     <t>Uno de los principales retos identificados y priorizados por el pequeño y mediano campesinado de Collserola, en el marco del proceso participativo de Alimentamos Collserola (2016-2019), es el de proteger los sistemas agroganaderos del Parque de Collserola que generan ocupación local no deslocalizable y abastecen de alimentos. En la elaboración participativa del “Plan de acción para promover la Transición Agroecológica en Collserola en el período 2018-2025” se define como respuesta a este reto la línea estratégica “Fomentar la sostenibilidad económica, ecológica y social de la producción agraria profesional, la incorporación de nuevo campesinado y la recuperación de tierras en desuso” y se acuerda desarrollar el contrato agrario como acción clave para darle respuesta. Esta línea de acción es asumida por el campesinado y el equipo técnico de Alimentamos Collserola para poner en marcha un modelo de Contrato Agrario de Collserola (CAC).</t>
   </si>
   <si>
     <t>El contrato Agrario de Collserola, es un sistema de pagos que tiene como objetivo los siguiente puntos: Incentivar y visibilizar los servicios ecosistémicos que genera el campesinado de Collserols de forma gratuita y que no está relacionado de forma directa con la producción agropecuária.Promover la incorporación de buenas prácticas y un modelo agrario sostenible coherente con el “Plan especial de protección del medio natural y del paisage del Parc Natural de la Serra de Collserola” (PEPNat Collserola)Remunerar los trabajos que realiza el pequeño y mediano campesinado del Parque Natural de Collserola, vinculados con la prestación de servicios ecosistémicos para la sociedad. </t>
   </si>
   <si>
     <t>Cooperativa l'Olivera, SCCL</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Cooperativa l'Olivera, SCCLEmail coordinador/entidad: comunicacio@olivera.org</t>
   </si>
   <si>
     <t>Digitalización e innovación|Innovación social</t>
-  </si>
-[...43 lines deleted...]
-    <t>Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
   </si>
   <si>
     <t>Grupo Operativo: Clúster de proyectos en relación a las especies silvestres útiles y las variedades agrícolas y tradicionales para favorecer la viabilidad económica y la sostenibilidad</t>
   </si>
   <si>
     <t>El objetivo general del Grupo Operativo es fomentar la producción, distribución y consumo de productos obtenidos de forma  sostenible,  que favorezcan la soberanía  alimentaria, por los que todos los actores implicados en el proceso productivo/de transformación hayan obtenido un precio justo, y que hayan sido elaborados con especies silvestres, variedades tradicionales, o semillas no patentadas (ysinroyalties) y no modificadas genéticamente. </t>
   </si>
   <si>
     <t>Maria Riera Malet</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Maria Riera MaletEmail coordinador/entidad: marctalaveraroma@ub.edu</t>
   </si>
   <si>
     <t>Grupo Operativo STOW 4.0: Sustainability table olive´s world 4.0</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende convertir el sector de la aceituna de mesa en una industria 4.0, optimizando sus recursos, implantando procesos innovadores que potencien su competitividad y ratios de calidad y la haga además más sostenible. Para ello, utiliza la información procedente de distintas herramientas y sensores digitales colocados en distintos puntos clave del proceso productivo. Toda la información, imágenes y datos son almacenados, procesados y consultados a tiempo real, de manera continua y automática utilizando la tecnología de Big Data. Los datos generados se convierten así en conocimiento, creando la mayor red de información existente sobre el sector de la aceituna de mesa.</t>
   </si>
   <si>
     <t>Mejorar la calidad de la aceituna de mesa. Reducir los costos de producción e impactos ambientales.</t>
   </si>
   <si>
     <t>Manzanilla Olive S.C.A. 2º grado</t>
   </si>
@@ -21203,620 +21203,620 @@
       </c>
       <c r="W211" s="1"/>
       <c r="X211" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="Y211" s="1"/>
       <c r="Z211" s="1" t="s">
         <v>2003</v>
       </c>
       <c r="AA211" s="1"/>
       <c r="AB211" s="1"/>
       <c r="AC211" s="1"/>
       <c r="AD211" s="1"/>
       <c r="AE211" s="1"/>
     </row>
     <row r="212" spans="1:31">
       <c r="A212" s="1" t="s">
         <v>2004</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C212" s="1"/>
       <c r="D212" s="1"/>
       <c r="E212" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F212" s="1"/>
       <c r="G212" s="1">
-        <v>5760</v>
+        <v>6401275</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I212" s="1"/>
       <c r="J212" s="1" t="s">
         <v>2005</v>
       </c>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
-      <c r="N212" s="1"/>
+      <c r="N212" s="1" t="s">
+        <v>2006</v>
+      </c>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1" t="s">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="R212" s="1"/>
+        <v>2007</v>
+      </c>
+      <c r="R212" s="1" t="s">
+        <v>2008</v>
+      </c>
       <c r="S212" s="1" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="T212" s="1" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>1013</v>
+        <v>167</v>
       </c>
       <c r="V212" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W212" s="1"/>
       <c r="X212" s="1"/>
-      <c r="Y212" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y212" s="1"/>
       <c r="Z212" s="1" t="s">
-        <v>115</v>
+        <v>1939</v>
       </c>
       <c r="AA212" s="1"/>
       <c r="AB212" s="1"/>
       <c r="AC212" s="1"/>
       <c r="AD212" s="1"/>
       <c r="AE212" s="1"/>
     </row>
     <row r="213" spans="1:31">
       <c r="A213" s="1" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C213" s="1"/>
       <c r="D213" s="1"/>
       <c r="E213" s="1">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="F213" s="1"/>
       <c r="G213" s="1">
-        <v>7980</v>
+        <v>6062169</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
-      <c r="N213" s="1"/>
+      <c r="N213" s="1" t="s">
+        <v>2012</v>
+      </c>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="R213" s="1" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="S213" s="1" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="T213" s="1" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>1013</v>
+        <v>2016</v>
       </c>
       <c r="V213" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W213" s="1"/>
       <c r="X213" s="1"/>
       <c r="Y213" s="1"/>
       <c r="Z213" s="1" t="s">
-        <v>2012</v>
+        <v>1939</v>
       </c>
       <c r="AA213" s="1"/>
       <c r="AB213" s="1"/>
       <c r="AC213" s="1"/>
       <c r="AD213" s="1"/>
       <c r="AE213" s="1"/>
     </row>
     <row r="214" spans="1:31">
       <c r="A214" s="1" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C214" s="1"/>
       <c r="D214" s="1"/>
       <c r="E214" s="1">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="F214" s="1"/>
       <c r="G214" s="1">
-        <v>4320</v>
+        <v>2296067</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I214" s="1"/>
       <c r="J214" s="1" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
-      <c r="N214" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="R214" s="1"/>
       <c r="S214" s="1" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="T214" s="1" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>1073</v>
+        <v>167</v>
       </c>
       <c r="V214" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W214" s="1"/>
       <c r="X214" s="1"/>
       <c r="Y214" s="1"/>
       <c r="Z214" s="1" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="AA214" s="1"/>
       <c r="AB214" s="1"/>
       <c r="AC214" s="1"/>
       <c r="AD214" s="1"/>
       <c r="AE214" s="1"/>
     </row>
     <row r="215" spans="1:31">
       <c r="A215" s="1" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C215" s="1"/>
       <c r="D215" s="1"/>
       <c r="E215" s="1">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F215" s="1"/>
       <c r="G215" s="1">
-        <v>11920</v>
+        <v>20000</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I215" s="1"/>
       <c r="J215" s="1" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1" t="s">
-        <v>2021</v>
+        <v>46</v>
       </c>
       <c r="R215" s="1"/>
       <c r="S215" s="1" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>1073</v>
+        <v>49</v>
       </c>
       <c r="V215" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W215" s="1"/>
       <c r="X215" s="1"/>
       <c r="Y215" s="1"/>
       <c r="Z215" s="1" t="s">
-        <v>2023</v>
+        <v>85</v>
       </c>
       <c r="AA215" s="1"/>
       <c r="AB215" s="1"/>
       <c r="AC215" s="1"/>
       <c r="AD215" s="1"/>
       <c r="AE215" s="1"/>
     </row>
     <row r="216" spans="1:31">
       <c r="A216" s="1" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C216" s="1"/>
       <c r="D216" s="1"/>
       <c r="E216" s="1">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F216" s="1"/>
       <c r="G216" s="1">
-        <v>20000</v>
+        <v>19859</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I216" s="1"/>
       <c r="J216" s="1" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
-      <c r="N216" s="1"/>
+      <c r="N216" s="1" t="s">
+        <v>2027</v>
+      </c>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1" t="s">
-        <v>46</v>
+        <v>2028</v>
       </c>
       <c r="R216" s="1"/>
       <c r="S216" s="1" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U216" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V216" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W216" s="1"/>
       <c r="X216" s="1"/>
       <c r="Y216" s="1"/>
       <c r="Z216" s="1" t="s">
-        <v>85</v>
+        <v>2030</v>
       </c>
       <c r="AA216" s="1"/>
       <c r="AB216" s="1"/>
       <c r="AC216" s="1"/>
       <c r="AD216" s="1"/>
       <c r="AE216" s="1"/>
     </row>
     <row r="217" spans="1:31">
       <c r="A217" s="1" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C217" s="1"/>
+      <c r="C217" s="1" t="s">
+        <v>2032</v>
+      </c>
       <c r="D217" s="1"/>
       <c r="E217" s="1">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="F217" s="1"/>
+        <v>2017</v>
+      </c>
+      <c r="F217" s="1">
+        <v>2017</v>
+      </c>
       <c r="G217" s="1">
-        <v>19859</v>
+        <v>119994</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="R217" s="1"/>
       <c r="S217" s="1" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="T217" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U217" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V217" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="W217" s="1"/>
+      <c r="W217" s="1" t="s">
+        <v>502</v>
+      </c>
       <c r="X217" s="1"/>
       <c r="Y217" s="1"/>
       <c r="Z217" s="1" t="s">
-        <v>2032</v>
+        <v>924</v>
       </c>
       <c r="AA217" s="1"/>
       <c r="AB217" s="1"/>
       <c r="AC217" s="1"/>
       <c r="AD217" s="1"/>
       <c r="AE217" s="1"/>
     </row>
     <row r="218" spans="1:31">
       <c r="A218" s="1" t="s">
-        <v>2033</v>
+        <v>2037</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C218" s="1"/>
       <c r="D218" s="1"/>
       <c r="E218" s="1">
         <v>2017</v>
       </c>
-      <c r="F218" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="F218" s="1"/>
       <c r="G218" s="1">
-        <v>119994</v>
+        <v>5760</v>
       </c>
       <c r="H218" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I218" s="1"/>
       <c r="J218" s="1" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
-      <c r="N218" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="R218" s="1"/>
       <c r="S218" s="1" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="T218" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U218" s="1" t="s">
-        <v>49</v>
+        <v>1013</v>
       </c>
       <c r="V218" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="W218" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W218" s="1"/>
       <c r="X218" s="1"/>
-      <c r="Y218" s="1"/>
+      <c r="Y218" s="1" t="s">
+        <v>308</v>
+      </c>
       <c r="Z218" s="1" t="s">
-        <v>924</v>
+        <v>115</v>
       </c>
       <c r="AA218" s="1"/>
       <c r="AB218" s="1"/>
       <c r="AC218" s="1"/>
       <c r="AD218" s="1"/>
       <c r="AE218" s="1"/>
     </row>
     <row r="219" spans="1:31">
       <c r="A219" s="1" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C219" s="1"/>
       <c r="D219" s="1"/>
       <c r="E219" s="1">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F219" s="1"/>
       <c r="G219" s="1">
-        <v>6401275</v>
+        <v>7980</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I219" s="1"/>
       <c r="J219" s="1" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
-      <c r="N219" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="R219" s="1" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="S219" s="1" t="s">
-        <v>2044</v>
+        <v>2040</v>
       </c>
       <c r="T219" s="1" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="U219" s="1" t="s">
-        <v>167</v>
+        <v>1013</v>
       </c>
       <c r="V219" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W219" s="1"/>
       <c r="X219" s="1"/>
       <c r="Y219" s="1"/>
       <c r="Z219" s="1" t="s">
-        <v>1939</v>
+        <v>2045</v>
       </c>
       <c r="AA219" s="1"/>
       <c r="AB219" s="1"/>
       <c r="AC219" s="1"/>
       <c r="AD219" s="1"/>
       <c r="AE219" s="1"/>
     </row>
     <row r="220" spans="1:31">
       <c r="A220" s="1" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C220" s="1"/>
       <c r="D220" s="1"/>
       <c r="E220" s="1">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="F220" s="1"/>
+        <v>2017</v>
+      </c>
+      <c r="F220" s="1">
+        <v>2020</v>
+      </c>
       <c r="G220" s="1">
-        <v>6062169</v>
+        <v>4320</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1" t="s">
-        <v>2048</v>
-[...1 lines deleted...]
-      <c r="R220" s="1" t="s">
         <v>2049</v>
       </c>
+      <c r="R220" s="1"/>
       <c r="S220" s="1" t="s">
         <v>2050</v>
       </c>
       <c r="T220" s="1" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="U220" s="1" t="s">
-        <v>2051</v>
+        <v>1073</v>
       </c>
       <c r="V220" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W220" s="1"/>
       <c r="X220" s="1"/>
       <c r="Y220" s="1"/>
       <c r="Z220" s="1" t="s">
-        <v>1939</v>
+        <v>2051</v>
       </c>
       <c r="AA220" s="1"/>
       <c r="AB220" s="1"/>
       <c r="AC220" s="1"/>
       <c r="AD220" s="1"/>
       <c r="AE220" s="1"/>
     </row>
     <row r="221" spans="1:31">
       <c r="A221" s="1" t="s">
         <v>2052</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C221" s="1"/>
       <c r="D221" s="1"/>
       <c r="E221" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F221" s="1"/>
       <c r="G221" s="1">
-        <v>2296067</v>
+        <v>11920</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I221" s="1"/>
       <c r="J221" s="1" t="s">
         <v>2053</v>
       </c>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1" t="s">
         <v>2054</v>
       </c>
       <c r="R221" s="1"/>
       <c r="S221" s="1" t="s">
         <v>2055</v>
       </c>
       <c r="T221" s="1" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="U221" s="1" t="s">
-        <v>167</v>
+        <v>1073</v>
       </c>
       <c r="V221" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W221" s="1"/>
       <c r="X221" s="1"/>
       <c r="Y221" s="1"/>
       <c r="Z221" s="1" t="s">
         <v>2056</v>
       </c>
       <c r="AA221" s="1"/>
       <c r="AB221" s="1"/>
       <c r="AC221" s="1"/>
       <c r="AD221" s="1"/>
       <c r="AE221" s="1"/>
     </row>
     <row r="222" spans="1:31">
       <c r="A222" s="1" t="s">
         <v>2057</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C222" s="1"/>
       <c r="D222" s="1"/>
@@ -21858,403 +21858,403 @@
       </c>
       <c r="W222" s="1"/>
       <c r="X222" s="1"/>
       <c r="Y222" s="1" t="s">
         <v>308</v>
       </c>
       <c r="Z222" s="1" t="s">
         <v>784</v>
       </c>
       <c r="AA222" s="1"/>
       <c r="AB222" s="1"/>
       <c r="AC222" s="1"/>
       <c r="AD222" s="1"/>
       <c r="AE222" s="1"/>
     </row>
     <row r="223" spans="1:31">
       <c r="A223" s="1" t="s">
         <v>2061</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C223" s="1"/>
       <c r="D223" s="1"/>
       <c r="E223" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F223" s="1"/>
       <c r="G223" s="1">
-        <v>2685474</v>
+        <v>5433552</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1" t="s">
         <v>2062</v>
       </c>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
-      <c r="N223" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="R223" s="1"/>
+      <c r="S223" s="1" t="s">
         <v>2064</v>
-      </c>
-[...4 lines deleted...]
-        <v>2066</v>
       </c>
       <c r="T223" s="1" t="s">
         <v>63</v>
       </c>
       <c r="U223" s="1" t="s">
-        <v>2067</v>
+        <v>306</v>
       </c>
       <c r="V223" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="W223" s="1" t="s">
-[...3 lines deleted...]
-      <c r="Y223" s="1"/>
+      <c r="W223" s="1"/>
+      <c r="X223" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="Y223" s="1" t="s">
+        <v>308</v>
+      </c>
       <c r="Z223" s="1" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
       <c r="AA223" s="1"/>
       <c r="AB223" s="1"/>
       <c r="AC223" s="1"/>
       <c r="AD223" s="1"/>
       <c r="AE223" s="1"/>
     </row>
     <row r="224" spans="1:31">
       <c r="A224" s="1" t="s">
-        <v>2069</v>
+        <v>2066</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C224" s="1"/>
       <c r="D224" s="1"/>
       <c r="E224" s="1">
         <v>2019</v>
       </c>
       <c r="F224" s="1"/>
       <c r="G224" s="1">
         <v>597171</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1" t="s">
-        <v>2070</v>
+        <v>2067</v>
       </c>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1" t="s">
-        <v>2072</v>
+        <v>2069</v>
       </c>
       <c r="R224" s="1" t="s">
-        <v>2073</v>
+        <v>2070</v>
       </c>
       <c r="S224" s="1" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="T224" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U224" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="V224" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W224" s="1"/>
       <c r="X224" s="1"/>
       <c r="Y224" s="1"/>
       <c r="Z224" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AA224" s="1"/>
       <c r="AB224" s="1"/>
       <c r="AC224" s="1"/>
       <c r="AD224" s="1"/>
       <c r="AE224" s="1"/>
     </row>
     <row r="225" spans="1:31">
       <c r="A225" s="1" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>2076</v>
+        <v>2073</v>
       </c>
       <c r="D225" s="1"/>
       <c r="E225" s="1">
         <v>2020</v>
       </c>
       <c r="F225" s="1">
         <v>2020</v>
       </c>
       <c r="G225" s="1">
         <v>590909</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I225" s="1"/>
       <c r="J225" s="1" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="K225" s="1"/>
       <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1" t="s">
-        <v>2078</v>
+        <v>2075</v>
       </c>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1" t="s">
-        <v>2079</v>
+        <v>2076</v>
       </c>
       <c r="R225" s="1"/>
       <c r="S225" s="1" t="s">
-        <v>2080</v>
+        <v>2077</v>
       </c>
       <c r="T225" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U225" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V225" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W225" s="1"/>
       <c r="X225" s="1"/>
       <c r="Y225" s="1" t="s">
         <v>308</v>
       </c>
       <c r="Z225" s="1" t="s">
-        <v>2081</v>
+        <v>2078</v>
       </c>
       <c r="AA225" s="1"/>
       <c r="AB225" s="1"/>
       <c r="AC225" s="1"/>
       <c r="AD225" s="1"/>
       <c r="AE225" s="1"/>
     </row>
     <row r="226" spans="1:31">
       <c r="A226" s="1" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>2083</v>
+        <v>2080</v>
       </c>
       <c r="D226" s="1"/>
       <c r="E226" s="1">
         <v>2015</v>
       </c>
       <c r="F226" s="1">
         <v>2016</v>
       </c>
       <c r="G226" s="1">
         <v>19950</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I226" s="1"/>
       <c r="J226" s="1" t="s">
-        <v>2084</v>
+        <v>2081</v>
       </c>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1" t="s">
-        <v>2086</v>
+        <v>2083</v>
       </c>
       <c r="R226" s="1"/>
       <c r="S226" s="1" t="s">
-        <v>2087</v>
+        <v>2084</v>
       </c>
       <c r="T226" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U226" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V226" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W226" s="1"/>
       <c r="X226" s="1"/>
       <c r="Y226" s="1"/>
       <c r="Z226" s="1" t="s">
         <v>85</v>
       </c>
       <c r="AA226" s="1"/>
       <c r="AB226" s="1"/>
       <c r="AC226" s="1"/>
       <c r="AD226" s="1"/>
       <c r="AE226" s="1"/>
     </row>
     <row r="227" spans="1:31">
       <c r="A227" s="1" t="s">
-        <v>2088</v>
+        <v>2085</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C227" s="1"/>
       <c r="D227" s="1"/>
       <c r="E227" s="1">
         <v>2017</v>
       </c>
       <c r="F227" s="1"/>
       <c r="G227" s="1">
         <v>12000</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I227" s="1"/>
       <c r="J227" s="1" t="s">
-        <v>2089</v>
+        <v>2086</v>
       </c>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
       <c r="R227" s="1"/>
       <c r="S227" s="1" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="T227" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U227" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="V227" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W227" s="1"/>
       <c r="X227" s="1"/>
       <c r="Y227" s="1" t="s">
         <v>295</v>
       </c>
       <c r="Z227" s="1" t="s">
         <v>1931</v>
       </c>
       <c r="AA227" s="1"/>
       <c r="AB227" s="1"/>
       <c r="AC227" s="1"/>
       <c r="AD227" s="1"/>
       <c r="AE227" s="1"/>
     </row>
     <row r="228" spans="1:31">
       <c r="A228" s="1" t="s">
-        <v>2092</v>
+        <v>2089</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C228" s="1"/>
       <c r="D228" s="1"/>
       <c r="E228" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F228" s="1"/>
       <c r="G228" s="1">
-        <v>5433552</v>
+        <v>2685474</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I228" s="1"/>
       <c r="J228" s="1" t="s">
-        <v>2093</v>
+        <v>2090</v>
       </c>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
-      <c r="N228" s="1"/>
+      <c r="N228" s="1" t="s">
+        <v>2091</v>
+      </c>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="R228" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="S228" s="1" t="s">
         <v>2094</v>
-      </c>
-[...2 lines deleted...]
-        <v>2095</v>
       </c>
       <c r="T228" s="1" t="s">
         <v>63</v>
       </c>
       <c r="U228" s="1" t="s">
-        <v>306</v>
+        <v>2095</v>
       </c>
       <c r="V228" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="W228" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="W228" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="X228" s="1"/>
+      <c r="Y228" s="1"/>
       <c r="Z228" s="1" t="s">
         <v>2096</v>
       </c>
       <c r="AA228" s="1"/>
       <c r="AB228" s="1"/>
       <c r="AC228" s="1"/>
       <c r="AD228" s="1"/>
       <c r="AE228" s="1"/>
     </row>
     <row r="229" spans="1:31">
       <c r="A229" s="1" t="s">
         <v>2097</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C229" s="1"/>
       <c r="D229" s="1"/>
       <c r="E229" s="1">
         <v>2017</v>
       </c>
       <c r="F229" s="1"/>
       <c r="G229" s="1">
         <v>5000</v>
       </c>
@@ -22284,215 +22284,215 @@
       <c r="U229" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V229" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W229" s="1"/>
       <c r="X229" s="1"/>
       <c r="Y229" s="1"/>
       <c r="Z229" s="1" t="s">
         <v>2099</v>
       </c>
       <c r="AA229" s="1"/>
       <c r="AB229" s="1"/>
       <c r="AC229" s="1"/>
       <c r="AD229" s="1"/>
       <c r="AE229" s="1"/>
     </row>
     <row r="230" spans="1:31">
       <c r="A230" s="1" t="s">
         <v>2100</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C230" s="1"/>
+      <c r="C230" s="1" t="s">
+        <v>2101</v>
+      </c>
       <c r="D230" s="1"/>
       <c r="E230" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F230" s="1"/>
       <c r="G230" s="1">
-        <v>9573</v>
+        <v>492682</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I230" s="1"/>
       <c r="J230" s="1" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="R230" s="1"/>
       <c r="S230" s="1" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="T230" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U230" s="1" t="s">
-        <v>1073</v>
+        <v>90</v>
       </c>
       <c r="V230" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W230" s="1"/>
       <c r="X230" s="1"/>
       <c r="Y230" s="1"/>
       <c r="Z230" s="1" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="AA230" s="1"/>
       <c r="AB230" s="1"/>
       <c r="AC230" s="1"/>
-      <c r="AD230" s="1"/>
+      <c r="AD230" s="1" t="s">
+        <v>2107</v>
+      </c>
       <c r="AE230" s="1"/>
     </row>
     <row r="231" spans="1:31">
       <c r="A231" s="1" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C231" s="1"/>
       <c r="D231" s="1"/>
       <c r="E231" s="1">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F231" s="1"/>
       <c r="G231" s="1">
-        <v>492682</v>
+        <v>174475</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I231" s="1"/>
       <c r="J231" s="1" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
-      <c r="N231" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1" t="s">
         <v>2110</v>
       </c>
       <c r="R231" s="1"/>
       <c r="S231" s="1" t="s">
         <v>2111</v>
       </c>
       <c r="T231" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U231" s="1" t="s">
-        <v>90</v>
+        <v>49</v>
       </c>
       <c r="V231" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W231" s="1"/>
       <c r="X231" s="1"/>
       <c r="Y231" s="1"/>
       <c r="Z231" s="1" t="s">
-        <v>2112</v>
+        <v>1931</v>
       </c>
       <c r="AA231" s="1"/>
       <c r="AB231" s="1"/>
       <c r="AC231" s="1"/>
-      <c r="AD231" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AD231" s="1"/>
       <c r="AE231" s="1"/>
     </row>
     <row r="232" spans="1:31">
       <c r="A232" s="1" t="s">
-        <v>2114</v>
+        <v>2112</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C232" s="1"/>
       <c r="D232" s="1"/>
       <c r="E232" s="1">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="F232" s="1"/>
       <c r="G232" s="1">
-        <v>174475</v>
+        <v>9573</v>
       </c>
       <c r="H232" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I232" s="1"/>
       <c r="J232" s="1" t="s">
-        <v>2115</v>
+        <v>2113</v>
       </c>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
-      <c r="N232" s="1"/>
+      <c r="N232" s="1" t="s">
+        <v>2114</v>
+      </c>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1" t="s">
-        <v>2116</v>
+        <v>2115</v>
       </c>
       <c r="R232" s="1"/>
       <c r="S232" s="1" t="s">
-        <v>2117</v>
+        <v>2116</v>
       </c>
       <c r="T232" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U232" s="1" t="s">
-        <v>49</v>
+        <v>1073</v>
       </c>
       <c r="V232" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W232" s="1"/>
       <c r="X232" s="1"/>
       <c r="Y232" s="1"/>
       <c r="Z232" s="1" t="s">
-        <v>1931</v>
+        <v>2117</v>
       </c>
       <c r="AA232" s="1"/>
       <c r="AB232" s="1"/>
       <c r="AC232" s="1"/>
       <c r="AD232" s="1"/>
       <c r="AE232" s="1"/>
     </row>
     <row r="233" spans="1:31">
       <c r="A233" s="1" t="s">
         <v>2118</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C233" s="1"/>
       <c r="D233" s="1"/>
       <c r="E233" s="1">
         <v>2017</v>
       </c>
       <c r="F233" s="1"/>
       <c r="G233" s="1">
         <v>492764</v>
       </c>
       <c r="H233" s="1" t="s">
         <v>44</v>
@@ -22568,51 +22568,51 @@
       <c r="N234" s="1" t="s">
         <v>2123</v>
       </c>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1" t="s">
         <v>2124</v>
       </c>
       <c r="R234" s="1"/>
       <c r="S234" s="1" t="s">
         <v>2125</v>
       </c>
       <c r="T234" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U234" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V234" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W234" s="1"/>
       <c r="X234" s="1"/>
       <c r="Y234" s="1"/>
       <c r="Z234" s="1" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
       <c r="AA234" s="1"/>
       <c r="AB234" s="1"/>
       <c r="AC234" s="1"/>
       <c r="AD234" s="1"/>
       <c r="AE234" s="1"/>
     </row>
     <row r="235" spans="1:31">
       <c r="A235" s="1" t="s">
         <v>2126</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>2127</v>
       </c>
       <c r="D235" s="1"/>
       <c r="E235" s="1">
         <v>2018</v>
       </c>
       <c r="F235" s="1"/>
       <c r="G235" s="1">
         <v>7000</v>
       </c>
@@ -22629,233 +22629,233 @@
       <c r="N235" s="1" t="s">
         <v>2129</v>
       </c>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1" t="s">
         <v>2130</v>
       </c>
       <c r="R235" s="1"/>
       <c r="S235" s="1" t="s">
         <v>2131</v>
       </c>
       <c r="T235" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U235" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V235" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W235" s="1"/>
       <c r="X235" s="1"/>
       <c r="Y235" s="1"/>
       <c r="Z235" s="1" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
       <c r="AA235" s="1"/>
       <c r="AB235" s="1"/>
       <c r="AC235" s="1"/>
       <c r="AD235" s="1" t="s">
         <v>2132</v>
       </c>
       <c r="AE235" s="1"/>
     </row>
     <row r="236" spans="1:31">
       <c r="A236" s="1" t="s">
         <v>2133</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C236" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C236" s="1"/>
       <c r="D236" s="1"/>
       <c r="E236" s="1">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="F236" s="1"/>
       <c r="G236" s="1">
-        <v>872091</v>
+        <v>3130699</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I236" s="1"/>
       <c r="J236" s="1" t="s">
-        <v>2135</v>
+        <v>2134</v>
       </c>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1" t="s">
-        <v>2136</v>
+        <v>2135</v>
       </c>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="R236" s="1" t="s">
         <v>2137</v>
       </c>
-      <c r="R236" s="1"/>
       <c r="S236" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="T236" s="1" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="U236" s="1" t="s">
-        <v>49</v>
+        <v>2139</v>
       </c>
       <c r="V236" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W236" s="1"/>
       <c r="X236" s="1"/>
       <c r="Y236" s="1"/>
       <c r="Z236" s="1" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="AA236" s="1"/>
       <c r="AB236" s="1"/>
       <c r="AC236" s="1"/>
       <c r="AD236" s="1"/>
       <c r="AE236" s="1"/>
     </row>
     <row r="237" spans="1:31">
       <c r="A237" s="1" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="D237" s="1"/>
       <c r="E237" s="1">
         <v>2018</v>
       </c>
       <c r="F237" s="1">
         <v>2020</v>
       </c>
       <c r="G237" s="1">
         <v>10500</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I237" s="1"/>
       <c r="J237" s="1" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="R237" s="1"/>
       <c r="S237" s="1" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="T237" s="1" t="s">
         <v>48</v>
       </c>
       <c r="U237" s="1" t="s">
         <v>49</v>
       </c>
       <c r="V237" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W237" s="1" t="s">
         <v>279</v>
       </c>
       <c r="X237" s="1"/>
       <c r="Y237" s="1"/>
       <c r="Z237" s="1" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="AA237" s="1"/>
       <c r="AB237" s="1"/>
       <c r="AC237" s="1"/>
       <c r="AD237" s="1"/>
       <c r="AE237" s="1"/>
     </row>
     <row r="238" spans="1:31">
       <c r="A238" s="1" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C238" s="1"/>
+      <c r="C238" s="1" t="s">
+        <v>2149</v>
+      </c>
       <c r="D238" s="1"/>
       <c r="E238" s="1">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="F238" s="1"/>
+        <v>2020</v>
+      </c>
+      <c r="F238" s="1">
+        <v>2021</v>
+      </c>
       <c r="G238" s="1">
-        <v>3130699</v>
+        <v>872091</v>
       </c>
       <c r="H238" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I238" s="1"/>
       <c r="J238" s="1" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1" t="s">
-        <v>2150</v>
-[...3 lines deleted...]
-      </c>
+        <v>2152</v>
+      </c>
+      <c r="R238" s="1"/>
       <c r="S238" s="1" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="T238" s="1" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="U238" s="1" t="s">
-        <v>2153</v>
+        <v>49</v>
       </c>
       <c r="V238" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W238" s="1"/>
       <c r="X238" s="1"/>
       <c r="Y238" s="1"/>
       <c r="Z238" s="1" t="s">
         <v>2154</v>
       </c>
       <c r="AA238" s="1"/>
       <c r="AB238" s="1"/>
       <c r="AC238" s="1"/>
       <c r="AD238" s="1"/>
       <c r="AE238" s="1"/>
     </row>
     <row r="239" spans="1:31">
       <c r="A239" s="1" t="s">
         <v>2155</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C239" s="1"/>
       <c r="D239" s="1"/>