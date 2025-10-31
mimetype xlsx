--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -4389,93 +4389,93 @@
   <si>
     <t>Gestión de explotaciones|Suelo|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación|Retos rurales</t>
   </si>
   <si>
     <t>Grupo Operativo: Innovaciones en los tratamientos post-cosecha contra los gorgojos del arroz y de las legumbres</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/5394834/INICIAL+PILOT+GO+2017_009_ARROSSAIRES+DELTA_CAST.pdf/a3ae1a53-941f-4bf7-b846-13f55c945ac1</t>
   </si>
   <si>
     <t>El proyecto quiere dar un paso importante para poder reducir el riesgo de desarrollo de insectos en postcosecha del arroz, utilizando una tecnología física que no deja residuos. La tecnología que se quiere poner a punto se basa en la aplicación industrial del calentamiento dieléctrico para eliminar plagas de insectos en cereales y / u otros granos. El calentamiento dieléctrico eleva la temperatura más fácilmente en las larvas de insecto que se desarrollan dentro de los granos. Esto permite eliminar las plagas sin cambiar las propiedades de los cereales, y con un consumo energético moderado y pudiendo evitar la prevalencia de pesticidas en el producto final.</t>
   </si>
   <si>
     <t>Validar sistemas de cría de los insectos objeto de interés (Sitophilus oryzae, Oryzaephilus surinamensis y Tribolium confusum) para poder obtener un número suficiente de huevos, larvas y adultos para poder evaluar la efectividad de los tratamientos. Evaluación del grado de infestación en los productos para poder definir las intensidades de tratamiento necesarias para garantizar la estabilidad del producto. Realizar pruebas preliminares de destrucción de insectos mediante microondas y construcción de modelos matemáticos de predicción del efecto de las microondas en la supervivencia de las 3 especies de interés. Realizar las pruebas de eliminación de insectos en el prototipo piloto de radio-frecuencia para determinar la efectividad, incluyendo ensayos de penetración del tratamiento, y construcción de modelos matemáticos de predicción del efecto de las microondas en la supervivencia de las 3 especies de interés. Evaluación fisicoquímica y sensorial de los cambios que los tratamientos de radiofrecuencia puedan producir en el arroz. Definir las especificaciones y requisitos técnicos que debe cumplir el equipo de RF a desarrollar. Difundir los resultados y elaborar propuestas para la explotación de la tecnología y productos desarrollados.</t>
   </si>
   <si>
     <t>NOMEN FOODS, SL</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Arrossaires del Delta de L'Ebre Secció de Crèdit S.C.C.LEmail coordinador/entidad: cfo@nomenfoods.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Sanidad vegetal y fitosanitarios|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria</t>
   </si>
   <si>
+    <t>Grupo Operativo: Identificación y cuantificación de componentes lácteos empleados en la fabricación de los quesos de mezcla</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo nace con la intención de diseñar metodologías y técnicas analíticas para identificar y cuantificar los diferentes tipos de leche (oveja, cabra, vaca) empleados en la elaboración de los quesos mezcla. Entre sus acciones están investigar las variables tanto relativas a la composición como a los distintos procesos de fabricación que puedan afectar a dicha cuantificación en los quesos mezcla existentes en el mercado.</t>
+  </si>
+  <si>
+    <t>Centro Tecnológico de Cataluña (EURECAT)</t>
+  </si>
+  <si>
+    <t>Organización Interprofesional Láctea (INLAC)|Zeulab S.L.|Fundación Centro Tecnológico Agroalimentario de Lugo (CETAL)|Novadays S.L.|Aula de Productos Lácteos y Tecnologías Alimentaria (APLTA) de la Universidad de Santiago de Compostela (USC)</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Fundació eurecatEmail coordinador/entidad: fernando.porcel@eurecat.org</t>
+  </si>
+  <si>
+    <t>Aragón|Cataluña|Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Bovino|Ovino y caprino</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Herramientas TIC para el etiquetado inteligente de la producción sostenible hortofrutícola</t>
   </si>
   <si>
     <t>https://pitalmeria.es/innovacion/proyectos/etic4food/</t>
   </si>
   <si>
     <t>En la actualidad, los procesos de innovación en la producción hortofrutícola y su distribución son cada vez más seguros, de mayor calidad y perfectamente trazables, con ciclos de vida más optimizados, menor producción de residuos y más eficientes energéticamente. Estos procesos, realizados a nivel interno en las empresas productoras requieren de accesibilidad al consumidor final dado que a este solamente le llega información, en el mejor de los casos, sobre las zonas de producción y los valores nutricionales del producto sin considerar los procesos de innovación involucrados y los compromisos de seguridad y sostenibilidad alimentaria.Se pondrán en marcha acciones específicas dirigidas a la trazabilidad y la transparencia que permitirán aumentar la valoración positiva de los consumidores hacia los métodos de producción agrícolas sostenibles con el medio ambiente, favoreciendo a su vez la diferenciación y la calidad agroalimentaria, trabajándose en un marco de cooperación completamente sinérgica que integrará a todos los agentes clave en la cadena de valor</t>
   </si>
   <si>
     <t>Diseñar y testear una herramienta para el etiquetado inteligente de los productos hortofrutícolas mediante el uso de TIC accesibles para el consumidor donde se ofrecerían datos de los protocolos agrícolas aplicados: localización del cultivo, productos fitosanitarios empleados, huella hídrica y medioambiental, etc. </t>
   </si>
   <si>
     <t>Fundación para las tecnologías auxiliares de la agricultura (Fundación Tecnova)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Fundación para las tecnologías auxiliares de la agricultura (Fundación Tecnova)Email coordinador/entidad: mcgalera@fundaciontecnova.com</t>
   </si>
   <si>
     <t>https://www.youtube.com/live/XlkMICW57pw?feature=shared|https://youtu.be/D-SOOIh6SDY?feature=shared|https://youtu.be/nzwg-LfZMdQ?feature=shared</t>
-  </si>
-[...22 lines deleted...]
-    <t>Gestión de explotaciones|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
   </si>
   <si>
     <t>Grupo Operativo: Corcho andaluz: medioambiente, seguridad alimentaria, competitividad y liderazgo internacional</t>
   </si>
   <si>
     <t>El corcho es un producto endémico de nuestra región cuya industria, no cuenta con la competitividad y el liderazgo natural que merece, desperdiciándose, oportunidades de generación de riqueza, empleo, mayor difusión de nuestra cultura y valores, de nuestra propia capacidad innovadora y liderazgo, de la mejora de calidad de nuestros suelos y medioambiente, entre otras. Con este proyecto, el Grupo Operativo pretende ayudar a corregir dichas circunstancias incidiendo en actuaciones claves a realizar, comenzando con el ámbito de la necesaria formación especializada, tanto técnica, como de gestión empresarial aplicada a la industria del corcho en los diferentes procesos, generadora de profesionales, en cada fase de la cadena, como revulsivo para conseguir una industria estable, competitiva y, por qué no, líder, en la que, además, en colaboración con los agentes del conocimiento involucrados, exista un contínuo I+D ad hoc que consolide dicha industria fuerte, en crecimiento, creadora de valor, empleo y riqueza, principalmente, en zonas rurales.</t>
   </si>
   <si>
     <t>Se prevé desarrollar un plan de acción para el desarrollo de estudios específicos y titulaciones propias con la ayuda de entidades, tanto en el ámbito empresarial, como en el de los agentes del Sistema Andaluz del Conocimiento.</t>
   </si>
   <si>
     <t>RSC Talent 2016, S.L</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: RSC Talent 2016, S.LEmail coordinador/entidad: sonsoles@rsctalent.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones</t>
   </si>
   <si>
     <t>Grupo Operativo: Creación de una plataforma de gestión integral de datos del sector porcino</t>
   </si>
   <si>
     <t>Para la ejecución del proyecto, se ha creado un GO formado por la FECIC y PORCAT. Para poder dar garantías en materia de seguridad y calidad alimentaria, es importante que exista una conexión entre los diferentes registros y datos que se generan a lo largo de la cadena alimentaria (granjas, transporte, mataderos…) y que actualmente no están conectados entre sí, a pesar de estar relacionados. Conectarlos permitiría identificar los principales errores y carencias del sector y contribuiría a una mejora global del producto final. La finalidad de este proyecto, es elaborar una herramienta de trabajo (integrar todos estos datos en una “Big Data”), que nos permita alinear todos los datos y registros que se generan en granjas, mataderos y durante el transporte, para obtener una visión en profundidad de la trazabilidad de la cadena que a su vez nos permita no solo identificar cuáles son los principales problemas que afectan al sector, sino ir más allá, y hallar cuáles son las causas, y poder así hacer propuestas de mejora.</t>
   </si>
@@ -15068,167 +15068,167 @@
       </c>
       <c r="V147" s="1" t="s">
         <v>87</v>
       </c>
       <c r="W147" s="1" t="s">
         <v>192</v>
       </c>
       <c r="X147" s="1"/>
       <c r="Y147" s="1"/>
       <c r="Z147" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="AA147" s="1"/>
       <c r="AB147" s="1"/>
       <c r="AC147" s="1"/>
       <c r="AD147" s="1"/>
       <c r="AE147" s="1"/>
     </row>
     <row r="148" spans="1:31">
       <c r="A148" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C148" s="1"/>
       <c r="D148" s="1"/>
       <c r="E148" s="1">
         <v>2017</v>
       </c>
       <c r="F148" s="1"/>
       <c r="G148" s="1">
-        <v>492682</v>
+        <v>5930502</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>174</v>
       </c>
       <c r="I148" s="1"/>
       <c r="J148" s="1" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
-      <c r="N148" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="R148" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="S148" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="R148" s="1"/>
-      <c r="S148" s="1" t="s">
+      <c r="T148" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="U148" s="1" t="s">
         <v>1462</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="V148" s="1" t="s">
         <v>87</v>
       </c>
       <c r="W148" s="1"/>
-      <c r="X148" s="1"/>
-      <c r="Y148" s="1"/>
+      <c r="X148" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="Y148" s="1" t="s">
+        <v>169</v>
+      </c>
       <c r="Z148" s="1" t="s">
-        <v>1443</v>
+        <v>1464</v>
       </c>
       <c r="AA148" s="1"/>
       <c r="AB148" s="1"/>
       <c r="AC148" s="1"/>
-      <c r="AD148" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AD148" s="1"/>
       <c r="AE148" s="1"/>
     </row>
     <row r="149" spans="1:31">
       <c r="A149" s="1" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C149" s="1"/>
+      <c r="C149" s="1" t="s">
+        <v>1466</v>
+      </c>
       <c r="D149" s="1"/>
       <c r="E149" s="1">
         <v>2017</v>
       </c>
       <c r="F149" s="1"/>
       <c r="G149" s="1">
-        <v>5930502</v>
+        <v>492682</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>174</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
-      <c r="N149" s="1"/>
+      <c r="N149" s="1" t="s">
+        <v>1468</v>
+      </c>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1" t="s">
-        <v>1466</v>
-[...3 lines deleted...]
-      </c>
+        <v>1469</v>
+      </c>
+      <c r="R149" s="1"/>
       <c r="S149" s="1" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="T149" s="1" t="s">
-        <v>71</v>
+        <v>304</v>
       </c>
       <c r="U149" s="1" t="s">
-        <v>1469</v>
+        <v>370</v>
       </c>
       <c r="V149" s="1" t="s">
         <v>87</v>
       </c>
       <c r="W149" s="1"/>
-      <c r="X149" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="X149" s="1"/>
+      <c r="Y149" s="1"/>
       <c r="Z149" s="1" t="s">
-        <v>1471</v>
+        <v>1443</v>
       </c>
       <c r="AA149" s="1"/>
       <c r="AB149" s="1"/>
       <c r="AC149" s="1"/>
-      <c r="AD149" s="1"/>
+      <c r="AD149" s="1" t="s">
+        <v>1471</v>
+      </c>
       <c r="AE149" s="1"/>
     </row>
     <row r="150" spans="1:31">
       <c r="A150" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C150" s="1"/>
       <c r="D150" s="1"/>
       <c r="E150" s="1">
         <v>2017</v>
       </c>
       <c r="F150" s="1"/>
       <c r="G150" s="1">
         <v>5000</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>174</v>
       </c>
       <c r="I150" s="1"/>
       <c r="J150" s="1" t="s">
         <v>1473</v>
       </c>