--- v0 (2025-10-30)
+++ v1 (2025-10-31)
@@ -3339,126 +3339,126 @@
   <si>
     <t>“AgroFoodHub: alimentando personas, gestionando territorios” pretende la creación de un Grupo Operativo Supraautonómico cuyo objetivo es desarrollar un prototipo de modelo de organización colaborativo multiagente para la mejora de la transformación, distribución y comercialización de alimentos procedentes de pequeñas explotaciones (mayoritariamente de carácter familiar) ubicadas en espacios agrarios periurbanos, así como de nuevos emprendedores agroalimentarios. Se trata de un proyecto seleccionado en la convocatoria 2018 y submedida 16.1 en el marco del Programa Nacional de Desarrollo Rural 2014?2020 y financiado por el Fondo Europeo Agrícola de Desarrollo Rural?FEADER y el Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente. Está prevista la visita avarias experiencias de FoodHub europeos para conocer de primera mano las experiencia ya en funcionamiento que enriquecerán nuestro proyecto. Se han organizado diversas presentaciones y actividades divulgativas para dar a conocer el proyecto AgroFoodHub en el territorio y los agentes implicados. El proyecto cerrará con un workshop en Guadalhorce en el cual participarán representantes de varias experiencias estatales con las que acabar de nutrir AgroFoodHub.</t>
   </si>
   <si>
     <t>El Grupo Operativo tiene por objetivo desarrollar un prototipo de AgroFoodHub, herramienta para impulsar soluciones colaborativas e innovadoras de gestión recursos, servicios y logística, para el fortalecimiento y diversificación de la economía del sistema agroalimentario periurbano. Se basa en un estudio en profundidad de los agentes del sistema agroalimentario periurbano de 3 ciudades distintas en 3 Comunidades Autónomas: Madrid, Andalucía y Catalunya, a través de entrevistas a productores, minoristas y restauración colectiva. Junto con las entrevistas, se realizan 3 diagnosis territoriales, una por Comunidad Autónoma.</t>
   </si>
   <si>
     <t>GDR Valle de Guadalhorce</t>
   </si>
   <si>
     <t>Soc. Coop. And. Guadalhorce Ecológico|Heliconia Soc. Coop. Mad.|Unión de Uniones de Agricultores y Ganaderos|FundacióAgroterritori|Fundación de la Universidad Autónoma de Madrid</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación grupo de desarrollo rural Valle del GuadalhorceEmail coordinador/entidad: info@valledelguadalhorce.ocm</t>
   </si>
   <si>
     <t>Andalucía|Cataluña|Madrid, Comunidad de</t>
   </si>
   <si>
     <t>Canales cortos o alternativos de comercialización|Digitalización e innovación|Formación, demostración y asesoramiento|Innovación social</t>
   </si>
   <si>
     <t>https://agrofoodhub.wordpress.com/blog/|https://www.diariosur.es/interior/nace-agrofoodhub-proyecto-20180811010124-ntvo.html?ref=https%3A//|https://www.diariosur.es%2Finterior%2Fnace-agrofoodhub-proyecto-20180811010124-ntvo.html</t>
   </si>
   <si>
+    <t>Grupo Operativo: Praderas de Cantabria y alimentos saludables con beneficio ambiental</t>
+  </si>
+  <si>
+    <t>Grupo Operativo creado para realizar un diseño de producciones y/o de alimentos de calidad a través de técnicas de manejo. Resultados de analíticas sobre el perfil de ácidos grasos, de análisis de huella de carbono e hídrica y rentabilidad: Tareas I. Trabajos de campo: Toma de muestras para análisis y recogida de encuestas. Procesamiento y puesta a punto de datos. Aplicación práctica del conocimiento.Tareas II. Cálculo de indicadores y generación de propuestas individualizadas.Tareas III. Difusión y comunicación. Tareas IV. Coordinación del proyecto.</t>
+  </si>
+  <si>
+    <t>CONSEJERÍA DE MEDIO RURAL, PESCA Y ALIMENTACIÓN|UNION DE GANADEROS Y AGRICULTORES MONTAÑESES (UGAM)</t>
+  </si>
+  <si>
+    <t>Ana Maria Urtiaga Mendia|Maria Margallo Blanco|Nazely Diban-Ibrahim Gomez|Marta Romay Romero</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Unión de Ganaderos y Agricultores Montañeses (UGAM)Email coordinador/entidad: info@ugamcoag.org</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Suelo|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación|Retos rurales</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Red de innovación y transferencia en cultivos extensivos</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo quiere formalizar una estructura de trabajo estable que contribuya a la transferencia de conocimiento y a la aplicación de innovación en la producción de cultivos extensivos.</t>
+  </si>
+  <si>
+    <t>Fundación Parque Científico Aula DEI</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Fundación Parque Científico Aula DEIEmail coordinador/entidad: jcarnal@pctad.com</t>
+  </si>
+  <si>
+    <t>Digitalización e innovación|Formación, demostración y asesoramiento|Innovación social</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Puro Pirineo en su plato</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo es la mejora del uso de recursos naturales propios (razas autóctonas y recursos pastables). Para ello se fomentarán las explotaciones de razas autóctonas y la actividad agroalimentaria como complemento de renta. También se pretende apoyar la consolidación de la actividad ganadera tradicional como generadora de paisaje y biodiversidad, así como el desarrollo de nuevos productos basados en productos artesanos y tradicionales que puedan llevarse a nuevos nichos de mercado. Finalmente, se persigue el lanzamiento de nuevos productos de quinta gama.</t>
+  </si>
+  <si>
+    <t>OBJETIVO 1: Apoyar la consolidación de la actividad ganadera tradicional como generadora de paisaje y biodiversidad.OBJETIVO 2: Analizar y desarrollar la actividad agroalimentaria en la búsqueda de renta complementaria y como estrategia para la supervivencia de las razas locales: Ansotana, Xisqueta y Churra Tensina. OBJETIVO 3: Desarrollo, estudio, elaboración y divulgación de nuevos productos basados en el ovino y explorar la denominada V GAMA</t>
+  </si>
+  <si>
+    <t>ACOAN: Asociación de Criadores de Ovino Ansotano|  ATURA: Asociación de Criadores de Ganado Ovino de Raza Churra Tensina |ARACOXI: Asociación Aragonesa de Criadores de Ganado Ovino de Raza Xisqueta</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Asociacion Criadores Ovino AnsotanoEmail coordinador/entidad: j.boscolo@colvet.es | acoan@colvet.es</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Retos rurales</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Prados de montaña</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo nace con la intención de definir parcelas tipo representativas para su análisis y estudio en 4 valles pirenaicos (Hecho, Aisa, Gistaín y Benasque). Entre las actividades a realizar destacan la de establecer calendarios de manejo y la evaluación del efecto de la fecha de siega en la calidad y producción. Se pretenden desarrollar recomendaciones de fertilización y su fraccionamiento, y diseñar un plan conjunto de aprovechamiento de cultivos forrajeros, con el objetivo de lograr repercusión medioambiental de la gestión pascícola.</t>
+  </si>
+  <si>
+    <t>Unión de Agricultores y Ganaderos de Aragon | Ramón Reiné Viñales</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Unión de Agricultores y Ganaderos de Aragon | Ramón Reiné ViñalesEmail coordinador/entidad: efernandez@uaga-aragon.com</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Agricultura ecológica y agroecología|Retos rurales</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Semillas silvestres en restauración de agroecosistemas mediterráneos</t>
   </si>
   <si>
     <t>Los pastos naturales son el principal recurso de la ganadería extensiva y la base alimentaria del patrimonio nacional de razas rústicas. Recientemente, aumenta su reconocimientos en aspectos tan transversales como la protección del medio natural, la biodiversidad, el paisaje, la mitigación de los riesgos del calentamiento climático, o globalmente, la generación de servicios ecosistémicos.Este es el marco conceptual que respalda la propuesta de creación de un Grupo Operativo, con acreditada capacidad de respuesta real a las necesidades de I+D sobre el papel de la flora natural en relación con su empleo en la puesta en valor y desarrollo de nuestros agroecosistemas mediterráneos. Ello se ajusta bien a las llamadas de atención dela AEI sobre cooperación al desarrollo de las zonas rurales, y justifica el objetivo de consolidación del grupo intersectorial que proponemos; cuyas trayectorias de colaboración en I+D documentan bien la consecución de resultados tangibles en: innovación sobre flora forrajera y semillas silvestres, desarrollo sostenible, protección de razas nativas y gestión del medio. Todo ello a través de estudios interdisciplinares sobre nuestros sistemas pastorales extensivos; dictámenes sobre receptividad ganadera de pastos en agrosistemas, ZAM, y espacios naturales protegidos; alternativas de silvicultura preventivas contra el fuego: RAPCA [Premio Nacional año 2012]; y tareas deformación y sensibilización social cada vez más demandadas.</t>
   </si>
   <si>
     <t>CSIC (Estación experimental del Zaidín)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: CSIC (Estación experimental del Zaidín)Email coordinador/entidad: direccion.eez@csic.es</t>
-  </si>
-[...64 lines deleted...]
-    <t>Gestión de explotaciones|Suelo|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación|Retos rurales</t>
   </si>
   <si>
     <t>Grupo Operativo: Innovación para la coexistencia de la ganadería extensiva con el lobo</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende encontrar métodos eficaces para reducir el impacto de los grandes carnívoros como el lobo sobre el ganado, manteniendo un balance equilibrado entre el desarrollo rural y la conservación de estas especies.</t>
   </si>
   <si>
     <t>Los objetivos serán:Testar la eficiencia de diferentes medidas de prevención de ataques del lobo al ganado en distintos tipos de ganadería y en diversas zonas con distintos manejos.Optimizar la relación costo/beneficio de las medias de protección empleadas por los ganaderos en distintas situaciones; innovar en la adopción de las prácticas de prevención frente a los ataques del lobo.Innovar en la adopción de prácticas de manejo que disminuyan la vulnerabilidad del ganado y aumenten la detección de los daños, adaptados a la realidad productiva de las explotaciones y que no supongan una pérdida de competitividad.Facilitar la implementación a gran escala de medidas de protección efectiva contra la depreciación del ganado.Reducir las tasas de depreciación por el lobo del ganado extensivo de Galicia.</t>
   </si>
   <si>
     <t>Comunidad de monte vecinal en mano común de Carballo</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Comunidad de monte vecinal en mano común de CarballoEmail coordinador/entidad: montedocarballo@gmail.com</t>
   </si>
   <si>
     <t>Grupo Operativo: Desarrollo de sistemas de información para mejora de la gestión de comunidades de regantes</t>
   </si>
   <si>
     <t>El objetivo de este Grupo Operativo es articular un consorcio de CC.RR., Empresas tecnológicas, administración, agraria, y mediambiental de Andalucía y organismos públicos de investigación Este objetivo está incardinado en el plan de desarrollo rural (PDR) de Andalucía en tanto que busca “mejorar los resultados económicos de las explotaciones (de regadío) y facilitar la restructuración y modernización de las mismas, en particular con objeto de incrementar su (competitividad y) diversificación (focus área 2a del PDR de Andalucía). De forma adicional, el G.O. busca: mejora de la gestión del agua (focus área 4b) mayor eficacia en el uso del agua en la agricultura (focus área 5a) y mayor eficacia en el uso de la energía en el regadío (focus área 5b). Colateralmente, el G.O.: Contribuirá a la reducción de gases de efecto invernadero (focus área 5d) y facilitará el desarrollo de pequeñas empresas y la creación de empleo (focus área 6a).</t>
   </si>
   <si>
     <t>Identificar innovaciones tecnológicas que puedan mejorar los sistemas de información que alimentan los sistemas de ayuda a la gestión del agua en las CC.RR.Identificar las demandas de las CC.RR. de cara a modernizar su gestión.La arquitectura de un nuevo sistema de ayuda.La formulación de un proyecto que permita construir una nueva herramienta orientada a mejorar la gestión del agua, su trazabilidad y su contabilidad.</t>
   </si>
@@ -11415,324 +11415,324 @@
       </c>
       <c r="W110" s="1"/>
       <c r="X110" s="1"/>
       <c r="Y110" s="1"/>
       <c r="Z110" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="AA110" s="1"/>
       <c r="AB110" s="1"/>
       <c r="AC110" s="1"/>
       <c r="AD110" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="AE110" s="1"/>
     </row>
     <row r="111" spans="1:31">
       <c r="A111" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F111" s="1"/>
       <c r="G111" s="1">
-        <v>5000</v>
+        <v>7980</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I111" s="1"/>
       <c r="J111" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="R111" s="1"/>
+      <c r="R111" s="1" t="s">
+        <v>1110</v>
+      </c>
       <c r="S111" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="T111" s="1" t="s">
         <v>135</v>
       </c>
       <c r="U111" s="1" t="s">
-        <v>500</v>
+        <v>618</v>
       </c>
       <c r="V111" s="1" t="s">
         <v>40</v>
       </c>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
       <c r="Z111" s="1" t="s">
-        <v>1087</v>
+        <v>1112</v>
       </c>
       <c r="AA111" s="1"/>
       <c r="AB111" s="1"/>
       <c r="AC111" s="1"/>
       <c r="AD111" s="1"/>
       <c r="AE111" s="1"/>
     </row>
     <row r="112" spans="1:31">
       <c r="A112" s="1" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1">
         <v>2017</v>
       </c>
       <c r="F112" s="1"/>
       <c r="G112" s="1">
         <v>11906</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I112" s="1"/>
       <c r="J112" s="1" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="R112" s="1"/>
       <c r="S112" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="T112" s="1" t="s">
         <v>135</v>
       </c>
       <c r="U112" s="1" t="s">
         <v>668</v>
       </c>
       <c r="V112" s="1" t="s">
         <v>40</v>
       </c>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
       <c r="Z112" s="1" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="AA112" s="1"/>
       <c r="AB112" s="1"/>
       <c r="AC112" s="1"/>
       <c r="AD112" s="1"/>
       <c r="AE112" s="1"/>
     </row>
     <row r="113" spans="1:31">
       <c r="A113" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1"/>
       <c r="E113" s="1">
         <v>2017</v>
       </c>
       <c r="F113" s="1">
         <v>2020</v>
       </c>
       <c r="G113" s="1">
         <v>4320</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="R113" s="1"/>
       <c r="S113" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="T113" s="1" t="s">
         <v>135</v>
       </c>
       <c r="U113" s="1" t="s">
         <v>668</v>
       </c>
       <c r="V113" s="1" t="s">
         <v>40</v>
       </c>
       <c r="W113" s="1"/>
       <c r="X113" s="1"/>
       <c r="Y113" s="1"/>
       <c r="Z113" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="AA113" s="1"/>
       <c r="AB113" s="1"/>
       <c r="AC113" s="1"/>
       <c r="AD113" s="1"/>
       <c r="AE113" s="1"/>
     </row>
     <row r="114" spans="1:31">
       <c r="A114" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1"/>
       <c r="E114" s="1">
         <v>2017</v>
       </c>
       <c r="F114" s="1"/>
       <c r="G114" s="1">
         <v>11920</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I114" s="1"/>
       <c r="J114" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="R114" s="1"/>
       <c r="S114" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="T114" s="1" t="s">
         <v>135</v>
       </c>
       <c r="U114" s="1" t="s">
         <v>668</v>
       </c>
       <c r="V114" s="1" t="s">
         <v>40</v>
       </c>
       <c r="W114" s="1"/>
       <c r="X114" s="1"/>
       <c r="Y114" s="1"/>
       <c r="Z114" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="AA114" s="1"/>
       <c r="AB114" s="1"/>
       <c r="AC114" s="1"/>
       <c r="AD114" s="1"/>
       <c r="AE114" s="1"/>
     </row>
     <row r="115" spans="1:31">
       <c r="A115" s="1" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C115" s="1"/>
       <c r="D115" s="1"/>
       <c r="E115" s="1">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F115" s="1"/>
       <c r="G115" s="1">
-        <v>7980</v>
+        <v>5000</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I115" s="1"/>
       <c r="J115" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1" t="s">
-        <v>1129</v>
-[...3 lines deleted...]
-      </c>
+        <v>1131</v>
+      </c>
+      <c r="R115" s="1"/>
       <c r="S115" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>135</v>
       </c>
       <c r="U115" s="1" t="s">
-        <v>618</v>
+        <v>500</v>
       </c>
       <c r="V115" s="1" t="s">
         <v>40</v>
       </c>
       <c r="W115" s="1"/>
       <c r="X115" s="1"/>
       <c r="Y115" s="1"/>
       <c r="Z115" s="1" t="s">
-        <v>1132</v>
+        <v>1087</v>
       </c>
       <c r="AA115" s="1"/>
       <c r="AB115" s="1"/>
       <c r="AC115" s="1"/>
       <c r="AD115" s="1"/>
       <c r="AE115" s="1"/>
     </row>
     <row r="116" spans="1:31">
       <c r="A116" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C116" s="1"/>
       <c r="D116" s="1"/>
       <c r="E116" s="1">
         <v>2016</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1">
         <v>6000</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>70</v>