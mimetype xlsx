--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -7690,110 +7690,110 @@
   <si>
     <t>Gestión de explotaciones|Suelo|Agricultura ecológica y agroecología|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación|Retos rurales</t>
   </si>
   <si>
     <t>Grupo Operativo: Monitorización de la plaga provocada por dryocosmus kuriphyllus en las masas de castaño gallego: lucha biológica</t>
   </si>
   <si>
     <t>El objetivo de este Grupo Operativo es la aplicación de las tecnologías de GIS para la motorización de la afección y avance de la plaga de avispilla. Sirviendo como sistema de apoyo en la toma de decisiones sobre las zonas a tratar de manera más inmediata, así como en la introducción y desarrollo del sistema que se tiene demostrado eficaz en el resto de Europa para resolver el problema concreto que plantea esta nueva plaga, tanto en el sector agrícola, como forestal: el control biológico mediante la producción masiva de los posibles enemigos naturales, sin descartar la producción de otros posibles parásitos autóctonos. Para lo que se propone diseñar una red de muestreo que cubra toda la superficie de castañales y distintas plantaciones donde los castañales sean primera especie, mediante una red de polígonos y colocar trampas en el punto central de cada uno de estos polígonos;   formación de los agentes forestales en el reconocimiento de plagas para que las trampas y la sintomatología en los árboles de cada polígono puedan ser comprobadas y monitorizadas semanalmente a un mínimo coste, y que los datos se transmitan en tiempo real mediante aplicaciones de ARCGIS para móviles.</t>
   </si>
   <si>
     <t>CSIC (MBG-CSIC)|Universidad de Santiago de Compostela|Asociación Forestal de Galicia</t>
   </si>
   <si>
     <t>Grupo Operativo: MCETM. Establecimiento de medidas frente al avance de Tecia Solanivora en la reserva de biosfera</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende establecer medidas que contribuyan y complementen las ya adoptadas tanto desde el Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente como desde la Consejería de Medio Rural para luchar contra el avance de tecia solanivora. Se intentará prevenir la penetración de la plaga en el área geográfica de la reserva de biosfera y, la propagación de la misma cara otras zonas de Galicia con la puesta en funcionamiento de un sistema de vigilancia para la detección del posible avance de la plaga tanto a nivel de campo como en puntos de acopio o comercialización de patatas; instalación de trampas y control en campo; concienciación de la población para la restricción do cultivo de patata y intensificación de la vigilancia; divulgación de las medidas de control y erradicación aprobadas desde las administraciones con competencias: métodos fitosanitarios de lucha, procedimientos para la destrucción de tubérculos contaminados, etc.; colaboración con técnicos de las oficinas agrarias comarcales con competencias en las áreas definidas al respecto de las medidas adoptadas desde la administración autonómica; notificación al personal técnico de las oficinas agrarias en el caso de detectarse alguna anomalía; creación de una base de datos georreferenciada, un sistema de información geográfica en la que se situarían los trabajos de vigilancia realizados así como las posibles incidencias detectadas.</t>
   </si>
   <si>
     <t>ADR Mariñas-Betanzos</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: ADR Mariñas-BetanzosEmail coordinador/entidad: info@marinasbetanzos.org</t>
   </si>
   <si>
+    <t>Grupo Operativo: Lucha contra la mosca del olivo</t>
+  </si>
+  <si>
+    <t>Creación de un Grupo Operativo para el desarrollo de un Proyecto Innovador, que pretende incrementar la competitividad del sector oleícola catalán a través de la obtención de aceite de oliva de alta calidad, minimizando el impacto medioambiental de los métodos de control de la principal plaga clave de los olivos en Cataluña: la mosca del olivo. Estas estrategias se basarán en métodos respetuosos con el medio ambiente, principalmente en la captura masiva de adultos de B. oleae, combinada con la aplicación de caolín, tierra de diatomeas, Beauveria bassiana y spinosad.</t>
+  </si>
+  <si>
+    <t>Implementar estrategias de lucha contra la mosca del olivo.Combinar distintos métodos de control alternativos.Obtención de aceite de oliva de calidad.Minimizar el impacto medioambiental e incrementar la competitividad del sector oleícola catalán.</t>
+  </si>
+  <si>
+    <t>Federació de cooperatives agràries de Catalunya (FCAC)</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Federació de cooperatives agràries de Catalunya (FCAC)Email coordinador/entidad: david.casadevall@fcac.coop</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Innovaciones en los tratamientos post-cosecha contra los gorgojos del arroz y de las legumbres</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/5394834/INICIAL+PILOT+GO+2017_009_ARROSSAIRES+DELTA_CAST.pdf/a3ae1a53-941f-4bf7-b846-13f55c945ac1</t>
+  </si>
+  <si>
+    <t>El proyecto quiere dar un paso importante para poder reducir el riesgo de desarrollo de insectos en postcosecha del arroz, utilizando una tecnología física que no deja residuos. La tecnología que se quiere poner a punto se basa en la aplicación industrial del calentamiento dieléctrico para eliminar plagas de insectos en cereales y / u otros granos. El calentamiento dieléctrico eleva la temperatura más fácilmente en las larvas de insecto que se desarrollan dentro de los granos. Esto permite eliminar las plagas sin cambiar las propiedades de los cereales, y con un consumo energético moderado y pudiendo evitar la prevalencia de pesticidas en el producto final.</t>
+  </si>
+  <si>
+    <t>Validar sistemas de cría de los insectos objeto de interés (Sitophilus oryzae, Oryzaephilus surinamensis y Tribolium confusum) para poder obtener un número suficiente de huevos, larvas y adultos para poder evaluar la efectividad de los tratamientos. Evaluación del grado de infestación en los productos para poder definir las intensidades de tratamiento necesarias para garantizar la estabilidad del producto. Realizar pruebas preliminares de destrucción de insectos mediante microondas y construcción de modelos matemáticos de predicción del efecto de las microondas en la supervivencia de las 3 especies de interés. Realizar las pruebas de eliminación de insectos en el prototipo piloto de radio-frecuencia para determinar la efectividad, incluyendo ensayos de penetración del tratamiento, y construcción de modelos matemáticos de predicción del efecto de las microondas en la supervivencia de las 3 especies de interés. Evaluación fisicoquímica y sensorial de los cambios que los tratamientos de radiofrecuencia puedan producir en el arroz. Definir las especificaciones y requisitos técnicos que debe cumplir el equipo de RF a desarrollar. Difundir los resultados y elaborar propuestas para la explotación de la tecnología y productos desarrollados.</t>
+  </si>
+  <si>
+    <t>NOMEN FOODS, SL</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Arrossaires del Delta de L'Ebre Secció de Crèdit S.C.C.LEmail coordinador/entidad: cfo@nomenfoods.com</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Sanidad vegetal y fitosanitarios|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Interacción de la variabilidad intraparcelaria de suelo y la fertilización nitrogenada, sobre los parámetros de calidad de la cebada destinada a la elaboración de malta</t>
   </si>
   <si>
     <t>Este Grupo Operativo nace con la intención de poner a la agricultura de precisión al servicio de la cebada maltera, determinando la interacción entre los suelos con diferente potencial productivo dentro de una misma parcela y la fertilización nitrogenada a dosis variable, en los parámetros de calidad del cultivo de cebada para la producción de malta. También realiza un estudio de la idoneidad y aplicaciones de la malta obtenida en la producción de cerveza y en panificación. El proyecto de ejecución se iniciará con el diseño de una serie de ensayos de campo. Para la ubicación de los ensayos, y en aras de realizar las experimentaciones en zonas con diferencias entre sí respecto al clima y al suelo, se han seleccionado diferentes zonas de las provincias de La Rioja y Palencia. Se seleccionarán cuatro parcelas de secano en la zona de Rioja Alta y cuatro parcelas de regadío en la región del Cerrato Palentino.</t>
   </si>
   <si>
     <t>Evaluar la interacción entre la variabilidad espacial de los suelos a nivel intraparcelario, y la fertilización nitrogenada aplicada a dosis variable, en los parámetros de calidad del cultivo de cebada maltera.Estudio de la idoneidad y aplicaciones de la malta obtenida en la producción de cerveza y en panificación.</t>
   </si>
   <si>
     <t>Centro Tecnológico Agrario y Agroalimentario (ITAGRA.CT)</t>
   </si>
   <si>
     <t>Asociación Riojana de Agricultores y Ganaderos (Arag-ASAJA)|Centro Tecnológico de Cereales (CETECE)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación ItagraEmail coordinador/entidad: info@itagra.com</t>
   </si>
   <si>
     <t>Castilla y León|Rioja, La</t>
   </si>
   <si>
     <t>Fertilizantes|Gestión de explotaciones|Maquinaria|Sanidad vegetal y fitosanitarios|Biodiversidad, naturaleza, paisaje y gestión de tierras|Digitalización e innovación</t>
   </si>
   <si>
-    <t>Grupo Operativo: Lucha contra la mosca del olivo</t>
-[...34 lines deleted...]
-  <si>
     <t>Grupo Operativo: Innovación para la recuperación de Tierras Abandonadas</t>
   </si>
   <si>
     <t>El Grupo Operativo pretende realizar una caracterización de parcelas e identificación de la problemática asociada a cada una, para después realizar un seguimiento agroclimático y sanitario de parcelas en rotación durante varias campañas consecutivas, incluyendo para ello tecnologías de agricultura de precisión (estaciones agroclimáticas, sensores multiparamétricos, drones). En base a todos los estudios llevados a cabo en las parcelas seleccionadas, se desarrollan nuevos protocolos de laboreo y gestión de la rotación de cultivos, incluyendo nuevos procedimientos y recomendaciones de fertilización y riego para guisante y judía verde y remolacha respectivamente.</t>
   </si>
   <si>
     <t>Andriala S.L</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Andriala S.LEmail coordinador/entidad: andresceballos@andriala.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Mejora genética|Sanidad vegetal y fitosanitarios</t>
   </si>
   <si>
     <t>Grupo Operativo: Estudio epidemiológico del pistacho en la Comunidad de Madrid</t>
   </si>
   <si>
     <t>Elaboración de trípticos informativos Jornada sobre vigilancia epidemiológica y sistemas de detección temprana de enfermedades en el cultivo del pistachero” Seminario Científico-Técnico. Establecimiento de canales de comunicación: RRSS, base de datos</t>
   </si>
   <si>
     <t>IMIDRA</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: IMIDRAEmail coordinador/entidad: pistachos.imidra@madrid.org</t>
@@ -7843,165 +7843,165 @@
   <si>
     <t>Este Grupo Operativo nace para, por un lado crear una red, a nivel autonómico, de avisos fitosanitarios compuesta por los técnicos y/o personal responsable de la fitopatología de las explotaciones agrícolas que quieran entrar a formar parte de esta red y, por otra parte, el desarrollo de un canal de comunicación rápido, sencillo y económico para el usuario, por el cual, a través de modelos predictivos, se pueda llegar a atajar las plagas y enfermedades desde sus inicios, con un menor gasto de productos fitosanitarios, lo que hará las explotaciones más respetuosas con el medio, por ser menos contaminantes.</t>
   </si>
   <si>
     <t>Asvinor</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: AsvinorEmail coordinador/entidad: asvinor@gmail.com</t>
   </si>
   <si>
     <t>Grupo Operativo: Constitución GO control especie invasora Vespa velutina</t>
   </si>
   <si>
     <t>El objetivo de este Grupo Operativo es el desarrollo de métodos novedoso y eficientes para el control poblacional de la especie invasora Avispa Velutina, y que además no constituyan un riesgo para las poblaciones de artrópodos nativos o la salud del medio ambiente. Para lograr esta se proponen tres objetivos específicos que incluyen la conformación y capacitación de un grupo de expertos dedicados al diseño y la mejora de los métodos de control poblacional de la avispa y la búsqueda de sinergias que contribuyan con el diseño y desarrollo de los mismos.</t>
   </si>
   <si>
     <t>Asociación galega de apicultura</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación galega de apiculturaEmail coordinador/entidad: agapicultura@gmail.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Sanidad vegetal y fitosanitarios|Sanidad y bienestar animal</t>
   </si>
   <si>
+    <t>Grupo Operativo: Alternativas de control de malas hierbas de riesgo alimentario</t>
+  </si>
+  <si>
+    <t>Actualmente el control en campo de malas hierbas de riesgo para la salud alimentaria (Datura stramonium L., Solanum nigrum L., Xanthium spp.) se está abordando principalmente a través del uso de herbicidas, que se complementan de forma aislada con otras estrategias. Sin embargo, esta forma de proceder no es suficiente,ya que sigue existiendo contaminación de etas plantas (o parte de ellas) en productos vegetales elaborados, con el consiguiente riesgo para el consumidor y la empresa productora. Desde el punto de vista normativo, cabe señalar el impulso a nivel europeo del uso sostenible de productos fitosanitarios reduciendo sus riesgos y efectos sobre la salud humana y el medioambiente, y la promoción de la Gestión integrada de plagas y los métodos y técnicas alternativas, como los medios de control no químico, regulado por la Directiva 2009/128/EC. A nivel español, se ha materializado a través de un primer Plan de Acción Nacional 2013-2017, que actualmente está teniendo continuidad en el Plan de Acción Nacional 2018-2022, que fija objetivos cuantitativos, metas, medidas, indicadores y calendarios. En relación a la reglamentación específica relativa a malas hierbas de riesgo alimentario cabe señalar: La Comisión Europea publicó en 2015 la Recomendación UE 2015/976, de 19 de junio de 2015, relativa al seguimiento de la presencia de alcaloides tropánicos en los alimentos, para solicitar a los estados miembros el control de la presencia de estos compuestos en determinados alimentos.</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo tiene como objetivo el desarrollo y fomento de prácticas de cultivo integradas, alternativas al uso actual de fitosanitarios, que permitan controlar la proliferación de malas hierbas con riesgo para la salud alimentaria. Las actividades que realiza son las siguientes:-Evaluación del nivel de incidencia y detección de puntos críticos.-Identificación de las mejores alternativas.-Diseño y redacción del Proyecto de Innovación.-Divulgación.</t>
+  </si>
+  <si>
+    <t>CONGELADOS DE NAVARRA, S.A.U.|GELAGRI IBÉRICA, S.L.|IBERFRESCO FRESH PRODUCT COMPANY, S.L.|ASOCIACIÓN ESPAÑOLA DE FABRICANTES DE VEGETALES CONGELADOS (ASEVEC)</t>
+  </si>
+  <si>
+    <t>INSTITUTO NAVARRO DE TECNOLOGÍAS E INFRAESTRUCTURAS AGROALIMENTARIAS, S.L. (INTIA)|CENTRO NACIONAL DE TECNOLOGÍA Y SEGURIDAD ALIMENTARIA (CNTA-Laboratorio del Ebro|SERVICIOS INTEGRALES LASKER, S.L.|SMARTRURAL, S.L.L.</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Benito Jiménez Cambra (948830563)Email coordinador/entidad: mariz@congeladosnavarra.com</t>
+  </si>
+  <si>
+    <t>Andalucía|Castilla y León|Castilla - La Mancha|Murcia, Región de|Navarra, Comunidad Foral de|País Vasco|Rioja, La</t>
+  </si>
+  <si>
+    <t>Fertilizantes|Gestión de explotaciones|Sanidad vegetal y fitosanitarios|Formación, demostración y asesoramiento</t>
+  </si>
+  <si>
+    <t>https://eu-cap-network.ec.europa.eu/projects/weed-control-alternatives-vegetable-crops_en#native=true</t>
+  </si>
+  <si>
+    <t>Grupo Operativo: Alternativas tecnológicas para reducir HAPs en productos cárnicos ahumados</t>
+  </si>
+  <si>
+    <t>Coordinar actuaciones que se llevarán a cabo en los ahumaderos tradicionales de la industria cárnica para controlar la generación de los compuestos que se producen en la combustión. Proyecto financiado a través de la convocatoria de subvenciones para la creación de grupos operativos supraautonómicos en relación con la asociación europea para la innovación en materia de productividad y sostenibilidad agrícola cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (FEADER), dentro de la sub-medida 16.1 del Programa Nacional de Desarrollo Rural y por el Ministerio de Agricultura, pesca, alimentación y Medio Ambiente.</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo se ha creado con el objetivo de profundizar y priorizar las acciones a llevar a cabo para el desarrollo de protocolos y medidas de control en ahumaderos tradicionales que permitan al producto cumplir con los requisitos legales manteniendo las propiedades sensoriales tan apreciadas por el consumidor. La generación de PAHs en el humo y la transferencia al producto dependen de muchos factores que actualmente no se controlan en los ahumaderos tradicionales. Por ello es necesario el desarrollo de protocolos en los ahumaderos que controlen los HAPs transferidos al producto, manteniendo las características organolépticas y la vida útil del mismo. Para ello se recopilan datos y resultados de los niveles de contaminantes y se elaboran planes de acción para su desarrollo en las empresas.</t>
+  </si>
+  <si>
+    <t>ANICE, Asociación Nacional de Industrias de la Carne de España|Consejo regulador de la IGP del Chosco de Tineo|Consejo regulador de la IGP del Botillo del Bierzo|Arango e Hijos S.L.|Hermanos Bernal Hernández, S. L.|Noval Junquera e Hijos S.L.|El Hórreo Healthy Food S.L.|Embutidos Santa Cruz de Montes S.A.</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Clustes agroalimentarioEmail coordinador/entidad: informacion@asincar.com</t>
+  </si>
+  <si>
+    <t>Balears, Illes|Galicia</t>
+  </si>
+  <si>
+    <t>Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
+  </si>
+  <si>
     <t>Grupo Operativo: C.I.T. (Control Inteligente de Termografía)</t>
   </si>
   <si>
     <t>En Andalucía, existen aproximadamente 350 Ha de invernaderos dedicados a la producción de plantas ornamentales. Contrario a la situación en los cultivos hortícolas bajo cubierto, el control biológico de plagas en la producción de plantas ornamentales todavía no está implementado a escala significativa en el S-E de España.Existe una creciente demanda de parte de los consumidores de plantas libres de residuos. Se producen resistencias de las plagas contra las materias activas más utilizadas. Por la diversidad de especies de plantas ornamentales, hay que adaptar los protocolos de trabajo y la selección de agentes de control biológico a cada situación en particular. Se establecerán protocolos de control integrado para la producción de las especies más cultivadas, como Dipladenia, Hybiscus y Poinsettia y se realizarán proyectos piloto en invernaderos comerciales y experimentales, realizándose un plan de divulgación dirigido a todos los productores de la zona. </t>
   </si>
   <si>
     <t>Fomentar el uso de fauna auxiliar como alternativa al uso de plaguicidas químicos en plantas ornamentales.</t>
   </si>
   <si>
     <t>Biocolor S.L</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Biocolor S.LEmail coordinador/entidad: patricia@biocolor.es</t>
   </si>
   <si>
     <t>https://agrodiariohuelva.es/destacan-el-interes-de-los-agricultores-andaluces-por-utilizar-las-nuevas-tecnologias-aplicadas-al-riego/</t>
   </si>
   <si>
-    <t>Grupo Operativo: Alternativas de control de malas hierbas de riesgo alimentario</t>
-[...44 lines deleted...]
-    <t>Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
+    <t>Grupo Operativo SENSOLIVE-OIL: Análisis instrumental complemento al panel test</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo SENSOLIVE_OIL nació para dar paso a la transferencia de la innovación al sector del proyecto que hace siete años pusieron en marcha la Organización Interprofesional del Aceite de Oliva Español, el Gobierno de España y la Junta de Andalucía, para buscar nuevas tecnologías complementarias el panel test a la hora de clasificar comercialmente los aceites de oliva vírgenes. Un método instrumental sólido y fácilmente estandarizable para que cualquier empresa tenga acceso a su implantación. Todos estos años de trabajo han servido para que el Campus de Excelencia Internacional Agroalimentario ceiA3, grupos de investigación de la Universidad de Córdoba y de la Universidad de Granada identificaran tecnologías muy prometedoras y desarrollaran modelos que, partiendo de las señales instrumentales, ayuden a la clasificación de los aceites de oliva vírgenes: la cromatografía de gases acoplada a espectrometría de masas y la cromatografía de gases acoplada a espectrometría de movilidad iónica.</t>
+  </si>
+  <si>
+    <t>Las actividades que realiza son: Implementar las tecnologías a nivel empresarial. Validación oficial de las mismas. Reforzar el papel de las organizaciones interprofesionales así como el de otras entidades asociativas de productores.</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo plantea un proyecto para mejorar la competitividad de los productores apoyando los sistemas de control de calidad, complementando al método analítico: Panel Test, en los aceites de oliva vírgenes mediante tecnologías instrumentales. Todo ello con el objetivo de generar un valor añadido en el aceite de oliva. </t>
+  </si>
+  <si>
+    <t>Organización Interprofesional del Aceite de Oliva Español</t>
+  </si>
+  <si>
+    <t>Campus de Excelencia Internacional Agroalimentario (ceiA3)|Universidad de Granada|Dcoop|Sovena|Deoleo</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Org. Interprofesional del aceite de oliva españolEmail coordinador/entidad: t.perez@interprofesionaldelaceitedeoliva.com</t>
+  </si>
+  <si>
+    <t>Andalucía|Aragón|Castilla y León|Cataluña|Extremadura|Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.asaja.com/files/sectoriales/27092021114935_Triptico%20VF%20237552.pdf|https://www.youtube.com/watch?v=G-7L1yFmrWw|https://www.youtube.com/watch?v=CK9KDE4HOrs&amp;pp=ygUNc2Vuc29saXZlX29pbA%3D%3D|https://www.youtube.com/watch?v=C4F4ef6jox0</t>
   </si>
   <si>
     <t>Grupo Operativo TECNIFRUIT: Diseño de soluciones tecnológicas para la monitorización de la calidad comercial de la fruta durante el ciclo logístico</t>
   </si>
   <si>
     <t>https://geezar.es/proyectos-recientemente-terminados/tecnifrut/</t>
   </si>
   <si>
     <t>Este Grupo Operativo tiene como objetivo la creación de la arquitectura de la futura plataforma de datos. Se pretende lograr contactos y avances en la integración de información de dispositivos y maquinaría de diferentes proveedores tecnológicos, establecer estrategias para reducir un 20% el desperdicio de fruta durante la cadena logística, extender la vida útil de los frutos aplicando soluciones tecnológicas y plantear un nuevo certificado de excelencia logística.</t>
   </si>
   <si>
     <t>Los dos objetivos principales del proyecto afectan directamente a las cuentas de resultados de los productores:Evaluación de las soluciones tecnológicas que permiten mejorar los procesos en términos de reducción de pérdidas de producto (destríos) y deterioros de calidad. Creación de los procedimientos hacia un Sello de Calidad Logística e impulsión de dicho Sello desde el lado de la demanda, incrementando la percepción del valor añadido y por ende los beneficios de los productores.</t>
   </si>
   <si>
     <t>Geezar Soluciones  .SL</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Geezar Soluciones  .SLEmail coordinador/entidad: info@geezar.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Maquinaria|Sanidad vegetal y fitosanitarios|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Competitividad y nuevos modelos de negocio|Digitalización e innovación</t>
   </si>
   <si>
     <t>https://www.facebook.com/tics4fruit/</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.asaja.com/files/sectoriales/27092021114935_Triptico%20VF%20237552.pdf|https://www.youtube.com/watch?v=G-7L1yFmrWw|https://www.youtube.com/watch?v=CK9KDE4HOrs&amp;pp=ygUNc2Vuc29saXZlX29pbA%3D%3D|https://www.youtube.com/watch?v=C4F4ef6jox0</t>
   </si>
   <si>
     <t>Grupo Operativo OZOCIP: Ozono como solución a los retos sanitarios del sector agropecuario</t>
   </si>
   <si>
     <t>El Grupo Operativo tiene como objetivo mejorar el estado sanitario del cultivo del arándano, mediante el uso del ozono, con diferentes técnicas de aplicación.</t>
   </si>
   <si>
     <t>Aplicación de tecnologías de procesado propias de la empresa hortofrutícola conservera aplicando tecnologías de conservación innovadoras.</t>
   </si>
   <si>
     <t>Asociación Itagra</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -26852,213 +26852,213 @@
       <c r="V267" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W267" s="1"/>
       <c r="X267" s="1"/>
       <c r="Y267" s="1"/>
       <c r="Z267" s="1" t="s">
         <v>502</v>
       </c>
       <c r="AA267" s="1"/>
       <c r="AB267" s="1"/>
       <c r="AC267" s="1"/>
       <c r="AD267" s="1"/>
       <c r="AE267" s="1"/>
     </row>
     <row r="268" spans="1:31">
       <c r="A268" s="1" t="s">
         <v>2556</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C268" s="1"/>
       <c r="D268" s="1"/>
       <c r="E268" s="1">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F268" s="1"/>
       <c r="G268" s="1">
-        <v>2685474</v>
+        <v>12250</v>
       </c>
       <c r="H268" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I268" s="1"/>
       <c r="J268" s="1" t="s">
         <v>2557</v>
       </c>
       <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1" t="s">
         <v>2558</v>
       </c>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="R268" s="1" t="s">
+      <c r="R268" s="1"/>
+      <c r="S268" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="S268" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T268" s="1" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="U268" s="1" t="s">
-        <v>2562</v>
+        <v>56</v>
       </c>
       <c r="V268" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W268" s="1" t="s">
-        <v>269</v>
+        <v>151</v>
       </c>
       <c r="X268" s="1"/>
-      <c r="Y268" s="1"/>
+      <c r="Y268" s="1" t="s">
+        <v>246</v>
+      </c>
       <c r="Z268" s="1" t="s">
-        <v>2563</v>
+        <v>502</v>
       </c>
       <c r="AA268" s="1"/>
       <c r="AB268" s="1"/>
       <c r="AC268" s="1"/>
       <c r="AD268" s="1"/>
       <c r="AE268" s="1"/>
     </row>
     <row r="269" spans="1:31">
       <c r="A269" s="1" t="s">
-        <v>2564</v>
+        <v>2561</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C269" s="1"/>
+      <c r="C269" s="1" t="s">
+        <v>2562</v>
+      </c>
       <c r="D269" s="1"/>
       <c r="E269" s="1">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="F269" s="1"/>
+        <v>2018</v>
+      </c>
+      <c r="F269" s="1">
+        <v>2020</v>
+      </c>
       <c r="G269" s="1">
-        <v>12250</v>
+        <v>11809</v>
       </c>
       <c r="H269" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I269" s="1"/>
       <c r="J269" s="1" t="s">
-        <v>2565</v>
+        <v>2563</v>
       </c>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1" t="s">
-        <v>2566</v>
+        <v>2564</v>
       </c>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1" t="s">
-        <v>2567</v>
+        <v>2565</v>
       </c>
       <c r="R269" s="1"/>
       <c r="S269" s="1" t="s">
-        <v>2568</v>
+        <v>2566</v>
       </c>
       <c r="T269" s="1" t="s">
         <v>90</v>
       </c>
       <c r="U269" s="1" t="s">
         <v>56</v>
       </c>
       <c r="V269" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W269" s="1" t="s">
-        <v>151</v>
+        <v>269</v>
       </c>
       <c r="X269" s="1"/>
-      <c r="Y269" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y269" s="1"/>
       <c r="Z269" s="1" t="s">
-        <v>502</v>
+        <v>2567</v>
       </c>
       <c r="AA269" s="1"/>
       <c r="AB269" s="1"/>
       <c r="AC269" s="1"/>
       <c r="AD269" s="1"/>
       <c r="AE269" s="1"/>
     </row>
     <row r="270" spans="1:31">
       <c r="A270" s="1" t="s">
-        <v>2569</v>
+        <v>2568</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C270" s="1"/>
       <c r="D270" s="1"/>
       <c r="E270" s="1">
         <v>2018</v>
       </c>
-      <c r="F270" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="F270" s="1"/>
       <c r="G270" s="1">
-        <v>11809</v>
+        <v>2685474</v>
       </c>
       <c r="H270" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I270" s="1"/>
       <c r="J270" s="1" t="s">
-        <v>2571</v>
+        <v>2569</v>
       </c>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1" t="s">
-        <v>2572</v>
+        <v>2570</v>
       </c>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="R270" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="S270" s="1" t="s">
         <v>2573</v>
       </c>
-      <c r="R270" s="1"/>
-      <c r="S270" s="1" t="s">
+      <c r="T270" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="U270" s="1" t="s">
         <v>2574</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="V270" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W270" s="1" t="s">
         <v>269</v>
       </c>
       <c r="X270" s="1"/>
       <c r="Y270" s="1"/>
       <c r="Z270" s="1" t="s">
         <v>2575</v>
       </c>
       <c r="AA270" s="1"/>
       <c r="AB270" s="1"/>
       <c r="AC270" s="1"/>
       <c r="AD270" s="1"/>
       <c r="AE270" s="1"/>
     </row>
     <row r="271" spans="1:31">
       <c r="A271" s="1" t="s">
         <v>2576</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>62</v>
       </c>
@@ -27391,396 +27391,396 @@
       <c r="V276" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W276" s="1"/>
       <c r="X276" s="1"/>
       <c r="Y276" s="1"/>
       <c r="Z276" s="1" t="s">
         <v>2606</v>
       </c>
       <c r="AA276" s="1"/>
       <c r="AB276" s="1"/>
       <c r="AC276" s="1"/>
       <c r="AD276" s="1"/>
       <c r="AE276" s="1"/>
     </row>
     <row r="277" spans="1:31">
       <c r="A277" s="1" t="s">
         <v>2607</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C277" s="1"/>
       <c r="D277" s="1"/>
       <c r="E277" s="1">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="F277" s="1"/>
+        <v>2020</v>
+      </c>
+      <c r="F277" s="1">
+        <v>2022</v>
+      </c>
       <c r="G277" s="1">
-        <v>3000</v>
+        <v>1513726</v>
       </c>
       <c r="H277" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I277" s="1"/>
       <c r="J277" s="1" t="s">
         <v>2608</v>
       </c>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1" t="s">
         <v>2609</v>
       </c>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1" t="s">
         <v>2610</v>
       </c>
-      <c r="R277" s="1"/>
+      <c r="R277" s="1" t="s">
+        <v>2611</v>
+      </c>
       <c r="S277" s="1" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="T277" s="1" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="U277" s="1" t="s">
-        <v>43</v>
+        <v>2613</v>
       </c>
       <c r="V277" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W277" s="1"/>
       <c r="X277" s="1"/>
       <c r="Y277" s="1"/>
       <c r="Z277" s="1" t="s">
-        <v>502</v>
+        <v>2614</v>
       </c>
       <c r="AA277" s="1"/>
       <c r="AB277" s="1"/>
       <c r="AC277" s="1"/>
       <c r="AD277" s="1" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="AE277" s="1"/>
     </row>
     <row r="278" spans="1:31">
       <c r="A278" s="1" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C278" s="1"/>
       <c r="D278" s="1"/>
       <c r="E278" s="1">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="F278" s="1"/>
       <c r="G278" s="1">
-        <v>1513726</v>
+        <v>3130699</v>
       </c>
       <c r="H278" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I278" s="1"/>
       <c r="J278" s="1" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1" t="s">
-        <v>2616</v>
+        <v>853</v>
       </c>
       <c r="R278" s="1" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="S278" s="1" t="s">
-        <v>2618</v>
+        <v>2620</v>
       </c>
       <c r="T278" s="1" t="s">
         <v>70</v>
       </c>
       <c r="U278" s="1" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="V278" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W278" s="1"/>
       <c r="X278" s="1"/>
       <c r="Y278" s="1"/>
       <c r="Z278" s="1" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="AA278" s="1"/>
       <c r="AB278" s="1"/>
       <c r="AC278" s="1"/>
-      <c r="AD278" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AD278" s="1"/>
       <c r="AE278" s="1"/>
     </row>
     <row r="279" spans="1:31">
       <c r="A279" s="1" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C279" s="1"/>
       <c r="D279" s="1"/>
       <c r="E279" s="1">
         <v>2017</v>
       </c>
       <c r="F279" s="1"/>
       <c r="G279" s="1">
-        <v>3130699</v>
+        <v>3000</v>
       </c>
       <c r="H279" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I279" s="1"/>
       <c r="J279" s="1" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>2626</v>
+      </c>
+      <c r="R279" s="1"/>
       <c r="S279" s="1" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="T279" s="1" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="U279" s="1" t="s">
-        <v>2627</v>
+        <v>43</v>
       </c>
       <c r="V279" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W279" s="1"/>
       <c r="X279" s="1"/>
       <c r="Y279" s="1"/>
       <c r="Z279" s="1" t="s">
-        <v>2628</v>
+        <v>502</v>
       </c>
       <c r="AA279" s="1"/>
       <c r="AB279" s="1"/>
       <c r="AC279" s="1"/>
-      <c r="AD279" s="1"/>
+      <c r="AD279" s="1" t="s">
+        <v>2628</v>
+      </c>
       <c r="AE279" s="1"/>
     </row>
     <row r="280" spans="1:31">
       <c r="A280" s="1" t="s">
         <v>2629</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C280" s="1"/>
       <c r="D280" s="1"/>
       <c r="E280" s="1">
         <v>2017</v>
       </c>
       <c r="F280" s="1"/>
       <c r="G280" s="1">
-        <v>4640</v>
+        <v>9900193</v>
       </c>
       <c r="H280" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I280" s="1"/>
       <c r="J280" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="K280" s="1"/>
+      <c r="L280" s="1" t="s">
         <v>2631</v>
       </c>
-      <c r="K280" s="1"/>
-      <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1" t="s">
         <v>2632</v>
       </c>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="R280" s="1"/>
+      <c r="R280" s="1" t="s">
+        <v>2634</v>
+      </c>
       <c r="S280" s="1" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="T280" s="1" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="U280" s="1" t="s">
-        <v>706</v>
+        <v>2636</v>
       </c>
       <c r="V280" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="W280" s="1"/>
+      <c r="W280" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="X280" s="1"/>
-      <c r="Y280" s="1"/>
+      <c r="Y280" s="1" t="s">
+        <v>246</v>
+      </c>
       <c r="Z280" s="1" t="s">
-        <v>2635</v>
+        <v>1109</v>
       </c>
       <c r="AA280" s="1"/>
       <c r="AB280" s="1"/>
       <c r="AC280" s="1"/>
       <c r="AD280" s="1" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="AE280" s="1"/>
     </row>
     <row r="281" spans="1:31">
       <c r="A281" s="1" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C281" s="1"/>
+      <c r="C281" s="1" t="s">
+        <v>2639</v>
+      </c>
       <c r="D281" s="1"/>
       <c r="E281" s="1">
         <v>2017</v>
       </c>
       <c r="F281" s="1"/>
       <c r="G281" s="1">
-        <v>9900193</v>
+        <v>4640</v>
       </c>
       <c r="H281" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I281" s="1"/>
       <c r="J281" s="1" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="K281" s="1"/>
-      <c r="L281" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1" t="s">
-        <v>2641</v>
-[...1 lines deleted...]
-      <c r="R281" s="1" t="s">
         <v>2642</v>
       </c>
+      <c r="R281" s="1"/>
       <c r="S281" s="1" t="s">
         <v>2643</v>
       </c>
       <c r="T281" s="1" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="U281" s="1" t="s">
-        <v>2644</v>
+        <v>706</v>
       </c>
       <c r="V281" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="W281" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W281" s="1"/>
       <c r="X281" s="1"/>
-      <c r="Y281" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y281" s="1"/>
       <c r="Z281" s="1" t="s">
-        <v>1109</v>
+        <v>2644</v>
       </c>
       <c r="AA281" s="1"/>
       <c r="AB281" s="1"/>
       <c r="AC281" s="1"/>
       <c r="AD281" s="1" t="s">
         <v>2645</v>
       </c>
       <c r="AE281" s="1"/>
     </row>
     <row r="282" spans="1:31">
       <c r="A282" s="1" t="s">
         <v>2646</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C282" s="1"/>
       <c r="D282" s="1"/>
       <c r="E282" s="1">
         <v>2018</v>
       </c>
       <c r="F282" s="1"/>
       <c r="G282" s="1">
         <v>39450</v>
       </c>
       <c r="H282" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I282" s="1"/>
       <c r="J282" s="1" t="s">
         <v>2647</v>
       </c>
       <c r="K282" s="1"/>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1" t="s">
         <v>2649</v>
       </c>
       <c r="R282" s="1"/>
       <c r="S282" s="1" t="s">
-        <v>2561</v>
+        <v>2573</v>
       </c>
       <c r="T282" s="1" t="s">
         <v>70</v>
       </c>
       <c r="U282" s="1" t="s">
         <v>139</v>
       </c>
       <c r="V282" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W282" s="1"/>
       <c r="X282" s="1"/>
       <c r="Y282" s="1"/>
       <c r="Z282" s="1" t="s">
         <v>502</v>
       </c>
       <c r="AA282" s="1"/>
       <c r="AB282" s="1"/>
       <c r="AC282" s="1"/>
       <c r="AD282" s="1"/>
       <c r="AE282" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>