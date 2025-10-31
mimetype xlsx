--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -3123,96 +3123,96 @@
   <si>
     <t>Consello Regulador de Agricultura Ecolóxica de Galicia</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Consello Regulador de Agricultura Ecolóxica de GaliciaEmail coordinador/entidad: craega@craega.es</t>
   </si>
   <si>
     <t>Grupo Operativo: Rotación del cultivo de camelina (Camelina sativa (L.) Crantz) para el aprovechamiento de sus productos y subproductos de manera eficiente y sostenible</t>
   </si>
   <si>
     <t>El Grupo Operativo busca alcanzar 4 objetivos principales:   Fomento de un sector agrícola inteligente, resistente y diversificado.   Contribuir con los objetivos de la AEI-AGRI, de manera que permita promover un sector agrícola que use eficientemente los recursos, sea económicamente viable y que sea respetuoso con el clima y resistente a los cambios climáticos.   Contribuir al abastecimiento estable y sostenible de piensos o biomateriales que permitan mejorar la protección del medio ambiente y la adaptación al cambio climático o su mitigación.  Fomentar la camelina como un nuevo cultivo alternativo al barbecho y a la rotación del monocultivo de cereal de secano en la zona central de España. </t>
   </si>
   <si>
     <t>Camelina Company España S.L</t>
   </si>
   <si>
     <t>IMIDRA</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Camelina Company España S.LEmail coordinador/entidad: acapuano@camelinacompany.es</t>
   </si>
   <si>
     <t>https://www.instagram.com/camelinacompanyespana/|https://www.facebook.com/Camelina-Company-Espa%C3%B1a-100300976050614|https://twitter.com/CamelinaCompany|https://www.linkedin.com/company/camelina-company-espa-a-s-l-/about/</t>
   </si>
   <si>
+    <t>Grupo Operativo: Innovaciones en los tratamientos post-cosecha contra los gorgojos del arroz y de las legumbres</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/5394834/INICIAL+PILOT+GO+2017_009_ARROSSAIRES+DELTA_CAST.pdf/a3ae1a53-941f-4bf7-b846-13f55c945ac1</t>
+  </si>
+  <si>
+    <t>El proyecto quiere dar un paso importante para poder reducir el riesgo de desarrollo de insectos en postcosecha del arroz, utilizando una tecnología física que no deja residuos. La tecnología que se quiere poner a punto se basa en la aplicación industrial del calentamiento dieléctrico para eliminar plagas de insectos en cereales y / u otros granos. El calentamiento dieléctrico eleva la temperatura más fácilmente en las larvas de insecto que se desarrollan dentro de los granos. Esto permite eliminar las plagas sin cambiar las propiedades de los cereales, y con un consumo energético moderado y pudiendo evitar la prevalencia de pesticidas en el producto final.</t>
+  </si>
+  <si>
+    <t>Validar sistemas de cría de los insectos objeto de interés (Sitophilus oryzae, Oryzaephilus surinamensis y Tribolium confusum) para poder obtener un número suficiente de huevos, larvas y adultos para poder evaluar la efectividad de los tratamientos. Evaluación del grado de infestación en los productos para poder definir las intensidades de tratamiento necesarias para garantizar la estabilidad del producto. Realizar pruebas preliminares de destrucción de insectos mediante microondas y construcción de modelos matemáticos de predicción del efecto de las microondas en la supervivencia de las 3 especies de interés. Realizar las pruebas de eliminación de insectos en el prototipo piloto de radio-frecuencia para determinar la efectividad, incluyendo ensayos de penetración del tratamiento, y construcción de modelos matemáticos de predicción del efecto de las microondas en la supervivencia de las 3 especies de interés. Evaluación fisicoquímica y sensorial de los cambios que los tratamientos de radiofrecuencia puedan producir en el arroz. Definir las especificaciones y requisitos técnicos que debe cumplir el equipo de RF a desarrollar. Difundir los resultados y elaborar propuestas para la explotación de la tecnología y productos desarrollados.</t>
+  </si>
+  <si>
+    <t>NOMEN FOODS, SL</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Arrossaires del Delta de L'Ebre Secció de Crèdit S.C.C.LEmail coordinador/entidad: cfo@nomenfoods.com</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Sanidad vegetal y fitosanitarios|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Interacción de la variabilidad intraparcelaria de suelo y la fertilización nitrogenada, sobre los parámetros de calidad de la cebada destinada a la elaboración de malta</t>
   </si>
   <si>
     <t>Este Grupo Operativo nace con la intención de poner a la agricultura de precisión al servicio de la cebada maltera, determinando la interacción entre los suelos con diferente potencial productivo dentro de una misma parcela y la fertilización nitrogenada a dosis variable, en los parámetros de calidad del cultivo de cebada para la producción de malta. También realiza un estudio de la idoneidad y aplicaciones de la malta obtenida en la producción de cerveza y en panificación. El proyecto de ejecución se iniciará con el diseño de una serie de ensayos de campo. Para la ubicación de los ensayos, y en aras de realizar las experimentaciones en zonas con diferencias entre sí respecto al clima y al suelo, se han seleccionado diferentes zonas de las provincias de La Rioja y Palencia. Se seleccionarán cuatro parcelas de secano en la zona de Rioja Alta y cuatro parcelas de regadío en la región del Cerrato Palentino.</t>
   </si>
   <si>
     <t>Evaluar la interacción entre la variabilidad espacial de los suelos a nivel intraparcelario, y la fertilización nitrogenada aplicada a dosis variable, en los parámetros de calidad del cultivo de cebada maltera.Estudio de la idoneidad y aplicaciones de la malta obtenida en la producción de cerveza y en panificación.</t>
   </si>
   <si>
     <t>Centro Tecnológico Agrario y Agroalimentario (ITAGRA.CT)</t>
   </si>
   <si>
     <t>Asociación Riojana de Agricultores y Ganaderos (Arag-ASAJA)|Centro Tecnológico de Cereales (CETECE)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación ItagraEmail coordinador/entidad: info@itagra.com</t>
   </si>
   <si>
     <t>Castilla y León|Rioja, La</t>
   </si>
   <si>
     <t>Fertilizantes|Gestión de explotaciones|Maquinaria|Sanidad vegetal y fitosanitarios|Biodiversidad, naturaleza, paisaje y gestión de tierras|Digitalización e innovación</t>
-  </si>
-[...22 lines deleted...]
-    <t>Gestión de explotaciones|Sanidad vegetal y fitosanitarios|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria</t>
   </si>
   <si>
     <t>Grupo Operativo: Incremento de la producción de cereales en cultivo ecológico para la fabricación de pienso en Catalunya</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/8594506/2015_GO_redaccio_es_086/75c34e35-0be1-48a4-8941-1ca9911f8b78</t>
   </si>
   <si>
     <t>Durante los últimos años se ha producido un creciente interés en la producción ecológica de mono gástricos (avicultura, porcino, etc). Esto ha provocado que las fabricas de pienso catalanas estén produciendo el 71.3 % del total del pienso que se fabrica en todo el estado (Magrama 2013), con una producción total de 38.320 t durante el 2012. (Magrama, 2013. Datos de producción de piensos 2012.Subdirección general de medios de producción ganaderos.) La producción de cultivos extensivos acorde con las normas de agricultura ecológica en Catalunya se ha cifrado en 992 Ha en el caso de la cebada i de 70Ha en el maíz, según datos Magrama (Magrama,2014. Agricultura ecológica. Estadísticas. Subdirección general de calidad diferenciada y agricultura ecológica). Según el CCPAE solo un 4.11% de la superficie inscrita se destina al cultivo de cereales y leguminosas para grano. Esta escasa producción de las principales materias primeras para la fabricación de pienso ecológico provoca importaciones muy significativas de fuera del estado en el caso del maíz (mayoritariamente de Rumania, Itàlia y Francia) y en el caso del cereal de invierno de otras comunidades autónomas. Para conocer a fondo esta situación de partida y diseccionar todos los detalles se han estudiado los datos actuales del sector.Las estadísticas de la producción agraria ecológica de los últimos 15 años que facilita el observatorio de la alimentación y agricultura ecológica, los datos mas recientes (2015) sobre las superficies destinados a agricultura ecológica en Catalunya facilitadas por el DARP y los datos municipales, también del 2015, del CCPAE. También se ha diagnosticado el sector gracias a los principales actores implicados, los productores de pienso y los agricultores, buscando así, una radiografía ajustad a la realidad. Se ha completado con una visita a Francia para conocer de primera mano la situación del sector productor en Europa, y en concreto, para estudiar de primera mano la estructura, organización y funcionamiento de esta industria en el sur oeste francés.</t>
   </si>
   <si>
     <t>Diseñar una estrategia de fomento de la producción de cereales extensivos destinados a la producción de pienso ecológico en Catalunya. Como objetivos secundarios se presentan los siguientes:Establecer estrategias que permitan a las empresas productoras de pienso abastecerse de cereales ecológicos en las principales zonas productoras de Catalunya. Aumentar la superficie de cereales extensivos siguiendo la normativa de producción ecológica a disposición de los fabricantes de pienso. Mejorar las prácticas agronómicas y dar una respuesta técnica a los retos de la producción ecológica (rotaciones de cultivos, siembra, fertilización, control de las malas hierbas, enfermedades, etc.) para incrementar el rendimiento y la calidad de los cereales. Desarrollar una estrategia económica y técnica que valorice todos los eslabones de la cadena de producción: agricultores, asesoramiento técnico e industrias de elaboración de pienso, que lleve a corto plazo a la creación de un club de producción y establezca la correcta y justa distribución de los beneficios económicos a todos los agentes implicados en el proceso.</t>
   </si>
   <si>
     <t>NUTREX PINSOS, SL</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Nutrex Pinsos S.LEmail coordinador/entidad: nrovira@nutrex.es</t>
   </si>
   <si>
     <t>Grupo Operativo: Aplicación de técnicas de agricultura de precisión a cultivos forrajeros</t>
   </si>
   <si>
     <t>Este Grupo Operativo busca implementar técnicas innovadoras en el sistema alimenticio, manteniendo una rotación de cultivos denominado de doble cultivo con maíz forrajero (especie de verano) en rotación con cultivos forrajeros de inverno como o triticale, centeno, cebada, avena, o raygrás, etc.Estos forrajes se recogen en verde y se ensilan dando la base forrajera de alimentación. En este proceso innovador, se estudia la posibilidad de la aplicación de técnicas da agricultura de precisión, basadas en el conocimiento y tratamiento diferencial de las parcelas, con apoyo de las tic y dos sistemas de posicionamiento.</t>
   </si>
@@ -10794,150 +10794,150 @@
       <c r="W101" s="1" t="s">
         <v>82</v>
       </c>
       <c r="X101" s="1"/>
       <c r="Y101" s="1" t="s">
         <v>132</v>
       </c>
       <c r="Z101" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="AA101" s="1"/>
       <c r="AB101" s="1"/>
       <c r="AC101" s="1"/>
       <c r="AD101" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="AE101" s="1"/>
     </row>
     <row r="102" spans="1:31">
       <c r="A102" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C102" s="1"/>
+      <c r="C102" s="1" t="s">
+        <v>1037</v>
+      </c>
       <c r="D102" s="1"/>
       <c r="E102" s="1">
         <v>2018</v>
       </c>
-      <c r="F102" s="1"/>
+      <c r="F102" s="1">
+        <v>2020</v>
+      </c>
       <c r="G102" s="1">
-        <v>2685474</v>
+        <v>11809</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>152</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="R102" s="1" t="s">
         <v>1040</v>
       </c>
+      <c r="R102" s="1"/>
       <c r="S102" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>55</v>
+        <v>365</v>
       </c>
       <c r="U102" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="V102" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W102" s="1" t="s">
         <v>82</v>
       </c>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
       <c r="Z102" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="AA102" s="1"/>
       <c r="AB102" s="1"/>
       <c r="AC102" s="1"/>
       <c r="AD102" s="1"/>
       <c r="AE102" s="1"/>
     </row>
     <row r="103" spans="1:31">
       <c r="A103" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C103" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C103" s="1"/>
       <c r="D103" s="1"/>
       <c r="E103" s="1">
         <v>2018</v>
       </c>
-      <c r="F103" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="F103" s="1"/>
       <c r="G103" s="1">
-        <v>11809</v>
+        <v>2685474</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>152</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="R103" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="R103" s="1"/>
       <c r="S103" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="T103" s="1" t="s">
-        <v>365</v>
+        <v>55</v>
       </c>
       <c r="U103" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="V103" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W103" s="1" t="s">
         <v>82</v>
       </c>
       <c r="X103" s="1"/>
       <c r="Y103" s="1"/>
       <c r="Z103" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="AA103" s="1"/>
       <c r="AB103" s="1"/>
       <c r="AC103" s="1"/>
       <c r="AD103" s="1"/>
       <c r="AE103" s="1"/>
     </row>
     <row r="104" spans="1:31">
       <c r="A104" s="1" t="s">
         <v>1052</v>
       </c>
@@ -10961,51 +10961,51 @@
         <v>152</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="R104" s="1"/>
       <c r="S104" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="T104" s="1" t="s">
         <v>365</v>
       </c>
       <c r="U104" s="1" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="V104" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W104" s="1" t="s">
         <v>82</v>
       </c>
       <c r="X104" s="1" t="s">
         <v>985</v>
       </c>
       <c r="Y104" s="1" t="s">
         <v>132</v>
       </c>
       <c r="Z104" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="AA104" s="1"/>
       <c r="AB104" s="1"/>
       <c r="AC104" s="1"/>
       <c r="AD104" s="1"/>
       <c r="AE104" s="1"/>
     </row>
     <row r="105" spans="1:31">
       <c r="A105" s="1" t="s">
         <v>1058</v>
@@ -11089,51 +11089,51 @@
         <v>152</v>
       </c>
       <c r="I106" s="1"/>
       <c r="J106" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="R106" s="1"/>
       <c r="S106" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="T106" s="1" t="s">
         <v>365</v>
       </c>
       <c r="U106" s="1" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="V106" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W106" s="1" t="s">
         <v>82</v>
       </c>
       <c r="X106" s="1"/>
       <c r="Y106" s="1"/>
       <c r="Z106" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="AA106" s="1"/>
       <c r="AB106" s="1"/>
       <c r="AC106" s="1"/>
       <c r="AD106" s="1"/>
       <c r="AE106" s="1"/>
     </row>
     <row r="107" spans="1:31">
       <c r="A107" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>44</v>
       </c>