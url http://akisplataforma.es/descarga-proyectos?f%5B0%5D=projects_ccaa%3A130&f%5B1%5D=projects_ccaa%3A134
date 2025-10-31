--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -6399,75 +6399,75 @@
   <si>
     <t>Organización Interprofesional Láctea (INLAC)|Zeulab S.L.|Fundación Centro Tecnológico Agroalimentario de Lugo (CETAL)|Novadays S.L.|Aula de Productos Lácteos y Tecnologías Alimentaria (APLTA) de la Universidad de Santiago de Compostela (USC)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Fundació eurecatEmail coordinador/entidad: fernando.porcel@eurecat.org</t>
   </si>
   <si>
     <t>Aragón|Cataluña|Madrid, Comunidad de</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
   </si>
   <si>
     <t>Grupo Operativo: El vergel como modelo de producción agroalimentaria de alta resiliencia climática y generador de biodiversidad</t>
   </si>
   <si>
     <t>Los trabajos a desarrollar en el Grupo Operativo son: Formalización del acuerdo entre socios; análisis DAFO para la aplicación del modelo en la Sierra Norte de Madrid.Realización de eventos de difusión del GOP para la captación de nuevos socios y encuentros con otros GOP para intercambio de experiencias. Identificación y estudio de las fincas de ensayo; formación interna de los miembros del GOP.Redacción de la memoria del proyecto, analizar la viabilidad de un modelo de vergel agroecológico como sistema productivo multifuncional de alta resiliencia climática, en el que se integren las funciones de formación, sensibilización ambiental y agroturismo.</t>
   </si>
   <si>
     <t>Asociación EnRama</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación EnRamaEmail coordinador/entidad: aran@enrama.org</t>
   </si>
   <si>
+    <t>Grupo Operativo: Digitalización de circuitos cortos de comercialización agrolimentarios en frutas y hortalizas</t>
+  </si>
+  <si>
+    <t>Este grupo operativo concibe la creación de una canal corto online de compra y venta de productos hortofrutícolas, como un canal de comercialización complementario al tradicional. Este canal corto online se caracteriza por poner en contacto directo a los dos extremos de la cadena agroalimentaria: productores y clientes. La consecuencia directa es fácil de vislumbrar. Al ahorrar los costes de intermediación en el canal corto online conseguimos que esos costes repercutan en los dos extremos de la cadena de forma directa: por un lado los productores tienen una mayor renta agraria por sus productos, y por el otro, los consumidores consiguen una mayor calidad en los productos que compran.</t>
+  </si>
+  <si>
+    <t>Identificar los actores de mínima intermediación necesarios e imprescindibles para diseñar un canal corto de distribución de frutas y hortalizas que use el modelo de Agroboca y permita a todos los productores acceder directamente a los distintos escalones de la cadena de comercialización con mayor calidad y valor añadido usando herramientas digitales.</t>
+  </si>
+  <si>
+    <t>Agroboca S.L</t>
+  </si>
+  <si>
+    <t>Frutos Los Pisaos|Cooperativa Agra|CREDA</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Agroboca S.LEmail coordinador/entidad: jl.fernandez@agroboca.com</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Regadío|Canales cortos o alternativos de comercialización</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Disponibilidad de medicamentos veterinarios y productos zoosanitarios en especies menores</t>
   </si>
   <si>
     <t>Este Grupo Operativo busca la implementación de tecnologías e innovaciones en materia de productos zoosanitarios que permitan mejorar la situación de falta de disponibilidad de herramientas preventivas y terapéuticas para las enfermedades animales que afectan a los sectores o especies menores como el ovino/caprino, apicultura, avicultura de puesta y cunicultura y resistencias antibioticos. </t>
-  </si>
-[...19 lines deleted...]
-    <t>Gestión de explotaciones|Regadío|Canales cortos o alternativos de comercialización</t>
   </si>
   <si>
     <t>Grupo Operativo Vigiasan: Vigilancia Epidemiológica y transferencia: detección de enfermedades en porcino y bovino</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende identificar tecnologías e innovaciones en materia de vigilancia en ganado porcino y bovino (extrapolable a otras especies) para monitorizar cambios en diferentes parámetros para el control de enfermedades, minimizar el impacto económico, garantizar un elevado nivel de salud, bienestar animal y salud pública. También se pretende poner en marcha metodologías de recolección de datos en una población de manera sistemática y continua, para su análisis e interpretación.</t>
   </si>
   <si>
     <t>Sanidad y bienestar animal|Digitalización e innovación|Investigación</t>
   </si>
   <si>
     <t>Grupo Operativo SENSOLIVE-OIL: Análisis instrumental complemento al panel test</t>
   </si>
   <si>
     <t>El Grupo Operativo SENSOLIVE_OIL nació para dar paso a la transferencia de la innovación al sector del proyecto que hace siete años pusieron en marcha la Organización Interprofesional del Aceite de Oliva Español, el Gobierno de España y la Junta de Andalucía, para buscar nuevas tecnologías complementarias el panel test a la hora de clasificar comercialmente los aceites de oliva vírgenes. Un método instrumental sólido y fácilmente estandarizable para que cualquier empresa tenga acceso a su implantación. Todos estos años de trabajo han servido para que el Campus de Excelencia Internacional Agroalimentario ceiA3, grupos de investigación de la Universidad de Córdoba y de la Universidad de Granada identificaran tecnologías muy prometedoras y desarrollaran modelos que, partiendo de las señales instrumentales, ayuden a la clasificación de los aceites de oliva vírgenes: la cromatografía de gases acoplada a espectrometría de masas y la cromatografía de gases acoplada a espectrometría de movilidad iónica.</t>
   </si>
   <si>
     <t>Las actividades que realiza son: Implementar las tecnologías a nivel empresarial. Validación oficial de las mismas. Reforzar el papel de las organizaciones interprofesionales así como el de otras entidades asociativas de productores.</t>
   </si>
   <si>
     <t>Este Grupo Operativo plantea un proyecto para mejorar la competitividad de los productores apoyando los sistemas de control de calidad, complementando al método analítico: Panel Test, en los aceites de oliva vírgenes mediante tecnologías instrumentales. Todo ello con el objetivo de generar un valor añadido en el aceite de oliva. </t>
   </si>
   <si>
     <t>Organización Interprofesional del Aceite de Oliva Español</t>
   </si>
@@ -21889,149 +21889,149 @@
       <c r="X214" s="1"/>
       <c r="Y214" s="1"/>
       <c r="Z214" s="1" t="s">
         <v>872</v>
       </c>
       <c r="AA214" s="1"/>
       <c r="AB214" s="1"/>
       <c r="AC214" s="1"/>
       <c r="AD214" s="1"/>
       <c r="AE214" s="1"/>
     </row>
     <row r="215" spans="1:31">
       <c r="A215" s="1" t="s">
         <v>2127</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C215" s="1"/>
       <c r="D215" s="1"/>
       <c r="E215" s="1">
         <v>2018</v>
       </c>
       <c r="F215" s="1"/>
       <c r="G215" s="1">
-        <v>6097171</v>
+        <v>588146</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>51</v>
       </c>
       <c r="I215" s="1"/>
       <c r="J215" s="1" t="s">
         <v>2128</v>
       </c>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
-      <c r="N215" s="1"/>
+      <c r="N215" s="1" t="s">
+        <v>2129</v>
+      </c>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1" t="s">
-        <v>1424</v>
-[...1 lines deleted...]
-      <c r="R215" s="1"/>
+        <v>2130</v>
+      </c>
+      <c r="R215" s="1" t="s">
+        <v>2131</v>
+      </c>
       <c r="S215" s="1" t="s">
-        <v>1425</v>
+        <v>2132</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>58</v>
       </c>
       <c r="U215" s="1" t="s">
         <v>157</v>
       </c>
       <c r="V215" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W215" s="1"/>
-      <c r="X215" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X215" s="1"/>
       <c r="Y215" s="1"/>
       <c r="Z215" s="1" t="s">
-        <v>1960</v>
+        <v>2133</v>
       </c>
       <c r="AA215" s="1"/>
       <c r="AB215" s="1"/>
       <c r="AC215" s="1"/>
       <c r="AD215" s="1"/>
       <c r="AE215" s="1"/>
     </row>
     <row r="216" spans="1:31">
       <c r="A216" s="1" t="s">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C216" s="1"/>
       <c r="D216" s="1"/>
       <c r="E216" s="1">
         <v>2018</v>
       </c>
       <c r="F216" s="1"/>
       <c r="G216" s="1">
-        <v>588146</v>
+        <v>6097171</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>51</v>
       </c>
       <c r="I216" s="1"/>
       <c r="J216" s="1" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
-      <c r="N216" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1" t="s">
-        <v>2132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1424</v>
+      </c>
+      <c r="R216" s="1"/>
       <c r="S216" s="1" t="s">
-        <v>2134</v>
+        <v>1425</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>58</v>
       </c>
       <c r="U216" s="1" t="s">
         <v>157</v>
       </c>
       <c r="V216" s="1" t="s">
         <v>44</v>
       </c>
       <c r="W216" s="1"/>
-      <c r="X216" s="1"/>
+      <c r="X216" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="Y216" s="1"/>
       <c r="Z216" s="1" t="s">
-        <v>2135</v>
+        <v>1960</v>
       </c>
       <c r="AA216" s="1"/>
       <c r="AB216" s="1"/>
       <c r="AC216" s="1"/>
       <c r="AD216" s="1"/>
       <c r="AE216" s="1"/>
     </row>
     <row r="217" spans="1:31">
       <c r="A217" s="1" t="s">
         <v>2136</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>842</v>
       </c>
       <c r="D217" s="1"/>
       <c r="E217" s="1">
         <v>2018</v>
       </c>
       <c r="F217" s="1">
         <v>2018</v>
       </c>
       <c r="G217" s="1">