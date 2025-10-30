--- v0 (2025-10-30)
+++ v1 (2025-10-30)
@@ -1487,81 +1487,81 @@
   <si>
     <t>Ideya red profesional S.L L</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Ideya red profesional S.L LEmail coordinador/entidad: jruiz@ideyared.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Biodiversidad, naturaleza, paisaje y gestión de tierras|Energía, clima, servicios ambientales y medio ambiente|Formación, demostración y asesoramiento</t>
   </si>
   <si>
     <t>Grupo Operativo: Identificación molecular para mejorar la calidad en variedades vegetales</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende idear, diseñar y redactar un Proyecto Innovador para su ejecución en el ámbito de la mejora de la calidad y la protección varietal. La idea principal de dicho proyecto es desarrollar un método basado en marcadores SNP que permita la identificación de variedades en los cultivos más importantes en España, universal para todos los cultivos, que presente unos altos niveles de resolución y que sea capaz de reproducirse. Establecer, armonizar y coordinar los esfuerzos que en materia de evaluación de variedades han sido llevados a cabo en España por institutos de investigación.</t>
   </si>
   <si>
     <t>Asociación nacional de obtentores vegetales</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación nacional de obtentores vegetalesEmail coordinador/entidad: administracion@anove.es</t>
   </si>
   <si>
     <t>Mejora genética</t>
   </si>
   <si>
+    <t>Grupo Operativo: Disponibilidad de medicamentos veterinarios y productos zoosanitarios en especies menores</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo busca la implementación de tecnologías e innovaciones en materia de productos zoosanitarios que permitan mejorar la situación de falta de disponibilidad de herramientas preventivas y terapéuticas para las enfermedades animales que afectan a los sectores o especies menores como el ovino/caprino, apicultura, avicultura de puesta y cunicultura y resistencias antibioticos. </t>
+  </si>
+  <si>
+    <t>Ovino y caprino</t>
+  </si>
+  <si>
+    <t>Sanidad y bienestar animal</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Digitalización de circuitos cortos de comercialización agrolimentarios en frutas y hortalizas</t>
   </si>
   <si>
     <t>Este grupo operativo concibe la creación de una canal corto online de compra y venta de productos hortofrutícolas, como un canal de comercialización complementario al tradicional. Este canal corto online se caracteriza por poner en contacto directo a los dos extremos de la cadena agroalimentaria: productores y clientes. La consecuencia directa es fácil de vislumbrar. Al ahorrar los costes de intermediación en el canal corto online conseguimos que esos costes repercutan en los dos extremos de la cadena de forma directa: por un lado los productores tienen una mayor renta agraria por sus productos, y por el otro, los consumidores consiguen una mayor calidad en los productos que compran.</t>
   </si>
   <si>
     <t>Identificar los actores de mínima intermediación necesarios e imprescindibles para diseñar un canal corto de distribución de frutas y hortalizas que use el modelo de Agroboca y permita a todos los productores acceder directamente a los distintos escalones de la cadena de comercialización con mayor calidad y valor añadido usando herramientas digitales.</t>
   </si>
   <si>
     <t>Agroboca S.L</t>
   </si>
   <si>
     <t>Frutos Los Pisaos|Cooperativa Agra|CREDA</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Agroboca S.LEmail coordinador/entidad: jl.fernandez@agroboca.com</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Regadío|Canales cortos o alternativos de comercialización</t>
-  </si>
-[...10 lines deleted...]
-    <t>Sanidad y bienestar animal</t>
   </si>
   <si>
     <t>Grupo Operativo Vigiasan: Vigilancia Epidemiológica y transferencia: detección de enfermedades en porcino y bovino</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende identificar tecnologías e innovaciones en materia de vigilancia en ganado porcino y bovino (extrapolable a otras especies) para monitorizar cambios en diferentes parámetros para el control de enfermedades, minimizar el impacto económico, garantizar un elevado nivel de salud, bienestar animal y salud pública. También se pretende poner en marcha metodologías de recolección de datos en una población de manera sistemática y continua, para su análisis e interpretación.</t>
   </si>
   <si>
     <t>Sanidad y bienestar animal|Digitalización e innovación|Investigación</t>
   </si>
   <si>
     <t>Grupo Operativo PFORCA: Fomento de la producción de forrajes en Gran Canaria</t>
   </si>
   <si>
     <t>Creación del Grupo Operativo para el fomento de la producción de forrajes en Gran Canaria (octubre 2017). </t>
   </si>
   <si>
     <t>Su objetivo general es lograr la consecución de los objetivos detallados en el Plan Forrajero de Gran Canaria: Aumentar la producción forrajera, incrementando la superficie destinada al cultivo y el rendimiento económico de las explotaciones. Disminuir la dependencia del exterior para el abastecimiento de forrajes en Gran Canaria. Sostener la producción de un forraje de calidad, en las explotaciones agrarias y en los sistemas agropastoriles tradicionales. Facilitar la entrada en el sector agrario de agricultores adecuadamente formados, y en particular el relevo generacional. Mejorar la tecnificación de todo el proceso productivo de forrajes. Establecer un catálogo de especies forrajeras, tanto de variedades locales como introducidas, caracterizadas desde el punto de vista agronómico y de rendimiento, valorando económicamente los costes de producción en función de las características intrínsecas del cultivo, emplazamiento geográfico y condiciones particulares de la explotación agraria. Estudiar y divulgar la composición botánica de los sistemas agrosilvopastoriles, estableciendo propuestas de mejorar su composición y/o calidad.Estudiar y divulgar las técnicas de procesado y almacenamiento de los distintos forrajes que se pueden cultivar en Gran Canaria.</t>
   </si>
   <si>
     <t>Pooji Khemlani</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Pooji KhemlaniEmail coordinador/entidad: pooji.projectmanager@gmail.com</t>
   </si>
@@ -5561,146 +5561,146 @@
       <c r="X55" s="1"/>
       <c r="Y55" s="1"/>
       <c r="Z55" s="1" t="s">
         <v>490</v>
       </c>
       <c r="AA55" s="1"/>
       <c r="AB55" s="1"/>
       <c r="AC55" s="1"/>
       <c r="AD55" s="1"/>
       <c r="AE55" s="1"/>
     </row>
     <row r="56" spans="1:31">
       <c r="A56" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1">
         <v>2018</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1">
-        <v>588146</v>
+        <v>6097171</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1" t="s">
         <v>492</v>
       </c>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
-      <c r="N56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="R56" s="1"/>
       <c r="S56" s="1" t="s">
-        <v>496</v>
+        <v>295</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>44</v>
       </c>
       <c r="U56" s="1" t="s">
         <v>56</v>
       </c>
       <c r="V56" s="1" t="s">
         <v>46</v>
       </c>
       <c r="W56" s="1"/>
-      <c r="X56" s="1"/>
+      <c r="X56" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="Y56" s="1"/>
       <c r="Z56" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="AA56" s="1"/>
       <c r="AB56" s="1"/>
       <c r="AC56" s="1"/>
       <c r="AD56" s="1"/>
       <c r="AE56" s="1"/>
     </row>
     <row r="57" spans="1:31">
       <c r="A57" s="1" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1">
         <v>2018</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1">
-        <v>6097171</v>
+        <v>588146</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
-      <c r="N57" s="1"/>
+      <c r="N57" s="1" t="s">
+        <v>497</v>
+      </c>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="R57" s="1"/>
+        <v>498</v>
+      </c>
+      <c r="R57" s="1" t="s">
+        <v>499</v>
+      </c>
       <c r="S57" s="1" t="s">
-        <v>295</v>
+        <v>500</v>
       </c>
       <c r="T57" s="1" t="s">
         <v>44</v>
       </c>
       <c r="U57" s="1" t="s">
         <v>56</v>
       </c>
       <c r="V57" s="1" t="s">
         <v>46</v>
       </c>
       <c r="W57" s="1"/>
-      <c r="X57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X57" s="1"/>
       <c r="Y57" s="1"/>
       <c r="Z57" s="1" t="s">
         <v>501</v>
       </c>
       <c r="AA57" s="1"/>
       <c r="AB57" s="1"/>
       <c r="AC57" s="1"/>
       <c r="AD57" s="1"/>
       <c r="AE57" s="1"/>
     </row>
     <row r="58" spans="1:31">
       <c r="A58" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="1">
         <v>2018</v>
       </c>
       <c r="F58" s="1">