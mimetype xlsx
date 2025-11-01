--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -2531,240 +2531,240 @@
   <si>
     <t>Asimov efficiency, S.L</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asimov efficiency, S.LEmail coordinador/entidad: ricardo.veira@easimov.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Energía, clima, servicios ambientales y medio ambiente|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Competitividad y nuevos modelos de negocio|Digitalización e innovación</t>
   </si>
   <si>
     <t>Grupo Operativo APITOX: Implementar mejoras técnicas-innovadoras en el sector apícola para aumentar la rentabilidad del sector</t>
   </si>
   <si>
     <t>Nuestro Grupo Operativo estudia la optimización de los diferentes mé todos de extracción del veneno de abeja. En su ámbito de trabajo también se estudia y se optimiza los diferentes métodos de conserva ción del veneno de abeja. Para salvaguardar y proteger sus propiedades y así obtener un producto de alta calidad. Se analizan los costes de este tipo de procesos y sus diferentes variaciones técnico-económica, dependiendo de las técnicas y procesos a seguir. La recogida y gestión del veneno de abeja para su posterior uso en dife rentes industrias (farmacéutica, cosmética, médica), puede ser una fuente de ingresos adicionales en las explotaciones apícolas españolas aumentan do la rentabilidad de las mismas y diversificando el negocio apícola.Este Grupo Operativo busca implementar mejoras técnicas e innovadoras en el subsector apícola para aumentar la rentabilidad de las explotaciones. Se busca mejorar en la obtención y conservación de veneno de abeja con la implantación de las mejores técnicas disponibles y combinación de estas con otras aplicaciones del ámbito de trabajo práctico.</t>
   </si>
   <si>
     <t>Nuestro Grupo Operativo quiere abordar los siguientes problemas técni co-económicos del sector apícola:a) Aumentar la rentabilidad de las explotaciones apícolas. b) Optimizar la obtención del veneno de abeja. c)Perfeccionar la conservación y comercialización del veneno de abeja</t>
   </si>
   <si>
     <t>ENBA-Vizcaya|MQB!</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Biodiversidad, naturaleza, paisaje y gestión de tierras|Competitividad y nuevos modelos de negocio|Economía, gestión financiera y fiscal|Digitalización e innovación</t>
   </si>
   <si>
+    <t>Grupo Operativo: Plataforma de transferencia de conocimientos e innovación en riego 2.0</t>
+  </si>
+  <si>
+    <t>La capacitación de personal agrícola y la introducción de nuevas técnicas, tecnologías y cultivos en las explotaciones agrarias son necesarias para enfrentarse a los continuos cambios del sector. Por ello, este Grupo Operativo, pretende mejorar la capacitación del agricultor y de esta forma, se mejorará la competitividad de los cultivos, y en particular, de la agricultura de regadíos en España. Este Grupo Operativo realiza acciones innovadoras de transferencia dentro del marco de la plataforma digital para la transferencia de conocimientos e innovación en el medio rural en materia de riego sostenible, dirigidas a la capacitación del agricultor para la mejora de la competitividad de los cultivos y explotaciones agrarias. La transferencia de conocimiento se realizará a través de la plataforma digital denominada Universidad del riego.</t>
+  </si>
+  <si>
+    <t>Involucrar en la transferencia a la comunidad científica innovadora.Disponer de una plataforma digital que permita la formación online bonificada y subvencionada para los agricultores, profesionales y empresas del sector.Definir nuevas actividades de transferencia tanto en la plataforma como presenciales en todo el territorio nacional.</t>
+  </si>
+  <si>
+    <t>Audit  Irrigation Sociedad Limitada</t>
+  </si>
+  <si>
+    <t>ASAJA|IFAPA|FENACORE|IRIAF|Instituto de Agricultura Sostenible|Rivulis Eurodrip</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Audit Irrigation Sociedad LimitadaEmail coordinador/entidad: helena.cuartero@universidadderiego.com</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Red de innovación y transferencia en cultivos extensivos</t>
   </si>
   <si>
     <t>El Grupo Operativo quiere formalizar una estructura de trabajo estable que contribuya a la transferencia de conocimiento y a la aplicación de innovación en la producción de cultivos extensivos.</t>
   </si>
   <si>
     <t>Fundación Parque Científico Aula DEI</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Fundación Parque Científico Aula DEIEmail coordinador/entidad: jcarnal@pctad.com</t>
   </si>
   <si>
     <t>Digitalización e innovación|Formación, demostración y asesoramiento|Innovación social</t>
   </si>
   <si>
-    <t>Grupo Operativo: Plataforma de transferencia de conocimientos e innovación en riego 2.0</t>
-[...16 lines deleted...]
-  <si>
     <t>Grupo Operativo: Mejora de la calidad de la manzana Golden Valdejalón</t>
   </si>
   <si>
     <t>El Grupo Operativo ha llevado a cabo el análisis, estudio y puesta en marcha de parcelas de ensayo para nuevas técnicas. Para ello ha procedido a la fertilización foliar con calcio desarrollada por el grupo de NCF (EEAD-CSIC), al uso de productos comerciales que mejoren el color, a la defoliación del árbol días previos a cosecha, así como a la aplicación de nuevas tecnologías de post-cosecha.</t>
   </si>
   <si>
     <t>El objetivo de este Grupo Operativo es optimizar la aplicación de diversas técnicas culturales y de poscosecha que han demostrado mejorar la calidad del fruto como el color y/o la textura, incluyendo su vida útil post-cosecha.</t>
   </si>
   <si>
     <t>Estación Experimental de Aula DEI del CSIC | Jesús Val Falcón</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Estación Experimental de Aula DEI del CSIC | Jesús Val FalcónEmail coordinador/entidad: jesus.val@csic.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Digitalización e innovación</t>
   </si>
   <si>
+    <t>Grupo Operativo: Identificación y cuantificación de componentes lácteos empleados en la fabricación de los quesos de mezcla</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo nace con la intención de diseñar metodologías y técnicas analíticas para identificar y cuantificar los diferentes tipos de leche (oveja, cabra, vaca) empleados en la elaboración de los quesos mezcla. Entre sus acciones están investigar las variables tanto relativas a la composición como a los distintos procesos de fabricación que puedan afectar a dicha cuantificación en los quesos mezcla existentes en el mercado.</t>
+  </si>
+  <si>
+    <t>Centro Tecnológico de Cataluña (EURECAT)</t>
+  </si>
+  <si>
+    <t>Organización Interprofesional Láctea (INLAC)|Zeulab S.L.|Fundación Centro Tecnológico Agroalimentario de Lugo (CETAL)|Novadays S.L.|Aula de Productos Lácteos y Tecnologías Alimentaria (APLTA) de la Universidad de Santiago de Compostela (USC)</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Fundació eurecatEmail coordinador/entidad: fernando.porcel@eurecat.org</t>
+  </si>
+  <si>
+    <t>Aragón|Cataluña|Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Bovino|Ovino y caprino</t>
+  </si>
+  <si>
+    <t>Productos lácteos</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Innovación en Producción de nuez autóctona de calidad</t>
   </si>
   <si>
     <t>Este Grupo Operativo persigue proporcionar medios innovadores a los sectores nacionales productores de nueces de calidad diferenciada, de variedades autóctonas, para competir frente a nueces foráneas, producidas industrialmente y con inferior calidad bromatológica. </t>
   </si>
   <si>
     <t>Asociación de la Nuez de Nerpio</t>
   </si>
   <si>
     <t>Ingeniería agroambiental y desarrollo rural CARNA sociedad limitada profesional|Asociación de Nuez de Pedroso|TECNOFFOOD I+D SOLUCIONES S.L.|GAL Sierra del Segura|CEIP-Rural Centro Europeo de Información y Promoción del Medio Rural|Ayuntamiento de Nerpio|Ayuntamiento de Pedroso</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Ingeniería agroambiental y desarrollo rural CARNA sociedad limitada profesionalEmail coordinador/entidad: carna@carna.es</t>
   </si>
   <si>
     <t>Aragón|Cantabria|Castilla - La Mancha|Rioja, La</t>
   </si>
   <si>
-    <t>Grupo Operativo: Identificación y cuantificación de componentes lácteos empleados en la fabricación de los quesos de mezcla</t>
-[...25 lines deleted...]
-  <si>
     <t>Grupo Operativo: Adaptación del sector de frutales de hueso al cambio climático</t>
   </si>
   <si>
     <t>https://cambioclimaticofrutadehueso.es</t>
   </si>
   <si>
     <t>Diseño, desarrollo, evaluación y aplicación de acciones para sistemas integrados de adaptación del sector de frutal de hueso al cambio climático.</t>
   </si>
   <si>
     <t>Identificación y caracterización de áreas y zonas agroclimáticas específicas, idóneas para el cultivo eficiente y sostenible de las orientaciones productivas de frutales de hueso.Identificación y caracterización de grupos varietales y variedades singulares de frutales de hueso adecuadas para su implantación y cultivo en las áreas y zonas idóneas.Diseño, desarrollo, validación experimental y optimización de métodos y prácticas singulares de cultivo, eficientes y sostenibles.Desarrollo de un sistema integrado de evaluación agronómica y agroeconómica.Desarrollo de un Sistema de Información, Asesoramiento y Apoyo a la Decisión (SIAD).</t>
   </si>
   <si>
     <t>Grupo Frutaria S.A.|Frutas Esther S.A.|El Ciruelo S.L.|Desarrollo Agrícola y Minero S.A.(DAYMSA)|NSure|Valagro Iberia S.L.|Whidoc Smart Solutions S.L.</t>
   </si>
   <si>
     <t>Federación de Cooperativas Agrariasde Murcia (FECOAM)|Anecoop S.Coop.|Fundación Universidad Empresa dela Región de Murcia (FUERM)|Cooperatives Agroalimentaries ComunitatValenciana|Centro de Edafología y Biología aplicadadel Segura de la Agencia EstatalConsejo Superior de InvestigacionesCientíficas (CEBAS-CSIC)|Instituto Murciano de Investigacióny Desarrollo Agrario Alimentario(IMIDA)|Business Intelligence Tecnology(BITEC)|Basol Fruit S.L.</t>
   </si>
   <si>
     <t>Fundación Cajamar</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Federación de cooperativas agrarias de MurciaEmail coordinador/entidad: fecoam@fecoam.es</t>
   </si>
   <si>
     <t>Andalucía|Aragón|Castilla - La Mancha|Comunitat Valenciana|Extremadura|Murcia, Región de</t>
   </si>
   <si>
     <t>https://twitter.com/ccfrutahueso|https://www.facebook.com/Cambio-Clim%C3%A1tico-Fruta-de-Hueso-108858337552642|https://www.instagram.com/cambio_climatico_fruta_hueso/|https://youtu.be/oRdCLEYaMo0|https://youtu.be/uu_-L4VVXOc|https://youtu.be/v_RdXQhgp38|https://youtu.be/fgvq6wuU-7g|https://youtu.be/0-8wUc6BKgw|https://youtu.be/R9OnMrgVvYQ</t>
   </si>
   <si>
     <t>Grupo Operativo Vigiasan: Vigilancia Epidemiológica y transferencia: detección de enfermedades en porcino y bovino</t>
   </si>
   <si>
     <t>Este Grupo Operativo pretende identificar tecnologías e innovaciones en materia de vigilancia en ganado porcino y bovino (extrapolable a otras especies) para monitorizar cambios en diferentes parámetros para el control de enfermedades, minimizar el impacto económico, garantizar un elevado nivel de salud, bienestar animal y salud pública. También se pretende poner en marcha metodologías de recolección de datos en una población de manera sistemática y continua, para su análisis e interpretación.</t>
   </si>
   <si>
+    <t>Grupo Operativo SENSOLIVE-OIL: Análisis instrumental complemento al panel test</t>
+  </si>
+  <si>
+    <t>El Grupo Operativo SENSOLIVE_OIL nació para dar paso a la transferencia de la innovación al sector del proyecto que hace siete años pusieron en marcha la Organización Interprofesional del Aceite de Oliva Español, el Gobierno de España y la Junta de Andalucía, para buscar nuevas tecnologías complementarias el panel test a la hora de clasificar comercialmente los aceites de oliva vírgenes. Un método instrumental sólido y fácilmente estandarizable para que cualquier empresa tenga acceso a su implantación. Todos estos años de trabajo han servido para que el Campus de Excelencia Internacional Agroalimentario ceiA3, grupos de investigación de la Universidad de Córdoba y de la Universidad de Granada identificaran tecnologías muy prometedoras y desarrollaran modelos que, partiendo de las señales instrumentales, ayuden a la clasificación de los aceites de oliva vírgenes: la cromatografía de gases acoplada a espectrometría de masas y la cromatografía de gases acoplada a espectrometría de movilidad iónica.</t>
+  </si>
+  <si>
+    <t>Las actividades que realiza son: Implementar las tecnologías a nivel empresarial. Validación oficial de las mismas. Reforzar el papel de las organizaciones interprofesionales así como el de otras entidades asociativas de productores.</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo plantea un proyecto para mejorar la competitividad de los productores apoyando los sistemas de control de calidad, complementando al método analítico: Panel Test, en los aceites de oliva vírgenes mediante tecnologías instrumentales. Todo ello con el objetivo de generar un valor añadido en el aceite de oliva. </t>
+  </si>
+  <si>
+    <t>Organización Interprofesional del Aceite de Oliva Español</t>
+  </si>
+  <si>
+    <t>Campus de Excelencia Internacional Agroalimentario (ceiA3)|Universidad de Granada|Dcoop|Sovena|Deoleo</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Org. Interprofesional del aceite de oliva españolEmail coordinador/entidad: t.perez@interprofesionaldelaceitedeoliva.com</t>
+  </si>
+  <si>
+    <t>Andalucía|Aragón|Castilla y León|Cataluña|Extremadura|Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Leñosos|Olivar</t>
+  </si>
+  <si>
+    <t>Aceites y grasas</t>
+  </si>
+  <si>
+    <t>Gestión de explotaciones|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Higiene, nutrición y seguridad alimentaria|Digitalización e innovación</t>
+  </si>
+  <si>
+    <t>https://www.asaja.com/files/sectoriales/27092021114935_Triptico%20VF%20237552.pdf|https://www.youtube.com/watch?v=G-7L1yFmrWw|https://www.youtube.com/watch?v=CK9KDE4HOrs&amp;pp=ygUNc2Vuc29saXZlX29pbA%3D%3D|https://www.youtube.com/watch?v=C4F4ef6jox0</t>
+  </si>
+  <si>
     <t>Grupo Operativo TECNIFRUIT: Diseño de soluciones tecnológicas para la monitorización de la calidad comercial de la fruta durante el ciclo logístico</t>
   </si>
   <si>
     <t>https://geezar.es/proyectos-recientemente-terminados/tecnifrut/</t>
   </si>
   <si>
     <t>Este Grupo Operativo tiene como objetivo la creación de la arquitectura de la futura plataforma de datos. Se pretende lograr contactos y avances en la integración de información de dispositivos y maquinaría de diferentes proveedores tecnológicos, establecer estrategias para reducir un 20% el desperdicio de fruta durante la cadena logística, extender la vida útil de los frutos aplicando soluciones tecnológicas y plantear un nuevo certificado de excelencia logística.</t>
   </si>
   <si>
     <t>Los dos objetivos principales del proyecto afectan directamente a las cuentas de resultados de los productores:Evaluación de las soluciones tecnológicas que permiten mejorar los procesos en términos de reducción de pérdidas de producto (destríos) y deterioros de calidad. Creación de los procedimientos hacia un Sello de Calidad Logística e impulsión de dicho Sello desde el lado de la demanda, incrementando la percepción del valor añadido y por ende los beneficios de los productores.</t>
   </si>
   <si>
     <t>Geezar Soluciones  .SL</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Geezar Soluciones  .SLEmail coordinador/entidad: info@geezar.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Maquinaria|Sanidad vegetal y fitosanitarios|Calidad diferenciada, etiquetado, trazabilidad y adaptación a las demandas del consumidor|Competitividad y nuevos modelos de negocio|Digitalización e innovación</t>
   </si>
   <si>
     <t>https://www.facebook.com/tics4fruit/</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://www.asaja.com/files/sectoriales/27092021114935_Triptico%20VF%20237552.pdf|https://www.youtube.com/watch?v=G-7L1yFmrWw|https://www.youtube.com/watch?v=CK9KDE4HOrs&amp;pp=ygUNc2Vuc29saXZlX29pbA%3D%3D|https://www.youtube.com/watch?v=C4F4ef6jox0</t>
   </si>
   <si>
     <t>Grupo Operativo PROMINIFUN: Modelos de gestión innovadores para la mejora de la productividad en áreas de minifundio</t>
   </si>
   <si>
     <t>https://minifundio.es/</t>
   </si>
   <si>
     <t>PROMINIFUN promueve el diseño de nuevos modelos de gestión y de propuestas para la revalorización de superficies productivas po tenciales.</t>
   </si>
   <si>
     <t>El objetivo general es la recuperación, puesta en valor y dinamización de las áreas de minifundio en el medio rural forestal mediante el desarrollo de soluciones innovadoras en la gestión del territorio que permitan solucionar los problemas derivados del abandono del mismo. Objetivos específicos:Proporcionar soluciones en el ámbito de la gestión que permitan recuperar la potencialidad productiva del territorio.Establecer propuestas para mejorar la accesibilidad a la gestión de la propiedad.</t>
   </si>
   <si>
     <t>Fundación Centro de Servicios y Pro moción Forestal y de su Industria de  Castilla y León (CESEFOR)|Confederación de Organizaciones de Selvicultores de España (COSE)|Federación de Asociaciones Foresta les de Castilla y León (FAFCYLE)|Asociación Profesional de Ingenieros de Montes al Servicio de la Hacienda Pública (APIMHP)|Agresta Sociedad Cooperativa|Fora Forest Technologies S.L.L.| Universidad de Vigo (UVigo)</t>
   </si>
   <si>
     <t>Universidad de Extremadura (UEX)|Asociación Forestal de León (ASFOLE)|Asociación Forestal de Zamora (ASFOZA)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: CESEFOREmail coordinador/entidad: pablo.sabin@cesefor.com</t>
   </si>
   <si>
     <t>Aragón|Asturias, Principado de|Cantabria|Castilla y León|Castilla - La Mancha|Extremadura|Galicia|Madrid, Comunidad de|Navarra, Comunidad Foral de</t>
   </si>
@@ -8954,151 +8954,151 @@
       </c>
       <c r="W84" s="1"/>
       <c r="X84" s="1" t="s">
         <v>442</v>
       </c>
       <c r="Y84" s="1"/>
       <c r="Z84" s="1" t="s">
         <v>838</v>
       </c>
       <c r="AA84" s="1"/>
       <c r="AB84" s="1"/>
       <c r="AC84" s="1"/>
       <c r="AD84" s="1"/>
       <c r="AE84" s="1"/>
     </row>
     <row r="85" spans="1:31">
       <c r="A85" s="1" t="s">
         <v>839</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1">
-        <v>11906</v>
+        <v>6401275</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I85" s="1"/>
       <c r="J85" s="1" t="s">
         <v>840</v>
       </c>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
-      <c r="N85" s="1"/>
+      <c r="N85" s="1" t="s">
+        <v>841</v>
+      </c>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="R85" s="1"/>
+        <v>842</v>
+      </c>
+      <c r="R85" s="1" t="s">
+        <v>843</v>
+      </c>
       <c r="S85" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>490</v>
+        <v>43</v>
       </c>
       <c r="U85" s="1" t="s">
-        <v>491</v>
+        <v>69</v>
       </c>
       <c r="V85" s="1" t="s">
         <v>45</v>
       </c>
       <c r="W85" s="1"/>
       <c r="X85" s="1"/>
       <c r="Y85" s="1"/>
       <c r="Z85" s="1" t="s">
-        <v>843</v>
+        <v>746</v>
       </c>
       <c r="AA85" s="1"/>
       <c r="AB85" s="1"/>
       <c r="AC85" s="1"/>
       <c r="AD85" s="1"/>
       <c r="AE85" s="1"/>
     </row>
     <row r="86" spans="1:31">
       <c r="A86" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1">
-        <v>6401275</v>
+        <v>11906</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
-      <c r="N86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="R86" s="1" t="s">
+      <c r="R86" s="1"/>
+      <c r="S86" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="S86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T86" s="1" t="s">
-        <v>43</v>
+        <v>490</v>
       </c>
       <c r="U86" s="1" t="s">
-        <v>69</v>
+        <v>491</v>
       </c>
       <c r="V86" s="1" t="s">
         <v>45</v>
       </c>
       <c r="W86" s="1"/>
       <c r="X86" s="1"/>
       <c r="Y86" s="1"/>
       <c r="Z86" s="1" t="s">
-        <v>746</v>
+        <v>849</v>
       </c>
       <c r="AA86" s="1"/>
       <c r="AB86" s="1"/>
       <c r="AC86" s="1"/>
       <c r="AD86" s="1"/>
       <c r="AE86" s="1"/>
     </row>
     <row r="87" spans="1:31">
       <c r="A87" s="1" t="s">
         <v>850</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1">
         <v>2018</v>
       </c>
       <c r="F87" s="1">
         <v>2020</v>
       </c>
       <c r="G87" s="1">
         <v>10160</v>
       </c>
@@ -9133,155 +9133,155 @@
       <c r="V87" s="1" t="s">
         <v>45</v>
       </c>
       <c r="W87" s="1"/>
       <c r="X87" s="1"/>
       <c r="Y87" s="1"/>
       <c r="Z87" s="1" t="s">
         <v>855</v>
       </c>
       <c r="AA87" s="1"/>
       <c r="AB87" s="1"/>
       <c r="AC87" s="1"/>
       <c r="AD87" s="1"/>
       <c r="AE87" s="1"/>
     </row>
     <row r="88" spans="1:31">
       <c r="A88" s="1" t="s">
         <v>856</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1">
-        <v>49300</v>
+        <v>5930502</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1" t="s">
         <v>857</v>
       </c>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1" t="s">
         <v>858</v>
       </c>
       <c r="R88" s="1" t="s">
         <v>859</v>
       </c>
       <c r="S88" s="1" t="s">
         <v>860</v>
       </c>
       <c r="T88" s="1" t="s">
         <v>43</v>
       </c>
       <c r="U88" s="1" t="s">
         <v>861</v>
       </c>
       <c r="V88" s="1" t="s">
         <v>45</v>
       </c>
       <c r="W88" s="1"/>
-      <c r="X88" s="1"/>
-      <c r="Y88" s="1"/>
+      <c r="X88" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="Y88" s="1" t="s">
+        <v>863</v>
+      </c>
       <c r="Z88" s="1" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="AA88" s="1"/>
       <c r="AB88" s="1"/>
       <c r="AC88" s="1"/>
       <c r="AD88" s="1"/>
       <c r="AE88" s="1"/>
     </row>
     <row r="89" spans="1:31">
       <c r="A89" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F89" s="1"/>
       <c r="G89" s="1">
-        <v>5930502</v>
+        <v>49300</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I89" s="1"/>
       <c r="J89" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="R89" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="S89" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="T89" s="1" t="s">
         <v>43</v>
       </c>
       <c r="U89" s="1" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="V89" s="1" t="s">
         <v>45</v>
       </c>
       <c r="W89" s="1"/>
-      <c r="X89" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="X89" s="1"/>
+      <c r="Y89" s="1"/>
       <c r="Z89" s="1" t="s">
-        <v>870</v>
+        <v>855</v>
       </c>
       <c r="AA89" s="1"/>
       <c r="AB89" s="1"/>
       <c r="AC89" s="1"/>
       <c r="AD89" s="1"/>
       <c r="AE89" s="1"/>
     </row>
     <row r="90" spans="1:31">
       <c r="A90" s="1" t="s">
         <v>871</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="1">
         <v>2017</v>
       </c>
       <c r="F90" s="1">
         <v>2017</v>
       </c>
       <c r="G90" s="1">
@@ -9386,164 +9386,164 @@
       </c>
       <c r="V91" s="1" t="s">
         <v>45</v>
       </c>
       <c r="W91" s="1"/>
       <c r="X91" s="1" t="s">
         <v>344</v>
       </c>
       <c r="Y91" s="1"/>
       <c r="Z91" s="1" t="s">
         <v>761</v>
       </c>
       <c r="AA91" s="1"/>
       <c r="AB91" s="1"/>
       <c r="AC91" s="1"/>
       <c r="AD91" s="1"/>
       <c r="AE91" s="1"/>
     </row>
     <row r="92" spans="1:31">
       <c r="A92" s="1" t="s">
         <v>883</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1">
         <v>2017</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1">
-        <v>4640</v>
+        <v>9900193</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I92" s="1"/>
       <c r="J92" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="K92" s="1"/>
+      <c r="L92" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="K92" s="1"/>
-      <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1" t="s">
         <v>886</v>
       </c>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="R92" s="1"/>
+      <c r="R92" s="1" t="s">
+        <v>888</v>
+      </c>
       <c r="S92" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>490</v>
+        <v>43</v>
       </c>
       <c r="U92" s="1" t="s">
-        <v>491</v>
+        <v>890</v>
       </c>
       <c r="V92" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="W92" s="1"/>
+      <c r="W92" s="1" t="s">
+        <v>891</v>
+      </c>
       <c r="X92" s="1"/>
-      <c r="Y92" s="1"/>
+      <c r="Y92" s="1" t="s">
+        <v>892</v>
+      </c>
       <c r="Z92" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="AA92" s="1"/>
       <c r="AB92" s="1"/>
       <c r="AC92" s="1"/>
       <c r="AD92" s="1" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="AE92" s="1"/>
     </row>
     <row r="93" spans="1:31">
       <c r="A93" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C93" s="1"/>
+      <c r="C93" s="1" t="s">
+        <v>896</v>
+      </c>
       <c r="D93" s="1"/>
       <c r="E93" s="1">
         <v>2017</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1">
-        <v>9900193</v>
+        <v>4640</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="K93" s="1"/>
-      <c r="L93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1" t="s">
-        <v>895</v>
-[...3 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="R93" s="1"/>
       <c r="S93" s="1" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>43</v>
+        <v>490</v>
       </c>
       <c r="U93" s="1" t="s">
-        <v>898</v>
+        <v>491</v>
       </c>
       <c r="V93" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="W93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W93" s="1"/>
       <c r="X93" s="1"/>
-      <c r="Y93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y93" s="1"/>
       <c r="Z93" s="1" t="s">
         <v>901</v>
       </c>
       <c r="AA93" s="1"/>
       <c r="AB93" s="1"/>
       <c r="AC93" s="1"/>
       <c r="AD93" s="1" t="s">
         <v>902</v>
       </c>
       <c r="AE93" s="1"/>
     </row>
     <row r="94" spans="1:31">
       <c r="A94" s="1" t="s">
         <v>903</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>904</v>
       </c>
       <c r="D94" s="1"/>
       <c r="E94" s="1">
         <v>2019</v>
       </c>