--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -1805,72 +1805,72 @@
   <si>
     <t>Fundación para las tecnologías auxiliares de la agricultura (Fundación Tecnova)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Fundación para las tecnologías auxiliares de la agricultura (Fundación Tecnova)Email coordinador/entidad: mcgalera@fundaciontecnova.com</t>
   </si>
   <si>
     <t>Grupo Operativo: Proyecto de innovación del castañar en el Parque Natural Sierra de Aracena y Picos de Aroche</t>
   </si>
   <si>
     <t>Creación de un Grupo Operativo con representación diversa y multidisciplinar de los agentes implicados en el sector del castañar que, de forma coordinada, actúe e innove en el castañar para mejorar la producción del mismo, de su fruto, su recolección, transformación y su red de comercialización, así como la extrapolación de resultados a otras zonas castañeras de la comunidad de Andalucía.</t>
   </si>
   <si>
     <t>Diagnosticar el estado actual y potencial del castañar: Actualizar el censo de distribución y superficie del cultivo. Analizar el estado fitosanitario del cultivo. Analizar la producción y la eficiencia productiva del castañar. Analizar la red de comercialización de la castaña y los productos elaborados. Evaluar los factores ambientales que afectan a la conservación del castañar y a la producción de castañas. Mejorar su recolección, producción, transformación y comercialización. Conseguir productos del castañar a lo largo de todo el proceso agroalimentario más competitivos con el menor impacto ambiental posible.Transformar el fruto en nuevos productos y apertura de nuevas vías de comercialización gastronómica. Mejorar la transferencia de conocimiento entre la comunidad científica y el sector productivo agroalimentario. Mediar entre los diferentes sectores sociales que mantienen intereses contrapuestos para mejorar su interrelación. Divulgación, Sensibilización y concienciación ambiental del proyecto.</t>
   </si>
   <si>
     <t>Asociación Forestal Sierra</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: Asociación Forestal SierraEmail coordinador/entidad: asociacionforestalsierra@gmail.com</t>
   </si>
   <si>
     <t>https://www.facebook.com/asociacionforestalsierra/|https://www.almonasterlareal.es/es/gobierno-abierto/datos-abiertos/destacados/La-Asociacion-Forestal-Sierra-presenta-un-proyecto-de-mejora-del-castanar-en-Almonaster</t>
   </si>
   <si>
+    <t>Grupo Operativo: Simulación de la sostenibilidad de explotaciones agrícolas</t>
+  </si>
+  <si>
+    <t>Este Grupo Operativo tiene por objetivo la implantación de las nuevas tecnologías en el medio agrario pone a disposición de los agricultores una gran cantidad de información difícil de gestionar por los responsables de las explotaciones. Este proyecto pretende desarrollar e implementar modelos predictivos de integración que permitan la toma de decisiones y avanzar hacia la sostenibilidad.</t>
+  </si>
+  <si>
+    <t>Ideya red profesional S.L L</t>
+  </si>
+  <si>
+    <t>Nombre coordinador/entidad: Ideya red profesional S.L LEmail coordinador/entidad: jruiz@ideyared.es</t>
+  </si>
+  <si>
     <t>Grupo Operativo: Semillas silvestres en restauración de agroecosistemas mediterráneos</t>
   </si>
   <si>
     <t>Los pastos naturales son el principal recurso de la ganadería extensiva y la base alimentaria del patrimonio nacional de razas rústicas. Recientemente, aumenta su reconocimientos en aspectos tan transversales como la protección del medio natural, la biodiversidad, el paisaje, la mitigación de los riesgos del calentamiento climático, o globalmente, la generación de servicios ecosistémicos.Este es el marco conceptual que respalda la propuesta de creación de un Grupo Operativo, con acreditada capacidad de respuesta real a las necesidades de I+D sobre el papel de la flora natural en relación con su empleo en la puesta en valor y desarrollo de nuestros agroecosistemas mediterráneos. Ello se ajusta bien a las llamadas de atención dela AEI sobre cooperación al desarrollo de las zonas rurales, y justifica el objetivo de consolidación del grupo intersectorial que proponemos; cuyas trayectorias de colaboración en I+D documentan bien la consecución de resultados tangibles en: innovación sobre flora forrajera y semillas silvestres, desarrollo sostenible, protección de razas nativas y gestión del medio. Todo ello a través de estudios interdisciplinares sobre nuestros sistemas pastorales extensivos; dictámenes sobre receptividad ganadera de pastos en agrosistemas, ZAM, y espacios naturales protegidos; alternativas de silvicultura preventivas contra el fuego: RAPCA [Premio Nacional año 2012]; y tareas deformación y sensibilización social cada vez más demandadas.</t>
   </si>
   <si>
     <t>CSIC (Estación experimental del Zaidín)</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: CSIC (Estación experimental del Zaidín)Email coordinador/entidad: direccion.eez@csic.es</t>
-  </si>
-[...10 lines deleted...]
-    <t>Nombre coordinador/entidad: Ideya red profesional S.L LEmail coordinador/entidad: jruiz@ideyared.es</t>
   </si>
   <si>
     <t>Grupo Operativo: Nuevos modelos de teledetección en el olivar para la mejora de la productividad y el medioambiente</t>
   </si>
   <si>
     <t>Lo modelo de predección de la productividad y estados del cultivo permitirán ajustar las necesidades de agua, abonado, y tratamientos fitosanitarios y coordinar estas labores para los 110 socios de DCOOP, reduciendo así costes e insumos y por lo tanto la contaminación ambiental asociada a fertilizantes y fitosanitarios y permitirá ajustar costes a los rendimientos predichos. La divulgación llegará a las 75.000 familias que forman DCOOP, IFAPA llevará a cabo la divulgación en el ámbito académico y Cooperativas Agro-alimentarias de Andalucía a través de las redes de contactos del ámbito agrario que agrupa a la práctica totalidad de las cooperativas agroindustriales.</t>
   </si>
   <si>
     <t>DCOOP S.C.A</t>
   </si>
   <si>
     <t>Nombre coordinador/entidad: DCOOP S.C.AEmail coordinador/entidad: silvia.lopez@dcoop.es</t>
   </si>
   <si>
     <t>Gestión de explotaciones|Energía, clima, servicios ambientales y medio ambiente|Digitalización e innovación|Formación, demostración y asesoramiento</t>
   </si>
   <si>
     <t>https://www.mercacei.com/mvc/amp/noticia/48587/noticia/48587/ultima-hora/dcoop-coordina-un-grupo-operativo-que-trabajara-en-la-productividad-y-sostenibilidad-del-olivar.html</t>
   </si>
   <si>
     <t>Grupo Operativo: Divulgación del conocimiento: colorantes verdes en aceituna de mesa</t>
   </si>
   <si>
     <t>https://www.csic.es/es/investigacion/proyectos-de-investigacion/divulgacion-del-conocimiento-colorantes-verdes-en-aceitunas-de-mesa</t>
   </si>
@@ -6707,147 +6707,147 @@
       </c>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1" t="s">
         <v>296</v>
       </c>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1" t="s">
         <v>596</v>
       </c>
       <c r="AE65" s="1"/>
     </row>
     <row r="66" spans="1:31">
       <c r="A66" s="1" t="s">
         <v>597</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1">
-        <v>5000</v>
+        <v>2296067</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1" t="s">
         <v>598</v>
       </c>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1" t="s">
         <v>599</v>
       </c>
       <c r="R66" s="1"/>
       <c r="S66" s="1" t="s">
         <v>600</v>
       </c>
       <c r="T66" s="1" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="U66" s="1" t="s">
-        <v>41</v>
+        <v>289</v>
       </c>
       <c r="V66" s="1" t="s">
         <v>51</v>
       </c>
       <c r="W66" s="1"/>
       <c r="X66" s="1"/>
       <c r="Y66" s="1"/>
       <c r="Z66" s="1" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="AA66" s="1"/>
       <c r="AB66" s="1"/>
       <c r="AC66" s="1"/>
       <c r="AD66" s="1"/>
       <c r="AE66" s="1"/>
     </row>
     <row r="67" spans="1:31">
       <c r="A67" s="1" t="s">
         <v>601</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1">
-        <v>2296067</v>
+        <v>5000</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1" t="s">
         <v>602</v>
       </c>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1" t="s">
         <v>603</v>
       </c>
       <c r="R67" s="1"/>
       <c r="S67" s="1" t="s">
         <v>604</v>
       </c>
       <c r="T67" s="1" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="U67" s="1" t="s">
-        <v>289</v>
+        <v>41</v>
       </c>
       <c r="V67" s="1" t="s">
         <v>51</v>
       </c>
       <c r="W67" s="1"/>
       <c r="X67" s="1"/>
       <c r="Y67" s="1"/>
       <c r="Z67" s="1" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="AA67" s="1"/>
       <c r="AB67" s="1"/>
       <c r="AC67" s="1"/>
       <c r="AD67" s="1"/>
       <c r="AE67" s="1"/>
     </row>
     <row r="68" spans="1:31">
       <c r="A68" s="1" t="s">
         <v>605</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1">
         <v>2017</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1">
         <v>5000</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>46</v>