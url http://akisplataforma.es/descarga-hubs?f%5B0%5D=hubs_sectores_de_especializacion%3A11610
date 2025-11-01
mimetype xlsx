--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -197,260 +197,260 @@
     <t>Barrax - Rural Innovatión Hub</t>
   </si>
   <si>
     <t>Hub donde se promocionan las jornadas de investigación, encuentros comerciales, networking profesional, capatación de fondos eurpeos, información y experimientación.</t>
   </si>
   <si>
     <t>Centre d'Innovació i Tecnologia de la UPC (CIT UPC)</t>
   </si>
   <si>
     <t>Centro de Investigación, Formación y Transferecncia del conocimiento</t>
   </si>
   <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>Ecosistema completo para las startups del sector AgriFoodTech y un escaparate de tecnologías que acelera la transformación digital del sector agroalimentario, sus PYMES y autónomos</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (gestio?n integral agroecolo?gica de los sistemas alimentarios territorializados) somos un grupo de trabajo que llevamos reflexionando conjuntamente desde el 2019.
 Actualmente somos un consorcio de 5 entidades vinculadas al sector agroecolo?gico. Nuestro nexo de unio?n es que, desde distintos enfoques y lugares, nos encontramos impulsando, facilitando y/o acompan?ando alguno de estos procesos en nuestros territorios.</t>
   </si>
   <si>
+    <t>Cluster of Sustainable Building of Andalusia</t>
+  </si>
+  <si>
+    <t>Proyecto de carácter asociativo y de reconversión del sector que permite identificar e implementar de manera constante nuevas oportunidades y alojar empresas de ámbito sostenible.</t>
+  </si>
+  <si>
     <t>Poznan Science and Technology Park of Adam Mickiewicz University Foundation</t>
   </si>
   <si>
     <t>Poznan Science and Technology Park (PSTP) es el primer parque tecnológico en Polonia (1995). Es operado (como el departamento clave) por Adam Mickiewicz University Foundation, una organización sin fines de lucro con la misión de estimular la colaboración entre la ciencia y la industria para activar el desarrollo regional a través de la innovación, la transferencia de tecnología y la cooperación internacional.</t>
   </si>
   <si>
     <t>RISE ICT Research Institute of Sweden ICT</t>
   </si>
   <si>
     <t>Institutos de Investigación de Rise de Suecia es el Instituto de Investigación de Suecia y socio de innovación. A través de la colaboración internacional con la industria, la academia y el sector público, garantizamos la competitividad empresarial y contribuimos a una sociedad sostenible</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri es un esfuerzo conjunto de Agroväst, Institutos de Investigación de Suecia (Rise) y Science Park Skövde con el objetivo de acelerar la digitalización del sector agrícola en el oeste de Suecia.</t>
   </si>
   <si>
     <t>Space53</t>
   </si>
   <si>
     <t>Space53 envuelve gobiernos, instituciones de conocimiento, trabajadores humanitarios y empresas en un Cluster de innovación de drones y fortalece el ecosistema mediante la creación de las condiciones previas para el desarrollo exitoso y la aplicación de sistemas no tripulados.</t>
   </si>
   <si>
-    <t>Cluster of Sustainable Building of Andalusia</t>
-[...2 lines deleted...]
-    <t>Proyecto de carácter asociativo y de reconversión del sector que permite identificar e implementar de manera constante nuevas oportunidades y alojar empresas de ámbito sostenible.</t>
+    <t>Cybersecurity Innovation HUB</t>
   </si>
   <si>
     <t>AgriFood Croatia</t>
   </si>
   <si>
     <t>Agrifood Croacia es un centro de innovación que reúne a las partes interesadas de investigación, negocios y públicos en Croacia para la búsqueda común de transformaciones digitales en los sectores relacionados con la acuicultura, la agricultura y los alimentos.</t>
   </si>
   <si>
     <t>VP Delta</t>
   </si>
   <si>
     <t>Agrohub.bg es un centro europeo de innovación digital para la Región Central del Sur, aprobado bajo el Programa Digital Europa con el Proyecto Agrodigirise. El proyecto comenzó el 1 de noviembre de 2022 y tiene una duración de tres años. Es implementado por un consorcio con un perfil y experiencia diversos: organizaciones de sucursales, unidades científicas e de investigación, instituciones de capacitación, empresas de tecnología, importadores de maquinaria agrícola, etc. en asociación con el municipio de Plovdiv.</t>
   </si>
   <si>
     <t>Arctic Drone Labs</t>
   </si>
   <si>
     <t>Arctic Drone Labs es un innovador centro de investigación de movilidad aérea situado en Finlandia. Estamos a la vanguardia de la recolección y la experiencia de la experiencia, las herramientas de vanguardia y las innovaciones innovadoras para impulsar el crecimiento de las industrias de sistemas aéreos (UAS) no tripulados. Nuestra misión abarca el fomento del desarrollo de negocios, el avance de las iniciativas de investigación y el empoderamiento de la educación en este campo transformador.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (antiguo Aster) opera como un centro de innovación digital en la región de Emilia-Romagna, y su propuesta de valor es la conexión de las partes interesadas y la integración de iniciativas, servicios y oportunidades para explotar infraestructuras, conocimientos, experiencias de ambas compañías y proveedores (de instalaciones, servicios, capacitación, etc.).</t>
   </si>
   <si>
     <t>Wageningen Research</t>
   </si>
   <si>
     <t>La fortaleza de la Universidad e Investigación de Wageningen radica en su capacidad para unirse a las fuerzas de los institutos de investigación especializados y la universidad. También se encuentra en los esfuerzos combinados de los diversos campos de las ciencias naturales y sociales.</t>
   </si>
   <si>
-    <t>Cybersecurity Innovation HUB</t>
-[...1 lines deleted...]
-  <si>
     <t>ahedd - Attica Hub for the Economy of Data and Devices</t>
   </si>
   <si>
     <t>El Centro Nacional de Investigación Científica (NCSR) Demokritos es el centro de investigación multidisciplinario más grande de Grecia, con aproximadamente 1000 empleados y más de 50 años de logros científicos innovadores y contribuciones a la economía y la sociedad griegas. Fue un socio importante en varias iniciativas tecnológicas nacionales como la adquisición y operación de instalaciones informáticas de alto rendimiento y el establecimiento de redes computacionales de alta velocidad en el país y actualmente es líder o miembro de múltiples infraestructuras nacionales y europeas.</t>
   </si>
   <si>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub que brinda consultoría, ecosistema y networking, formación y fiananciación</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalucía Agrotech</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
+  </si>
+  <si>
     <t>Digital Farming Hub</t>
   </si>
   <si>
     <t>Hub de servicio de apoyo,  que ayuda a las empresas agrícolas a ser  más competitivas mejorando sus procesos de negocio / producción, así como  productos y servicios a través de la tecnología digital.</t>
   </si>
   <si>
     <t>Danish Technological Institute, Robot Technology</t>
   </si>
   <si>
     <t>Danish Technological Institute es una empresa líder de investigación y tecnología. Ayudan a sus clientes a convertir el conocimiento y la tecnología más recientes en valor. Somos expertos en producción, materiales, tecnología ambiental, negocios, energía, tecnología agro, investigación de carne y más</t>
   </si>
   <si>
     <t>DIH PANNONIA</t>
   </si>
   <si>
     <t>La Agencia de Desarrollo del Condado de Vukovar-Srijem prepara el plan de desarrollo del condado de Vukovar-Srijem, así como otros documentos estratégicos y de desarrollo. Proporciona asistencia experta en la preparación e implementación de programas, proyectos de desarrollo a cuerpos de derecho público e instituciones públicas del área del condado, que son de interés para el desarrollo del condado, así como proyectos conjuntos de interés para el desarrollo de varios condados. .</t>
   </si>
   <si>
     <t>E-Secure Transactions Cluster - TES</t>
   </si>
   <si>
     <t>El Cluster de TES, el Cluster de competitividad digital de Normandía, representa un ecosistema de 150 miembros, compuesto por grandes empresas, PYME, autoridades locales, instituciones de investigación y capacitación y otras organizaciones. Con sus miembros y socios, el Cluster TES imagina y codiseja los usos del mañana gracias a las nuevas tecnologías relacionadas con el tríptico "seguridad / interoperabilidad / confiabilidad". Estas acciones generan progreso, rotación, empleos y valorización del territorio.</t>
   </si>
   <si>
     <t>Embedded System Design &amp; Application Laboratory DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH está coordinando una extensa red de DIHS que abarca en el sur y este de Europa, a través de la cual ofrece oportunidades de financiación y apoya la cooperación de varias partes entre organizaciones con experiencia complementaria. También ofrece servicios novedosos a las empresas, especialmente las PYME (incluidas las nuevas empresas) y empresas un poco más grandes, para apoyar su transformación digital.</t>
   </si>
   <si>
     <t>Farmers Parliament Latvia Digital Innovation Hub - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro es un sitio web de innovación y tecnología agrícola. La idea principal de Smartagro es informar y alentar a los agricultores y otras partes interesadas a usar nuevas tecnologías, servicios, productos y sistemas para un futuro sostenible en las zonas rurales. Al centrarse en el Cluster regional, los centros de innovación digital, los laboratorios vivos y las soluciones de tecnología en los proyectos del Programa de Investigación e Innovación de la UE Horizon 2020, el sitio web proporcionará ideas y soluciones de vanguardia para facilitar las innovaciones en áreas rurales. Smartagro es mantenido por una organización no gubernamental: el Parlamento de los agricultores (FP).</t>
   </si>
   <si>
-    <t>Digital Impulse Hub</t>
-[...8 lines deleted...]
-    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
+    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
+  </si>
+  <si>
+    <t>Hub orientado a la inteligencia artificial como tecnología disruptiva que ayudará en la transformación digital de las empresas de Baleares</t>
   </si>
   <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub è un’associazione sin ganancias volta un promuovere l’elnovazione tecnologica en Italia, Atrtaverso La Formazione, La Consulenza e il.
 La Nostra Associazione ha la Sfida di contribuye un facilitare l'Epowerment di tecnologie all'avanguardia, estrategia impertitoriali di stercio, nuovi modelli di empresas e lo sviluppo sostenibile di soluzzii e infraestruture en aree rurali per tras conformarle in "smartsi soluzioni e infraestruture en aree y rurali per tras conformarle in" smartsi soluzioni e infraestruture en aree y e rurali per tras conformarle in "smartess di -soluzioni e infraestruture in au Benessere por una migliore Qualità della vita</t>
   </si>
   <si>
     <t>Flanders' FOOD, FF</t>
   </si>
   <si>
     <t>La comida de Flandes es Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie.
 La comida de Flandes Werd en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) en Een 20-Tal Stichtende Leden. ¿Het Uitgangspunt? Door Samenwerking, conoció a Elkaar en Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven.
 De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als organizaciones de ganancias sociales. Dit sobre el sector de Van de Grenzen en el Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>La estrategia de Farm to Fork está en el corazón del acuerdo verde europeo con el objetivo de hacer que los sistemas alimentarios sean justos, saludables y amigables con el medio ambiente.
 Necesitamos rediseñar nuestros sistemas alimentarios para hacerlos más sostenibles y aumentar su resiliencia.
 Las nuevas tecnologías y descubrimientos científicos, combinados con el aumento de la conciencia pública y la demanda de alimentos sostenibles, beneficiarán a todos los interesados.
 La revolución digital brinda oportunidades, pero a muchas compañías aún les resulta difícil saber en qué tecnologías invertir y cómo asegurar el financiamiento. Más del 90% de las PYME se quedan atrás en la innovación digital y necesitan soporte para su transformación digital.</t>
   </si>
   <si>
     <t>innovation experience HUB (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub es una asociación sin fines de lucro con el objetivo de:
 a. Fortalecer el nivel de conocimiento y conciencia de las empresas con respecto a las oportunidades ofrecidas por la transformación digital, también en el contexto del Plan Nacional Enterprise 4.0, la estrategia europea para la digitalización de la industria ("Digitalización de la industria europea - DEI") y las TICHE Programa de innovación para pequeñas y medianas empresas de fabricación (programa "Innovación de TIC para las PYME de fabricación-I4MS");
 b. ser la puerta de entrada al ecosistema de innovación para apoyar la transformación digital del sistema de producción;
 C. estimular la demanda de innovación de las empresas;
 d. Cree un puente entre los negocios y el mundo de la investigación.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idele</t>
   </si>
   <si>
     <t>La misión del Institut de L'Elevage es mejorar la competitividad de las granjas de herbívoros y sus sectores en un contexto en constante cambio. Su trabajo proporciona soluciones técnicas e innovadoras a los agricultores y partes interesadas de ganado, oveja, cabras y equinos en los sectores. Proporcionan respuestas a los problemas sociales y los problemas actuales, al servicio de las partes interesadas del ganado y sus sectores.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
-[...2 lines deleted...]
-    <t>Hub orientado a la inteligencia artificial como tecnología disruptiva que ayudará en la transformación digital de las empresas de Baleares</t>
+    <t>DIHBU Industry 4.0</t>
+  </si>
+  <si>
+    <t>Hub para impulsar la innovación y la inteligencia competitiva para fomentar la cocreacion de nuevos productos y la prestación a las empresas de servicios complementarios de carácter no tecnológico.</t>
+  </si>
+  <si>
+    <t>DIH-LEAF</t>
+  </si>
+  <si>
+    <t>Hub para la creación de red para el creciemiento y fiananciación, acceso a la información, formación, auditoría y asesoramiento</t>
+  </si>
+  <si>
+    <t>Dinapsis DIH</t>
+  </si>
+  <si>
+    <t>Hub enfocado en alcanzar un desarrollo sostenible, incorporar la transformación digital a la gestión del entorno y hacer frente a los retos del cambio climático</t>
   </si>
   <si>
     <t>Le Pool French Tech Rennes St Malo</t>
   </si>
   <si>
     <t>El ecosistema tecnológico francés es emprendedores en primer lugar, pero también todos aquellos que están comprometidos con el crecimiento de las nuevas empresas y su influencia internacional.
 La tecnología francesa Rennes St Malo (FTRSM) ocupa un lugar de 1ER Ranking Nacional en telecomunicaciones, agro de comida y ciberseguridad. La salud electrónica, las nuevas movilidades y los sectores de industrias creativas también tienen fuertes fortalezas locales.</t>
   </si>
   <si>
     <t>Nanotechnology Lab LTFN (Lab for Thin Films - Nanobiomaterials - Nanosystems - Nanometrology)</t>
   </si>
   <si>
     <t>El Nanotechnology Lab Ltfn, establecido en 1991, se encuentra en el Departamento de Física de la Universidad de Aristóteles de Tesaloniki (Auth) y en las instalaciones de Cope-H cerca de Thermi y el aeropuerto de Thessaloniki. Tiene una experiencia de más de 25 años en tecnología de películas delgadas, fabricación de nanomateriales avanzados y nanopartículas, desarrollando/implementando técnicas de metrología óptica in situ y en tiempo real, modelado computacional y herramientas de nanometrología. La misión de LTFN es promover la investigación de clase mundial y las mejores prácticas en nanotecnología, electrónica orgánica, nanomedicina y nanometrología para abordar los desafíos globales en la fabricación, energía, iluminación, electrónica, fotónica, IoT, transporte, salud y calidad de vida de calidad de vida. , Agricultura, etc.</t>
   </si>
   <si>
     <t>Photonics Bretagne</t>
   </si>
   <si>
     <t>La plataforma tecnológica de Photonics Bretagne posee una gran experiencia en biofotónica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>La misión de Robocoast es apoyar la transformación digital con habilidades clave en ciberseguridad, robótica, tecnología energética, inteligencia artificial, análisis de datos, 5G e Internet de las cosas. Brindamos servicios a la industria de la exportación y otras industrias, así como a nuevas empresas y empresas de alta tecnología. Los productos y servicios desarrollados por los miembros se centran en la industria de la exportación y sus cadenas de subcontratación, la fabricación avanzada, la tecnología de información y comunicación y el sector energético. También ofrecemos cooperación multidisciplinaria en áreas como la agricultura y la tecnología de la salud.</t>
   </si>
   <si>
     <t>Rural Industry DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub se traduce oficialmente en finlandés como Digital Innovation Hub. Es una herramienta desarrollada y coordinada por la Comisión Europea para acelerar las soluciones digitales para las empresas europeas. DIH está fundamentalmente orientado regionalmente, y el centro de atención está principalmente en las PYME.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Hub enfocado en alcanzar un desarrollo sostenible, incorporar la transformación digital a la gestión del entorno y hacer frente a los retos del cambio climático</t>
   </si>
   <si>
     <t>SMILE-DIH (Smart Manufacturing Innovation for Lean Excellence center - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) es un centro de innovación digital (DIH), acreditado y operativo a nivel europeo, fundado en Parma en 2018, en forma de una asociación sin fines de lucro (legalmente reconocida), por Unione Parmense Degli Industriali y Università di Parma.
 Smile-DIH es parte de I4MS (European DiH Network) y de la red de confindustria DIH italiana y es capaz de apoyar la transferencia de tecnología entre los centros de investigación (universidades, centros de competencia, institutos y organismos privados) e industrias manufactureras. (en particular las PYME y Mid-Caps), así como las administraciones públicas, para cambiar sus modelos de negocio a través de:
 la digitalización de los procesos operativos para hacerlos más eficientes y funcionales;
 La implementación de metodologías innovadoras y Lean, respaldadas por tecnologías inteligentes, como el sistema cibernético-físico (CPS), Internet de las cosas (IoT e IIoT), inteligencia artificial (IA), robótica (autónoma y colaborativa), seguridad cibernética, Computación de alto rendimiento (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promover la investigación aplicada, la investigación directa que responda a una necesidad una necesidad.</t>
   </si>
   <si>
     <t>Tyndall National Institute, Tyndall</t>
   </si>
   <si>
     <t>El Instituto Nacional Tyndall es un centro de investigación europeo de tecnología profunda líder en hardware y sistemas de TIC integrados (tecnología de información y comunicaciones). Especialización tanto en electrónica como en fotónica (materiales, dispositivos, circuitos y sistemas) estamos liderando a nivel mundial en nuestras áreas de investigación básicas de:
 Fabricación de obleas de semiconductores
 Materiales cuánticos, dispositivos y plataformas de ingeniería
 Integración y embalaje microelectrónicos y fotónicos
 Sistemas de energía integrados y mitigación del clima
@@ -462,102 +462,102 @@
 Diseño de señal mixta y circuito analógico</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Los centros de innovación digital (DIHS) son "tiendas únicas", a prueba de la Comisión Europea, que ayudan a las empresas a ser más competitivas con respecto a sus procesos, productos o servicios comerciales/de producción utilizando tecnologías digitales.
 Como primer pont regional de contacto y puerta en un ecosistema de innovación de varias partes, proporcionan las PYME y otras compañías:
 Acceso a los últimos conocimientos, experiencia y tecnología para apoyar a sus clientes con pilotos, pruebas y experimentos con innovaciones digitales.
 Soporte comercial y financiero para implementar estas innovaciones.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La calidad de la vida urbana en el futuro dependerá cada vez más de la compleja relación entre los sistemas informáticos, la ingeniería, la física y el comportamiento humano. Esta relación entre las personas y la tecnología que utilizamos afectará cada vez más todos los aspectos de nuestra vida cotidiana, desde cómo impulsamos nuestros hogares y negocios hasta cómo producimos nuestros alimentos. El negocio, el gobierno y la industria dependerán de la tecnología integrada que podría ofrecer grandes mejoras a nuestras vidas, pero que también es vulnerable al ataque cibernético y la falla del software. La necesidad de comprender y unir estos diferentes elementos para trabajar de manera eficiente será de importancia crítica para que la sociedad prospere.
 El laboratorio físico cibernético de la Universidad de Newcastle es parte del Digitial Innovation Hub (DIH) en el sitio de Newcastle Helix de última generación, implementando la visión regional que aumenta la próspera economía digital en el noreste de Inglaterra. Además de la Universidad de Newcastle, la DIH ofrece servicios a través del Centro Nacional de Innovación para Datos (NICD), entregando habilidades de datos prácticos a las organizaciones; El Instituto de Codificación, Unir la brecha de habilidades digitales y el Programa de Arrow, alineando las necesidades de las PYME regionales con la Universidad de Newcastle.</t>
   </si>
   <si>
     <t>BioSense Institute - Institute for research and development of information technology in biosystems</t>
   </si>
   <si>
     <t>Antares se esfuerza por impulsar la excelencia en la investigación en el Biosense Institute, para entregar soluciones digitales disruptivas al sector agrícola europeo, estimular el espíritu empresarial y el empleo a nivel regional y asegurar alimentos seguros suficientes para la creciente población mundial.</t>
   </si>
   <si>
+    <t>FIWARE Space</t>
+  </si>
+  <si>
+    <t>Centra su actividad en capacitación, networking, divulgación de eventos, avances y proyectos llevados a cabo para el desarrollo tecnológico de Badajoz</t>
+  </si>
+  <si>
+    <t>Food +i cluster</t>
+  </si>
+  <si>
+    <t>Proyecto para la divulgación de actividades, proyectos, redes, propuesta de valor e innovación llevados a cabo por el cluster food+i .</t>
+  </si>
+  <si>
+    <t>Galician Factory of Future HUB</t>
+  </si>
+  <si>
+    <t>Ambiente para la promoción de proyectos cooperativos de alto impacto para mejorar la competitividad de las empresas de la industria de automoción y movilidad de Galicia</t>
+  </si>
+  <si>
     <t>CPI</t>
   </si>
   <si>
     <t>El IPC actúa como un catalizador que reúne a la academia, las empresas, el gobierno y los inversores para traducir ideas brillantes e investigación en el mercado. Hacemos esto brindando a nuestros clientes acceso a los expertos, equipos, redes, financiamiento y más adecuados, conectando los puntos para una innovación efectiva.
 Somos un centro de innovación de tecnología independiente líder y miembro fundador de la catapulta de fabricación de alto valor del gobierno del Reino Unido. Establecidos en 2004, nuestros equipos aplican incansablemente sus muchos años de experiencia para garantizar que cada gran invento tenga la mejor oportunidad de convertirse en un producto o proceso comercializado con éxito. Trabajamos con nuestros socios en diversos mercados en el Reino Unido y en todo el mundo, impulsando sus innovaciones hacia adelante y ayudándoles a reducir el riesgo y el costo asociados con el desarrollo de productos.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - The Swiss Microtechnology &amp; Micromanufacturing DIH</t>
   </si>
   <si>
     <t>Microhub.Swiss es un centro de innovación digital (DIH) centrado en la microtecnología y la micromanufactura. Como organización sin fines de lucro, nuestra misión es ser un orquestador y acelerador de la innovación digital suiza. Nuestro objetivo es apoyar las nuevas empresas, las pequeñas empresas (PYME) y el sector público cuyo enfoque está en la digitalización de las microtecnologías y la fabricación de precisión. Nuestro objetivo es ayudar a estos cuerpos en su viaje de transformación digital, gracias a nuestra cartera bien desarrollada en tecnologías digitales, ecosistemas de industrialización establecidos y experiencia en gestión de la innovación.
 Nuestro objetivo es ayudar a las empresas suizas y europeas con su hoja de ruta de innovación ? actuando como una ventanilla única regional para la gestión de la innovación digital:
 R&amp;D y gestión de la innovación
 Entrenamiento
 Pruebas
 Prototipos
 Acceso a la financiación
 Producción de la primera serie
 Conectando el ecosistema</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. Los Principales impulsores hijo El Monitoreeo en tiempo real, el control de calidad en línea, el mantenimiento predictivo y la trazabilidad hasta piezas individuales.
 Nuestros objetivos hijo apoyar a las emppresas emergentes y las pymes para que aborden el desafío del iiot basado en las plataformas tecnológicas y el ecosistema importante para para la industrialización y la gestión de la innovación.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF es una de las organizaciones de investigación independientes más grandes de Europa. Cada año realizamos varios miles de proyectos para clientes grandes y pequeños.</t>
   </si>
   <si>
-    <t>FIWARE Space</t>
-[...16 lines deleted...]
-  <si>
     <t>Granada Plaza Tecnológica y Biotecnológica</t>
   </si>
   <si>
     <t>Hub en el que se desarrollma actividades, proyectos, redes, normativas y propuestas de valor e innovación del sector tecnológico y biotecnológico.</t>
   </si>
   <si>
     <t>HPC-Cloud and Cognitive Systems for Smart Manufacturing processes, Robotics and Logistics</t>
   </si>
   <si>
     <t>Hub en el que se desarrollan actividades de divulgación, proyectos, redes, y propuesta de valor e innovación del sector tecnológico Aragonés.</t>
   </si>
   <si>
     <t>Hub 4.0 of Manufacturing Sectors in  Valencian Region</t>
   </si>
   <si>
     <t>Avanzar en la transformación digital de procesos productivos: simulación/HPC, fabricación aditiva, IoT, Robótica</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Hub para la creación de red entre España y Portugal para el creciemiento y fiananciación, acceso a la información, formación y asesoramiento del sector agroalimetnario</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovation for competitiveness and advanced manufacturing)</t>
@@ -604,84 +604,84 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Hub para startups, pymes y empresas emergentes que trabajan en el ámbito de la tecnología</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Iniciativa de la Comunidad de Madrid que busca convertir a Madrid en una ciudad líder en robótica y automatización</t>
   </si>
   <si>
     <t>Robotics Digital Innovation Hub</t>
   </si>
   <si>
     <t>Hub de innovación digital que ofrece servicios de asesoramiento, capacitación y financiación para empresas de robótica</t>
   </si>
   <si>
     <t>Science and Technology Park Of Almeria, PITA S.A.</t>
   </si>
   <si>
     <t>Ofrece infraestructura y servicios de apoyo a empresas tecnológicas e innovadoras</t>
   </si>
   <si>
+    <t>University of Valencia Science Park DIH</t>
+  </si>
+  <si>
+    <t>Hub de innovación digital en Valencia Objetivo:Fomentar la colaboración entre la universidad y empresas en tecnología para promover la innovación y el desarrollo</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub de Catalunya</t>
+  </si>
+  <si>
+    <t>Hub formado por los principales agentes de apoyo a la digitalización de Catalunya</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Digital Innovation Hub of Galician Industry</t>
+  </si>
+  <si>
+    <t>Hub que promociona el desarrollo de proyectos de I+D+i alineados con las necesidades y retos que se le plantean al tejido industrial</t>
+  </si>
+  <si>
     <t>4PDIH - Public Private People Partnership Digital Innovation Hub</t>
   </si>
   <si>
     <t>Le ofrecemos oportunidades para participar en proyectos europeos, en los que puede cocrear políticas de digitalización, aprender sobre ejemplos de buenas prácticas y participar en competiciones y licitaciones para financiar diversos procesos y áreas de digitalización.</t>
   </si>
   <si>
     <t>5G Fieldlab 5Groningen</t>
   </si>
   <si>
     <t>5Groningen es HET Programma Voor 5G-Internet. Ondernemers en no profiosatizaciones Werken Samen conoció a los expertos om toepassingen van 5g te testen. Denk daarbij aan zelfrijdende bussen de datos de datos en tiempo real terwijl er een drone sobre de akkers vliegt. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnostice te stellen, doordat de arts en het ziekenhuis se reunió con een snelle verbinding mee kan kijken en la ambulancia. 5Groningen Test Toepassingen se reunió 5g. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
   </si>
   <si>
     <t>AgriFood Lithuania DIH</t>
   </si>
   <si>
     <t>AgriFood Lituania es un centro de innovación digital y un Cluster que reúne importantes investigaciones, negocios y partes interesadas públicas en Lituania para la búsqueda común de transformaciones digitales en los sectores agrícolas, alimentarios y asociados.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Hub que promociona el desarrollo de proyectos de I+D+i alineados con las necesidades y retos que se le plantean al tejido industrial</t>
   </si>
   <si>
     <t>Agro Space DIH</t>
   </si>
   <si>
     <t>Lituania Agro Space Digital Innovation Hub es una red de enfoque regional sin fines de lucro que reúne a las organizaciones lituanas de investigación, educación, negocios e instituciones gubernamentales destinadas a fomentar la innovación de tecnología digital intersectorial.
 AGRO Space DIH Vision se convertirá en el proveedor de soluciones de "ir a" para el desarrollo, la transferencia de tecnología digital y la difusión de innovación en sectores clave: agricultura, espacio, fabricación (Industry 4.0) e innovación de servicios. La prioridad es avanzar en las capacidades de asociación de las compañías de tecnología agrícola y espacial amplificando la plataforma de la red dentro de Lituania y transnacionalmente.</t>
   </si>
   <si>
     <t>Azores Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Parque de Ciencia y Tecnología de Nonagon promueve la transformación digital y la digitalización de la economía azoreana, a través de la coordinación del Azores Digital Innovation Hub.</t>
   </si>
   <si>
     <t>Cluj IT Cluster</t>
   </si>
   <si>
     <t>CLUJ IT es una organización basada en Cluster formada por organizaciones activas en el campo de la tecnología de la información: proveedores de servicios y soluciones de software, universidades e institutos de investigación, organismos públicos y otras organizaciones de catalizador.</t>
   </si>
   <si>
     <t>Digital Innovation Hub Slovenia</t>
   </si>
   <si>
     <t>DIH Eslovenia permite la transformación digital en el principio de una ventanilla única, en Eslovenia y más allá. Aumenta la conciencia y brinda servicios para el crecimiento de las competencias digitales, el intercambio de experiencias digitales y ejemplos de buenas prácticas a nivel local, regional e internacional; Propone al gobierno y proporciona acceso a datos para promover el espíritu empresarial.</t>
@@ -706,118 +706,118 @@
     <t>Future Technologies Digital Innovation Hub (FTDIH) se estableció para lograr un objetivo común y un efecto sinergia, combinando las altas competencias y la experiencia de los miembros de Visori? Dih y Agrifood Lithiania Dih en diversos verticales del mercado, movilizando el capital técnico, social y financiero.</t>
   </si>
   <si>
     <t>Green Digital Innovation HUB</t>
   </si>
   <si>
     <t>Apoyo a las comunidades y redes de comida agrícola en See a través del desarrollo de servicios sobre la calidad y la trazabilidad digitales de los alimentos utilizando blockchain</t>
   </si>
   <si>
     <t>Jheronimus Academy of Data Science</t>
   </si>
   <si>
     <t>Jads es una cooperación única entre la provincia de North Brabant, el municipio de S-Hertogenbosch, la Universidad de Tilburg y la Universidad Tecnológica de Eindhoven (TU/E). Ofrecemos varios programas de ciencia de datos. Desde programas de soltero y maestro, hasta Educación y educación profesional ENGD (anteriormente PDENG). Además, ayudamos a las organizaciones a dar forma a su futuro impulsado por los datos.</t>
   </si>
   <si>
     <t>LTU AI Innovation Hub</t>
   </si>
   <si>
     <t>La Universidad Tecnológica de Luleå tiene muchos años de experiencia en inteligencia artificial aplicada. Nuestro ecosistema de investigación relacionada con la IA vincula directamente a las aplicaciones del mundo real en empresas e industrias. Contribuimos a innovaciones de IA seguras y medibles que marcan la diferencia en la vida cotidiana y que benefician a la sociedad en general.</t>
   </si>
   <si>
     <t>Luxembourg Institute of Science and Technology (LIST)</t>
   </si>
   <si>
     <t>El Instituto de Ciencia y Tecnología de Luxemburgo (List) es una organización de investigación y tecnología (RTO) impulsada por la misión que desarrolla prototipos de productos/servicios competitivos y orientados al mercado para las partes interesadas públicas y privadas.</t>
+  </si>
+  <si>
+    <t>Digital Water Innovation Hub (Digital Water)</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación Objetivo:Proveer de tecnología industrial a Cataluña, consultoría, formación, desrrollo de productos y servicios innovadores y promoción y difusión de l ainnovación tecnológica</t>
   </si>
   <si>
     <t>Innoskart Digital Innovation Hub</t>
   </si>
   <si>
     <t>El Grupo Ha Superado sus fronteras originales tanto geográfico como en términos de su alcance de actividadas. Hoy en día, Innoskart se ha convertido en un grupo nacional de proveedores de servicios de TI (hardware y software), así como miembros de fabricación e investigación de alimentos, pero en muchos otros campos tiene logros sobresalientes (comercio de vehículos, productos farmacéuticos, Maquinaria y Comercio, Metalurgia, Pinta, Consultoría, etc.). LAS Organizaciones de Innoskart Van Desde Empresas Unipersonales Hasta Grandes Empresas en Amplia Paleta. Además de Las Empresas, Los Centros de Investigación, Las Universidadas y Los Municipios También hijo Miembros del Cluster.</t>
   </si>
   <si>
     <t>Centro de Innovación Digital de NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>En Grecia, se implementaron una estrategia de investigación e innovación regional y 13 nacionales para la especialización inteligente. La estrategia nacional promueve ocho sectores, en los cuales la investigación y la innovación podrían contribuir a desarrollar una ventaja competitiva importante, al tener en cuenta la masa crítica y la excelencia del potencial de investigación respectivo.</t>
   </si>
   <si>
     <t>Regional Platform Industry 4.0 of Tuscany Region (Tuscan Platform Industry 4.0)</t>
   </si>
   <si>
     <t>La herramienta operativa de la Plataforma Regional Enterprise 4.0: un punto de acceso fácil para las empresas que desean innovar y seguir siendo competitivas en los mercados.
 La plataforma es un nuevo ecosistema creado para promover y fomentar los procesos de digitalización del sistema comercial y es parte de la red de centros de innovación digital acreditados por la Comisión Europea.
 Tiene la tarea de apoyar a las empresas, en particular las PYME, en el proceso de digitalización europea y establecer contactos a los diversos actores del ecosistema de innovación digital presente en el territorio.</t>
   </si>
   <si>
-    <t>Digital Water Innovation Hub (Digital Water)</t>
-[...2 lines deleted...]
-    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación Objetivo:Proveer de tecnología industrial a Cataluña, consultoría, formación, desrrollo de productos y servicios innovadores y promoción y difusión de l ainnovación tecnológica</t>
+    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
+  </si>
+  <si>
+    <t>Hub que pone al servicio las últimas tecnologías digitales y creativas al alcance de los sectores de la administración local, la formación, la internacionalización, el comercio, los servicios y la industria Objetivo:</t>
   </si>
   <si>
     <t>Algarve Smart Destination, Digital Innovation Hub</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) es como una red informal de instituciones privadas y públicas focalizadas en la digitalización de la economía en el territorio, principalmente en el sector del turismo, dirigida por el sistema Algarve y la Asociación de Asociación Tecnológica (Algarve STP), una asociación sin fines de lucro que Incorpora la Universidad de Algarve, la Asociación Nacional de Jóvenes Empresariales (ANJE) y tres municipios de la región de Algarve, a saber, Loulé, Faro, Olhão y una asociación privada de compañías de TI, Algarve Evolution.</t>
   </si>
   <si>
     <t>PIAP HUB</t>
   </si>
   <si>
     <t>Valor Network animada por PIAP en cooperación estratégica con la administración nacional y regional, organizaciones sectoriales y proveedores de tecnología líderes dedicados a la implementación de la automatización y robótica de los procesos tecnológicos de la especialización inteligente nacional. Facilitador de la adopción temprana de avances tecnológicos por industrias de alto crecimiento, incluida la fabricación ágil, la inspección y el mantenimiento de la infraestructura, así como la comida agroalimentaria y la atención médica.</t>
   </si>
   <si>
-    <t>Digital Innovation Hub for the Galician Agrifood Sector (Part of the Bioeconomy Hub)</t>
-[...2 lines deleted...]
-    <t>Hub que pone al servicio las últimas tecnologías digitales y creativas al alcance de los sectores de la administración local, la formación, la internacionalización, el comercio, los servicios y la industria Objetivo:</t>
+    <t>Data Science and Artificial Intelligence (DASAI)</t>
+  </si>
+  <si>
+    <t>Espacio dedicado a la investigación, generación de proyectos, formación, divulgación  y tranferencia del conocimiento relacionada a la Inteligencia artificial.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>La ambición general es diseñar, desarrollar e introducir una plataforma que conecte a las personas con la información. En primer lugar, con la integración de principios de redes sociales como blog, foro, tienda de ciencias de diseño que permite conectar a los usuarios con desarrolladores e investigadores. Y en segundo lugar integrando diferentes tipos de aplicaciones de demostración, donde los desarrolladores e investigadores tendrán la oportunidad de cooperar, probar diferentes API para nuevas soluciones y también proporcionar experimentos comunes.</t>
   </si>
   <si>
-    <t>Data Science and Artificial Intelligence (DASAI)</t>
-[...2 lines deleted...]
-    <t>Espacio dedicado a la investigación, generación de proyectos, formación, divulgación  y tranferencia del conocimiento relacionada a la Inteligencia artificial.</t>
+    <t>Distrito digital Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Entorno para albergar empresas tecnológicas y talento para la transformación tecnológica y de la economía digital en el Mediterráneo destacando tres verticales: cambio climático, salud y turismo</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>Beia Grid Institut es una ONG innovadora que participa activamente en proyectos de investigación multidisciplinarios a nivel nacional e internacional.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Entorno para albergar empresas tecnológicas y talento para la transformación tecnológica y de la economía digital en el Mediterráneo destacando tres verticales: cambio climático, salud y turismo</t>
   </si>
   <si>
     <t>Converge Hub de Innovación Abierta</t>
   </si>
   <si>
     <t>Converge es una herramienta para facilitar la transferencia efectiva del conocimiento a la sociedad, a través de la generación de vínculos de confianza entre el CSIC y los agentes del ecosistema de innovación. El objetivo de Converge, es visibilizar al CSIC como referente en innovación científico tecnológica y social, y contribuir a reforzar el ecosistema de innovación de España.
 La misión de Converge se articula mediante cuatro programas: CSIC Open lab; CSIC Emprende; CSIC Living Lab; Cátedras CSIC empresa 
 VIDEO</t>
   </si>
   <si>
     <t>INNOVASTURIAS</t>
   </si>
   <si>
     <t>INNOVASTURIAS es una asociación de empresas e instituciones asturianas que buscan la mejora de su competitividad y la calidad de sus servicios mediante el impulso de la cultura innovadora y la colaboración y búsqueda de sinergias en el ámbito internacional del sector agroalimentario y medio ambiente, comercio y hostelería, administración, industria, energía e investigación y educación, cultura y salud</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1533,106 +1533,106 @@
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="43" spans="1:3">