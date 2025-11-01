--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -57,118 +57,118 @@
     <t>Asturias Digital Innovation HUB (AsDIH)</t>
   </si>
   <si>
     <t>Espacio en el que las empresas pueden experimentar con la tecnología antes de invertir en ella y participar en actividades de demostración complementarias y servicios alternativos que contribuyan al éxito en su proceso de digitalización.</t>
   </si>
   <si>
     <t>Centro Nacional de Tecnología de Regadíos (CENTER)</t>
   </si>
   <si>
     <t>Investigación, Transferencia del conocimiento, eventos y noticias relacionadas a la gestión del agua.</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (gestio?n integral agroecolo?gica de los sistemas alimentarios territorializados) somos un grupo de trabajo que llevamos reflexionando conjuntamente desde el 2019.
 Actualmente somos un consorcio de 5 entidades vinculadas al sector agroecolo?gico. Nuestro nexo de unio?n es que, desde distintos enfoques y lugares, nos encontramos impulsando, facilitando y/o acompan?ando alguno de estos procesos en nuestros territorios.</t>
   </si>
   <si>
     <t>Cluster of Sustainable Building of Andalusia</t>
   </si>
   <si>
     <t>Proyecto de carácter asociativo y de reconversión del sector que permite identificar e implementar de manera constante nuevas oportunidades y alojar empresas de ámbito sostenible.</t>
   </si>
   <si>
+    <t>Digital Impulse Hub</t>
+  </si>
+  <si>
+    <t>Hub que brinda consultoría, ecosistema y networking, formación y fiananciación</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andalucía Agrotech</t>
+  </si>
+  <si>
+    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
+  </si>
+  <si>
     <t>Digital Farming Hub</t>
   </si>
   <si>
     <t>Hub de servicio de apoyo,  que ayuda a las empresas agrícolas a ser  más competitivas mejorando sus procesos de negocio / producción, así como  productos y servicios a través de la tecnología digital.</t>
   </si>
   <si>
-    <t>Digital Impulse Hub</t>
-[...8 lines deleted...]
-    <t>Hub de divulgación de tecnología e innovación, servicios de consultoría, de I+D aplicados, tecnológicos, formación, aceleración y emprendimiento Objetivo:</t>
+    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
+  </si>
+  <si>
+    <t>Hub orientado a la inteligencia artificial como tecnología disruptiva que ayudará en la transformación digital de las empresas de Baleares</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>La estrategia de Farm to Fork está en el corazón del acuerdo verde europeo con el objetivo de hacer que los sistemas alimentarios sean justos, saludables y amigables con el medio ambiente.
 Necesitamos rediseñar nuestros sistemas alimentarios para hacerlos más sostenibles y aumentar su resiliencia.
 Las nuevas tecnologías y descubrimientos científicos, combinados con el aumento de la conciencia pública y la demanda de alimentos sostenibles, beneficiarán a todos los interesados.
 La revolución digital brinda oportunidades, pero a muchas compañías aún les resulta difícil saber en qué tecnologías invertir y cómo asegurar el financiamiento. Más del 90% de las PYME se quedan atrás en la innovación digital y necesitan soporte para su transformación digital.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Digital Innovation Hub of the Balearic Islands for Artificial Intelligence and Tourism</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industry 4.0</t>
   </si>
   <si>
     <t>Hub para impulsar la innovación y la inteligencia competitiva para fomentar la cocreacion de nuevos productos y la prestación a las empresas de servicios complementarios de carácter no tecnológico.</t>
   </si>
   <si>
     <t>DIH-LEAF</t>
   </si>
   <si>
     <t>Hub para la creación de red para el creciemiento y fiananciación, acceso a la información, formación, auditoría y asesoramiento</t>
   </si>
   <si>
     <t>Dinapsis DIH</t>
   </si>
   <si>
     <t>Hub enfocado en alcanzar un desarrollo sostenible, incorporar la transformación digital a la gestión del entorno y hacer frente a los retos del cambio climático</t>
+  </si>
+  <si>
+    <t>FIWARE Space</t>
+  </si>
+  <si>
+    <t>Centra su actividad en capacitación, networking, divulgación de eventos, avances y proyectos llevados a cabo para el desarrollo tecnológico de Badajoz</t>
+  </si>
+  <si>
+    <t>Food +i cluster</t>
+  </si>
+  <si>
+    <t>Proyecto para la divulgación de actividades, proyectos, redes, propuesta de valor e innovación llevados a cabo por el cluster food+i .</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. Los Principales impulsores hijo El Monitoreeo en tiempo real, el control de calidad en línea, el mantenimiento predictivo y la trazabilidad hasta piezas individuales.
 Nuestros objetivos hijo apoyar a las emppresas emergentes y las pymes para que aborden el desafío del iiot basado en las plataformas tecnológicas y el ecosistema importante para para la industrialización y la gestión de la innovación.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Proyecto para la divulgación de actividades, proyectos, redes, propuesta de valor e innovación llevados a cabo por el cluster food+i .</t>
   </si>
   <si>
     <t>Granada Plaza Tecnológica y Biotecnológica</t>
   </si>
   <si>
     <t>Hub en el que se desarrollma actividades, proyectos, redes, normativas y propuestas de valor e innovación del sector tecnológico y biotecnológico.</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Hub para la creación de red entre España y Portugal para el creciemiento y fiananciación, acceso a la información, formación y asesoramiento del sector agroalimetnario</t>
   </si>
   <si>
     <t>IoT DIH</t>
   </si>
   <si>
     <t>Ambiente dedicado divulgación de servicios, casos de éxito, eventos que llevan adelante y recursos a los que pueden acceder las Pymes</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Iniciativa de la Comunidad de Madrid que busca convertir a Madrid en una ciudad líder en robótica y automatización</t>
   </si>